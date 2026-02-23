--- v0 (2025-12-05)
+++ v1 (2026-02-23)
@@ -10,2303 +10,2769 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="67999D0D" w14:textId="57589A45" w:rsidR="0054639F" w:rsidRPr="0054639F" w:rsidRDefault="0054639F" w:rsidP="0054639F">
+    <w:p w14:paraId="67999D0D" w14:textId="57589A45" w:rsidR="0054639F" w:rsidRPr="00C00258" w:rsidRDefault="0054639F" w:rsidP="0054639F">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0054639F">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Título em Português</w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="Refdenotadefim"/>
+        <w:t xml:space="preserve">Título em </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>Português</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A4207" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotadefim"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:endnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DC0525" w14:textId="4F707110" w:rsidR="002F099E" w:rsidRPr="00722B6B" w:rsidRDefault="0054639F" w:rsidP="0054639F">
+    <w:p w14:paraId="20DC0525" w14:textId="42F662E1" w:rsidR="002F099E" w:rsidRPr="00C00258" w:rsidRDefault="0054639F" w:rsidP="00C00258">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
-        <w:rPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722B6B">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">(Fonte </w:t>
       </w:r>
-      <w:r w:rsidR="00F03B9B" w:rsidRPr="00722B6B">
-        <w:rPr>
+      <w:r w:rsidR="00F03B9B" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>Aptos Light</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 14, centralizado, negrito, máximo 20 palavras</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">, espaçamento </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 14, centralizado, negrito, máximo 20 palavras</w:t>
+      </w:r>
+      <w:r w:rsidR="005104F9" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">entrelinhas </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">, espaçamento </w:t>
+      </w:r>
+      <w:r w:rsidR="00722B6B" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>1,5</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">entrelinhas </w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
+        <w:t>simples</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3695C324" w14:textId="77777777" w:rsidR="00D26279" w:rsidRPr="00D26279" w:rsidRDefault="00D26279" w:rsidP="005A2343">
+    <w:p w14:paraId="3695C324" w14:textId="77777777" w:rsidR="00D26279" w:rsidRPr="00C00258" w:rsidRDefault="00D26279" w:rsidP="005A2343">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A7B619F" w14:textId="0C65C07A" w:rsidR="00967556" w:rsidRPr="00D26279" w:rsidRDefault="00CA7151" w:rsidP="005A2343">
+    <w:p w14:paraId="2A7B619F" w14:textId="0C65C07A" w:rsidR="00967556" w:rsidRPr="00C00258" w:rsidRDefault="00CA7151" w:rsidP="005A2343">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Autor/a</w:t>
       </w:r>
-      <w:r w:rsidR="00801589" w:rsidRPr="00D26279">
+      <w:r w:rsidR="00801589" w:rsidRPr="00C00258">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="252FDBB8" w14:textId="77777777" w:rsidR="00B77B82" w:rsidRPr="00D26279" w:rsidRDefault="00B77B82" w:rsidP="007B72A5">
+    <w:p w14:paraId="252FDBB8" w14:textId="77777777" w:rsidR="00B77B82" w:rsidRPr="00C00258" w:rsidRDefault="00B77B82" w:rsidP="007B72A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4889"/>
           <w:tab w:val="right" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18A62F3B" w14:textId="77777777" w:rsidR="00E05C0F" w:rsidRDefault="00A322FD" w:rsidP="00424A66">
+    <w:p w14:paraId="18A62F3B" w14:textId="77777777" w:rsidR="00E05C0F" w:rsidRPr="00C00258" w:rsidRDefault="00A322FD" w:rsidP="00424A66">
       <w:pPr>
         <w:pStyle w:val="Resumo-Ttulo"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5CE521" w14:textId="5B1B1BD5" w:rsidR="008766DB" w:rsidRPr="0031697F" w:rsidRDefault="003D21D2" w:rsidP="00E05C0F">
+    <w:p w14:paraId="5A5CE521" w14:textId="043F4D3A" w:rsidR="008766DB" w:rsidRPr="00C00258" w:rsidRDefault="003D21D2" w:rsidP="00E05C0F">
       <w:pPr>
         <w:pStyle w:val="Resumo-Ttulo"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0031697F">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>(Aptos 1</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>, centralizado, negrito</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="005104F9" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>, espaçamento entrelinhas 1,5</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
+        <w:t>, centralizado, negrito</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05C0F" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>, espaçamento entrelinhas 1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2494B032" w14:textId="1D491413" w:rsidR="007B2930" w:rsidRDefault="007B2930" w:rsidP="007B2930">
-      <w:r>
+    <w:p w14:paraId="2494B032" w14:textId="3AE1347F" w:rsidR="007B2930" w:rsidRPr="00C00258" w:rsidRDefault="007B2930" w:rsidP="007B2930">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">O resumo deve possuir entre 600 e 900 caracteres com espaços, incluindo informações que identifiquem: problema, objetivos, referencial teórico, metodologia e síntese dos principais resultados do estudo realizado, na fonte </w:t>
       </w:r>
-      <w:r w:rsidR="00C532BB">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00C532BB" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>, tamanho 11 e espaçamento entrelinhas 1,0. O resumo deve apresentar entre 3 e 5 palavras-chave.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2031A26F" w14:textId="77777777" w:rsidR="008561C7" w:rsidRDefault="008561C7" w:rsidP="007B2930"/>
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2031A26F" w14:textId="77777777" w:rsidR="008561C7" w:rsidRPr="00C00258" w:rsidRDefault="008561C7" w:rsidP="007B2930">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74F6628F" w14:textId="489F6267" w:rsidR="00967556" w:rsidRPr="00C00258" w:rsidRDefault="007B2930" w:rsidP="007B2930">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Palavras-chave</w:t>
       </w:r>
-      <w:r w:rsidR="008561C7">
+      <w:r w:rsidR="008561C7" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> palavra1; palavra2; palavra3; palavra4; palavra5. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B300947" w14:textId="77777777" w:rsidR="001E71F7" w:rsidRDefault="001E71F7" w:rsidP="00967556">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2B300947" w14:textId="77777777" w:rsidR="001E71F7" w:rsidRPr="00C00258" w:rsidRDefault="001E71F7" w:rsidP="00967556">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FBD01CB" w14:textId="77777777" w:rsidR="002F099E" w:rsidRPr="000B2890" w:rsidRDefault="002F099E" w:rsidP="00967556">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1FBD01CB" w14:textId="77777777" w:rsidR="002F099E" w:rsidRPr="00C00258" w:rsidRDefault="002F099E" w:rsidP="00967556">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26A0DAF4" w14:textId="77777777" w:rsidR="00DA783C" w:rsidRPr="006977B9" w:rsidRDefault="00DA783C" w:rsidP="00DA783C">
+    <w:p w14:paraId="26A0DAF4" w14:textId="77777777" w:rsidR="00DA783C" w:rsidRPr="00C00258" w:rsidRDefault="00DA783C" w:rsidP="00DA783C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006977B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Título</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006977B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> em </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006977B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Inglês</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="02CEB29A" w14:textId="3EE4E87B" w:rsidR="00E97B72" w:rsidRDefault="00DA783C" w:rsidP="00DA783C">
+    <w:p w14:paraId="02CEB29A" w14:textId="2426250E" w:rsidR="00E97B72" w:rsidRPr="00C00258" w:rsidRDefault="00DA783C" w:rsidP="00DA783C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006977B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Aptos Light</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidR="006977B9" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12</w:t>
       </w:r>
-      <w:r w:rsidRPr="006977B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006977B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>centralizado</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006977B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006977B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>itálico</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00362730" w:rsidRPr="00362730">
-        <w:rPr>
+      <w:r w:rsidR="00362730" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00362730" w:rsidRPr="00362730">
-        <w:rPr>
+      <w:r w:rsidR="00362730" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>espaçamento entrelinhas 1,0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00362730">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B21B28C" w14:textId="77777777" w:rsidR="00DA783C" w:rsidRPr="00D76F57" w:rsidRDefault="00DA783C" w:rsidP="00DA783C">
+    <w:p w14:paraId="4B21B28C" w14:textId="77777777" w:rsidR="00DA783C" w:rsidRPr="00C00258" w:rsidRDefault="00DA783C" w:rsidP="00DA783C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="603DA638" w14:textId="5F242FD4" w:rsidR="00E97B72" w:rsidRDefault="00A322FD" w:rsidP="00305E15">
+    <w:p w14:paraId="603DA638" w14:textId="5F242FD4" w:rsidR="00E97B72" w:rsidRPr="00C00258" w:rsidRDefault="00A322FD" w:rsidP="00305E15">
       <w:pPr>
         <w:pStyle w:val="Abstract-Ttulo02"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D76F57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AED29B" w14:textId="7A943348" w:rsidR="005E17A1" w:rsidRPr="0031697F" w:rsidRDefault="005E17A1" w:rsidP="005E17A1">
+    <w:p w14:paraId="44AED29B" w14:textId="13E0A987" w:rsidR="005E17A1" w:rsidRPr="00C00258" w:rsidRDefault="005E17A1" w:rsidP="005E17A1">
       <w:pPr>
         <w:pStyle w:val="Resumo-Ttulo"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0031697F">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Aptos </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6BAA" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11, centralizado, negrito, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E06" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">itálico, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>espaçamento entrelinhas 1,5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD20BC1" w14:textId="1C38EF62" w:rsidR="007B72A5" w:rsidRPr="00C00258" w:rsidRDefault="00AB2231" w:rsidP="00305E15">
+      <w:pPr>
+        <w:pStyle w:val="Abstract"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The abstract must have between 600 and 900 characters with spaces, including information that identifies: problem, objectives, theoretical framework, methodology and summary of the main results of the study carried out, in A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> font, size 11, in italics and line spacing 1.0. The abstract must contain between 3 and 5 keywords.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D258D32" w14:textId="77777777" w:rsidR="007B72A5" w:rsidRPr="00C00258" w:rsidRDefault="007B72A5" w:rsidP="007B72A5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F621B1C" w14:textId="6C956F40" w:rsidR="00F42B73" w:rsidRPr="00C00258" w:rsidRDefault="007B72A5" w:rsidP="007B72A5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00297D5A" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>word1; word2; word3; word4; word5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7564E4" w14:textId="77777777" w:rsidR="008766DB" w:rsidRPr="00C00258" w:rsidRDefault="008766DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1587BC5B" w14:textId="77777777" w:rsidR="002F099E" w:rsidRPr="00C00258" w:rsidRDefault="002F099E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="329C5A19" w14:textId="77777777" w:rsidR="003B6BAA" w:rsidRPr="00C00258" w:rsidRDefault="003B6BAA" w:rsidP="003B6BAA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Espanhol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="491314D3" w14:textId="6C048009" w:rsidR="00AB4E06" w:rsidRPr="00C00258" w:rsidRDefault="00AB4E06" w:rsidP="00AB4E06">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Light</w:t>
-[...146 lines deleted...]
-        <w:rPr>
+        <w:t>(A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(Aptos Light</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 12, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>centralizado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>centralizado</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>itálico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>itálico</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>espaçamento entrelinhas 1,0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F595CC" w14:textId="77777777" w:rsidR="005F79BF" w:rsidRDefault="005F79BF" w:rsidP="00305E15">
+    <w:p w14:paraId="49F595CC" w14:textId="77777777" w:rsidR="005F79BF" w:rsidRPr="00C00258" w:rsidRDefault="005F79BF" w:rsidP="00305E15">
       <w:pPr>
         <w:pStyle w:val="Resumen-Ttulo02"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FB70DFF" w14:textId="71970707" w:rsidR="0017595C" w:rsidRDefault="00FD03CC" w:rsidP="00305E15">
+    <w:p w14:paraId="5FB70DFF" w14:textId="71970707" w:rsidR="0017595C" w:rsidRPr="00C00258" w:rsidRDefault="00FD03CC" w:rsidP="00305E15">
       <w:pPr>
         <w:pStyle w:val="Resumen-Ttulo02"/>
-      </w:pPr>
-      <w:r w:rsidRPr="000B2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AA3C64" w14:textId="77777777" w:rsidR="00AB4E06" w:rsidRPr="0031697F" w:rsidRDefault="00AB4E06" w:rsidP="00AB4E06">
+    <w:p w14:paraId="51AA3C64" w14:textId="40D16029" w:rsidR="00AB4E06" w:rsidRPr="00C00258" w:rsidRDefault="00AB4E06" w:rsidP="00AB4E06">
       <w:pPr>
         <w:pStyle w:val="Resumo-Ttulo"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0031697F">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Aptos </w:t>
-[...13 lines deleted...]
-        <w:rPr>
+        <w:t>(A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">11, centralizado, negrito, </w:t>
-[...15 lines deleted...]
-        <w:t>espaçamento entrelinhas 1,5)</w:t>
+        <w:t xml:space="preserve"> 11, centralizado, negrito, itálico, espaçamento entrelinhas 1,5)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0288B34F" w14:textId="32AE9A00" w:rsidR="007B72A5" w:rsidRPr="00305E15" w:rsidRDefault="005F79BF" w:rsidP="00305E15">
+    <w:p w14:paraId="0288B34F" w14:textId="787D10D5" w:rsidR="007B72A5" w:rsidRPr="00C00258" w:rsidRDefault="005F79BF" w:rsidP="00305E15">
       <w:pPr>
         <w:pStyle w:val="Resumen"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>El resumen debe tener entre 600 y 900 caracteres con espacios, incluyendo información que identifique: problema, objetivos, marco teórico, metodología y síntesis de los principales resultados del estudio realizado, en letra Aptos Light, tamaño 11, en cursiva y línea 1.0. espaciado. El resumen debe contener entre 3 y 5 palabras clave.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>El resumen debe tener entre 600 y 900 caracteres con espacios, incluyendo información que identifique: problema, objetivos, marco teórico, metodología y síntesis de los principales resultados del estudio realizado, en letra A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Light, tamaño 11, en cursiva y línea 1.0. espaciado. El resumen debe contener entre 3 y 5 palabras clave.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C5A34BF" w14:textId="77777777" w:rsidR="007B72A5" w:rsidRPr="007B72A5" w:rsidRDefault="007B72A5" w:rsidP="007B72A5">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4C5A34BF" w14:textId="77777777" w:rsidR="007B72A5" w:rsidRPr="00C00258" w:rsidRDefault="007B72A5" w:rsidP="007B72A5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CA0E6C7" w14:textId="1D432941" w:rsidR="008766DB" w:rsidRPr="00390E1B" w:rsidRDefault="00641B06" w:rsidP="00390E1B">
+    <w:p w14:paraId="0CA0E6C7" w14:textId="1D432941" w:rsidR="008766DB" w:rsidRPr="00C00258" w:rsidRDefault="00641B06" w:rsidP="00390E1B">
       <w:pPr>
         <w:pStyle w:val="Resumen"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
-      <w:r w:rsidR="00A322FD" w:rsidRPr="00390E1B">
+      <w:r w:rsidR="00A322FD" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="005F79BF">
+      <w:r w:rsidR="005F79BF" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>palabra1; palabra2; palabra3; palabra4; palabra5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E70A98D" w14:textId="77777777" w:rsidR="00F42B73" w:rsidRDefault="00F42B73" w:rsidP="007B72A5">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7E70A98D" w14:textId="77777777" w:rsidR="00F42B73" w:rsidRPr="00C00258" w:rsidRDefault="00F42B73" w:rsidP="007B72A5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67EA0400" w14:textId="77777777" w:rsidR="007B72A5" w:rsidRPr="007B72A5" w:rsidRDefault="007B72A5" w:rsidP="007B72A5">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="67EA0400" w14:textId="77777777" w:rsidR="007B72A5" w:rsidRPr="00C00258" w:rsidRDefault="007B72A5" w:rsidP="007B72A5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DFAF70A" w14:textId="7BD2F27B" w:rsidR="008766DB" w:rsidRPr="00624F29" w:rsidRDefault="00390C36" w:rsidP="005D3646">
+    <w:p w14:paraId="4DFAF70A" w14:textId="43B776F0" w:rsidR="008766DB" w:rsidRPr="00C00258" w:rsidRDefault="00390C36" w:rsidP="005D3646">
       <w:pPr>
         <w:pStyle w:val="Subttulos"/>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A87658">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BB79CD" w:rsidRPr="00A87658">
-        <w:rPr>
+      <w:r w:rsidR="00BB79CD" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="000E6C86" w:rsidRPr="00A87658">
-        <w:rPr>
+      <w:r w:rsidR="000E6C86" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NTRODUÇÃO</w:t>
       </w:r>
-      <w:r w:rsidR="004B75D1">
-        <w:rPr>
+      <w:r w:rsidR="004B75D1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004B75D1" w:rsidRPr="00624F29">
-        <w:rPr>
+      <w:r w:rsidR="004B75D1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00DF37BA">
-        <w:rPr>
+      <w:r w:rsidR="00DF37BA" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Seções primárias: </w:t>
       </w:r>
-      <w:r w:rsidR="004B75D1" w:rsidRPr="00624F29">
-        <w:rPr>
+      <w:r w:rsidR="004B75D1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aptos Light 12, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">alinhamento </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidR="004B75D1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>à esquerda</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 12, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A0DF1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
+        <w:t xml:space="preserve">alinhamento </w:t>
+      </w:r>
+      <w:r w:rsidR="009678A9" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>à esquerda</w:t>
+      </w:r>
+      <w:r w:rsidR="00624F29" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>, letras maiúsculas, negrito, espaçamento 1,5, espaço antes e depois)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400C1266" w14:textId="77777777" w:rsidR="00F42B73" w:rsidRPr="00A87658" w:rsidRDefault="00F42B73" w:rsidP="00583FD8">
+    <w:p w14:paraId="400C1266" w14:textId="77777777" w:rsidR="00F42B73" w:rsidRPr="00C00258" w:rsidRDefault="00F42B73" w:rsidP="00583FD8">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A62F060" w14:textId="0FF40527" w:rsidR="00F721BC" w:rsidRPr="00F721BC" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
+    <w:p w14:paraId="6A62F060" w14:textId="4F017274" w:rsidR="00F721BC" w:rsidRPr="00C00258" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Os trabalhos devem ser digitados em Word for Windows 95 ou superior, fonte </w:t>
       </w:r>
-      <w:r w:rsidR="00E15BB7">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00E15BB7" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, tamanho 12, com espaçamento </w:t>
       </w:r>
-      <w:r w:rsidR="00E15BB7">
-        <w:rPr>
+      <w:r w:rsidR="00E15BB7" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">entrelinhas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1,5, com margens 2,5 cm, papel tamanho A4; recuo de 1,25 cm da esquerda para parágrafos na primeira linha dos parágrafos e 4,0 cm para citações com mais de 3 linhas. Espaçamento de uma linha entre parágrafos e títulos/subtítulos de seções. Também devem obedecer à NBR</w:t>
       </w:r>
-      <w:r w:rsidR="009678A9">
-        <w:rPr>
+      <w:r w:rsidR="009678A9" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/ABNT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6022/2003</w:t>
       </w:r>
-      <w:r w:rsidR="00911C72">
-        <w:rPr>
+      <w:r w:rsidR="00911C72" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ou, em caso de artigos </w:t>
       </w:r>
-      <w:r w:rsidR="00492C74">
-        <w:rPr>
+      <w:r w:rsidR="00492C74" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>estrangeiros</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="001313B6">
-        <w:rPr>
+      <w:r w:rsidR="001313B6" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="004719DD" w:rsidRPr="004719DD">
-        <w:rPr>
+      <w:r w:rsidR="004719DD" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s normas da </w:t>
       </w:r>
-      <w:r w:rsidR="004719DD" w:rsidRPr="009678A9">
-        <w:rPr>
+      <w:r w:rsidR="004719DD" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">American </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="004719DD" w:rsidRPr="009678A9">
-        <w:rPr>
+      <w:r w:rsidR="004719DD" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Psychological</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="004719DD" w:rsidRPr="009678A9">
-        <w:rPr>
+      <w:r w:rsidR="004719DD" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="004719DD" w:rsidRPr="009678A9">
-        <w:rPr>
+      <w:r w:rsidR="004719DD" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Association</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="004719DD" w:rsidRPr="004719DD">
-        <w:rPr>
+      <w:r w:rsidR="004719DD" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (APA)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70AC71A9" w14:textId="77777777" w:rsidR="00F721BC" w:rsidRPr="00F721BC" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
+    <w:p w14:paraId="70AC71A9" w14:textId="77777777" w:rsidR="00F721BC" w:rsidRPr="00C00258" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O corpo do trabalho deve começar com a INTRODUÇÃO seguida das demais SEÇÕES, que constituem o desenvolvimento e a CONCLUSÃO, enunciados por títulos digitados em maiúsculas, com a mesma fonte do corpo do texto, em negrito e com numeração, ajustados à margem esquerda. Ao final devem vir as REFERÊNCIAS (sem numeração) seguidas das NOTAS, se houver, com comentários e informações referentes ao texto. As SUBSEÇÕES, quando houver, devem seguir a formatação das seções, porém com letras minúsculas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2291489F" w14:textId="77777777" w:rsidR="00F721BC" w:rsidRPr="00F721BC" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
+    <w:p w14:paraId="2291489F" w14:textId="77777777" w:rsidR="00F721BC" w:rsidRPr="00C00258" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Siglas e abreviações devem estar entre parênteses e ser precedidos de seu significado completo quando do primeiro uso no texto, os acrônimos devem possuir somente a inicial maiúscula.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9BC8B7" w14:textId="77777777" w:rsidR="00F721BC" w:rsidRPr="00F721BC" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
+    <w:p w14:paraId="3A9BC8B7" w14:textId="77777777" w:rsidR="00F721BC" w:rsidRPr="00C00258" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Palavras estrangeiras devem ser grafadas em itálico. Para ênfase ou destaque, usar negrito, ‘aspas simples’ ou “aspas duplas”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056FDCDD" w14:textId="77777777" w:rsidR="00F721BC" w:rsidRPr="00F721BC" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
+    <w:p w14:paraId="056FDCDD" w14:textId="77777777" w:rsidR="00F721BC" w:rsidRPr="00C00258" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Exemplo de paráfrase e cuja autoria da fonte é parte do texto. Quando o nome do autor fizer parte da sentença citada, o ano da obra deve ser registrado imediatamente após o nome do autor. Ex.: De acordo com Gramsci (1982), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxxxyyyyyy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kkkkkkkkaaaa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ipsum </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dolorsitamet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>consectetura</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dipiscingelit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ut </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vulputate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tincidunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>turpisattincidunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Suspendissea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>liquamv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>enenatis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ipsum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F78CF98" w14:textId="77777777" w:rsidR="00F721BC" w:rsidRPr="00F721BC" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
+    <w:p w14:paraId="2F78CF98" w14:textId="77777777" w:rsidR="00F721BC" w:rsidRPr="00C00258" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Exemplo de paráfrase cuja autoria da fonte não é parte do texto. Caso o nome do autor não esteja incluído na sentença, este é indicado no final da frase citada, em letras maiúsculas, entre parênteses, junto com o ano da obra. Ex.: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ipsum </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dolorsitamet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>uvwxyx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>yyyyyyy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kkkkkkkkw</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>wwwwwww</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>consectetu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>radipisci</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ngelit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ut </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vulputatetinci</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>duntturp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>isattincidunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Suspendissealiqua</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mvenenatis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ipsum (Gramsci, 1982). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D490533" w14:textId="723CD033" w:rsidR="00C04BDA" w:rsidRPr="00A87658" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
+    <w:p w14:paraId="6D490533" w14:textId="723CD033" w:rsidR="00C04BDA" w:rsidRPr="00C00258" w:rsidRDefault="00F721BC" w:rsidP="00F721BC">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>As citações diretas curtas (até 3 linhas) devem ser colocadas entre aspas duplas “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>uiqwertpsum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dolorsitamet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>adipiscingelit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ut </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vulputatetin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ciduntturpisatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>incidunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F721BC">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>”, sendo antecedidas ou seguidas da indicação da fonte, conforme as regras acima, adicionando-se, ainda, a(s) página(s) das quais foram retiradas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730F23CD" w14:textId="5050ACA4" w:rsidR="008766DB" w:rsidRPr="00583FD8" w:rsidRDefault="00331A20" w:rsidP="00A87658">
+    <w:p w14:paraId="730F23CD" w14:textId="6CFC24E6" w:rsidR="008766DB" w:rsidRPr="00C00258" w:rsidRDefault="00331A20" w:rsidP="00A87658">
       <w:pPr>
         <w:pStyle w:val="Citao1"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00331A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">No caso de citações longas (mais de três linhas), este é o exemplo. Configuração do texto: </w:t>
       </w:r>
-      <w:r w:rsidR="0037370C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidR="0037370C" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00723F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 11, justificado, espaçamento simples, com recuo de 4 cm no parágrafo inteiro. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Lorem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ipsum </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dolor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>sitamet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>piuyxw</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>hhhhhhh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>consectetura</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dipiscingelit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Utvulputatetin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>ciduntturpis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>tincidunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00331A20">
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (Silva, 2005, p. 44).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7145C0" w14:textId="77777777" w:rsidR="00BD5644" w:rsidRPr="00BD5644" w:rsidRDefault="00BD5644" w:rsidP="00BD5644">
+    <w:p w14:paraId="7D7145C0" w14:textId="77777777" w:rsidR="00BD5644" w:rsidRPr="00C00258" w:rsidRDefault="00BD5644" w:rsidP="00BD5644">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc44072091"/>
-      <w:r w:rsidRPr="00BD5644">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nunca termine uma seção com citação longa. Procure continuar com o texto de forma a estabelecer uma ligação com o item/seção seguinte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B8003A" w14:textId="77777777" w:rsidR="00BD5644" w:rsidRDefault="00BD5644" w:rsidP="00BD5644">
+    <w:p w14:paraId="03B8003A" w14:textId="77777777" w:rsidR="00BD5644" w:rsidRPr="00C00258" w:rsidRDefault="00BD5644" w:rsidP="00BD5644">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Em citações de obras de dupla autoria, os sobrenomes dos dois autores devem ser indicados e separados por ponto e vírgula, quando dentro de parênteses. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD5644">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BD5644">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: (Freire; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD5644">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Illich</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BD5644">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1975, p. 74). Os trabalhos com mais de três autores indicam-se o sobrenome do primeiro seguido de </w:t>
       </w:r>
-      <w:r w:rsidRPr="006117EF">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5644">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. no corpo do texto, Ex.: (Freitas </w:t>
       </w:r>
-      <w:r w:rsidRPr="006117EF">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5644">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1997, p. 85). Contudo, </w:t>
       </w:r>
-      <w:r w:rsidRPr="006117EF">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nas Referências, deve-se indicar os nomes de todos os autores</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5644">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7477A4B3" w14:textId="77777777" w:rsidR="00F12D43" w:rsidRDefault="00F12D43" w:rsidP="007A074E">
+    <w:p w14:paraId="7477A4B3" w14:textId="77777777" w:rsidR="00F12D43" w:rsidRPr="00C00258" w:rsidRDefault="00F12D43" w:rsidP="007A074E">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A6528C1" w14:textId="58886F07" w:rsidR="00F12D43" w:rsidRPr="007A074E" w:rsidRDefault="00F12D43" w:rsidP="00F12D43">
+    <w:p w14:paraId="3A6528C1" w14:textId="764F5A19" w:rsidR="00F12D43" w:rsidRPr="00C00258" w:rsidRDefault="00F12D43" w:rsidP="00F12D43">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk143188458"/>
-      <w:r w:rsidRPr="00A95BDA">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2 Seção </w:t>
       </w:r>
-      <w:r w:rsidR="00EF1D2D">
-        <w:rPr>
+      <w:r w:rsidR="00EF1D2D" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A95BDA">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ecundária</w:t>
       </w:r>
-      <w:r w:rsidRPr="004513D6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A074E">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00B347AF">
-        <w:rPr>
+      <w:r w:rsidR="00B347AF" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Seções secundárias: Aptos Light 12, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Seções secundárias: A</w:t>
+      </w:r>
+      <w:r w:rsidR="00723F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidR="00B347AF" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7223" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t xml:space="preserve">alinhamento à esquerda, </w:t>
       </w:r>
-      <w:r w:rsidR="00EF1D2D" w:rsidRPr="00EF1D2D">
-        <w:rPr>
+      <w:r w:rsidR="00EF1D2D" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">apenas a </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>apenas a inicial maiúscula</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7223" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>inicial maiúscula</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>, negrito, espaçamento 1,5, espaço antes e depois</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>, negrito, espaçamento 1,5, espaço antes e depois</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D93A3F" w14:textId="77777777" w:rsidR="00F12D43" w:rsidRDefault="00F12D43" w:rsidP="00F12D43">
+    <w:p w14:paraId="55D93A3F" w14:textId="77777777" w:rsidR="00F12D43" w:rsidRPr="00C00258" w:rsidRDefault="00F12D43" w:rsidP="00F12D43">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="099C5D54" w14:textId="199C1E21" w:rsidR="00F12D43" w:rsidRPr="007A074E" w:rsidRDefault="00F12D43" w:rsidP="00E30085">
+    <w:p w14:paraId="099C5D54" w14:textId="446C2E11" w:rsidR="00F12D43" w:rsidRPr="00C00258" w:rsidRDefault="00F12D43" w:rsidP="00E30085">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2.1 Seção Terciária </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A074E">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00A64253">
-        <w:rPr>
+      <w:r w:rsidR="00A64253" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Seções terciárias: Aptos Light 12, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Seções terciárias: A</w:t>
+      </w:r>
+      <w:r w:rsidR="00723F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">alinhamento à esquerda, apenas a inicial maiúscula, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64253" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">sem </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 12, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30085" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>negrito, espaçamento 1,5, espaço antes e depois)</w:t>
+        <w:t>alinhamento à esquerda, apenas a inicial maiúscula, sem negrito, espaçamento 1,5, espaço antes e depois)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EB51C35" w14:textId="77777777" w:rsidR="00F12D43" w:rsidRPr="00BC2954" w:rsidRDefault="00F12D43" w:rsidP="00F12D43">
+    <w:p w14:paraId="4EB51C35" w14:textId="77777777" w:rsidR="00F12D43" w:rsidRPr="00C00258" w:rsidRDefault="00F12D43" w:rsidP="00F12D43">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1507FC0B" w14:textId="225E7111" w:rsidR="00F12D43" w:rsidRPr="000A47C7" w:rsidRDefault="00F12D43" w:rsidP="00F12D43">
+    <w:p w14:paraId="1507FC0B" w14:textId="2EA12C8B" w:rsidR="00F12D43" w:rsidRPr="00C00258" w:rsidRDefault="00F12D43" w:rsidP="00F12D43">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk143189145"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="004F3B22">
-[...39 lines deleted...]
-        <w:t xml:space="preserve">sugerimos 300 </w:t>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ilustrações (figuras, esquemas, fluxogramas, fotografias e gráficos) deverão ser incorporadas diretamente ao texto em formato JPG, em boa resolução (sugerimos 300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004F3B22">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dpis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>), e</w:t>
       </w:r>
-      <w:r w:rsidRPr="000A47C7">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> conter legendas posicionadas logo abaixo. Esses objetos e respectivas legendas devem ser centralizados na página, utilizar fonte </w:t>
       </w:r>
-      <w:r w:rsidR="007A074E">
-        <w:rPr>
+      <w:r w:rsidR="007A074E" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Aptos Light</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00723F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, tamanho 10. As legendas devem ser precedidas da palavra designativa (Figura etc.), seguida de seu número (algarismo arábico) de ordem de ocorrência no texto, do respectivo título ou explicação breve e clara. Caso a Ilustração seja elaborada por outro autor, é necessário abaixo da mesma indicar a fonte incluindo autor, ano de publicação e número da página, e incluir a respectiva referência no final do texto.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="6E5CDCDA" w14:textId="77777777" w:rsidR="00F12D43" w:rsidRDefault="00F12D43" w:rsidP="00F12D43">
+    <w:p w14:paraId="6E5CDCDA" w14:textId="77777777" w:rsidR="00F12D43" w:rsidRPr="00C00258" w:rsidRDefault="00F12D43" w:rsidP="00F12D43">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F3AA94F" w14:textId="77777777" w:rsidR="00F12D43" w:rsidRDefault="00F12D43" w:rsidP="00BD5644">
+    <w:p w14:paraId="5F3AA94F" w14:textId="77777777" w:rsidR="00F12D43" w:rsidRPr="00C00258" w:rsidRDefault="00F12D43" w:rsidP="00BD5644">
       <w:pPr>
         <w:pStyle w:val="Pargrafo"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1911B32D" w14:textId="77777777" w:rsidR="004A6866" w:rsidRPr="004F3B22" w:rsidRDefault="004A6866" w:rsidP="004A6866">
+    <w:p w14:paraId="1911B32D" w14:textId="77777777" w:rsidR="004A6866" w:rsidRPr="00C00258" w:rsidRDefault="004A6866" w:rsidP="004A6866">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="571385EF" w14:textId="77777777" w:rsidR="004A6866" w:rsidRDefault="004A6866" w:rsidP="004A6866">
+    <w:p w14:paraId="571385EF" w14:textId="77777777" w:rsidR="004A6866" w:rsidRPr="00C00258" w:rsidRDefault="004A6866" w:rsidP="004A6866">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="xsyh"/>
       <w:bookmarkStart w:id="4" w:name="i9nj"/>
       <w:bookmarkStart w:id="5" w:name="jyeq16"/>
       <w:bookmarkStart w:id="6" w:name="pncn2"/>
       <w:bookmarkStart w:id="7" w:name="s_o0"/>
       <w:bookmarkStart w:id="8" w:name="l19c"/>
       <w:bookmarkStart w:id="9" w:name="y2_b"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26DFF3DC" wp14:editId="789B013B">
             <wp:extent cx="2517569" cy="1883903"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:docPr id="13" name="Imagem 15" descr="Resultado de imagem para imagens abstratas"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 15" descr="Resultado de imagem para imagens abstratas"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="9404"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2672818" cy="2000076"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230611B2" w14:textId="5DD38F5C" w:rsidR="004A6866" w:rsidRPr="00B47906" w:rsidRDefault="004A6866" w:rsidP="004A6866">
+    <w:p w14:paraId="230611B2" w14:textId="26B44CDB" w:rsidR="004A6866" w:rsidRPr="00C00258" w:rsidRDefault="004A6866" w:rsidP="004A6866">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A6866">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Figura 1 - </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A6866">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Título da figura </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B47906">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(A</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>Aptos Light</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, centralizado)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE19469" w14:textId="5684F556" w:rsidR="004A6866" w:rsidRPr="004A6866" w:rsidRDefault="004A6866" w:rsidP="004A6866">
+    <w:p w14:paraId="3AE19469" w14:textId="5684F556" w:rsidR="004A6866" w:rsidRPr="00C00258" w:rsidRDefault="004A6866" w:rsidP="004A6866">
       <w:pPr>
         <w:pStyle w:val="Legenda"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A6866">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Fonte: </w:t>
       </w:r>
-      <w:r w:rsidR="00B47906">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="00B47906" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Autoria (ano).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B074334" w14:textId="77777777" w:rsidR="004A6866" w:rsidRPr="004A6866" w:rsidRDefault="004A6866" w:rsidP="004A6866">
+    <w:p w14:paraId="7B074334" w14:textId="77777777" w:rsidR="004A6866" w:rsidRPr="00C00258" w:rsidRDefault="004A6866" w:rsidP="004A6866">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60AA1188" w14:textId="77777777" w:rsidR="004A6866" w:rsidRDefault="004A6866" w:rsidP="004A6866">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="60AA1188" w14:textId="77777777" w:rsidR="004A6866" w:rsidRPr="00C00258" w:rsidRDefault="004A6866" w:rsidP="004A6866">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61963D30" w14:textId="77777777" w:rsidR="004A6866" w:rsidRPr="004F3B22" w:rsidRDefault="004A6866" w:rsidP="007169BB">
+    <w:p w14:paraId="61963D30" w14:textId="77777777" w:rsidR="004A6866" w:rsidRPr="00C00258" w:rsidRDefault="004A6866" w:rsidP="007169BB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F3B22">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D8B2B1E" wp14:editId="0F021350">
             <wp:extent cx="4977130" cy="2461846"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Imagem 5" descr="grafico"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="grafico"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -2319,2643 +2785,2637 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4999506" cy="2472914"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7CC3E1" w14:textId="77777777" w:rsidR="007169BB" w:rsidRPr="00B47906" w:rsidRDefault="004A6866" w:rsidP="007169BB">
+    <w:p w14:paraId="2D7CC3E1" w14:textId="023E39C4" w:rsidR="007169BB" w:rsidRPr="00C00258" w:rsidRDefault="004A6866" w:rsidP="007169BB">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004933B1">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Gráfico</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Gráfico 1 -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...53 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Título do gráfico </w:t>
+      </w:r>
+      <w:r w:rsidR="007169BB" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>Aptos Light 10, centralizado)</w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidR="007169BB" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10, centralizado)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2673644F" w14:textId="77777777" w:rsidR="007169BB" w:rsidRPr="004A6866" w:rsidRDefault="007169BB" w:rsidP="007169BB">
+    <w:p w14:paraId="2673644F" w14:textId="77777777" w:rsidR="007169BB" w:rsidRPr="00C00258" w:rsidRDefault="007169BB" w:rsidP="007169BB">
       <w:pPr>
         <w:pStyle w:val="Legenda"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A6866">
-[...9 lines deleted...]
-        <w:t>Autoria (ano).</w:t>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Fonte: Autoria (ano).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634D486A" w14:textId="33DBEECF" w:rsidR="004A6866" w:rsidRDefault="004A6866" w:rsidP="007169BB">
+    <w:p w14:paraId="634D486A" w14:textId="33DBEECF" w:rsidR="004A6866" w:rsidRPr="00C00258" w:rsidRDefault="004A6866" w:rsidP="007169BB">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57392CE4" w14:textId="77777777" w:rsidR="002D4B6C" w:rsidRDefault="00F33BF0" w:rsidP="00F52BDA">
+    <w:p w14:paraId="57392CE4" w14:textId="77777777" w:rsidR="002D4B6C" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00F52BDA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Tabela 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA0538">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Título da tabela</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F3281DA" w14:textId="2AAD384D" w:rsidR="00F33BF0" w:rsidRPr="00F52BDA" w:rsidRDefault="00F33BF0" w:rsidP="00F52BDA">
+    <w:p w14:paraId="4F3281DA" w14:textId="5F8BADBB" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00F52BDA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F52BDA">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C65DFD" w:rsidRPr="00F52BDA">
-        <w:rPr>
+      <w:r w:rsidR="00C65DFD" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>Aptos Light</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 12, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65DFD" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>entralizado</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>, espaçamento entrelinhas 1,5</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>entralizado</w:t>
+      </w:r>
+      <w:r w:rsidR="00C83E8D" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>, espaçamento entrelinhas 1,5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F30554" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>Tabelas possuem as bordas laterais abertas</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F30554" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>, conteúdo da tabela com fonte 11</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Tabelas possuem as bordas laterais abertas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
+        <w:t>, conteúdo da tabela com fonte 11</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52BDA" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>, espaçamento entrelinhas 1,0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F52BDA">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2496"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1898"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w14:paraId="6044C15A" w14:textId="77777777" w:rsidTr="00F144A5">
+      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00C00258" w14:paraId="6044C15A" w14:textId="77777777" w:rsidTr="00F144A5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FAC7511" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="5FAC7511" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Faixa etária</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7613E417" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="7613E417" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nº</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74223B2A" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="74223B2A" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w14:paraId="5E4FB92F" w14:textId="77777777" w:rsidTr="00F144A5">
+      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00C00258" w14:paraId="5E4FB92F" w14:textId="77777777" w:rsidTr="00F144A5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48BA86B7" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="48BA86B7" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21-30 anos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36CEFF56" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="36CEFF56" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E264C73" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="3E264C73" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w14:paraId="200FDAF6" w14:textId="77777777" w:rsidTr="00F144A5">
+      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00C00258" w14:paraId="200FDAF6" w14:textId="77777777" w:rsidTr="00F144A5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2496" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33801F02" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="33801F02" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>31-40 anos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55326EE2" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="55326EE2" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD4C82B" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="0AD4C82B" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w14:paraId="7A9B725E" w14:textId="77777777" w:rsidTr="00F144A5">
+      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00C00258" w14:paraId="7A9B725E" w14:textId="77777777" w:rsidTr="00F144A5">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2496" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4FD1D5" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="1B4FD1D5" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>41-50 anos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60319046" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="60319046" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6878BA99" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="6878BA99" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w14:paraId="4B2153A3" w14:textId="77777777" w:rsidTr="00F144A5">
+      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00C00258" w14:paraId="4B2153A3" w14:textId="77777777" w:rsidTr="00F144A5">
         <w:trPr>
           <w:trHeight w:val="297"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="387F8AD7" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="387F8AD7" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFE3C57" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="0FFE3C57" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="275D8E1A" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
+          <w:p w14:paraId="275D8E1A" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="002D4B6C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="143C5BF5" w14:textId="77777777" w:rsidR="002D4B6C" w:rsidRPr="004A6866" w:rsidRDefault="002D4B6C" w:rsidP="002D4B6C">
+    <w:p w14:paraId="143C5BF5" w14:textId="77777777" w:rsidR="002D4B6C" w:rsidRPr="00C00258" w:rsidRDefault="002D4B6C" w:rsidP="002D4B6C">
       <w:pPr>
         <w:pStyle w:val="Legenda"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A6866">
-[...9 lines deleted...]
-        <w:t>Autoria (ano).</w:t>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Fonte: Autoria (ano).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03614E9A" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRDefault="00F33BF0" w:rsidP="00F33BF0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="03614E9A" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00F33BF0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47110991" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRDefault="00F33BF0" w:rsidP="00F33BF0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="47110991" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00F33BF0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A8CC2D" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00842D28" w:rsidRDefault="00F33BF0" w:rsidP="00F33BF0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="73A8CC2D" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00F33BF0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0574B534" w14:textId="77777777" w:rsidR="002D4B6C" w:rsidRPr="00C83E8D" w:rsidRDefault="00F33BF0" w:rsidP="00C83E8D">
+    <w:p w14:paraId="0574B534" w14:textId="77777777" w:rsidR="002D4B6C" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00C83E8D">
       <w:pPr>
         <w:pStyle w:val="TtuloFiguraetabela"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Quadro 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C83E8D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Título do quadro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D810827" w14:textId="4173A4FA" w:rsidR="00087AF1" w:rsidRPr="00F52BDA" w:rsidRDefault="00087AF1" w:rsidP="00087AF1">
+    <w:p w14:paraId="1D810827" w14:textId="343F42B8" w:rsidR="00087AF1" w:rsidRPr="00C00258" w:rsidRDefault="00087AF1" w:rsidP="00087AF1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F52BDA">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>(Aptos Light 12, centralizado</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(A</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>, espaçamento entrelinhas 1,5</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 12, centralizado, espaçamento entrelinhas 1,5. Quadros possuem todas as bordas fec</w:t>
+      </w:r>
+      <w:r w:rsidR="00464621" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Quadros </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>hadas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">possuem </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>, conteúdo d</w:t>
+      </w:r>
+      <w:r w:rsidR="00464621" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">todas </w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t>o quadro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F52BDA">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> com fonte 11, espaçamento entrelinhas 1,0)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1635"/>
         <w:gridCol w:w="1886"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00E85AEE" w14:paraId="21BEBE6D" w14:textId="77777777" w:rsidTr="009C128B">
+      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00C00258" w14:paraId="21BEBE6D" w14:textId="77777777" w:rsidTr="009C128B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E8428F9" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="7E8428F9" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ordem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F24D716" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="2F24D716" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Local</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="335C3FEF" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="335C3FEF" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Percentual distribuído</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="750D7E9A" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="750D7E9A" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Descritivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00E85AEE" w14:paraId="11E7F62C" w14:textId="77777777" w:rsidTr="009C128B">
+      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00C00258" w14:paraId="11E7F62C" w14:textId="77777777" w:rsidTr="009C128B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9C2567" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="2D9C2567" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A53B709" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="5A53B709" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Campinas, SP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="58A1AD35" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="58A1AD35" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D7EBB65" w14:textId="653C7EF7" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="4D7EBB65" w14:textId="653C7EF7" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Não há áreas afetadas, mas possui grande risco de entrada de novos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00E85AEE" w14:paraId="0931FEA1" w14:textId="77777777" w:rsidTr="009C128B">
+      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00C00258" w14:paraId="0931FEA1" w14:textId="77777777" w:rsidTr="009C128B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0ADBBFB8" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="0ADBBFB8" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B569F21" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="2B569F21" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Itu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3523920D" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="3523920D" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30A6C721" w14:textId="6045B42B" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="30A6C721" w14:textId="6045B42B" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Não há áreas afetadas, mas possui grande risco de entrada de novos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00E85AEE" w14:paraId="28905C7E" w14:textId="77777777" w:rsidTr="009C128B">
+      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00C00258" w14:paraId="28905C7E" w14:textId="77777777" w:rsidTr="009C128B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E021E75" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="5E021E75" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="125762A5" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="125762A5" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sumaré</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D701C3F" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="3D701C3F" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10F88198" w14:textId="6E0E37D7" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="10F88198" w14:textId="6E0E37D7" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Não há áreas afetadas, mas possui grande risco de entrada de novos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00E85AEE" w14:paraId="51F096CE" w14:textId="77777777" w:rsidTr="009C128B">
+      <w:tr w:rsidR="00F33BF0" w:rsidRPr="00C00258" w14:paraId="51F096CE" w14:textId="77777777" w:rsidTr="009C128B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4539110F" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="4539110F" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="39504AA3" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="39504AA3" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hortolândia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="584C0F0D" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="584C0F0D" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>35%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78EA5CA1" w14:textId="4B4119D8" w:rsidR="00F33BF0" w:rsidRPr="00EC112C" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
+          <w:p w14:paraId="78EA5CA1" w14:textId="4B4119D8" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00464621">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC112C">
+            <w:r w:rsidRPr="00C00258">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Não há áreas afetadas, mas possui grande risco de entrada de novos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6690D77D" w14:textId="77777777" w:rsidR="00A81383" w:rsidRPr="004A6866" w:rsidRDefault="00A81383" w:rsidP="00A81383">
+    <w:p w14:paraId="6690D77D" w14:textId="77777777" w:rsidR="00A81383" w:rsidRPr="00C00258" w:rsidRDefault="00A81383" w:rsidP="00A81383">
       <w:pPr>
         <w:pStyle w:val="Legenda"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Hlk143189364"/>
-      <w:r w:rsidRPr="004A6866">
-[...9 lines deleted...]
-        <w:t>Autoria (ano).</w:t>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Fonte: Autoria (ano).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DA7BD83" w14:textId="77777777" w:rsidR="00A81383" w:rsidRDefault="00A81383" w:rsidP="00A81383">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5DA7BD83" w14:textId="77777777" w:rsidR="00A81383" w:rsidRPr="00C00258" w:rsidRDefault="00A81383" w:rsidP="00A81383">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39786236" w14:textId="1A422996" w:rsidR="00F33BF0" w:rsidRPr="00A81383" w:rsidRDefault="00F33BF0" w:rsidP="00A81383">
+    <w:p w14:paraId="39786236" w14:textId="1A422996" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00A81383">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A81383">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nunca termine uma seção com ilustrações</w:t>
       </w:r>
-      <w:r w:rsidR="00A81383">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="00A81383" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A81383">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> tabelas</w:t>
       </w:r>
-      <w:r w:rsidR="00A81383">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="00A81383" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou quadros</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A81383">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. Procure continuar com o texto de forma a estabelecer uma ligação com o item/seção seguinte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CDD27FA" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00A81383" w:rsidRDefault="00F33BF0" w:rsidP="00A81383">
+    <w:p w14:paraId="2CDD27FA" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="00A81383">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A81383">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Não utilizar notas de rodapé no corpo do texto, as notas podem ser enumeradas e inseridas no final do texto (notas de fim).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p w14:paraId="3B537032" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00A81383" w:rsidRDefault="00F33BF0" w:rsidP="004922EE">
+    <w:p w14:paraId="3B537032" w14:textId="77777777" w:rsidR="00F33BF0" w:rsidRPr="00C00258" w:rsidRDefault="00F33BF0" w:rsidP="004922EE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="661ADAD5" w14:textId="1D9630BB" w:rsidR="003942A1" w:rsidRPr="00727B8D" w:rsidRDefault="003942A1" w:rsidP="003942A1">
+    <w:p w14:paraId="661ADAD5" w14:textId="26FFED1E" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="003942A1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003942A1">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>REFERÊNCIAS</w:t>
-[...9 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">REFERÊNCIAS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00727B8D" w:rsidRPr="00727B8D">
-        <w:rPr>
+      <w:r w:rsidR="00727B8D" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>Aptos Light 12</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">, negrito, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidR="00727B8D" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>letras maiúsculas</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>, espaçamento entrelinhas 1,5</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">, negrito, </w:t>
+      </w:r>
+      <w:r w:rsidR="008938E9" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
+        <w:t>letras maiúsculas</w:t>
+      </w:r>
+      <w:r w:rsidR="00727B8D" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>, espaçamento entrelinhas 1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA2CDC4" w14:textId="7D228EFD" w:rsidR="003942A1" w:rsidRDefault="003942A1" w:rsidP="003942A1">
+    <w:p w14:paraId="6FA2CDC4" w14:textId="78AC65A0" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="003942A1">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F7B9C">
-[...24 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Configuração das obras referenciadas: </w:t>
+      </w:r>
+      <w:r w:rsidR="00086A51" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>rial</w:t>
+      </w:r>
+      <w:r w:rsidR="00086A51" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">12, alinhamento à esquerda, espaçamento </w:t>
       </w:r>
-      <w:r w:rsidR="00086A51">
-        <w:rPr>
+      <w:r w:rsidR="00086A51" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">depois 12pt e </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">entrelinhas </w:t>
       </w:r>
-      <w:r w:rsidR="009C6952">
-        <w:rPr>
+      <w:r w:rsidR="009C6952" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1,0</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F7B9C">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F04E47">
-        <w:rPr>
+      <w:r w:rsidR="00F04E47" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F7B9C">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Obrigatório o </w:t>
-[...13 lines deleted...]
-        <w:t>ome e sobrenome dos autores por extenso.</w:t>
+        <w:t>Obrigatório o nome e sobrenome dos autores por extenso.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53BCDD80" w14:textId="77777777" w:rsidR="003942A1" w:rsidRDefault="003942A1" w:rsidP="003942A1">
+    <w:p w14:paraId="53BCDD80" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="003942A1">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F8A56BD" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="000A47C7" w:rsidRDefault="003942A1" w:rsidP="003942A1">
+    <w:p w14:paraId="0F8A56BD" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="003942A1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A47C7">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Exemplo</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> de referências:</w:t>
+        <w:t>Exemplos de referências:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E326D50" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
+    <w:p w14:paraId="0E326D50" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Hlk143189736"/>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Artigo em periódico eletrônico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52974A4B" w14:textId="3826F9BE" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="00576CDD" w:rsidP="0060250D">
+    <w:p w14:paraId="52974A4B" w14:textId="3826F9BE" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="00576CDD" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>CHIZZOTTI, Antonio. Humanismo, Educação e Tecnologia</w:t>
       </w:r>
-      <w:r w:rsidR="003942A1" w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="003942A1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D04603">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Revista e-Curriculum</w:t>
       </w:r>
-      <w:r w:rsidR="003942A1" w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="003942A1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>São Paulo</w:t>
       </w:r>
-      <w:r w:rsidR="003942A1" w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="003942A1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, v. </w:t>
       </w:r>
-      <w:r w:rsidR="006575FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="006575FF" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidR="003942A1" w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="003942A1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, n. </w:t>
       </w:r>
-      <w:r w:rsidR="006575FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="006575FF" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="003942A1" w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="003942A1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. </w:t>
       </w:r>
-      <w:r w:rsidR="00D04603">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="00D04603" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>489-500</w:t>
       </w:r>
-      <w:r w:rsidR="003942A1" w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="003942A1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, set./dez., 201</w:t>
       </w:r>
-      <w:r w:rsidR="006575FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="006575FF" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="003942A1" w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="003942A1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. Disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="006575FF" w:rsidRPr="00FB21D7">
+        <w:r w:rsidR="006575FF" w:rsidRPr="00C00258">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://revistas.pucsp.br/index.php/curriculum/article/view/48167/32312</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003942A1" w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="003942A1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Acesso em: 1</w:t>
       </w:r>
-      <w:r w:rsidR="006575FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="006575FF" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="003942A1" w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="003942A1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ago. 201</w:t>
       </w:r>
-      <w:r w:rsidR="006575FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="006575FF" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="003942A1" w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="003942A1" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4674B4DD" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
+    <w:p w14:paraId="4674B4DD" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Livros e Teses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1308F596" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="1308F596" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">APPLE, Michael W. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Educação e Poder</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. 2. ed. Porto Alegre: Arte Médicas, 1989.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AAD44F7" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="0AAD44F7" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">CAVALLET, Valdo José. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A Formação do Engenheiro Agrônomo em Questão</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>: a expectativa de um profissional que atenda às demandas sociais do século XXI. 1999. Tese (Doutorado em Educação) - Universidade de São Paulo, São Paulo, 1999.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6894EA84" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="6894EA84" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">GRAMSCI, Antonio. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Os intelectuais e a organização da cultura</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. 4. ed. Rio de Janeiro: Civilização Brasileira, 1982.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BB7055" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
+    <w:p w14:paraId="74BB7055" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Capítulo de livro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6C6F23" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="5E6C6F23" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">FAGUNDES, Léa da Cruz; LOPES, Daniel de Queiroz; VALENTINI, Carla </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Beatris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pesquisa e avaliação de práticas inovadoras para a inclusão da escola na cultura digital. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>: SAMPAIO</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Fábio </w:t>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+        <w:t xml:space="preserve">, Fábio Ferrentini; ELIA, Marcos da Fonseca (orgs.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Projeto um computador por aluno</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>: pesquisas e perspectivas. Rio de Janeiro: NCE/UFRJ, 2012. p. 145-156.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="227A96D6" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="227A96D6" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Resumos de congresso, fóruns, seminários</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2137C31C" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="2137C31C" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">WACHOWICZ, Lilian Anna. O método didático e sua fundamentação na lógica dialética. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> V Fórum de Pró-Reitores de Graduação</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Curitiba: UFPR, 1992.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F0E9D97" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
+    <w:p w14:paraId="2F0E9D97" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Legislações</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A06B53" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="18A06B53" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">BRASIL. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Lei nº 9.394, de 20 de dezembro de 1996</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. Estabelece as diretrizes e bases da educação nacional. Brasília: Presidência da República, [1996]. Disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="0060250D">
+        <w:r w:rsidRPr="00C00258">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>http://www.planalto.gov.br/ccivil_03/leis/l9394.htm</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Acesso em: 20 maio 2020.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DB9B9B" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
+    <w:p w14:paraId="49DB9B9B" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Artigo de jornal sem indicação de autoria </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(fonte impressa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17602AB4" w14:textId="031A65FD" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="17602AB4" w14:textId="031A65FD" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>O GLOBO. Fórum de debates discute o projeto Educando o Cidadão do Futuro.</w:t>
       </w:r>
-      <w:r w:rsidR="00722E95">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidR="00722E95" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>O Globo</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, Rio de Janeiro, 6 jul. Caderno 1, 2001, p. 18.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF61415" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
+    <w:p w14:paraId="0AF61415" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Artigo de jornal com indicação de autoria </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(fonte impressa)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="008089C6" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="008089C6" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">TOURAINE, Alan. Uma resistência possível. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Folha de São Paulo</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, 3 jul., Caderno Mais, n. 486, 2001, p. 18-20.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457A7225" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
+    <w:p w14:paraId="457A7225" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="00F04E47">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Filmes e vídeos em meio eletrônico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7F8C72" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="2A7F8C72" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>CIDADE de Deus. Direção de Fernando Meirelles. Rio de Janeiro: Globo Filmes, 2002. 1 DVD (130 min.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6092C992" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="6092C992" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">NINGUÉM NASCE RACISTA. Continue Criança. 2016. vídeo (3m40s). Disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="0060250D">
+        <w:r w:rsidRPr="00C00258">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=qmYucZKoxQA</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060250D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Acesso em: 21 ago. 2019.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="11"/>
-    <w:p w14:paraId="7A4BD90D" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidRDefault="003942A1" w:rsidP="0060250D">
+    <w:p w14:paraId="7A4BD90D" w14:textId="77777777" w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidRDefault="003942A1" w:rsidP="0060250D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="240"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003942A1" w:rsidRPr="0060250D" w:rsidSect="002F099E">
+    <w:sectPr w:rsidR="003942A1" w:rsidRPr="00C00258" w:rsidSect="00C00258">
       <w:headerReference w:type="even" r:id="rId13"/>
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:footnotePr>
         <w:numFmt w:val="lowerRoman"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E91FC4D" w14:textId="77777777" w:rsidR="00FD46BD" w:rsidRPr="00EC112C" w:rsidRDefault="00FD46BD" w:rsidP="00EC112C">
+    <w:p w14:paraId="64D14D50" w14:textId="77777777" w:rsidR="006100E4" w:rsidRPr="00EC112C" w:rsidRDefault="006100E4" w:rsidP="00EC112C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC112C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6DA6ED42" w14:textId="77777777" w:rsidR="00FD46BD" w:rsidRDefault="00FD46BD" w:rsidP="0081056D">
+    <w:p w14:paraId="46412A68" w14:textId="77777777" w:rsidR="006100E4" w:rsidRDefault="006100E4" w:rsidP="0081056D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
-    <w:p w14:paraId="1B692003" w14:textId="127500FF" w:rsidR="004A4207" w:rsidRPr="004A4207" w:rsidRDefault="004A4207">
+    <w:p w14:paraId="1B692003" w14:textId="127500FF" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A4207">
-        <w:rPr>
+      <w:r w:rsidRPr="00A62632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NOTAS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6483BCAC" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="004A4207" w:rsidRDefault="004A4207">
+    <w:p w14:paraId="6483BCAC" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D234093" w14:textId="2CEA0FB1" w:rsidR="004A4207" w:rsidRDefault="004A4207">
+    <w:p w14:paraId="7D234093" w14:textId="2CEA0FB1" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004A4207">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62632">
         <w:rPr>
           <w:rStyle w:val="Refdenotadefim"/>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="004A4207">
+      <w:r w:rsidRPr="00A62632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C943AE8" w14:textId="77777777" w:rsidR="004A4207" w:rsidRDefault="004A4207">
+    <w:p w14:paraId="0C943AE8" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5368E13D" w14:textId="77777777" w:rsidR="004A4207" w:rsidRDefault="004A4207">
+    <w:p w14:paraId="5368E13D" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54D818E6" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="004A4207" w:rsidRDefault="004A4207" w:rsidP="004A4207">
+    <w:p w14:paraId="54D818E6" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207" w:rsidP="004A4207">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A4207">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00A62632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Recebido em: </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A4A3C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00A62632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(preenchido pela equipe editorial)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01401DA1" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="004A4207" w:rsidRDefault="004A4207" w:rsidP="004A4207">
+    <w:p w14:paraId="01401DA1" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207" w:rsidP="004A4207">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13BD5673" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="004A4207" w:rsidRDefault="004A4207" w:rsidP="004A4207">
+    <w:p w14:paraId="13BD5673" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207" w:rsidP="004A4207">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A4207">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00A62632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aprovado em: </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A4207">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00A62632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(preenchido pela equipe editorial)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61AA2CA7" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="004A4207" w:rsidRDefault="004A4207" w:rsidP="004A4207">
+    <w:p w14:paraId="61AA2CA7" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207" w:rsidP="004A4207">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="587FF4D2" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="004A4207" w:rsidRDefault="004A4207" w:rsidP="004A4207">
+    <w:p w14:paraId="587FF4D2" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207" w:rsidP="004A4207">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A4207">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00A62632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Publicado em: </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A4207">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+      <w:r w:rsidRPr="00A62632">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>(preenchido pela equipe editorial)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FDFFEE5" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="004A4207" w:rsidRDefault="004A4207" w:rsidP="004A4207">
+    <w:p w14:paraId="3FDFFEE5" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207" w:rsidP="004A4207">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
         <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F427288" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="004A4207" w:rsidRDefault="004A4207" w:rsidP="004A4207">
+    <w:p w14:paraId="0F427288" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="00A62632" w:rsidRDefault="004A4207" w:rsidP="004A4207">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03308EFF" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="0060250D" w:rsidRDefault="004A4207" w:rsidP="004A4207">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D39FE28" w14:textId="77777777" w:rsidR="004A4207" w:rsidRPr="004A4207" w:rsidRDefault="004A4207">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4977,426 +5437,440 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4F695344" w14:textId="77777777" w:rsidR="00AD12B3" w:rsidRPr="00AD12B3" w:rsidRDefault="000A4A3C" w:rsidP="00A64126">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="56042B7B" w14:textId="77777777" w:rsidR="00A62632" w:rsidRPr="00A62632" w:rsidRDefault="00A62632" w:rsidP="00A62632">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AD12B3">
-[...8 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="1FA30FAB" w14:textId="77777777" w:rsidR="00D57146" w:rsidRDefault="00AD12B3" w:rsidP="00A64126">
+  <w:p w14:paraId="4F695344" w14:textId="44FDC1E4" w:rsidR="00AD12B3" w:rsidRPr="00A62632" w:rsidRDefault="000A4A3C" w:rsidP="00A62632">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AD12B3">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidRPr="00A62632">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Título do Manuscrito</w:t>
+      <w:t>Autor/a1, Autor/a2</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05A8FA8C" w14:textId="42F72DC1" w:rsidR="005E2FBE" w:rsidRPr="00AD12B3" w:rsidRDefault="0043734A" w:rsidP="00D57146">
+  <w:p w14:paraId="1FA30FAB" w14:textId="77777777" w:rsidR="00D57146" w:rsidRPr="00A62632" w:rsidRDefault="00AD12B3" w:rsidP="00A62632">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
-      <w:jc w:val="right"/>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AD12B3">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidRPr="00A62632">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:tab/>
+      <w:t>Título do Manuscrito</w:t>
     </w:r>
-    <w:r w:rsidRPr="00AD12B3">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+  </w:p>
+  <w:p w14:paraId="05A8FA8C" w14:textId="42F72DC1" w:rsidR="005E2FBE" w:rsidRPr="00A62632" w:rsidRDefault="0043734A" w:rsidP="00A62632">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="9070"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:tab/>
-[...3 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00A62632">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidR="009A4873" w:rsidRPr="00AD12B3">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidRPr="00A62632">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:instrText>PAGE</w:instrText>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidR="009A4873" w:rsidRPr="00AD12B3">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="009A4873" w:rsidRPr="00A62632">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="separate"/>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="009A4873" w:rsidRPr="00AD12B3">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="009A4873" w:rsidRPr="00A62632">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r w:rsidR="009A4873" w:rsidRPr="00A62632">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="0070C0"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="009A4873" w:rsidRPr="00A62632">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="0070C0"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="009A4873" w:rsidRPr="00AD12B3">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="009A4873" w:rsidRPr="00A62632">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6272E619" w14:textId="77777777" w:rsidR="007B72A5" w:rsidRPr="002F099E" w:rsidRDefault="007B72A5" w:rsidP="007B72A5">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6272E619" w14:textId="77777777" w:rsidR="007B72A5" w:rsidRPr="00C00258" w:rsidRDefault="007B72A5" w:rsidP="007B72A5">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="12" w:name="_Hlk151370847"/>
     <w:bookmarkStart w:id="13" w:name="_Hlk151370848"/>
   </w:p>
-  <w:p w14:paraId="181AF99F" w14:textId="7EADDD19" w:rsidR="00FE3F0D" w:rsidRPr="002F099E" w:rsidRDefault="007B72A5" w:rsidP="002F099E">
+  <w:p w14:paraId="181AF99F" w14:textId="7EADDD19" w:rsidR="00FE3F0D" w:rsidRPr="0014162E" w:rsidRDefault="007B72A5" w:rsidP="002F099E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidRPr="0014162E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revista e-Curriculum, São Paulo, v. </w:t>
     </w:r>
-    <w:r w:rsidR="002F099E" w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="002F099E" w:rsidRPr="0014162E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>XX</w:t>
     </w:r>
-    <w:r w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidRPr="0014162E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">, p. </w:t>
     </w:r>
-    <w:r w:rsidR="002F099E" w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="002F099E" w:rsidRPr="0014162E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
-    <w:r w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidRPr="0014162E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="002F099E" w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="002F099E" w:rsidRPr="0014162E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>XX</w:t>
     </w:r>
-    <w:r w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidRPr="0014162E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="002F099E" w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="002F099E" w:rsidRPr="0014162E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ano</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="31F2059F" w14:textId="4B5D55D2" w:rsidR="00475207" w:rsidRDefault="007B72A5" w:rsidP="00BB5492">
+  <w:p w14:paraId="31F2059F" w14:textId="4B5D55D2" w:rsidR="00475207" w:rsidRPr="0014162E" w:rsidRDefault="007B72A5" w:rsidP="00BB5492">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:jc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-        <w:bCs/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="002F099E">
-[...2 lines deleted...]
-        <w:bCs/>
+    <w:r w:rsidRPr="0014162E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e-ISSN: 1809-3876</w:t>
     </w:r>
-    <w:r w:rsidR="00475207">
-[...2 lines deleted...]
-        <w:bCs/>
+    <w:r w:rsidR="00475207" w:rsidRPr="0014162E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3B9F76EB" w14:textId="2F1ACB32" w:rsidR="005E2FBE" w:rsidRPr="002F099E" w:rsidRDefault="0043734A" w:rsidP="00475207">
+  <w:p w14:paraId="3B9F76EB" w14:textId="2F1ACB32" w:rsidR="005E2FBE" w:rsidRPr="00C00258" w:rsidRDefault="0043734A" w:rsidP="00475207">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidRPr="00C00258">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidRPr="00C00258">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="007B72A5" w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="007B72A5" w:rsidRPr="00C00258">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="007B72A5" w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="007B72A5" w:rsidRPr="00C00258">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
-    <w:r w:rsidR="007B72A5" w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="007B72A5" w:rsidRPr="00C00258">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007B72A5" w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="007B72A5" w:rsidRPr="00C00258">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="007B72A5" w:rsidRPr="002F099E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    <w:r w:rsidR="007B72A5" w:rsidRPr="00C00258">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkEnd w:id="13"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9210" w:type="dxa"/>
       <w:tblInd w:w="-34" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3467"/>
       <w:gridCol w:w="1559"/>
       <w:gridCol w:w="708"/>
       <w:gridCol w:w="642"/>
       <w:gridCol w:w="1279"/>
       <w:gridCol w:w="1555"/>
     </w:tblGrid>
     <w:tr w:rsidR="00984737" w14:paraId="2FB260B3" w14:textId="77777777" w:rsidTr="00D42B90">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3467" w:type="dxa"/>
           <w:tcBorders>
@@ -5545,404 +6019,482 @@
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1555" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="521CA352" w14:textId="77777777" w:rsidR="00984737" w:rsidRPr="008D22BD" w:rsidRDefault="00984737">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4252"/>
               <w:tab w:val="right" w:pos="8504"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="spellStart"/>
+          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="008D22BD">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t>jan./abr. 2017</w:t>
+            <w:t>jan.</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="008D22BD">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>/</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="008D22BD">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>abr. 2017</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-18245425"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="693479AF" w14:textId="77777777" w:rsidR="00984737" w:rsidRDefault="00984737" w:rsidP="00D42B90">
         <w:r>
           <w:t>[1]</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B052C94" w14:textId="77777777" w:rsidR="00FD46BD" w:rsidRDefault="00FD46BD" w:rsidP="0081056D">
+    <w:p w14:paraId="67FED336" w14:textId="77777777" w:rsidR="006100E4" w:rsidRDefault="006100E4" w:rsidP="0081056D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="726291CB" w14:textId="77777777" w:rsidR="00FD46BD" w:rsidRDefault="00FD46BD" w:rsidP="0081056D">
+    <w:p w14:paraId="473D30E5" w14:textId="77777777" w:rsidR="006100E4" w:rsidRDefault="006100E4" w:rsidP="0081056D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="0D5B6B12" w14:textId="3BAFDD79" w:rsidR="00801589" w:rsidRPr="00801589" w:rsidRDefault="00801589" w:rsidP="00801589">
+    <w:p w14:paraId="0D5B6B12" w14:textId="146DAE4E" w:rsidR="00801589" w:rsidRPr="00C00258" w:rsidRDefault="00801589" w:rsidP="00C00258">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00801589">
+      <w:r w:rsidRPr="00C00258">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00801589">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Formação acadêmica (mais recente). Atuação Profissional. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Formação acadêmica (mais recente). Atuação Profissional. E-mail</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>E-mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="004E175C">
-        <w:rPr>
+      <w:r w:rsidR="004E175C" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> XXX -</w:t>
       </w:r>
-      <w:r w:rsidRPr="00801589">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ORCID </w:t>
       </w:r>
-      <w:r w:rsidR="004E175C" w:rsidRPr="00801589">
-        <w:rPr>
+      <w:r w:rsidR="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Id</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>iD</w:t>
+      </w:r>
+      <w:r w:rsidR="004E175C" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>: XXX</w:t>
       </w:r>
-      <w:r w:rsidR="00294A14">
-        <w:rPr>
+      <w:r w:rsidR="00294A14" w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (máximo de três linhas por autor/a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00801589">
-        <w:rPr>
+      <w:r w:rsidRPr="00C00258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="66C2950F" w14:textId="00D5C4E9" w:rsidR="00984737" w:rsidRPr="003048C1" w:rsidRDefault="002F099E" w:rsidP="003048C1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="66C2950F" w14:textId="1A0839D0" w:rsidR="00984737" w:rsidRPr="003048C1" w:rsidRDefault="0002078B" w:rsidP="003048C1">
     <w:r w:rsidRPr="008F171A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23EFD532" wp14:editId="466EAFFE">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23EFD532" wp14:editId="607CF51B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>126614</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2790825" cy="185523"/>
-              <wp:effectExtent l="0" t="0" r="9525" b="5080"/>
+              <wp:extent cx="2790825" cy="201070"/>
+              <wp:effectExtent l="0" t="0" r="9525" b="8890"/>
               <wp:wrapNone/>
               <wp:docPr id="113505301" name="Caixa de Texto 113505301"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="2790825" cy="185523"/>
+                        <a:ext cx="2790825" cy="201070"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="08432A4F" w14:textId="77777777" w:rsidR="002F099E" w:rsidRPr="002F099E" w:rsidRDefault="002F099E" w:rsidP="002F099E">
+                        <w:p w14:paraId="08432A4F" w14:textId="77777777" w:rsidR="002F099E" w:rsidRPr="00C06E4E" w:rsidRDefault="002F099E" w:rsidP="002F099E">
                           <w:pPr>
                             <w:ind w:right="-89"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="002F099E">
+                          <w:r w:rsidRPr="00C06E4E">
                             <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:bCs/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">DOI </w:t>
                           </w:r>
                           <w:hyperlink r:id="rId1" w:history="1">
-                            <w:r w:rsidRPr="00FB21D7">
+                            <w:r w:rsidRPr="00C06E4E">
                               <w:rPr>
                                 <w:rStyle w:val="Hyperlink"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>http://dx.doi.org/10.23925/</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00FB21D7">
+                            <w:r w:rsidRPr="00C06E4E">
                               <w:rPr>
                                 <w:rStyle w:val="Hyperlink"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:kern w:val="32"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:eastAsia="es-ES"/>
                               </w:rPr>
                               <w:t>1809-3876</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="23EFD532" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Caixa de Texto 113505301" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:168.55pt;margin-top:9.95pt;width:219.75pt;height:14.6pt;z-index:251686912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpvp3t9AEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG1o2W7UdLV0VYS0&#10;LEgLH+A4TmLheMzYbbJ8PWOn2y1wQ+RgeTz2m3lvXjY3Y2/YUaHXYEu+mM05U1ZCrW1b8m9f92/W&#10;nPkgbC0MWFXyJ+X5zfb1q83gCpVDB6ZWyAjE+mJwJe9CcEWWedmpXvgZOGUp2QD2IlCIbVajGAi9&#10;N1k+n7/LBsDaIUjlPZ3eTUm+TfhNo2T43DReBWZKTr2FtGJaq7hm240oWhSu0/LUhviHLnqhLRU9&#10;Q92JINgB9V9QvZYIHpowk9Bn0DRaqsSB2Czmf7B57IRTiQuJ491ZJv//YOXD8dF9QRbG9zDSABMJ&#10;7+5BfvfMwq4TtlW3iDB0StRUeBElywbni9PTKLUvfASphk9Q05DFIUACGhvsoyrEkxE6DeDpLLoa&#10;A5N0mF9dz9f5ijNJucV6tcrfphKieH7t0IcPCnoWNyVHGmpCF8d7H2I3oni+Eot5MLrea2NSgG21&#10;M8iOggywT98J/bdrxsbLFuKzCTGeJJqR2cQxjNVIyUi3gvqJCCNMhqIfgDYd4E/OBjJTyf2Pg0DF&#10;mfloSbTrxXIZ3ZeC5eoqpwAvM9VlRlhJUCUPnE3bXZgce3Co244qTWOycEtCNzpp8NLVqW8yTJLm&#10;ZO7oyMs43Xr5Bbe/AAAA//8DAFBLAwQUAAYACAAAACEAtmZpNdsAAAAGAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DQAyE70i8w8pIXBDdFPrDhmwqQCri2tIHcBI3ich6o+y2Sd8e9wQ3j8ea+Zxt&#10;JtepMw2h9WxhPktAEZe+arm2cPjePr6AChG5ws4zWbhQgE1+e5NhWvmRd3Tex1pJCIcULTQx9qnW&#10;oWzIYZj5nli8ox8cRpFDrasBRwl3nX5KkpV22LI0NNjTR0Plz/7kLBy/xoelGYvPeFjvFqt3bNeF&#10;v1h7fze9vYKKNMW/Y7jiCzrkwlT4E1dBdRbkkShbY0CJu3g2S1CFDGYOOs/0f/z8FwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAGm+ne30AQAAygMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALZmaTXbAAAABgEAAA8AAAAAAAAAAAAAAAAATgQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" stroked="f">
+            <v:shape id="Caixa de Texto 113505301" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:168.55pt;margin-top:9.95pt;width:219.75pt;height:15.85pt;z-index:251686912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2ctAz8gEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IFp04Ey0HqwEWB&#10;9AGk+QCKoiSiFJdd0pbcr++SchwjvQXVgeByydmd2dH6duwNOyj0GmzJF7M5Z8pKqLVtS/70c/fh&#10;mjMfhK2FAatKflSe327ev1sPrlA5dGBqhYxArC8GV/IuBFdkmZed6oWfgVOWkg1gLwKF2GY1ioHQ&#10;e5Pl8/nHbACsHYJU3tPp/ZTkm4TfNEqG703jVWCm5NRbSCumtYprtlmLokXhOi1PbYg3dNELbano&#10;GepeBMH2qP+B6rVE8NCEmYQ+g6bRUiUOxGYxf8XmsRNOJS4kjndnmfz/g5XfDo/uB7IwfoKRBphI&#10;ePcA8pdnFradsK26Q4ShU6KmwosoWTY4X5yeRql94SNINXyFmoYs9gES0NhgH1UhnozQaQDHs+hq&#10;DEzSYb66mV/nV5xJykURVmkqmSieXzv04bOCnsVNyZGGmtDF4cGH2I0onq/EYh6MrnfamBRgW20N&#10;soMgA+zSlwi8umZsvGwhPpsQ40miGZlNHMNYjZSMdCuoj0QYYTIU/QC06QD/cDaQmUruf+8FKs7M&#10;F0ui3SyWy+i+FCyvVjkFeJmpLjPCSoIqeeBs2m7D5Ni9Q912VGkak4U7ErrRSYOXrk59k2GSNCdz&#10;R0dexunWyy+4+QsAAP//AwBQSwMEFAAGAAgAAAAhANG4Vn3bAAAABgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPg0AQhe8m/ofNmHgxdqkWKsjSqEmN19b+gAGmQGRnCbst9N87Pelx3nt575t8M9te&#10;nWn0nWMDy0UEirhydceNgcP39vEFlA/INfaOycCFPGyK25scs9pNvKPzPjRKSthnaKANYci09lVL&#10;Fv3CDcTiHd1oMcg5NroecZJy2+unKEq0xY5locWBPlqqfvYna+D4NT3E6VR+hsN6t0resVuX7mLM&#10;/d389goq0Bz+wnDFF3QohKl0J6696g3II0HUNAUl7uo5jUGVBuJlArrI9X/84hcAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQD2ctAz8gEAAMoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDRuFZ92wAAAAYBAAAPAAAAAAAAAAAAAAAAAEwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="08432A4F" w14:textId="77777777" w:rsidR="002F099E" w:rsidRPr="002F099E" w:rsidRDefault="002F099E" w:rsidP="002F099E">
+                  <w:p w14:paraId="08432A4F" w14:textId="77777777" w:rsidR="002F099E" w:rsidRPr="00C06E4E" w:rsidRDefault="002F099E" w:rsidP="002F099E">
                     <w:pPr>
                       <w:ind w:right="-89"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="002F099E">
+                    <w:r w:rsidRPr="00C06E4E">
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:bCs/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve">DOI </w:t>
                     </w:r>
                     <w:hyperlink r:id="rId2" w:history="1">
-                      <w:r w:rsidRPr="00FB21D7">
+                      <w:r w:rsidRPr="00C06E4E">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>http://dx.doi.org/10.23925/</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00FB21D7">
+                      <w:r w:rsidRPr="00C06E4E">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:kern w:val="32"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:eastAsia="es-ES"/>
                         </w:rPr>
                         <w:t>1809-3876</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00C15AB0">
+    <w:r w:rsidR="00C06E4E">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FB4D8B1" wp14:editId="1A9FFFF8">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-283210</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-288925</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1661160" cy="601980"/>
+          <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1082957329" name="Imagem 1" descr="Interface gráfica do usuário&#10;&#10;Descrição gerada automaticamente com confiança baixa"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2" descr="Interface gráfica do usuário&#10;&#10;Descrição gerada automaticamente com confiança baixa"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId3">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect t="15013" r="7792" b="7923"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1661160" cy="601980"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00C06E4E">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2399A274" wp14:editId="2E7F0D3D">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2399A274" wp14:editId="23E608F2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>168910</wp:posOffset>
+                <wp:posOffset>305435</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="7560000" cy="698400"/>
-              <wp:effectExtent l="0" t="0" r="0" b="635"/>
+              <wp:extent cx="7559675" cy="560070"/>
+              <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1835089957" name="Group 4"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr/>
                     <wpg:grpSpPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="7560000" cy="698400"/>
-[...1 lines deleted...]
-                        <a:chExt cx="7559675" cy="697005"/>
+                        <a:ext cx="7559675" cy="560070"/>
+                        <a:chOff x="0" y="137652"/>
+                        <a:chExt cx="7559675" cy="559353"/>
                       </a:xfrm>
                     </wpg:grpSpPr>
-                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...35 lines deleted...]
-                    </pic:pic>
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1174609867" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId4">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="3175819" y="137652"/>
                           <a:ext cx="3471545" cy="180975"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
@@ -5971,434 +6523,477 @@
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="521110"/>
                           <a:ext cx="7559675" cy="175895"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="4C9807FE" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:13.3pt;width:595.3pt;height:55pt;z-index:251682816;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordsize="75596,6970" o:gfxdata="UEsDBBQABgAIAAAAIQD9yzhMFQEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISadEHKEhAqB7CcSWIRjy2PCentsdNWgipFYumZeX/+t73eTGZgI3jSFkt+mxec&#10;ASrbaOxK/r57yu45oyCxkYNFKPkeiG+q66v1bu+AWKSRSt6H4B6EINWDkZRbBxg7rfVGhnj0nXBS&#10;fcgOxKoo7oSyGABDFpIGr9Y1tPJzCGw7xfLBCZiWs8fDXFpVcm0SP2WpIxYZh90ik+rLhIeBzhDp&#10;3KCVDPE+xIjNWZbsmCOP5DxDvXZ0E8Ne2JA6v3P8XHDkXuIDeN0Ae5U+PEsT04rGk4CVra3K/9ZI&#10;Jg1ltm21grz2tJ2pk6dL2o39Qg/jf8XriL3BeFIX8zeovgEAAP//AwBQSwMEFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vYzg8EyettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0Z&#10;F1vbkcyxiGqULAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nm&#10;P+wUHZPQVDtHSdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96&#10;vely/AIAAP//AwBQSwMEFAAGAAgAAAAhAEoJrYgQAwAAEgoAAA4AAABkcnMvZTJvRG9jLnhtbNyW&#10;a2/bIBSGv0/af0D+3tr47qhJNa1rNWmXaN20zwTjGNUGBOTSf78DdqIm2bSqaittleqAMeec9+UB&#10;++Jy23dozbThUkwDfB4FiAkqay6W0+DH9+uzMkDGElGTTgo2De6ZCS5nb99cbNSExbKVXc00giDC&#10;TDZqGrTWqkkYGtqynphzqZiAwUbqnljo6mVYa7KB6H0XxlGUhxupa6UlZcbA3athMJj5+E3DqP3a&#10;NIZZ1E0DqM36q/bXhbuGswsyWWqiWk7HMsgTqugJF5B0H+qKWIJWmp+E6jnV0sjGnlPZh7JpOGVe&#10;A6jB0ZGaGy1XymtZTjZLtbcJrD3y6clh6Zf1jVa3aq7BiY1aghe+57RsG927X6gSbb1l93vL2NYi&#10;CjeLLI/gL0AUxvKqTKHtPaUtGH8yjbYf9hOzKi+y3cQiijI3MdylDQ+KUZxO4H90AFonDvydFJhl&#10;V5oFY5D+UTF6ou9W6gwWSxHLF7zj9t6DB8viihLrOadzPXTAzLlGvJ4GZRonWV5lYIwgPXAPT7nk&#10;CDuRbqJ7dphJnLJPkt4ZJOT7logle2cUkAv7yVty+HjougdpFx1X17zrkJb2J7ftbUsUpMQeSDc4&#10;Kgbsj7D5jWkDkleSrnom7LDHNOtAvBSm5coESE9Yv2CgUn+shySkUy35LOtrvkWkh8JhOQcQYD1d&#10;BQ4jo+k3UOX2YJzGKQ4Q7ECMkzQfiDFWM0tbB4GTuFM12GWAULTYQA5QRlZWenFHhJZ5lMRJgE4x&#10;xVmcVUCYxzTFSVIe0gZroI29YbJHrgHSoFKfgqw/GTuAuXvEiemEuwrpfB9G3R1fuCt1bIKOoXxo&#10;/DPsYlykeVSVefGa8Do7X5jV+IAzl7CB1XNMDis4AvhH/tyMI+ISXGQlrjxyOCnybMyxOx6TtMBZ&#10;OnKHy6iCE29Itgu0g+pR3P0ffFVlUSQZhn1/dDgmzhu391/gcHwFvnz5cM4N59iz8AXvDzjMshhj&#10;PL5Xd2QV2YP3p6Owen6y/DsYPjxgRxx82TzsQ/vhp9zsFwAAAP//AwBQSwMEFAAGAAgAAAAhAKEm&#10;AO46oAUAsMkPABQAAABkcnMvbWVkaWEvaW1hZ2UxLmVtZuydB5gURd7Gd8k5KBkUSYqBIIigoo56&#10;mANGzoA75ogKh4pyn3KGU08xYBYDphMzJgynnopnwFMRsyjmdGZRUWCnv/dtp5ZmmOrqmZ3uhfHt&#10;56mt7q7qCr/p6n73X6ErKyoqjoYz2+n1KipaVpqjiopVNqmomNmpomKNETttXVFRWTHj+dYV9REc&#10;iPJ75GYVFdMaVlTsg+t3ywm8cEDTipF9G1YggYqnr2lW8RAcklu3MlVR0Q3n2sDVa/PEPF6WzrqB&#10;qXr++QY4rqiYtHnT1O/xeOx5XkUvHLfAPrcmqYomveGjmH46PMcN8bzf9xinsmET5Lvk6mY1eZ2B&#10;srZCpm1Q9uZrtDJR5YuACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiA&#10;CIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIiACIhAGIEuCBwK&#10;NyQsksJEQAREQAREQAREQATKk0CnTp3OmTJlinfYYYctKs8alrZWjRrUa9qnc4uh2wzodPjBW/aY&#10;cux2fW44eWTfe07fa71/Tx494MXLDxo077KDBr1zzj79nz155Nr3jtmm97X7b9b9nJFDuh6/5bod&#10;0oN7tN2+VdMG7UtbKqUmAiIgAiIgAiIgAsUT6Nq167kXX3yxd+yxxy4uPpXyvbJ+vcqGQ3uvsit1&#10;35T0+q/dOW7jJTPGb+LV1l1ywPpvHrl1r6s2X7v9fs0a1W+9EhKshzK3hVsNbhW4+nDaREAEakdA&#10;7ap2/HS1CIhAYQTab7PNNj/su+++C4444ohFl156qXfeeedleEzXo0ePGYUlV36x12jfbMBBW/S4&#10;8IYjN/yqttrPdf2txw77+aite1/du1OLFbHPvgF+3Q3hjoO7HW4e3Ldw1XBejluA47fgboYbCzcQ&#10;rpRbbyS2vcN1K2GG/Rx5sSx8fxe6tcIFrnoUEr4x0usD1wYuqa0c6mBYrY0dF28Tt1S+2lU487ja&#10;VSmfD1HvhXJ5brG+UdpKvraUFPf+KGO+/F3nBkT9McswXsfTTjvNu+iii3x34YUXehdccIHvJk+e&#10;7G211VYvlGGdI1WpZ4fmg/6xT//nXBourvDz9uv/wtpdWw6PVNh4I7VD8hPhPoXL1X2FHL+M68fA&#10;NYOr7fZXJODKu6q2mQSunxohv40D8aPuRqmHq5628EUoxHy4q+F2h6Nui2MrhzoYLu9hx8aT5zMm&#10;Ygl8tauKirpsV+kS/IaFJhGlrVQVmmhI/Lj4MktXW7G1o3Eh5S1l0N1IzFaGsPPXl7IQK1lazbt0&#10;6XIR7ICXDRs27OXLL7/cmzBhQjWP6Vq0aHHASlafWhe3Yf3KJqM37X42+oMXx6X1oqZ79182zhwx&#10;oteVzRvXb1PrihWeQENccibcQriw9lNoGDXKtnC12VbE52qqiApFqUehfG3xF6N8j8JtVEQ5wy4p&#10;hzqY+rnecaXQg2pXhnY0PZhaGj3yXpR7sipyaqWLmHS5oujBVJHVc7UV23PovCLzK/Sy2bjAVoaw&#10;839kPVjDmOMHL7vsMu+YY47he+MPua3brdXmnAMSVa8lFW/aEUO+WH+NNrXVUIX8puzXKLY9hbW1&#10;YNj5hRQoJ265PFej1CPIrFT7N4NntxymxR6WQx1M3V3vuNrqQbUrQ/p3Py69EuWerFq2KIkcJV2u&#10;uPgSlqut2J5V/0yEdPH9WdKDFRUt+/TpM/eKK67gfJJMvXr1tk7oN1thstlozVX3KNUckTh04h1j&#10;N1q08Zqr7pkAMI4L+RbO1p5Lef5K5FNZRJ3K5bkapR6l5B1M62dw36YI9rmXlEMdTJ1c77ja6EG1&#10;K0N5qR+XXolyT1YtLUZie0mXKy6+BOZqK8FnTXD/iQRoN0AeS+CC+Ubd/6Prwcq+ffu+MWrUKI/9&#10;xSeeeKJXVVVFTZikPSqBW8SeBWxv29w+dqPf4tBxpUyTenWLddtX2WtS65BOSOEDuKhtpxTxxhdR&#10;6nJ5rkapRykY29KgJhxeBP/gJeVQB1Mf1zuuWD2odmUIL+vHpVei3JNVyxYlkaOkyxUXX8JytRXb&#10;M+edBEh3RR62/F3n/+h6cPj111/v3X777d7MmTO9c88917v11lu90aNHf5LA71bnWfTt0nITzust&#10;pW6LMy2OKUyt0350TOD+U0Q74jvyfbh/w/0X7hs4V5sLhnN8Yl+4QrZyea5GqUeQVRz73wP8+oXA&#10;z4lbDnUwVXK944rVg2pXhvCyflx6Jco9WbVsURI5SrpccfElLFdbsT2ruPZE3NtQZGDL33X+D60H&#10;KysrR/3lL3/x9t57b2/77bf3dtllF+/AAw/0dt9992/j/tHqOv3u7Zr1u+nood/Fqd/iSPuWY4Yt&#10;6NC6cY8S8+McVFdbMeGLEfdcuEFwzeCCW30ccLzBk3AmvsufGUwgwn65PFej1ONV8GA8mzsFYZfD&#10;PQj3Fhz1tYt3bvizuKbYrRzqYOruescVowfVrgzd5f249EqUe7Jq+eLEfibpcsXFl6BcbSX3GRM8&#10;bhUz6d2QfjC/Qvb/kHoQ/cHDsZ7ME6effvrCxx57zJs/f7732Wef+e7VV1/1pk+f7h111FFf9uzZ&#10;8wqw7Rzz71cnyZ+1d7//xKHXkkjzzFHrPVlZ3Jp3+VhTw70JF6XdPI94A/IlknOuEY7vhIuSJt+z&#10;vXKuDzssl+dqHPXAbeGvuzUHfhT2Js5mYcBDwsqhDqZ6rndcoXpQ7cqQze/HpVfiuCfz16Cws0mX&#10;Ky6+rLWrrZjnSj6/0P6gwij/vq5ZvnyjnPuj6cE+WGv6rWeeeaZG/xkdmM//9NNPvWuuuWYJxhiS&#10;U5NCf5gVNT6/NZKEboszj50HdynVWk7b4XeK0lYeQbx6BfymfB9eGzHtcwpIt1yeq3HWg7/TvnBf&#10;RuR/fwH8g1HLoQ6mPq53XKF6UO3KkM3vx6VX4rwn89ck2tmkyxUXX9bW1VbC3idbRsNVdKyzcWVY&#10;/mFhfxg92Llz5zG33Xbbkny6z3Xugw8+8I488sjPwXnNon+lFeTCepUVDS49cNDbcWq1JNLGuMdf&#10;WjZt0K4EWC9CGmFthGG/wPUsIi9qws/gXOnPKSDtcnmuJlGP7SOw529DrdOxgN/ARC2HOpi6uN5x&#10;hepBtStDNr8fl15J4p7MX6Pws0mXKy6+rKWrrVQjju2Zv184plqH3hiS968hYSzvH0IPrrbaasfP&#10;nj07Y9N9H3/8sXfttdd6s2bNCrUb/uMf//gJzHrDrbTbtgM6HZGEXksij9027HpiCX6It5CGre2a&#10;8xNqkc9ZEdJfgjjNI+ZRLs/VpOpxXQT+/J2HR+QfjFYOdTD1cb3jCtWDaleGbH4/Lr2S1D2Zv1b2&#10;s0mXKy6+rKGrrXyDOObdkeufYEdUkpDHQ/L+JCSM5Sx7Pdi6detdwrQgv1F3yCGHeNB63qmnnurt&#10;s88+oZpw4sSJ34FbC7iVbmvUoF4zrO/8ZRxaDXNTvj1+p7Vu23uT1U/bYVDnY+i4/5cd15x+41Eb&#10;fhNHnlcdMviDysL6cHN/M9oXc9trvuOWuRcWcNwnYh6bRkyzXJ6rSdWjDbh+G+E32D8i/2C0cqiD&#10;qY/rHVeIHlS7MlTtflx6Jal70l6z/CFJlysuvqydq62EhV+YH0/Jzr6NlPK9w3julZAwhpe7HmyJ&#10;7478xP5ezhF5/fXXl9F6H374oXfyySd7559/vnfPPff4epDH77777jLxaFe89957vaefftrjmMKN&#10;NtroHrBb6bYhvdruVGpddsH+A+fw+yHoh2bfaN6Nmm1g9zZbTx494MVS5z+k1yo758002sl1Ec3W&#10;dsz5j6IlFRrrhQj5jApNYWlguTxXk6zHYxH4T1qKOPJeOdTBVDbsHca2UIgeVLsyVO1+XHolyXvS&#10;XrvlQ5IuV1x8WTNXW3kZccz7I9e/dXk0JT3zU0jerudguerBbmDSeYMNNriCWu60007zHnzwQW/8&#10;+PHeXXfd5Ws9akHMLfGOOOIIj98m2WuvvThG0BszZox36KGHerQb8tq33nrLu/DCC7077rjDmzx5&#10;ssf5x48++iifjbT7DIFbabZDt+p5SSn12F4brXYKtV4BACp3H9rtpFKW4dQ91nm4gPxzo26BE7nt&#10;Nff4odyLijjmMyA33dzjwyOmWy7P1STrcWkE/tdE5B+MVg51MPVxveMK0YNqV4aq3Y9LryR5T9pr&#10;t3xI0uWKiy9r5morTyFO7vPdHM9aHk3JzrQJyZf53+YIL0s92KVLF0i/8QsuueSSn7m+9KWXXuqN&#10;GzfOu/LKK309SG131lln+etQ33DDDd4tt9zCNQe9QYMGeW+++aavH7kuIccVnnTSSb6WPOyww7y7&#10;776b37Tzzw8fPvwNfO/4O/BdabbLDxo0r1RabKdBnY8rtuLbDex0ZKnKwW+rNKhf2bjIsuyF60w7&#10;tfnnF5l28LKLIuRzUvCCkP1yea4mWY+jI/C/IYS5Lagc6mDq5nrHFaIH1a4MVbsfl15J8p601275&#10;kKTLFRdf1szVVu5BHNv7hNfGta2LhG35ViPsypBwXrey6sH2KHtTONu2B3UbNR313COPPOLtscce&#10;vn3v6quv9o+feuop74QTTvDOOeccf+wg1iL0pk6d6uvEv//97/6362gfPP7447377rvP22677bx/&#10;/vOfvrbEPGXaFDObbrrpN7YCZM+7yum4vHTBnVo36VUqDTZhl7531bZkHFdYqvKs2bnFsCLLk8Z1&#10;tvZjzk8sMu3gZdR6Jj2bPyl4Qch+uTxXk6zHiAj8V3Q9GFcdzK3mescVogfTEXirXbmfCSnz4xTg&#10;J9muCiiWv6a87dlnzlcVkqAjbl3qwWkom6lTrv+Lo9y1Cd46JN8vEHZVSDjLuTLpwQ5t27a9feDA&#10;gQup46D1Mv369fu4fv36adQjt8+yNcIXwX7nvfTSS97RRx/t2/ZoK+Q5zh1hv/F5553nHXzwwR41&#10;4kEHHeTx23WHH364N3bsWD+cdkPmdeONN3rTpk3zxxded911/lhEpoX870TeuVuXli1b3jJ06FC/&#10;nMgvg3WtP2rUqNGBuRGTPC7VvOJbjhn64yotGnWtbdlbN2vY8eYxQ78vhSbcaXCXsUWWJ43rcttr&#10;7nEp3lv87XPTzT2ehDhRtqSf93E9V5Osx8YAm8s793hF14Nx1cHccyujHlS7Mr/eUj/JdrU0V/de&#10;0uWK67nFmrraygWIk/t8CR63deMqKsYBIfm+jLBpIeEs38qiB1N9+vRZyD5bfmN4hx128DbZZBPf&#10;bbjhhl7Hjh3noy7rwdVsGA/44dlnn+3b92j722KLLbx27dr536RLp9P+GMH999/fHzfIb9Wh/9dP&#10;b+utt/Z23HFHb9ddd/X+/Oc/+9+yGzx4sNe8eXPf1kibI8cYcn5Jq1atxtRkCE0KzXca1q5ebMpG&#10;f9SoUf5YROaBuc5PIn6xfZuBrArfPWlk3xml0F6Hj+h1ReG557/i4C17TClFmcbvuNat+XNwnk0j&#10;RrCd5tsvhR7cN0I+kxAnylYuz9Uk6xGXliqHOph7zvWOWxHtg2pX5tdb6id5Ty7N1b2XdLnqUg+e&#10;Ahz53iXm3LpuXEXFCGM8Eyne7CjXiqwHG+O7crs1bNhwXP/+/RdT09HOF9RaI0aM8PuEOScYdr5q&#10;2A8nGIrQiNfR9sfvEXOuSFVVle9Gjx7t/d///Z+38847e7T10U74t7/9zf9+MfuUb7rpJv/Y9C9z&#10;LRrmu99++/k6kXqRa9Lwm8fIq0M2v7awFb7F+SosJ9Pfcssta8qaSqV8myTTaN++/VxcMxJ1W9+U&#10;NQmfa7OUQnv17dKS79aSbL06ttigFGWaeugGHxVZoDSuM23U5k8sMu3gZXpvBWn8vh/27DK/RdXy&#10;lxV1RnrQjU160P0sKNX9yF8jLr2SZLty31VLYyRdrrj4skautkI7kXmG5fM59iOO7XIkmi8/nrsG&#10;7vaQcMZZEfRge2i3sQ0aNNilSZMmp/fu3ftp2PLeh576jvZAzPH4lvqK9jqjBWnL4/wQjvOj3Q/r&#10;v3gYy+ePEezQocMFqFcFdOQEajqOIzzuuOP8fmDaA6nlOKaQGhHfKPbnF/M87XiMv+eee/rajzqS&#10;fcs8Ty3J4wkTJvj71Idrr732YmTDNVY6de3a9cNhw4Z5dJjT7G2zzTb+WEVqT1Nm+iwz0l8Cu+NC&#10;aNklsHN+hvivQyPeAX14YIsWLfaAzXF/lr/U2/Rjh/1UW+119WEbfFzqcl1x8OD3alsuXt+8cf02&#10;RZQtjWts7cecn1hEurmX7Bshn0m5F1mOy+W5mmQ9pActN1PgtOsdJ/tgRUVVgFdtd6ciAfOMsfmp&#10;IjJJsl0VUrykyxUXX9bZ1Vb2Qxzbb8rzVUwkhu1epGnL9wyEzQgJ53V1rgehg1LoA85wDN9FF13k&#10;z+/gWi+YG+zrMdr4oPl+xLhBX1vRJshxf1wrBmP0fL332GOPeR999FHNPOBVVlnlMNStHzRfhvY9&#10;rilDbcZ+XmpL6sgpU6b44wU5Z/hf//qXPybwgQce8B5//HHvoYce8uces0xcm5A2P2o52veoS6lT&#10;0X89H3k0RBneYpy5c+d6XMMG6x36c5XXXXddXz/SZkgtuPHGG3trrrnmr9Cg1ezvZh1YBvqc08K8&#10;Lr74YvaF814r6YZ1qJuWQnOxz7mkBUNiXMO6FGXr2LpxzyLKlsY1tvZjzksPuhmlimCf5PtBetD9&#10;A7necdKDpX2Px6VXkmxX7rtqaYykyxUXX9bI1VZ2QBzz/sjnc35hHNuLSDRffjx3FNwDIeGMk7Qe&#10;rESea8C1gVsLjscV+J7chfw2CLURNSHnexiNRO1G+9wuu+zyK8bgZXie+or2ve7du1+NdWLeoKbj&#10;XGC6V155hX2/C5BsO9jpvqPGevLJJ71PPvmkJo6JS59rylAvTpo0ye97PuOMM/LGM9cwPvUjxgKe&#10;AC17cG586jrkPRa67lPaCzlWkesfrrXWWj9zngp1KecxUzeyn5pr4VBPMg7istyrw5V0a9ey0Wql&#10;0Fx/3ni1SSUtGBLbY2i3k0tRtl4dmw8uomxpXGNrP+b8xCLSzb1k3wj5TMq9yHJcLs/VJOshPWi5&#10;mQKnXe846UHpwcDtUvBuku2dhZsKZ57hNj/FiEVsrrayGdJcBGfL9+Ii8oxyyZchee6GsEdCwlnW&#10;RPUg9NNe6B/NHHDAAYs41wNzQV5FGfz5FZiHccdf//pXfw4vw6iTaCekVuK6gbQTwj5Xjf7kRbDR&#10;fYS+5R1wbQXGAc7mXF+j1+hzzgmCBg0ZMuTq4HmOF+RaMeYcv0Ny5513+vZC6kbmSxsi1642caj/&#10;aMfjmjXm3AsvvMD019l8881nBbUow7m2NcI2gWu+3nrrXQ9t+usaa6yxgPOUTznlFD8t1ol6kOtc&#10;8xwd1sBeiD7zDXGd2dqCz4PQqh+jzveA2/MmoFC/Z4fmg0qhuTZac9U9Cs3bFZ/fFylF2fqv3nor&#10;V155wtM4x98rzE3Mc12hp/Z15MH8J0VMtFyeq0nWQ3rQfXO53nHSg9KD7rvIHiPJ9s5STIULe64z&#10;LAVXzOZqKykk+imcLf87i8nUcU0jhLON2vLcCGH/DgnndYnqQeTXFOP8vqK2ouNcDsz5fbJZs2an&#10;IKwSuul62gnPPPNMXyNRN9F2hzGEc6AlGWc03PpwNRvGA86fMWNGjVajJqN+Q4ThsOGdyjVkeG7W&#10;rFkedeO1117r2+KoBWmLvPzyy/3jP/3pT/4cEI4RpGP8J554wrfhzZw507cfvvfee/736tAHvQTp&#10;t9x2221fuv/++5fJm/khbNeaAiIe9neEO6xNmzbXYO7yD7R50h7IfmhqUMxN+bFx48Z8Z3GrBzdg&#10;nXXWeYxalGWfM2eO161bN2r7ojZ+K64Ummu91VqliipAyEWcn1KKshWpVdMoGn+vMCc9GM6H7FJw&#10;hW5Jvh+kB92/jusdJz0oPei+i+wxkmzvLEVd6sEtkf9LcLb3yrMsYIm37kjPlh/PM/xpR5yk9WAF&#10;7Fyv0kZHPYg+YH+uB+xgS1DOznAVWNdl9MiRI/+HfuCvO3XqxPL153nL1gTabclrr722jCbjGEHE&#10;7wwb4s60wVHXUX9xHgnnjND+x/ViOC+Zmozlga3Pn2PMtQbZJ02dyG+YUO9xzgp9pkubJfp5q1ke&#10;zCm5gfORqdmM45rVsOddaykvTzfCXJeDsYbNC7B3/gqt+zjOdTTxKysrD+AcGM5f4bhIowfB4hQT&#10;p1B/s77t9imF5qKdsdC8XfG7t2vWrxRlG9Gv4yGuvPKEp3EurA0xTHrQzSgFToVuSb4fpAfdv470&#10;oPs+r3JjjBwjLr2SZLuKXFlETLpccfFlnV1thfOHH4KzvVs+ZCIl3lzPONoP2cdoKxPPJ64HoXeG&#10;wkb2LftlufYz12+h1jrxxBMXdO7c+e8oE8cVRtpgU9uffckcG8jvDFM70a6HMXpfZxPoi7nFGY7T&#10;4/jAq666yl+XmvODOabwjTfe8L9DQp3IsHvuucdfl5r2SdrmqPXYr0s7Ju14/LYd+7TRR/1rNv0d&#10;2M/MfD/99FP/W3dPP/00bZo/Irx+pEosjVSJ9Qu3RF/398yDZeGcmdmzZzO9XxCt+9Kohe3tMKjz&#10;MaXQXJ3bNOlTWM7u2O1bNe5eirKNHNL1eHduy8VI40xY+2CY9KCbUQqcCt2SfD+4npX8nW8otAKI&#10;Xw51MNV2veMyJmIEP404alfhoOLSK0nek+E1XDY06XLFxZe1crWV7RGHzxNbG/gNYZVwpdz2RGK2&#10;/L7OZvRSSBxem7gezJarAtrnGNgBfT1G7WP6kKnvYDd8D/3D/U1ci18P68T8j/Y42v/4XTnqMn5H&#10;BH3Q1JX+Bvvfr5wbPHHiRN8eiH5Xf56wWWOG68mYdWG4ZiDXm0E/sL8+IeeCcG1qzCX2dSDH+VEr&#10;Ykzgi9nkG0GrLeQ3UDimkOvXvPjii35/NdaOOTIbx+WtjvVy7oYt8mf2C7MOnKeM8YT8NkoG318Z&#10;hwS6uRIJCx+5QZfxpdBcbZs36hKWTzFhLZs2aFeKsnFeShH5p3GNrQ2Z89KDbkapItgn+X7YOMLv&#10;LD0Y/jtLD6q/uIhmXnNJku2dmdalHhyJ/M+DM++QfH57hJdyOw6J5cuH5zhPgxt9WxyerzM9iLwr&#10;8V23+9hPyzUBOZbPaEL6sNlRQ/eAy7s1bdr0QM45of2Oa0NzXZdHH32Umm8JLqjpf4X98W3ORTFr&#10;C7IfFvNZ/G/Scf0YjvejbZA6kGvJcJ/zgBmHaXINQmoz6kKuE0PtiHWvx5tCrb766pdQg/I6fs+E&#10;fb2co4Ixhj8iDm201g39xsMxx2URNaBxXOuGmpN2U/QRX2y9uICA0unBhn6ffgFZO6O2bNJgVelB&#10;v41OcsL6PUK5PFeTrIf0oPvmctk8pAelB913kT1Gku2dpahLPUhbHfurwrTXABayhNu5SMuW38PZ&#10;fN4KiVMnehBj+nZFmWj767jVVlv536CjFuOaMlxz0GhC6jHor2rMq+AYyHZwy2zoS/3y4Ycf9m1p&#10;XPOFOoprveBbJncFI2ItwvtoA6Rtj/Y+fpeEabPPmBqR69bstttu/nmGcUwjHW2X7K/lPnUetSL7&#10;nDfbbDM+F4M6tSNsj0s4BvHZZ5/160Btx/GHqOvBwbIE9ttAR16KNRW/oC3QaEHaSfk9PNozyQJl&#10;p22QW4ffveL+Sg9auaURYmtD5rzsg25GKSthe0CS7wfpQfvvYEKkB933eZWBVQI/Lr2SZLsqBEPS&#10;5YqLL+vsaiv7IA7vFfMOyedvy4RKuP0TaeXLh+emZfNxlTtp+2APzK1djHnDGazX/BHtcwcddJCv&#10;zai3qL04l4N9xlivz5/rwfnG6P99CfbAw1Cnxtl6DeUahRyzN336dH9839tvv027GrXamtk4xtsB&#10;c1N8DchxeZwPYvqY582bV6PFrrnmGu+ZZ56pOaZGY5pPPfWUH59znfmdE/Qp/2ASNj406J0cW8hr&#10;qOc49pDaDjpznokT8Hvg+3Xv057IudPUfrzuvvvu849ZL45bpO0T/c+/ou5nosyLoB9PCaRR0K70&#10;oBVXGiG2NmTOSw+6GaWshO0BSb4fpAftv4MJcb0r+GyNuqUR0bQfm6925WaUigo8EC/JdhXI1rmb&#10;dLnqUg+mQWM7ONu9z/MHwpVyewqJ2fL7ezajD0Pi8Nok9WAD6L35xv7HNVyoBakDaatjHy37jbnu&#10;C9dx5nhA9tXyW3Rcn4VzOrD/PsrcEt/5gPz6XX/xWyHvv/++r6HQ9/yfbL2X8aC9FhobXD6fuoxz&#10;jak9Tbr54vEcbJbU4bnbWhj/l3n99dd9Lcv+YpaJNklE7JaN3Ak68BWuV4h1Cf3+cfZHs36TJ0/2&#10;tTDnQN9xxx1+GWjzZN/zm2++6etF6MvqCGMqc8vlH0sP5sXCk2k4Wxsy5/XecjNKgWOhW5LvB+lB&#10;968jPei+z6vcGCPHiEuvJNmuIlcWEZMuV1x8WWdXWzkEcdaHM++QfD55lHILK9OYbEafwc9XFnMu&#10;MT2IvtOJHOtn9KDxuR4gx+VxvjHmGPuOY/VoZ2Mf8nbbbVdzDW1u+JbJ4zj/P/YVU5+9+uqrvvbi&#10;ujKo66b5AGP833tG39FGyLklnP9B+yLz4THnglATUqNSzzHs5ptv9te2pj3R5IX8D8iXB9akeY52&#10;Pdoc58+f78dn3TBvhn3GjfG9utfMeoJMn99bpv6jPZD90PxWHtfBoR5kWVhXU2bjQ/vy92ySL/+w&#10;c9KDVjpphJi2YPOlB92MUlbC9oAk3w/Sg/bfwYSEvU/YNmQf1PhBc68U4yfZ3lm+utSDRyF/jrW3&#10;vVN4/jK4Um4LkZgtv92zGX0VEofXJqYHYRN7mOP02OdqtGDQpxZkOG1m7EPlHBGsVeiP4aPOMnG5&#10;pjT7f2k/++9//+trJuorjA38NFvn5TzOQ+Z4PNrhOFeDeXD9GGov9ttyLUJ+X5jjGDmvhRqR/cdM&#10;lzZL9hVTP8J+yGdin+UywAmso7M1+3j5HWWj31hu9IvPgg1wLr+jZ87T5sc1DTk3hfXmejvUgiwf&#10;NWJwTKG5ht89oQ0VWa2XL/+wc9KDVjpphNjakDkvPehmlLIStgck+X6QHrT/DiZEetB9n1cZWCXw&#10;49IrSbarQjAkXa64+LLOrrbCcf/14arhzHsk15+BsFJtqyKh3PSDx3z+cfsOLng+dz8JPdiwZ8+e&#10;d2Kd6WMxf2QB1wI02i7Xpz7jHA/O+2AfMu1kuMbDd4h92x2/b0ztxOtoOxw6dKg/p5h2OMy94P2W&#10;dxswYMCr1I/Ua3Sc+3HkkUf6axZSf1H/UReyr5hzibl+DcfzcRwjdSHthxzXiPJQDzbPmwm+KwK9&#10;toB2Pmq45557zkO/tq85jaZjudlfzLVumA+1LetM3Uj7KOejmLhBn+MYqR2haRcj7w3g1rGUIe9p&#10;6cG8WHgyDZfbJnKPJzJiLbd9cX1uurnHkyLmUS7P1STrIT3ovrlc7zjZB2UfdN9F9hhJtneWYipc&#10;7jM29zjFiEVsrrYyIZvmF/Bz8zTHs4vI13ZJ/5B8mN8a2Qt/csSLXQ/iGx7X0faFsXSLuVZfrgY0&#10;x7SNcY0V9vtyn2sAUjPRsQ+XuhDfMfF1EdeAxhqA/pxgzgNmnzLquXe2zst56KseyPm+7A/GOjC+&#10;3ZFr0NAeudNOO/k2wBEjRvhj+DinheVgGPdpN+Q4Pl4L99tyiQdOYF7JdMajjh0+fLiv82j/Y582&#10;v4PCtW5ob6Su5To31IHUorT9cR1tfnc5qAOD+5w/jbklt6N/eSHslF8j26aBrEN3pQeteNIIMe3T&#10;5ksPuhmlrITtAUm+H6QH7b+DCXG946QHpQfNvVKMn2R7Z/nqUg+emgU0B77tvfJJNk4pvO1C8mH+&#10;Zh7ur454sepBfJd4K9jcMkbz5fq02dEuRhsZNR33qcFoNzPzTbgGDG2BdJyPDDvggvXXX9/XaNSH&#10;tO/x+yLQcIvw/eMLUF/aaXO3RrAxZqjHzNox/PYcj2kD5LwP6kvaJVkGakZqOu6zD5nn2UfNb+3l&#10;Jhw8xnqBU5k+xwRyLgzWk/b7g5kexwtS51L7UZuy35r9v+w7ZhmoBWnnNN9bph00qAe5z+8n0+fY&#10;RvQ3zwjmHbYvPWilk0aIrb2a89KDbkYpK2F7QJLvB+lB++9gQqQH3fd5lYFVAj8uvZJkuyoEQ9Ll&#10;iosv6+xqK2dmwTwE37xHcv3FCKuXjVdbj3MUctM3x98EEq8Oicf4cerB5uhn/TFXA5pj9puyH5j9&#10;ttRKsMf91KBBg235TQ4Thz41EuNxnUCMQfwF3+uYxGuGDBnijwNkXy5texwDyL5ajDv8JN88XMw9&#10;/iW7LnWG81VoA2S+HMeHbwh7PXr08B3P9evXzz8H26aH63w7JG2E4LVvgG1wtyt04Cvs16UOpEbl&#10;+ESWG/3eGZRnArTiLPY50zZIe2dwvsjzzz/P9XC+QbleoL2Q+pFzTDj/JlcTmuO5c+dm2rdvv0ew&#10;ELZ96UEbGfUXW8ksDYjruZrk+0F6cOnvadtzveNkH5R90HbvRDmfZHtneeJ6bjFtV1s5j5GwTYMz&#10;uiyf34mRSrCdijTypc9zr2XTrwyJY66NTQ/CNjiGdjX2FQf1XXCf9jOMAfwW+i6D+DthrecXguHB&#10;ffa7tmnT5nbUaU/2s3IdQY7D43o17GMOxsUYwWrYCi9E3BpbIcYw3oX1XjIdO3bknF+P9sFNNtnE&#10;mzBhAm2Ohoev59jXS41JXYY+Wn9taswLoW3Q2F2x+/vWpUuXcZh/XPONkQ8++MDXrtR+nLeC8ZDf&#10;Z6N2hj1zAXVevvkiGNO4CLpxbZTne45dxHo7i1gvo//y+eAb1P7ZbJb3pAeXZ5I9k4Zf89tb9idm&#10;49bG29eSdjDvSREzKJfnapL1kB5031yud5z0oPSg+y6yx0iyvbMUdakHp2QxnA0/+IzP3R+UjVdb&#10;L6yuj2QTb+goC8sWmx5s1aoV5NB4X0txjgjH6dGWF9RtXEu6V69e78DmtyHLDJvdb+xvDcYJ7k+d&#10;OtXXhJzvy35WhnEeMmxymRtvvHGZ69jfjO+LLGMrxBzgzljX+TKUJcNxfNSD7GvGGjL8romHeSf+&#10;eEHa7xiGcXr8Ztzn+K7cMJYvZ+uK9OfSJhjUapxHzL5gftuE9Yf98RleB9vmk7b5IpyTzL5zrME9&#10;Dd893hzfZLkT5VocTJf7nAdDPcn+Zc7TxjWRntHSgzm/3NLDNHZz22jusfSgm1FqKdLIe0m+H6QH&#10;3T+L9KD7Pq9yY4wcI+wdbp5BqcipLY2YZLtamqt7L+lyxcWXNXW1lSuzOI6Fb37LfP6O2Xi19WaG&#10;5DMtmzjnG+QrQ/BcbHoQedfv2rXrFYcffngG+iqDtfMy1IXUadRxtBtyzgj6ZzmucnVowXcxLnAh&#10;xwgGNWBwn2MJodsexVi/L2bMmOHrMK4Jg2+GzEM682mTy7VHos+1Gn3BFyGPBnAV+M7JfznHmXqP&#10;c1GgC6mptodbB64HwudyPCHDOWYQ5WH4pnA1W65N0Og2jvnjmESOh+QYP65xA1vkGF6IeTGZ2bNn&#10;L6MdzXWPPfaYv+Y29OgsfNP5z4i+AeelPPnkkzXxuR43v8dHHlx7EWMsM7A33ltTqJAd6UErnDRC&#10;gu0h335SenAfaymXDSiX52qS9ZAeXPYeynfkesdF+t8zm3Aafr62FDynduVmlMryLMRLsl2tyOWq&#10;Sz04LQtmL/jBez53/9BCAIbEfSUkn7Oy17UMiWPKFace9IsBmxzX66M2bYNxeXM5ro6ahroP/Z3V&#10;0Evbwib4Mc9xzZegnuM+149mGNckxJorS2BLXBtp3US9Rtvcu+++a75Tt0Hnzp3Ph/Zcks9WCN33&#10;Cex8D2B8XoY6lNdznB/WwXnHL+jSP+vQfsj5K4zDcYPQXYsQ3A+uG+yReW2CqFcG6wx+RhsmdR7n&#10;QKMf+ldc05VJo67vcX4KdSLDg9/K4zHGFWagIzMYV7gE4yg3Qx/614zP+jGcNkf0j8+DFj0aYydv&#10;QN/5zkw3yiY9aKWURohpCza/FO8t2urZHsMcgiNtST/v43quJlkP6UH3rfUeotjaAM+viHpQ7Wr5&#10;3zXJdrV87vYzSZcrrucWa+hqK7dkMWwKP6xNTcrGq633dUg+Y7KJtw2JY8oYux4MVhR9yAdy/RiO&#10;+WOf7Kqrrnry4MGDZ3ItFWq+XIc5Fv4cX9oFR40axb5bo3VbQ/stplbr27ev/307xFkC7fkP5DcQ&#10;tsL3grZC2tU4f4Q2N6ZFncexi9B5SxC/Z7CM3Iceu5Xfy+N3UxiXczxQ5gzKU230GTUaHW2CmBP9&#10;NbTfZ9B8/neXuTYOywvterdJG/trYH7xYtommTbspv53VUw6QR/fvvsB8YdCIy5iHTkHBdrwN6TV&#10;yKRXiC89aKWVRohpCza/FHrQWoAiAsrluZpkPaQH3Tea6x23IupBd62ix0jyfmSp4tIrSdcjKuGk&#10;yxUXX9bX1VbuykLpBd/2XuH5q7LxauM1ceRh5py2d8RjeRLVg9BrHaGv3qEewli5B9q2bXss+1Zz&#10;dSCP2T+KfmDO830JmigDjfduABp10R7oX85wPgjnAHO8HscCsn8X/a4/Y/7IL8grwz5f6jnGw3wV&#10;f04xbY4Y11eNNHwbG8YPzkB5foCt8k84xzkolViz8CXOYeH4RGpC6jvqSepZrk3I9XFQpgy+t7wE&#10;Wi3DvDlXmeMSqTUxP+bDbFo1c1owx2UC15Ph3GL0Yy9h+kEdGNyHzXQO+IyClqXNkPXjPVjUJj1o&#10;xZZGSFh7ZZj0oJtRCpwK3ZJ8P0gPun8d1ztOelDzSdx3kT1Gku2dpahLPfhAFkMz+GHvl/uz8Wrj&#10;0Z4Vlgeffdw6w4XFY1iiepCF4oYxckfAa4B5E69w7Rf2E8Mm5o+7C2pDrjUDO+CV6NPdHVqyN3Tb&#10;lVgD8CvY+n7FuoAcj5iBvS/DuSpc24XfK6GjnY7rvnB+MG2R1HPUgvzmCTUddBznYnBc4RSWo0OH&#10;Dg/Rpof1Zb5AOr9AG1J7tsb2KmyEGepHkw41KrUn+3KxvrY/lxj9xP5YSGpHzE1mv/Ev0IY/o196&#10;Ecq6CHr1W+jaF1H+a3H+cYyrPA7zlTGUcmZePfjOO+/4/ePQpyNRpgtQ5xtZTriiNulBK7Y0Qlxt&#10;RHrQzShlJWwPSPL9ID1o/x1MiPSg+z6vMrBK4MelV5JsV4VgSLpccfFlnV1t5dEAmB+wb3vHvBSI&#10;V+zupiHpM98e2YS7OeIxbp3owWz5KjC3+EHa7tgvTFsZNRe/GWc0IcfiQQt9iviV0IXPUfdBb30J&#10;/XYVjm+ArpoGm9t0aKvPuJYM14jhuD+uaU37HTUi+4npoPcyw4YN89ed5thFajrmh+t+w/Xvcs1B&#10;lMfv76W9EXNWMozD9ahp96OGpM+xh3RMn9oQ9kF/7rT5ngnCfoP2+whadw703zSsb3Mlvlv3IK7/&#10;irZDzG++H+vKbMR5wkF7ILUh5yNzDja1JvuhoYP3N6xq40sPWumlEWJrq+a89KCbUcpK2B6Q5PtB&#10;etD+O5gQ1ztO9kHZB829UoyfZHtn+epSD84KAHoL++Zdkut/HohX7C7nn+amGzxmfzK3NeCC5/Pt&#10;16keZCEx7u5E6LUvBw4c+AT6ZH9hfyz1IOeScKwfxvi9DE11N/VW9+7dX8aYwxOwJuD4XMfzmGNx&#10;Afw3oO8WwEa3GPotw++OcBwgtV+uY/qcY0ydSfsh5hZXc21qlKWa/cO093EdbOpKakTovwz0YzWO&#10;/X5ijH38DWX6H/p1n0HeZ6MuE3PLFTxm+XC9h77s26dMmeLPEzaakFoQfckZzofGN5OroSevBJ6i&#10;xguSa3CTHgzSWGY/jaN87SJ4TnrQzSi1DNVoB0m+H6QH3b+J9KD7Pq9yY4wcIy69kmS7ilxZREy6&#10;XHHxZZ1dbWV2AMzj2A++T4L71Qgrut8vm8f4kPS/zcah1ysknilTnevBQHkr0CfcFf3H1bTx0WEM&#10;3a8YxzcuO4bve6xZ439vDucj+dRy1IDUfeyXzueoBRnOcYbUnNSPUdMvJB6/qYK+3xmwFc6GDfEX&#10;aMoXOaZx/vz5HtdThO3wK9gNu4JHE/g9glxquy89aCWYRohpCzZfetDNKGUlbA9I8v0gPWj/HUyI&#10;6x0n+6Dsg+ZeKcZPsr2zfHWpB18JALoZ+7Z3C8/znV+b7QJcbEv/tUDCa4XEM9evUHqQZUe/6kec&#10;bwI7YQbjDA+F7fA39Nny28R3U9tRQ8Xh2F8dR7omTepN6kHMXd6c9YDOPQJzjX/iutL8dh/GON4e&#10;+O1Kuis9aMWZRohpCzZfetDNKGUlbA9I8v0gPWj/HUyI9KD7Pq8ysErgx6VXkmxXhWBIulxx8WWd&#10;XW2FfcRmOxc7tncLzw8xEYv0bwtJ/1+BNNcJiWfKt8LpQZS5AcbdXYaxfLf17t37Ka5Lg+Mr0cd6&#10;XZx6kP23nH9i9FupfaMH+ftg3Zzn0Z89D+vv7HjFFVdUY2zjwzjdimFxbNKDVqpphJi2YPMnWq+u&#10;m4Byea4mWQ/pQfe96nrHyT4o+6D7LrLHSLK9sxR1qQfnBzCMxb7t3cLzuwTiFrP7n5D0bwgkuF5I&#10;PFO+FVEP+lXA2tEp9BlnML7vZ5xoFqYHqRmj6DdbPM5n4bqCp59+et50uH5MFK3INQU5DjBfWYJ6&#10;EP3BgzEv5mfo3MmoW0e/wjH+kR60wk0jxLQFmy896GaUshK2ByT5fpAetP8OJkR60H2fVxlYJfDj&#10;0itJtqtCMCRdrrj4ss6utvJJAMwo7NveLTzPtVZqs32Ai23pnx1IeEBIPHP9CqMHoZHWx3za0Zg7&#10;/DfYz07HvOJ51G+Yj3Ey62TTg1yvmXODx44dm1eHGW3G78hxrki+fmGuQ/Phhx96c+bM8b83Z64x&#10;PrUc5xebY5sPjefxm3z5woN6kPXBGokv4DsjX2K3Hdae3hV1noJ5MxeDQRrnzJwg7NZ+kx60Mkwj&#10;xLQFmy896GaUshK2ByT5fpAetP8OJsT1jpN9UPZBc68U4yfZ3lm+utSDfK+bbVPs2N4tPH+6iViE&#10;X4lrFsHZ0j82kOb6IfHM9XWuB7Fu825YB+Zt6ija4DjvgnM8OO8X83e/Qx18bWTTg5wzQrscvmWX&#10;V4cZbYZvvXlHHXVU3nicz0E9+Pnnn/vf0TPXGJ96kesZcj6LOZfrMw7LT71Je2JueK4exNyZzTEP&#10;+kfMN/6R81wwF3oxNPBCzmWG/wXGF24Y+C1rtSs9aMWXRohpCzZfetDNKGUlbA9I8v0gPWj/HUyI&#10;9KD7Pq8ysErgx6VXkmxXhWBIulxx8WWdXW2FusVsrnm915iIRfgdcI3tvcXzewXS3MARl/HrWg+2&#10;xfp9i7kuH8bTvQ/b4OXQh0djbZdfuO4f13vm+n2sk00PUgvScV5GrgYLHnNdP9oSc/uMqd1uuumm&#10;Gj2Y2y/MtQAvvfRSrl+dVyuaPDjXmLqSaR188MHLlSVXD0Lv7Yq5zNWwO2awvxOq2BSuEfrJd4IO&#10;/ma99dZ7nfUuxSY9aKWYRkhYe2KY9KCbUQqcCt2SfD9ID7p/Hdc7TvZB2Qfdd5E9RpLtnaWoSz34&#10;UwAD3+th75gHA3EL3XXZ/IYHEqR9KawcDKtTPYj1+s7gt0Sg/xagLPXgmmH9wNtpK4Q/HRoqA9vZ&#10;Qp4P6kH2DVN/UQNS31EP0q7IY54fN26cr8dos+Mxx/RxzjL1IO2EjMs1bKgFGXf69Ok1epDrH1Lj&#10;0RZovkNCnUc9yLSo9ZiG0YEsP/uiWWZ+ZxhrB/plor0yqC1z9GCr/v37f4R1Z5Zg/cLfsAbNDNSR&#10;942/YVzhv2Ev/M4c19aXHrQSTCPE1UakB92MUlbC9oAk3w/Sg/bfwYRID7rv8yoDqwR+XHolyXZV&#10;CIakyxUXX9bZ1VaoWYIb3+W298wrwYgF7tOOZEuX52mbNNtQ7ITFZVid6kHkvxrXfca6fxlooleo&#10;C6m10I/6EsLq4dyz1F+NGzceEdSD1GDUhFwrkGsGUg8yHa47zfNcu5D9ttR0/8/eecBbUZz9H5De&#10;QVGaKLYYOyKiaP6eN2r0jdH40RBNLPckphij0fjqayzYYiEYIlbABio2EAW72I2JgA0L1ojErlhI&#10;UBS43H1/3/0zuCw7u3POPWc592b289k7u9N25tkzO9/7zMwzjPOafUvgQcaiYTM4EGZL4kF4EYZE&#10;P8leJKQjP/YkQZcJW5LWPIdr8mU8mv3wKBcsCG+aMeYoD2qu4AR4lHXTur6XtLKH/aHqOFn60Ouk&#10;M1wq+zOfSAYVOTwPWsVYVEhWG/E8mC2jglXC9oA8+wfPg/b3YEKy+jivH/T6QfNbKcfNs71TvjXJ&#10;g0tjAmKsz9bPLIjFLeX2yJR8eV7HSGY7ZcStBR5sIf6ZKB3gcu39sVhjxv/SnsI3q9xtqIf28zgL&#10;5pKu8JgoD8Jl8JX4MdyLjvXB+LHHCP7wmOE35iHizxw9GIz5eew7x3g0HJbEg7Ac+bDvHfuJcE16&#10;rnkODAp/mj3v4FDKwh7IPIN45I3OkLKhSyQP7A9Sr0GDBn0gruT72ltne/Hu77UnykLKpnOpxoq/&#10;1BqTIcStxOF50CrFokJs7dT4ex7MllHBKmF7QJ79g+dB+3swIZ4Hs3/ndUZYFXCrxSt5tqtSxJB3&#10;uaolX+qc1VbqY4J5QPemP4m7cEDbWHzXW9aixPMz9/+OZbJzSlyTZk3rB02Re+mi5YrT+LXQ/nG/&#10;Rl+o/eB+H+VBMw6LPg79ncZeQx0gukDYy4QbF24jntb0hswGK5p4STxownCxeUha8VrIePix5zK6&#10;Q8ajzbxF2FEcF8ZhvxPiMfZs1pZEeVB5fSwdIGPk0YPfxEY6u0U9K3HtedAqxaJCTFuwuZ4Hs2VU&#10;sErYHpBn/+B50P4eTEhWH+f1g14/aH4r5bh5tnfKtyZ5MN5W4Cxb/4L/BhS4jOMapbHl+1osP5dv&#10;YK3wYKzo//9Wa0uOgam6det2dJQHYS1OmAydHKwl3eJK9jLhxoXpzJ50xDP+uDYeNHEYayZ/dIJi&#10;uFXSmji42JohDs/SniqrxYvx4EKx6cuJla6Cp+dBq1CLCrG1J+PveTBbRgWrhO0BefYPLt/CqO1W&#10;e6lXDWkOdTA18jyY/TuvM8KqgFstXsnzN1mKGPIuV7XkS51LbSvnK43pT5JcdHflHPcrUVJ++D0a&#10;y9DlG1jTPKh1t8ehH5QNwlX0g/AXejnm5sF3Q4cODXmMeYRxO4TM/WMMd9iwYdhxCcd10euh4yOf&#10;NB5E37hibl+o+2McmvXGRudHenSN+DGOjB1ExqIZP8aPcHNGeVDjyYsUl99ULofnQauYiwqxtSfj&#10;73kwW0YFq4TtAXn2Dy7fwsvtRbWGNIc6mMqV2seZdEluUZ6m/dhc366yZVRIEm6GX56/yYyirBKc&#10;d7lqiQePliRs7QD/A1eRlPsN+xPb8r0plo3LN7CmeVDjxf/DvD3ZaP5RXD946KGHhvMCGcuFA4mH&#10;/i669hcWQy+ouYmhjo/xY9m3CdmQsWbC03iQdOj6eBZrRtBFylZiuJ7EcB48CJOiR0Q3yHpn0jBn&#10;0cTBjfLgFlts8c8dd9wxPl4ce32Vu/U8aJVlUSG29mT8fb+VLaOCVcL2gDz7h/0c3vOZ9qJaQ5pD&#10;HUzlPA9m/87rjLAq4FaLV/L8TZYihrzLVS35UudS28oBSmP6kyT3mFIEGYn7eUq+f4nE47LJ82Cf&#10;Pn3GwWHau2SbOA8a1mJuIGs7WLth/JJc7FZzkl80PI0HTTzyZ10K646NX9xlPTJsii6S9cfx8CgP&#10;9uvX7zWxJXMM1oq9s6rceh60irWokKT2GfXzPJgto4JVwvaAPPuHkx3e82/tRbWGNIc6mMqV2seZ&#10;dEluUZ7RNpR07dtVtowKScLN8MvzN5lRlFWC8y5XLfFg1tpexpNLPTopQVK7Mn7/G8uwKfHglmK+&#10;w1T+fXR2NvXo27fvjdib0X1/Gw/CXYzVxvkrfs8YL+O4UX/8bDwY3YeYMWfmBkbTJl2zFhpbhElh&#10;K3jwDuqm8e/xGleu79KlC/83cPTVuurLpY98VvMQn9S6av5fCNdYh6GN/ON50CrAokJM+7G5vt/K&#10;llHBKmF7QJ79wySH9zzcXlRrSHOog6mc58Hs33mdEVYF3GrxSp6/yVLEkHe5qiVf6lxqWxmgNLb+&#10;Bf+JOks9NlOCtDwPj2VY8zyoceD/0jy71x977LHgvffeC954443gmmuuWbrxxhuHvNy/f/+70c2p&#10;Xn3Eg5MZj01iLRc/dHsaow3HfE8++WSeE0yePDm4/PLLw3UpjCXDbMxJHDt2bHDLLbcEV111VThX&#10;kHFi7MnE5ya6PNfEIW+NKX8lOzI7aF7kcPSNqt9kMeHhf/rTn+pvuOGG4IwzzghGjx4d3HnnncxL&#10;/HevXr2OU90brUOsFA9OPm7nr245dqfFlTynHj+sftoJuwSNPX80tP8psd+/y21RkdLaFGGeB7Nl&#10;VJCcSj3y7B+eU+Gy3nOh1AoofnOog6l2qX2cSZfkFuWZJW/frrJlVEgSboZfnr/JjKKsEpx3uWqJ&#10;B9tKEowH2trEjFUk5XbzXyn58ZzvxbKpWR7UvMBfak3FG3PmzAmuvfba0PbziBEjwjUe6Oxeeuml&#10;QGPFo8WFT8Ji2sfuL7LjV+/Cg8znY90x9l9YZ8IcQBgP/nv33XcD2/Hhhx8GCxcutAWH+5dcccUV&#10;4f4kzA3EtgxrVBgjZo6i2dfE8F/chQfRHYo/GzbccMNrVL+XZVfxXbFpPXwKH1J29JWUnTmREyZM&#10;YO5iveztXKR32zL2fp1vK8WDjWW2aqb3PLjKt6bO+ceRHbFa39W8+of1VcWvddq+xcYfW6ClHs2h&#10;DqbOngezfyO+XZlfS+luXm3FlKxa3y3yL6etLFA6862Ju6wLKfU4VAni+UTvt4llWIs82EYc+Nbs&#10;2bODm266KeSoK6+8MpgxY0Zw3333BaeddlqoIxs/fjxz8JZp/7d6rQ9Z9txzz4V6QRsPwn+s6WAu&#10;4fXXXx88/fTTIb/V19db+S4e8MUXXwSlxF+2bFkwf/784KmnngoorxgvXFts0yEaHqSulPeee+4J&#10;9ze5++67A+1FEq6PZj0M8RifhgexYUP82267LdC+di/o/XaOvWOnW8+DVjEVFRJtQ0nXp1pTr5mA&#10;5vJdzaMe/A/1oMM7nlPmq2wOdTBVL6ePM2njblEeSW0p6ufbVbaMCnHBOtzn8Zt0KMZqUfIuV63x&#10;4POSSPT3H73+bDVpZXuclJIfeWPTOXrUGg9uqPUc89GF/eMf/wh1gRdddFFw4YUXNoh1ru3cufME&#10;GJE9gDkZs/3rX/8ajiOffvrpqTzI2l70i6+99lrwyiuvxFHP6b5UHoxmOmvWrHB+IePR8fXNRk8I&#10;57FXCXshMw4N52mt8ldwMHpD7qUbrdcL7KH9Sk5G38haZaN7nDRpEtcfKnyD6Et2ufY8aJVSUSHR&#10;dpl07futbBkVrBK2B+TRPxzj8H5552fYi5ka0hzqYCroeTD7d15nhFUBt1q8ksdvspzq512uasmX&#10;upfTVu5TuqT+xfi1L1GoF6fkt0RhrWL51RIPDjjrrLMW/f3vfw/X98JF6MdgII27Pq5yb6Gx01Fv&#10;v/128OKLLwZvvvkmfLdMDLWAMd4nn3wyZCmbfhAeHDlyZMiDr776ahTVnK8by4MHH3xwaGMmjQc1&#10;Jrwc3R/1lrsU+4bnnntuw7333hv6SS4N2tNuknSNYzTO3WBYkrmN2D5kzFvra/hfonvsXafeeh60&#10;iqeoENMeba7nwWwZFawStgdUu39gfchinbb3avyx+9TTXszUkOZQB1PBcvo4kzbuFuVh5GtzfbvK&#10;llEhLliH+2r/Jh2KkBgl73LVGg9eLanY2gL+GyVKze45NSW/txOS1QoPthTPzHv88cdDZoMDNaba&#10;oHUk4bw5xlrhPRhpzJgx4cmaCq5Z0yGOXPL+++9jX7Ch0jwIa3788cfB119/HcCDX331VUljxgY2&#10;0Q+ythhb1Gk8KNabg26QOZPSlS5CDwoTUi/sIbKOBDlwwn6aO7lccwdvHTx48Kesd8amDmtgtN/d&#10;9IT3bfXyPGgVTVEhaW2UMN9vZcuoIDmVelSrfyioILN0Zr1XE44tmnKP5lAHU3fPg9m/mTojrAq4&#10;1eKVav0mG1vlvMtVLfkih3LaytlKZ745Se6uJQp4Zkp+fP/iR03woNbT7o3Oj/064ByNkc5TQfto&#10;rcc98+bNC2C96Dlt2rSGSy65JJg4cWJox0+2nb9kXuGgQYM+deFBxow5mN/HGpHPPvssnKv4zDPP&#10;hOPU6NnYm+SCCy4In8FYNGuMYblRo0YFM2fODH76058GDQ0NwR//+Mfg9ttvD9d1TJ8+Pfjggw9C&#10;f8OBxoUHGd/F1nUGD96jdSRzJYN68d8yxonhvGKxuMRwYNTlmbK5M1LyWltzDJegL8S+odxl8msX&#10;f+G2e8+DNsm0KCokqW1G/TwPZsuoYJWwPcClfzhWyXunnNsqbH+dx+u8VOdfdUbfXdb1NMUve52W&#10;0jaHOqga4VFOH2fSxt2iPLJk79tVtowKccE63Lv8Jusc8ql0lLzLVWs8eKQEmtYmflyiwN9NyW9a&#10;Ql41wYObbrrppawfYTwX7urdu/edLVu2PAQbM1EOjF5Lf7iYeYX4YYcGPtxkk03+7sKDr7/+enDd&#10;ddeFa1PYl27RokXh3EOYjYM1J3Aia4ThLT0nYLxW47YrdYOnnHJKyIXo6xi7fvDBBwPZhAnIQ1wa&#10;5nPZZZeFXMkN/uj32JckgwfvE88tvuOOOwLmTt51113MCVwOczKP8P7771+pHzRcKP3hYq3Bmanx&#10;468ZN95rr70Cnq33vWHCO0/08jyYKBY8izrT2ihhvt/KllFBcir1cOkfst5NY8JvUIE7llroWPzm&#10;UAdTJc+D2b/zOiOsCrjV4hWX32Ql6+EqirzLVS35Ut9y2sp+Spf2vTqOjB2PtRSvXqctv8sT8qkV&#10;HrwAuzLYkWHeIIzHWhHct956K1yja1gQlmOtCbb4mAcII7F/8NSpUxkrtdqbic4fxIYhNmbQ75kD&#10;Oy6MPXOw9xw8iB0buAzWZAwb3dsLL7wQMiFrhM34LWuIH3300XD8mvQ8iwOeZS4gBzyInRh0j2k8&#10;KBuG82A/9rxjnxQ4FP0g7Ef5br311pU8OGXKlJAXkRXhsCI6TMaMNYa+TO+7bcI7T/TyPJgoFjyL&#10;Om1tyvh7HsyWUUFyLPVw6R/MO6ik+44K+otSC2uJ3xzqYKpWTh9n0sbdojyy3plvV9kyKsQF63Dv&#10;8pusc8in0lHyLlet8eAOEmhamxhVgsD7ZuQ1IiGvmuBBlWug1gk3oHNjfxBswaBvgwGx1cK94UG4&#10;C10ic+QeeeSR0J895uBIxnhd9IPwIKzHOl5zYN+FcWEOeBBdIPP44E14Cx7En/HhJUuWGH1kaOcF&#10;HnziiSdW8iD6OQ7GluEzDniQddPsoZzGg5pj+C/kQHnYU+XSSy8NhgwZ8gmsR3nQGcJ+lAsdIFyM&#10;XhK/M888MxzHhic1f/DGhPdt9fI8aBVNUSFpbZQw329ly6ggOZV6uPQPWe/GNfwLFe4+nUWdbXRW&#10;6mgOdTCy8DyY/TuvM8KqgFstXnH5TVayHq6iyLtc1ZIv9S2nrfRRurTv1SRXQSrekIy8kv7frRUe&#10;bLHZZpuNhv0M95199tkBNgXhLPRi8N+NN94YrrNAPyhd24dab3yH9HyLiAtroV904UHSM8Y7YMCA&#10;kOfQE8JW2G7hQC/HvEUOuAv7h+jp0BMa+4NXX311ON+R8Vl4kPUurG/hwP40xxnaS0RcFl7Dg9xj&#10;RzqNB7XXyufnnHNOyLawpOYbLtN73VRj6cuRA/MkzzvvvDAv1prAgTAm498wI/pDzbt8VmmcdYOK&#10;28LzIFJIPIryTWujhHkezJZRQXIq9XDpH7LeTVY4DPhLnR1KLZxj/OZQB1PVcvo4kzbuFuWR9W58&#10;u8qWUSEuWId7l99knUM+lY6Sd7lqjQdbS6D1Om3t4uESBL5/Sj7kv09CXjXDgypbV/FNuE4YJmQs&#10;mPW4XD/88MMBOi/GhNmXBPbq2rXrz/r16zcNnR1rjWWbOtwXxIUHYUEO3K233jqYO3dumMfw4cND&#10;f3iQ8WIOeJB1K/AgXGh4kGvKon2EQx5EZ2l4kDHhpUuXhsyGTUHyggfRObLHcRoPbr/99q9ovUzI&#10;tbpmDmODZLO75lQ+CfMxnxC9JmuuYUGNJS9FL4rNau45pZ+cm/CuU708D1rFU1SIrX0af99vZcuo&#10;YJWwPcClfzDvoLHuRyrGKJ2b2YtTVkhzqIOpuOfB7N95nRFWBdxq8YrLb7KS9XAVRd7lqpZ8qW+5&#10;beU9pbV9y151FaTi/TYlH/IflJBXLfHgdxkXZm0IDPj8888zPvsla3IZI8YPnR3rTdCHaX+5JRrz&#10;rYcHWf9BWu3d8ZkLDxrdH7wHo8GT8CYc+NFHH62cP2h4EDvP8BYMyJpk1hCbsWb2DUE/yNpkw4PM&#10;Z2TuIGPYXDP2DQ+iz2NuXxoPyt7MXdIRfsiz2EuPPVWQwXHHHRdss802gZj1PekIlxt9qNYfL2cM&#10;mX3rYEHsdcvv84R3nerledAqnqJCbO3T+HsezJZRwSphe4BL/2DeQSXdx1Sk7ezFKimkOdTBVLjc&#10;Ps6kj7pF3WS9M9+usmVUiArV8drlN1nnmFclo+VdrlrkwackUFu7WFiCsM9LyYf8eyfkVUs8uKHG&#10;Opcz3smJXWpO+JA1JBp3na01xz9QHU5HVwf7wG+yvRzOm5Oe7N2NNtroRlcefOihh8C9kAfR/3HA&#10;UqwlZg0wejgOdHWUh/3gmKdHHGxiY4sGu4SsiWaNMXMMWW/C2DNlYMwXe4WMc5MnPHjxxRcHYr0s&#10;HpymOvYS477D3nTbbrttaKOG9S5wsMI21tmK8WNkwBgyHAo/wpvoELWn8zWKU9LhedAqrqJCbO3T&#10;+Pt+K1tGBauE7QEu/QPz/m6znHfI/286X9f5pU7zvlzcRYq/j87GHs2hDkYGngezf0N1RlgVcKvF&#10;Ky6/yUrWw1UUeZerWvKlvuW2lelKm/Z96uwozGtT8lmmsFYJ+dQSD7bQ+O8fNA5aD19JH7YcFoS3&#10;0A2Khe5X+XfRfLoF6PKwy8d6XekJWbPxT4V1EA9OcOFB1iwfddRR4RjzzTffHI7rYnOGMWrmFtqO&#10;tP1JFi9eHI4/v/zyy2F+2LFhzBiWZV0IPMgYL3YLM/SD01a8p02YPwgTYvOGerFWWXz4sew1ni8W&#10;XsycR/SN48aNY9z7ae1tMq9///5jlL7NijycHc+DVlEVFZLWPgk71Zp6zQQ0l+9qJevBfNqCzlE6&#10;F+rMeqeE1+s8RmdjjuZQB1P/cvs4kz7qFnWT9Q58u8qWUSEqVMfrSv4mHR/pFC3vctUiD46VpNLa&#10;het8lodS8nnf8jZqigdXlLGL3PUHDhx4BeOw6NNgqzO0FgOdHGsm4CtsSrM/BzpCceRI0rryIPmW&#10;c6TxYFJ+6AoZf0ZnB+Mypsv4tgsPtm/ffl/0gd/61rcWwKyMPcOGrJlBD8n4MfMryU/rkem3eiCD&#10;co9K8eB1R+24YOJvhnxYi+cPtu9zbBnyKSpNWvskzPdb2TIqSE6lHtXqH2grf9GZ9V5N+B6lFjwS&#10;vznUwVTH82D2b6bOCKsCbrV4pVq/ycZWOe9yVUu+yKHctjJCac13J8ndzVHIzDVMSo/f05Y8apEH&#10;TVE30Vjt8lNPPTVcO3zFFVeEukLGh5mbp3W99VpjcR/z89Zdd91xStTelQf/+c9/JuFbpl+pPBjN&#10;EP0ge9DBgg482EbHWcxNFBeO69at21+09vlzxobhX8az0R2iM8RP7HyhEVq5bqV4sEenNqyZb05H&#10;UZWxtSvj73kwW0aFMn4U1e4fDlGZlji835lllN0kaQ51MHUpt48z6aNuUTem/dhc366yZVSICtXx&#10;utq/ScdirBYt73LVIg8eIanY2gP+P1lNaskezHex5XNncpIWtcyDLcR5RdmDroelWFuM/RnZKVyu&#10;cVHGjjfQnMLlw4YNC7Q3R9CuXbuf1DoPYisQnZ4DD/aQzcFlMB+nmBBbQW1lk2ekdIOfaX1LA7Z3&#10;ZC9xifZkGWN5tyV5ex60iquoEFu7Mv6+38qWUcEqYXtAHv3D6Q7vl/f8A3sxU0OaQx1MBT0PZv/O&#10;64ywKuBWi1fy+E2WU/28y1Ut+VL3ctvK3kpr+pUk938cBNstI48rLHnUNA+uKHM/rY8YoX07rtp8&#10;883Zg7Q7/h06dDjr4IMPDtdYMKYsXeHVrjzIehCXY8GCBaFtm8cffzx45513wvUh2JthvBk/9jH+&#10;9NNPXbIK5w+yFsWFB8V/5zLPEFs1rC3WeDjz5aNHF93015k0JzQaz/na86BVVEWFJLXLqJ/nwWwZ&#10;FawStgfk0T900OOZfxx9n0nXz9qLmRrSHOpgKlhuH2fSR92ibpLkHPXz7SpbRoWoUB2v8/hNOhZl&#10;lWh5l6sWeXAbSSTaBuLXo1eRWPLNtzPyOCs5WW3rBy1lDr21puIwxk1ZT6L9fYO2bdue5MqDsJ05&#10;2GsE+zPsdcJ8RNavsJYXbjvmmGMC7Q0c7kuHrWrtKxzOZ2QuH3MaWZPCyRguabBXzZpf1h3HD3Sc&#10;rjyoddTfxdYM+64wZ1B1+22aLCoR5nnQKsWiQuJtMn7v+61sGRWsErYH5NU/HOTwjnnnne1FtYY0&#10;hzqYynkezP6d1xlhVcCtFq/k9ZssVQR5l6ta8qXe5baVdZQ23r9E729yECrznaNp4te/tuTRFPSD&#10;lqK32Gzw4MGhfWfZbKa+W7vwIPZf2ONjxIgR4R4g2HLWXr+hPUHWrHAP+2Hfj5M951jHgh1p9JDs&#10;L8Jed+wnx/7FxWIxXKdsbASShr2NjzzyyJAlyZt1JKwBZl2Ji35QddmUuYPsfaKxcer2HZsQKuXv&#10;edAqyaJC4u0pfu95MFtGBauE7QF59g+vObznbe1FtYY0hzqYypXbx5n0Ubeom3g7it/7dpUto0JU&#10;qI7Xef4mHYsURsu7XLXIgy0liSU6423B3D/mINC6lPTks58ljybLg9Kh7Y+OjrW2rLlt3br1EWk8&#10;KDs1ob4NO32s9cXGNHYHsQnIvsXwHfP62D8Z3tthhx0C2YYOttpqqwA2Q0/HXEVz3bdv32D99dcP&#10;Nthgg/DETuBOO+0UsDcJ+5yQH3yJrWhsE7Lug32J0WlmzR9U3X6IXtLUrWPHjqdY3l/FvD0PWkVZ&#10;VIhpizbX91vZMipYJWwPyLN/mOLwng+wF9Ua0hzqYCrneTD7d05fXKmjWryS52+yFFnkXa5qyZc6&#10;N6atzFd6W1/zBplnHPCCLT3+QyzpmywP9ujRYxT6OeyuoEfT/MEb0ngQO32afxjyHXsKw27a+zic&#10;f0gYdlsYD2bslzzZ/w4e40SnBwuSjpM97gyLEi5b2KEukHzQF5q5f7Alz+BZ7C3C82U/JpwTaPKO&#10;uswXFINOU91Gol9EV0l5xJz3Wt5fxbw9D1pFWVRIWtsi7FRr6jUT0Fy+q3nW4xyH93xiGa+zOdTB&#10;VLsxfZzJw7hFXfh2ZaSR7FaLV/L8TSbXLNk373JVS77UrjFt5e9Kb2sbXySLbhXfy1PSk2//VWJ/&#10;c9NkeVCMdA+cBjdhc2bLLbecm8aDUe5KumZOIHwJEzJvMBoHu9dXX311uL4DRmNsOBrONWVgDzvG&#10;leNhrveGB6kbe/ChY8TWovhz/jevrDpXngetci0qxNY2jb/nwWwZFawStgfk2T8c5vCex9qLag1p&#10;DnUwlWtMH2fyMG5RF6b92FzfrrJlVDACLcHN8zdZQrFa5F2uWuXBWyU0W5vAv1uGUKenpF+usNaW&#10;9E2WB7Xm+GXWF6PX22uvvdDbfdEYHiQP9HzYO0QnF2U48wzCWTeCvs+M5xKP8WrGo828RPgxmt71&#10;2vCg6jGXMWd4d8899wy23377ZXp/Je85Ynnnid6eBxPFgmdRZ1rbJMz3W9kyKkhOpR559g/fUeGy&#10;3vN1pVZA8ZtDHUy1PQ9m/0bqjLAq4FaLV/L8TZYihrzLVS35UufGtJWLlT7tW8T64bTjaQXa0n+U&#10;krDJ8qDGXxcxHotNZmz07bzzzsznm2zbry6LyWBL9ic260QY+2XtCPkx3481IqwPPv/888PxZPxg&#10;Nk72zoMVeQZrUbKeZQs3PKg5i4vQC3K/6667BrK1w7tlHXrVDs+DVtEWFWJrW8bf82C2jApWCdsD&#10;8uwfXL6Ftc6D1aqDeUON6eNMHsYt6sK0H5vr21W2jApGoCW4ebarEoqV6/9OlKtWefAklc3WJvDf&#10;ncKnHB8ozJZ+Tko6l+/HtSnp11RQL9Z1sK6Y9Rlcw4brrbfeg+XyIIzGWl7s1zAGDYsxBgyXsUYE&#10;NuTEtg3+PBedInvKkQ4OZN4g6W28l+XPMzfddNO7masIB+69996hLpI6SdDFagq7lnmwVcsWaw3a&#10;sPvejT3bt2nVOS5DrQPaVnJOO/6swPBdpLgT0zJYA2GUJ6vM1KtSx73KKOt5J5bxsDzr8XuHOjz4&#10;H1oHU+33M2TUYCI6uL5dZQupObSr7Fp+EyPP9s5TqyVf8m5MWxml9GnfU8Jtxz4KWK7Tlv4pW0L5&#10;u3wDH0hJvzJI+rqq6q9i/XgvjRc/q3HU5XDTjjvuyDqMf8pu8/TG8KCN15hbiP5Qe6WE9gXhNlvc&#10;xviTr9ab3Kl9Wa7T2pOPtca5YYsttlgsvecjqv9GMRlU9LaWeRCOm3bCLkFjzwHrdNwqLjTtDX1z&#10;3Fakv/cS8BLwEvAS8BLwEihPAtqL7YZ4X5vDfVc9gz6+H89qzPzBNI7D7iB6P1y4kLFk5gympSkn&#10;DB5kfTF1WXHY5n2a8Iq5ngfL+937VF4CXgJeAl4CXgJeAt9IYA3x4Co8VC0eZByYsWHGhFlPgk6y&#10;HN7LSpPAg6vUr5o3nge/+S37Ky8BLwEvAS8BLwEvgfIk0Nx5ENvVnMcee2zAvihwYRbflRrueTCZ&#10;eP14cXlt0qfyEvAS8BLwEvASyFsCtcKDjbH/Z+M3xodZV8Lec7fddltoc7oa48U8JzZenAxIVfD1&#10;+sG8W4x/npeAl4CXgJeAl0Dzk0At8OCGG254BfP7bFxXrj+2ZYxNGcaOC4VCxZ9B2bBzqHUkU6qA&#10;e5lZeh5sfm3S18hLwEvAS8BLwEsgbwlUkwc1L7Ao2zKT27dv3z8NbHr16nUydgLZv65c9ktKhz0Z&#10;eBDd4y9+8YvQ3mGl9YOsYcaGYf/+/Uen1bF79+7DtH/KJ9pTb5bisfd1RQ7Pg3m3GP88LwEvAS8B&#10;LwEvgeYngWrxYIcOHTYeM2bMcs3bW9a1a9dUO4wtW7bchPl92ARM4rpy/dgnhPOoo44K7U+LTyua&#10;P+WizOyF17p166FpgKc6dtaeem+xx7L2tTs8LW4pYZ4Hm1+b9DXyEvAS8BLwEvASyFsC1eJB2Wc+&#10;5rzzzgvGjRu3VCx0QIxx1pZ9vhNlH/pu2R18QjrES7773e++wz7EjPGWy3/xdKzzmD59emh7cMaM&#10;GcGZZ5652h7H8TSl3LNXMfvfaY7ignXWWWeo9lo5T3YI/yA23Fn1XcXmTJ8+fX4ye/bs5eyVjN40&#10;Jo+ybz0P5t1i/PO8BLwEvAS8BLwEmp8EKsmDrVq12kg2mA8Dbtq0abO1+Kvh/fffD6ZMmcK47Qda&#10;d/G8xoTfHzVq1PJJkyYFM2fODGbNmhVymvYPmac95xoYf0WnVwqX2eKyHwl7ljBGbFzGkG3xS/Fn&#10;ziB2bDQG3CD7049dc801DS+88EJAfefNmxdMnTp1mfZUfkd1euHPf/7zgtdffz14++23AzHvJxJP&#10;W52tNI49U4bBp+q6nc6yDs+Dza9N+hp5CXgJeAl4CXgJ5C2BSvHggAEDDpo2bdpy5tK1bdt2MHCz&#10;3XbbTUA/ByNlnSeffHKgPG4ULzUwvss4LG4pjBaPe/TRR4f5HH/88SETYn+wsfZm2CeZspG3dIMN&#10;Q4YMmX3ppZcGd955Z2YdTznllC80V3KPFeAHD759wQUXsK/e9WXBoBLVMg927dC619Tjhy1r5Ll0&#10;6/W7fjcun2t1fJl+fK3gIONckp5F7qGUJ6vM1KtSxzJllPW8r8p4WJ71oHxZdaCepR7NoQ6mzst1&#10;kSajBhPRwfXtKltIzaFdZdfymxh5thWeWi35kndj20rW9whZJR1p7TPr+5X1TPLOyiMsk/Ra18T7&#10;2nLutQ/IE4zHaq/gj5R+pb5r4MCBZ4kJ67N48Iwzzgg0dvxip06dfqg9jT9DpyfdW7iniNl/mD2I&#10;k07C0fuZeMOHDw/n9MGH6AU1Fh3ulcw8P3iQtcbkQ5pouqS8jR/xyJd5juShZ/1L8yIPOeeccxZz&#10;P378+GD+/PmJTPjSSy816JlPaRx5oJFtjx49hsku4kLs4Cj9XONfqlvLPNilfeu1G7tXHel/NLT/&#10;KaXKRfGLOm17gxv/U8vIt5pJTnMoc10FC1CtfeHzrIfLXu7XlSGz5lAHU+03M35XDSaig1vMyIu2&#10;5dtV9renIDmVeuT5myylbHmXq1rfLerc2LayifIw/UuSe36CYLfKSDMyIU3Uy+UbeG00QbWvNX76&#10;KHaf33333eCSSy5ZJB3adO1TPFJjqedI/3X7ww8/vDyJCd97771A46nBn/70p3CuX9++fX+isrbS&#10;muR9NRdvstI/udNOOz2bcc7RHMTX9czPtY64AQ5kHqL0b6F+kT3r0DVywnWwpvzYw/2jYcOGvTB0&#10;6NCs/MNwlWWm7MpM7dix44Eq41py97/nnnuCu+++O7RxOHbs2GDu3LmrMSE8eOutty5S+IfSJb4v&#10;BvzyrbfeCuNdfPHF7KFS9rvyPGj9ZRcVktQeo36+38qWUcEqYXtAnv2Dy7fQ82D6e/Y82KJFnf3n&#10;XHJItXglz3ZVSqXzLle15EudG8uDnZVHtI+JX0/kIbFjd93H40XvfxeLH791+QaWzRjxh7ncd+7c&#10;+ftim4bnn39+NR5K4kD87rvvvmD06NGBdGzhHEPWfGj89As9r4PLMy1xOsu2y2923333dxknxh41&#10;fMi6XuxGS1+4XOs5Jiptd0t6Z28x6AOU2Zznn39+AN898sgjTjKQapZyva8H8hsq6/A8aBVbUSHR&#10;NpV07XkwW0YFq4TtAXn2Dy7fQs+D6e/Z86DnQXtrzg7Js71TmlrmQcq3UGdSf4Pf3Trjx0HysMXH&#10;f3g8Qeze5RuYKw9Svp49e/5cY7z/1tSugPUTSRz4zDPPBFdeeSXrKmC/AJ2a4SnjHnbYYc/F6lvW&#10;7brrrnu61q80wIHM+VO+S9u1a/edsjJbPVG7c88992tTZuOypvrEE09kr+SP5S676qqrAs2rDOsI&#10;/0pPGFx22WXoJxdqPfIEZdtp9azdfTwPWmVVVEhaGyPM82C2jAqSU6lHnv2Dy7fQ82D6e/Y86Hmw&#10;1DYejZ9ne+e5tc6DzP+y9T2zo4Jbcf3blPjks2tCmqiXyzcwdx5cUcAOa6+99pHioXs1x+512dz7&#10;iFM89sbWW299l+w2j9cajEXoBBlnNRwVdzU+zDtv9CFd4a9+/OMfN6gMDbKJ+P1GZ7giA81JfDRe&#10;ZnOPPlLrY5bIps7/KvrWksdhsr/zB+1pd2q/fv2OwN5ipcrhedAqyaJCbG3S+HsezJZRwSphe0Ce&#10;/YPLt9DzYPp79jzoedDemrND8mzvlKbWefABldH0MXF3XoI4z0iJT/qNE9JEvVy+gWuKB6PljF+3&#10;1pqOT5i/N2HCBCsLwlVix4rwIAXYaqutHtRcxNvjhWnMvXR79xn+i7uMG2Nn8Lrrrlu+1lprrd+Y&#10;52Sl9TxolVBRIfG2GL/3PJgto4JVwvaAPPsHl2+h58H09+x50POgvTVnh+TZ3ilNrfMg7BXva8z9&#10;ogRxXpISn3QdE9JEvVy+gTXHg9tuu+24hx56KBxPlX0+Kw9q77qFqmznaIUbed1b6bs3Mo9VksvW&#10;4iCtDVkeZ0HuxYEB66WxQaMx6kdXSVjhG8+DVoEWFWLaoM2tBA9uquccmXHuoHCXo7l8V/Osh8u3&#10;0PNgeluoRR707Wr1L0ae7Wr1p9t98i5XrfMga4htfQ7+7WKivDEl/sJY3KRbl29gzfCg1gpvrfmC&#10;z8+ZMydcQ8JewhdeeOFqPMj8Oq0BXoBd66RK15qf1tAcJhuEX99+++2r1OXyyy8PNLcwnDf4yiuv&#10;NPTu3XufapXd86BVskWFpLVJwirBg4c4POdMxXE5mst3Nc96uHwLPQ+mt4Va5EHfrlb/YuTZrlZ/&#10;ut0n73JdqaJkfdsL9uKmhjR2fTGZH6MzrXz9YyWYkRL/lVjcpFuXb2BN8OBBBx0068UXXwz3KWF9&#10;yeTJk0MbfswfZK0FayvOOuus+oMPPni+9nSjf26TVOEa9uussv2gW7duJ2hvlot23HHHR2VHcTFM&#10;iC0a6vzEE0/UFwqFq7p06bK34hK/YofnQasoiwpJa5OeB6s37pJn/+DyLfQ8mN4WPA/68WLrh9Qh&#10;IM/2TnFqnQcPVBnT+p7tqETkeFbXtvgPR+LZLl2+gbXAgzs88MADq6wzFhuGTIhNaNmCmaoK9tTZ&#10;ylbRpuYv3WYPrSf57Oabbw7eeOONVeqObcazzz6b+QMVq6/nQesvpKgQWxsz/vz/0djjEGVg8rO5&#10;Zzo+pLl8V/Osh8u30PNg+m/U86DnQcdPVGK0PNs7Bah1HtxZZbT1BfjvQSUix9u6tsWfFIlnu3T5&#10;Bq5xHpT9meNkh3oVJtKebcFNN90UricpFouB5gr+Q7q13WwVbUL+rbWe+Hfas/gT7AoyP5J6Rm3u&#10;sL8x+lHVqUul6uV50CrJokJsbcz4ex7MllHBKmF7QJ79g8u30PNg+nv2POh50N6as0PybO+UptZ5&#10;cAOV0fQxSS57bkSPxbpJioffBdGIlmuXb2At8OCJZswULmIPEo0fh3uHTJkyJbRDiK2+0047LdBe&#10;dwu0x8lj2gPkItlk+a3GVn8k+zD7aO7hPrIZuK9stHxPsthF57Y6++qsmI5NeUWPttpXbov11lvv&#10;AO219xsx3imDBw8+X+uJx+y2225j99xzz2tkO+cm2TScVldX97DOWT/72c/+oXp8Rf1uvPHGcJyY&#10;+YPYWFR4cMstt4RceO+99wZjxoxJWl8UfX5J154HreIqKsTWxoy/58FsGRWsErYH5Nk/uHwLPQ+m&#10;v2fPg54H7a05OyTP9k5pap0HWS9CmzL9TNxlfqE5OuoiHh69P95ETHFdvoFrnAdV/u/dcccdweOP&#10;Px6gF2QdiWwBBhdddFG4rzAuXMg8Qvb1YE4heyBj0xmbLdET1sKfcOz7Kb96ceQn0jHO1rrlkbLr&#10;smWKvFKDZKPwe7JPeL/2Jv5AdgPrNZ8x+OMf/8jYbnhyTdlgPFM29tijzEYXeNddd4W2pvGDAynj&#10;0UcfHa4zxoWD0RnKbuHtqYUpMdDzoFVgRYVE21XStefBbBkVrBK2B+TZP7h8Cz0Ppr9nz4OeB+2t&#10;OTskz/ZOaWqdBynjxzqT+hz8zibCimN9ubZ4+Md1iSZd1HX5BtYCD3YQ8y2B97RvSbhnHPPq0BVq&#10;nDjUE8J87GH87LPPhqx39dVXB5MmTQrHVRlb5US/xsn4K+f1118f6hbhSZhNY7Qhv4kVP2NOYtu2&#10;bV3se6yttR8XaX3wx+gn4Tz2VcFGDPvNzZ49O2DvvZdffjk8Kd+sWbPC9dHMieT6ueeeY61IyH3s&#10;jYyuE+6THZpg+PDhYdgRRxwRcuPIkSPD9cbScw6KvsjGXnsetEqwqJC0dkaY58FsGRUkp1KPPPsH&#10;l2+h58H09+x50PNgqW08Gj/P9s5zmwIPzlE5bf3P5VRixQEP2OLhv5uJmOK6fANrgQdbbL755uNv&#10;u+22AA6UDi6YN29eMG7cuGC//fYLbbQ89dRTIR/OnTs35Kmf//znISuiX4MVte441Cf+5je/CTQu&#10;GzIbvHXFFVcE2HnBnqGZj4gNaOn3ghEjRgQnnXTSp3rGPVrze6zGnffWHMX/HjBgwK/32GOPidLf&#10;vSZ2qz/99NOD8ePHhwz42muvBej40D+iD6Sc6PU0hh3almYvZMLQ/cF+2m8uYE0MvMiYMFwotgzr&#10;AN8Sb8U4ODYIQ67VWPNzKe+0rCDPg1axFRWS1s4I8zyYLaOC5FTqkWf/4PIt9DyY/p49D3oeLLWN&#10;R+Pn2d55blPgwXtUTlv/MyUivD1T4pF+s0hc26XLN7AmeFAV6CTd4Efo/WAnxo9hvunTp6+y1gJ2&#10;OuSQQ0JmPO6440KdHwwGY6FjQ3dHnFGjRoV8xfgxOkfGoQ8//PBQ9wgfsgce9qBhQ7gQ5kOHiIuN&#10;aFhPc/hCPmUcmzW/K2zCBOybAsexzoX0MOtLL70U/O1vfwsZFe7kmYSjt6RcRx55ZMiD5IGekr2S&#10;uUafCUsyZ5DyiF/55m5ne6Hl+nsetEquqBBbezT+ngezZVSwStgekGf/4PIt9DyY/p49D3oetLfm&#10;7JA82zulaQo8eJXKafqZuPtgRKQHpcQjncvaU5dvYK3wIFUfKDb7F+PGrLdAtwYzmfOZZ54Jx1fR&#10;+x1wwAEhx6EL/NWvfhUynPZBDnWAsNwll1wSoCtE58YYLsyHHg8ulN2/kOmY/zdz5szgySefDPkQ&#10;/SSsCJsxDowdmGnTpoXz+QwPPvjgg+gUQ7ZkPBo9I5xJGdH3waY33HBDyJ2MCaPvZC7kL3/5y+DA&#10;Aw8M4zE/kHJhU4d08CL2FXm21qeMQhCVPjwPWiVaVEi8HcbvPQ9my6hglbA9IM/+weVb6Hkw/T17&#10;HvQ8aG/N2SF5tndK0xR48GyVM97fmPunIyJlbyvjH3f/HYmXdunyDawlHqQu/cVR/4AH0Z0xHmt4&#10;EL0cejXYav/99w/HcGG+fffdd+VcPPSDjDczzw8XVoMHmYfImLL2RQ6ZEN0iHMkYLi5cyTgvekW4&#10;UGtGQqbjeYTDkqYcrBFBH0me+PMcEwYPTpw4MWRZdJCPPfZY+Fy4kue/+eab4bpidILsvTJ//vyQ&#10;YW+99dZgyy23nKr6t0x7oeWGeR60Sq6okHj7it97HsyWUcEqYXtAnv2Dy7fQ82D6e/Y86HnQ3pqz&#10;Q/Js75SmKfBgGue9GRHpybqO90vm/vVIvLRLl29grfEg9WmjPUjO11jsMtblwkrsUcf48QUXXBDq&#10;AuE0bNQwfxCmg7sYk4XT4LMzNOaLvhDdHzpAuBG9H7xGuOE2xmjR1aEr5IQfmXOITg8exYVDYVDD&#10;fLjkCTPCkaRn3BgGPeGEE8LxYFzmD8KLlBX9ImVl7QnptT9dqHeEHamn1i5XgjmsvwXPg1bRFBVi&#10;2pXNrcS7OcThOWcqjsvRXL6redbD5VvoeTC9LXge9Dzo8n2yxcmzvVOGpsCD+6mctn7n04ggR6XE&#10;eywSL+3S5RtYizxo6rTuxhtvPEHz+pag94MNmVeI3g3dGnMLYTjGj2Gs0aNHh3P24C/GmmE45vmx&#10;npdr1u7CizAfazyw+4xtGOb/kR6b2IwlM6bMyTxGGBTeY/yYOJzMcWRMmmegK4RVGY/Gn/wmTJgQ&#10;rn1mPJkw1p8wt5ByM5Zs6qJ5jl/LdiF2xTcwFa6W63nQKtmiQmzt0fh7HsyWUcEqYXtAnv2Dy7fQ&#10;82D6e/Y86HnQ3pqzQ/Js75SmKfDgYJXT9DNxtz4i0rS63ByJl3bp8g2sZR40desi+ytHDB069Enp&#10;6pYyNxD2grewOQNjcTLGHD3RKzJOi10YuM0wIno6w4Do8ZiLCOcx/4+5fOgSr7zyytAPdoQN4clX&#10;X3019JsxY0a4lhmbiJzx56NzhF1Zkzx27NgwrnSHDWLRf+2zzz5zpPu8TBX7b53Yo8zlqBQP9uzc&#10;tl+lC9ytY5t1p52wS9DY80dD+59SRtmKShNvh/F7z4PZMiqUIfs8+weXb6HnwfT37HnQ82AZzXxl&#10;kjzbOw9NYyjzjS+sLF1pF4zlmjySXNe20icjny4rinVrSrwLV8TJcly+gU2BB6P1bKub7XUerv1B&#10;zujbt++Vm2222dTttttuxpAhQx4SMz66yy67PFkoFJ7V+o13pB9cwhgzOjtYkfHa+++/P9QTsp6D&#10;eYTYvza6P+5hP5gPP9gQvR5sxzoX2BL+g0dle7pe48mv67l3aa+Uizp16nSq9iX+LWXTeYDO3XVS&#10;1v462+hcY8f3B/U+urG8Rfp+PTtsXulKrNet3UaVKNu+2/c5royyFZUmqT1H/TwPZsuoUIbs8+wf&#10;XL6FngfT37NrH8dPoagz2oaSrn27ypZRQXIs9cizXZVStrzL1RR4sLUEWK8zqX3gt/4KAT+UEufE&#10;FXGyHJdvYFPjwaw6J4Vv0qZNm5O0f9yHzA1Ep/j000+HNmJYKwwDGh5EF8h4M8yIHzpI7Ekz5su1&#10;GHCZ2PMuPQR7QLnp95IqVYrf//t2r0MqwVyb9u68YynPdYk7sFen7SpRNuro8rxYnKLubW3R+Pt+&#10;K1tGhZhcXW7z7B9cvoWeB9Pfs+dBrx90ade2OHm2d8rQFHiQcr6n0/Q1cXdrIuh4Rmc8zNwfGsbI&#10;/uPyDfxP4EEjqVa6OFD7C7/MnEO4EBsv7CHCul/DhLis/4AZGXNmvp/WjvxLtqrhgm4ms6bkDh7Y&#10;4/uVYK5tBnRD51nRY4t+Xb9TibIN2rD7XmUUrKg0pl3ZXM+D2TIqlCH7PPsHl2+h58H09+x50PNg&#10;Gc18ZZI82zsPbSo8+JTKaut7vrNCevNS4rj2yS7fwP8kHlwh2tDZXmPNEzVWvJC1wcwXhPsYU8ae&#10;NOt+ZY+6QetLXpNu8adKgV63yR6b9+0yrBLMVdii12GVFsKu31rnoEqUbeP1Og0uo2xFpbG1RePv&#10;eTBbRoUyZJ9n/+DyLfQ8mP6ePQ96Hiyjma9Mkmd756FNhQenq6ymr4m7+66Q3ucpcbZYESfLcfkG&#10;/qfyYFR2G+nmBzp/tdZaa52ofY3/oGv2h+6vs1kc/Xt2+HYlmKtutw0vqLRADt11g/MqUbZ1urQd&#10;UEbZikoTb4Pxe8+D2TIqlCH7PPsHl2+h58H09+x50PNgGc18ZZI82zsPbSo8OFZljfc55v5whbXS&#10;SdszfnG3u8JcDpdvoOdBF0k28TjdO7bpXQnmOmv4lg9UWhSnHfDtuytRtratW3Uso2xFpYm3r/i9&#10;58FsGRXKkH2e/YPLt9DzYPp79jzoebCMZr4ySZ7tnYc2FR4cobLG+xxz/zuF9UgJ/1JhrofLN9Dz&#10;oKs0m3C81q1atp16/LD6xnLXpKOHfr5Wq5ZtKiWKVi1btL7uqB0XNLZctxy7UyntIlr8om5M27O5&#10;ngezZVSICtXxOs/+weVb6Hkw/T17HvQ86Ni0E6Pl2d4pQFPhwZ+rrLa+53SFbZQSPk9hrofLN9Dz&#10;oKs0m3i8vxy+7XON5S7SD92k5/6VEkWl1rmM/+Xgt8osU1HpbG3R+HsezJZRoQz559k/uHwLPQ+m&#10;v2fPg54Hy2jmK5Pk2d55aFPhwb1VVtPXxN3RCmNefNzf3P9NYa6HyzfQ86CrNJt4vF/vsdHlleDB&#10;P/xw89sqJYoTfvCtWypRpt/vs9kNZZapqHSmbdlcz4PZMiqUIf88+weXb6HnwfT37HnQ82AZzXxl&#10;kjzbOw9tKjy4jcpq63vGK4z1w7bwKQpzPVy+gZ4HXaXZxONpbfDhlWCv2/5n2PJNence0lhxDFy3&#10;06BKjGFTJ+pWZnmKSmdra8bf82C2jAplyD/P/sHlW+h5MP09ex70PFhGM1+ZJM/2zkObCg+uo7Ka&#10;vibuouc4ICX8YoW5Hi7fQM+D30iz5TeXjbqqVD6NKkQ8cZ/u7TetBA+Sx4WHbzeHuX/xZ7jeK+1a&#10;fz50m6cqVR7Wy7g+OxavqPt4G4zfex7MllEhJleX2zz7B5dvoefB9PfsedDzoEu7tsXJs71ThqbC&#10;g/DCEp3xfof7aTp/Zgkj/GSdrofLN/Ba18yqFa9du3b79OjZ866ks3uPHpM7d+58uuzADDTPb9uu&#10;3V6Ke3f8lJ2YlXYZu3btekk8vGu3buNMHsZt3779QT179pzRa91156/Tq9dLct/SM28mL7lTTTwX&#10;t0OHDnXrrLPOM8rjjXXXW+8d6qN8Ct26d79W+y//H3tnAhfj9sbxVlolSiRMhUg1065FaEcLLaJN&#10;27QvYyoqXEv2kn0psktFoRT97Vv27CJkSfa4ZEvh/5xuc82dO2kmxdXneT8e7/ue85znnPN955z5&#10;vWd6ZzqSGBISEiEknZt17NgxA37zjikoJETuF1pl2xhm8KKlNFi0Xd/M5mhCogUZw/tsaql2EG36&#10;A7B8oCy3ccie1hJ6MIiHeqaBDy8bL/OqDy+BePRprXmVl36M47GNTbnxMheiHvz+WPgv6kEcV/9+&#10;5f/McfXv2htP4aVdPo0X5zunteYt0pA7YOzvEZzH/IwVEu9eI/H2QTqjkTxSpw8Yrxsvc+Av14PQ&#10;GUGi9zp17ny4m6LiV9BPa+F3gBUgrY+klNSErt261YJ9BO3m2tBxQfjtYhrorjLi37lz56NCwsI9&#10;OaCIg84cBrrsMZR9315MbBTki7F8QJ9JgSYrVOja9S3oOF9Ir1/rIulQ/zoSF8p9Zvk3tZeWlp4F&#10;sapEREW1G3yFQfuFkRgkFvRHsSFdCNquCW2/Q9Khf3Gkr5CmARp2EUkjceA7sFv8d+FI/aHWqqtb&#10;SoeROOS7YmQl27H61tDFxndkHS9hZL9dLdkGb7Ne8xqvsckcojc4xzLnOZnHfnQjmpIzLuf5NB4r&#10;4SXWBB5j8eK2C5w428p5PoSXQBw+vLw/jOMo09xTXuZC1IPfv878vMeR68b5GuE8x3HVNKMhzXjB&#10;/8xxxU/z2sq8Rfrc0nqwGGJyjg9yfhJsWiN5JN8ajNeNlzlwA6/BWttPSlp6GtFDsI63jL0u6Q4d&#10;Uhp00hui11h54LeSpBMtxkrj3EPeHFj/28uRLghaMJ+UbdCJHNkCQqAxj5N8yBDizOQ8J1qW6D5S&#10;F2ce6QuJAz692PPIuidJB80Yyp5O2krSYa3yGnt6Sx1T5CWoLanFSCzyXS8epj1n9ZKT0GysnT3l&#10;JDTGmvScsTVyYHVL16/ZU8a8sXp5SLcBH3Kdv2dpPMRpymVhE3WQ+plNBWnI9+Mh1noeY/HidoOH&#10;+lj3QbzEY/n8zPctXubCjayG8bFvC31gdbcl3+NwXLGoNr5vC+Oq8d79O6etzFukZy05Vki87WDc&#10;3oMuQ/r33jsafc8lQTk2XubA/44elJKaSrQQpx4kn7mSdGKwbmbI6iNLa4GOnMlK49yLS0jQyXoj&#10;ezqsM44msUDzHWNPZz+GtUVb4gNp7djTuR1DvDHEF3RrEmc+rP11Ba1YB3pQlT0P9GAWKcOpB8k5&#10;SScG2rcDe5mWOp4zVvN4S2syVry1wfqPEkdrHJpgr7aNWOLoAQfTg/QesvJber/UV/s6+fz5B9j0&#10;hrLcxiF72vEfiM8qupmHesaxnJvYD+Eh1ukmYvCaLQqOtTzUp8RrQDa/tqCl2kIfWJekJd/jcFyx&#10;qHLft5Vxxb133FOHQDL7vMrt+HeYt0jvWnKskHiLwbjxKId0ol+45ZE0OTBetzahB8lnpyyNBLpK&#10;jdV5nvSguLiXjIxMKqsM2bPW/iQkJSPY0zmOReBz21egySQ50v91ytKO8Nn0U2gfhdOB/B0ipKuw&#10;pzemB+Gzax/SV9CQn8D/R3QOe3X/ODbtJzempXXZr4qnr9rJ4R+d4/+EzMt1YI2NN5L+kv+w/ypR&#10;1EQdpB67f5XintCDh1hvuBflO7UfD3WRtrfnO7KAQFvQUm2hD6xL15LvcTiuWFS579vKuOLeO+6p&#10;bWXeIr1rybFC4k0E4/Ye9BTScxrJ+wjpgmC8bm1CD4JuYxCNBJ+hXmfveHP0IOg7abJeR+KBziR8&#10;Gt2ERUTImBVq1KEhg2hGBQWF5yQmaMg/yefesC7Y7XvlGtODoF3TSByiIb9X/kfyyO+LrA7Uu/+r&#10;NFxL1TtrjMbRH+HAVvYeHHMbi+xpvdj8+T2UggJEn7HH43asw2Ng8pqs4SGeEY/xvucWxkM9ZM5q&#10;ztYWtFRb6APr2rX0e9w9CMztdc6e1otVeTP2OK64Q/uZr0nuLeCe2lbmLdK7lh4rXhCTfVywjt9C&#10;+oFG8u5DOj/bb68Hydob0VjEQL/ps3e+OXoQntsYQPQWMc41O/bY/B7DZ9pm0MYqVmzQnLWysrK5&#10;ZG2TWywuelAYPtsOIFqVPOMMerIHt3ItlabVU8ZyR7Txl5bSZr8iTp9uUn//7cAPcjkI5Vnjr7H9&#10;1h+ow5+H+K/Bh5/14Bs8xLwEPiJgzd3IZxFVYI0xYaU3l83PfN/iZS7c2AxQbaEPrG7faeJaf2E5&#10;8rjHccUdVFsaV9x72HhqW5i3SO9aeqxYQEzWfMq+J2PufCN5pyCdn42XOXADPwFb0xe+V6b+7wfJ&#10;WhusBV6Ez1+fgFWSNTMuzw8LNEcPgj4zZGk2bjF/pH+wTtiZPNtCnmlm1UH2kDaPMy5LD4JvBfT1&#10;EtGSoANvg+9ciCPL6d8a54EWKst+hY5riTpj7dWyW5DJDIjFPgYbO7ZtZp1k3DYWk5VewGfsNTzE&#10;JLHj+IzL7r6Wxzp82AvxcdwWtFRb6APrkrX0exyOKxbZf+7b0rj6Z8+aPmsL8xbpZUuPlf4Qk/Ve&#10;wLl/3EjeDtIQPrbfUg/W/72foKAE9PO7axvN0YOwJqjK0mqgDfV4YQnPII8EvfaG0+C7AmMaKS8C&#10;65oOneXkTrHqgr8L9GL3ZelBiDFe4K++8rM2xB6q2cftRIQkVvjrlLWEPvuZMZb7ad/oIC4i3+yO&#10;/7sguV9/C8Y5DjnP74IPBYyfjVx3zjjczhn8BAXfPmB1YNxisae9Bx8bMH63cVCA3Juyx+J2TJ41&#10;6cZv8Ab/tqCl2kIfWJevpd/jcFyxyH7bt7Vx9a1nvB21hXmL9LSlxwpZA+I2v34vbQVvyP/2+i31&#10;INF5f/fgOwcsPUjW5BpzAx3mzfE8iRDrc13y/YCNlWNPh+8U1IG6VnAa+Syb+MF3CE5s5DukReA7&#10;FfcTTcj594AsPcj5fDF7vT/jmPxm3OZww5c/U8/9SF1pdN17naXaKbUCm2SI+b2xx8p7B34TwESa&#10;aIMo5C8BY5X73v5P8JMB43fbBAW+F5c9LxN8edFtyuC3h4+4aeDb3K0taKm20AfW9Wvp9zgSF8fV&#10;X3Tb6rhivXb42f/u8xbpa2uMFfLewj5nN3VM5h5+tratBxu+v5notMagwPpbLHwPzAL2fNCHa4hG&#10;g/W7M+zpnMfwN4FDwSw50znPieaDZ17COdPJOevZY/Ld1+z5/xU9SNoE3xuotT5E/+mP6LSfURba&#10;+IT85h47xxY8JlrpA1hTY5CVfwl8p4A5g6mDEf0nDaYGFgx2Gozl29R+Jvg2ZyN1fQZrKj4r/zX4&#10;LgYLBBsEJgcmDzYYjLR5Odg7MJZ/U3vCqztYc7e2oKXaQh9Y1+8OHHzvmpP1Yn43HFf/zXF1Gy7k&#10;yVYwSR5eIL/7vEW62Bpj5RbE/d7448zz54E1u0ub1oOwthZIdB35+zv2TrMfk988Id83yJ5GniOB&#10;NcK3pCw8w9EYU3HQi2fBty97WW7HoPUKyO+NQJ44Z75ou3ampB7O70j8L+lB0mZFWXG1NUF6FT9D&#10;1zWnDvI7e0S3cvJt4fMkiMc55lr7/CHU2ekH+sHr3yK1Rj8SfqDdpGhb0FJtoQ+sy9ga73EkNo4r&#10;/uaVnzGuWmM+IDE7sF5MTex/53mLdK01xsphiMvPdRlOGsLH9lvpQfi9tiVEO8Hv+G7hqY/wd3eg&#10;w+p/sw70ViKUEWIrJwKfI88hf8MHaSJs6fWH5LfvyDPAYJ9AV5K1EWGWD3nOhPymMfmtPFba9/bk&#10;OeL6dsvKbgc/MXZf8jvK5PkSeF64C3s663NkeIZmEnv6rzyWk27XY6qz+t7m6LXWLEOeHZGREFX4&#10;CWzI62c1GD9j8kd8yfqa/g/2SxTKk/HyI+1oTlkyn//o1ha0VFvoA+s6tsZ7HImN44r38fmzxlVz&#10;xjwvZXjVg7/zvEVe060xVjIgLi+MWT7apCF8bL+FHiTfyQKaaifRZ0RXke9cIZ+vwt/+eTbVV9BZ&#10;3cn6HClHntWF43xSFo6fwBpcJjyr27GxGOQ7YmBt8XJD2Uoot4f8FjKUfdSgERsr+o900K8Z0P4d&#10;oE1vgN2Fz6eTQZ9OB823j+hRWGMk6+P1G3k2haSTOuv72rXrO6InoS3mLJ9fvR/UT27sf+Hz47XB&#10;epUGqp0cfzIPQagvBYw15lprXwt1uLdQ30ibl/6ENrNY7IS6/nWPBWn8bm1BS7WFPrCuW2u8x7Fi&#10;47hqek7ZCbB+1rhijeWW3vOqB8nr4nedt0jbW2OsJENcfq4Hv2skv4UeBAbiRNdx2ve0HLkg7Bto&#10;LmXyu3Gg48LExMXHQqwe7PnfO4bvJKSR53/J9/+BLrMA3/bf8+fMg3Z2gjRyvyMAsTRJO0gb4FiL&#10;i28Hzn6Sc4ghyen7K88l2wvL+gymJG8KM6hqzbU/brFJnX5DKCkS7YRlfiGD6VA3P2OTH99KiG3a&#10;Cn2b1optJv0j65lRYGQeb4mtLWipttAH1rVsjfc4VmzWHsfVv+eVXzGu+Jmv+PHlRw+yXhPT4ICf&#10;Ovj1bWm+pN2tMVaYfHAg6wlk3Z2f7XfRg/z0CX1/IgFRYUGxIeryXvCbxye4abeWSsthGtdNcVIv&#10;NO7b2VVEWJAvPd6KODQh9lqwj2D8zkHc/D9BnPVg//jbAThvya0/BFsB9haMWxuak/YZYu0E0wBr&#10;ya0taKm20AfWNW2N9zhWbPY9jqu/xuavHFfNmQd4KdMcPUheG7/TvEXa2xpjZQzE5YUx8SFrCvxu&#10;qAf5JYb+jRKAvy/sObi/vGeIlWrqMl/t0h/RgtkMow9JHlpnSCwbLYUgWcl2io1W/OszFKAJM8Ce&#10;g/E6Xtn97kO5eWDdwX7W1hEqIveb5WDsbeHnmMx5pN0UsNbYGBC0qfbYtlDFvSHOlybqS2pGXYwm&#10;YpL+/df7wOr25Sb6Qvi15IbjqiVpfovFgMOmxlVr5P8J9bYD+5GtIxT+r89bpH+tMVbMIC6v1+Uc&#10;aQSfGy9z4AY+Y6I7EqgnICYqLN1VRky1bzepgXoqsnbmA7r4jNTvHutt1mteuE3v9Ajb3usChiov&#10;djfpmUjSrbUUAk3UOo+G54Q1hQRb5O9kfvaVIM8ckTWycWCLwbLA9oKdAiPzQzHYbrCNYAvA3MF6&#10;gv3KTRAqVwZzAksE2wSWB3YE7AJYCdhBsBywdLCZYA5grbmGCeFxQwJ/E8Bx9TcKPGgggPMWvhSQ&#10;ABJAAkgACSABJIAEkAASQAJIAAkgASSABJAAEkACSAAJIAEkgASQABJAAkgACSABJIAEkAASQAJI&#10;AAkgASSABJAAEkACSAAJIAEkgASQABJAAkgACSABJIAEkAASQAJIAAkgASSABJAAEkACSAAJIAEk&#10;gASQABJAAkgACSABJIAEkAASQAJIAAkgASSABJAAEkACSAAJIAEkgASQABJAAkgACSABJIAEkAAS&#10;QAJIAAkgASSABJAAEkACSAAJIAEkgASQABJAAkgACSABJIAEkAASQAJIAAkgASSABJAAEkACSAAJ&#10;IAEkgASQABJAAkgACSABJIAEkAASQAJIAAkgASSABJAAEkACSAAJIAEkgASQABJAAkgACSABJIAE&#10;kAASQAJIAAkgASSABJAAEkACSAAJIAEkgASQABJAAkgACSABJIAEkAASQAJIAAkgASSABJAAEkAC&#10;SAAJIAEkgASQABJAAkgACSABJIAEkAASQAJIAAkgASSABJAAEkACSAAJIAEkgASQABJAAkgACSAB&#10;JIAEkAASQAJIAAkgASSABJAAEkACSAAJIAEkgASQABJAAkgACSABJIAEkAASQAJIAAkgASSABJAA&#10;EkACSAAJIAEkgASQABJAAkgACSABJIAEkAASQAJIAAkgASSABJAAEkACSAAJIAEkgASQABJAAkgA&#10;CSABJIAEkAASQAJIAAkgASSABJAAEkACSAAJIAEkgASQABJAAkgACSABJIAEkAASQAJIAAkgASSA&#10;BJAAEkACSAAJIAEkgASQABJAAkgACSABJIAEkAASQAJIAAkgASSABJAAEkACSAAJIAEkgASQABJA&#10;AkgACSABJIAEkAASQAJIAAkgASSABJAAEkACSAAJIAEkgASQABL4zxFQHCIooAet6tfQMqF/tFDZ&#10;UkBgjsW3pL/OhYYICEg1JFrDnjFAVMAPzMZymIWIgADk/nMThFOKteVIkmoAfhqw7zPS0lpTW8tA&#10;us+DigtXpCW0KTRKlF+otKkp1Z4e4xvgG+NL0YE0J6qjxUhmFIPOjAmhR0OuJZijg4c+yfOiOjID&#10;6EyKQb2jk7kNMyqWEe3hZWYGpWyiG5zgbKRvED2aolvv5hLPoFMtIH54VJCZmTQ9MoDUS+pqqN+O&#10;HhkUE0zR1aPRqM6xfjHEf4y9HbW+IKtxZmbRMUy6b4S0hOngOIavfxg9huJHDwqJHKTyat8hFUpI&#10;wCAVN317mj3Dgh4cYpvApDsnOLj4J4T5GwWoDDaTMI0zjotgREBXKXER4ZHRxnGDVHyhJXRjOCbJ&#10;VBVKvUtM2CCVoSSDMsZ+JMUiikmnGGlpa/rTaDoUQyMtXwNfA10jAw2KDk1Hj0rTpWrraNIMjfUG&#10;GuvoUho2FTMJODJlBgQaO1laN9QHZ4NUgmNiGMZU6sSJE7Um6mpFMYOo2kZGRlSaDlVHRxM8NKPj&#10;I2N84zQjo1X/CsKKY0mP9meGMGJCoiIpJK6vX1RszCAVFVLR31tDxyIY9vZ/VxUZrVXfTS3/qAhq&#10;nC+Dqq1Fo0ZEULmVDAkPjwXKvjFRTO7l2Rzq43ALApS5F2ZVzq0Qgw3OP1oMGVCTLtfmBvj/XREj&#10;lhlejzPAn0oPp0fQI2OioZw29W+KAMkUmmZvb+wEr8AQAtIi3Dc62ozBjIoKNIZ6TKlc878Rbihv&#10;GeUfSyoYZmkWGxsSYGzgF0CnGfrqaeoE+NM19f30aJoDdWj+mgZ07YEDBxrp6Rno+rFis5X9V9xh&#10;kdExvpH+dFZcQx2jgYY0I13NQCOatqaeoR5d0yjQz09TN9DQkK5HH6hnpO3PistWli0u2+UytoDB&#10;A9cVxpdLVFS42V+v8GHfLrgp9TvebDGB0V+x6Ja+MXQzMgo0afqaOnouOtrGOnrGNANNmq4xjVbf&#10;MnZPbjGimNwbQ9EZqGVA6Wfv6x8SGRMVHdyfLVpDGY5w9lEBIYHxvDSJzZMzRsM8yFMUdl+2OPA6&#10;MobpMyDWn85sgAwTLyU8xI/py4ynaBtqETT/8GIrHeBvHBjFjPCNMfNlMMJD/H3Jy5R4m1K/ZTX4&#10;m1LJPMA2L/w16dSnwqwDMx717ymvPuvvaaK1Dr51pLVqgLhYCV9wERfi4osAX8746kJcfBHgyxlf&#10;XS2Gi+2mCdTvIJWJcEtE7sQa7qka7snI/VrDPZlFVGxkDEWbOiIkINrDkNzHef11P1Z/Z/ftNo5k&#10;NRQZyowxj4rzoGnRKMQM9OBuU8eQomNgpGWoq+NFtYiKjCG6nDKQhKPa+UbH1GuxEHpAP0tjIiRp&#10;+jp6OtqwJxpSjUZT6w/3pgEhvt8NO9KXCVEb7jWd6NFRsUz/+htXi6hw0Ltwq0iHO1gLZxrFiNQL&#10;N6dWcTE2zjGgXiHdBtK1ocH1GdbQQkhz0R4HieQG2Ykca1O062+MyW0tM8rfmR7jQQVNR3Whx8V4&#10;kaRv98r2FjRK/Y2yGWzfeFFHhtBB10cGRkF0Ns1N0a6/QybOrNtiwqaBp3VIeAydSbUOh5Za0v2j&#10;AujUhjvlgTRdQ9q3G2Lbeclu9jt675Hef2HHE39m3AEVqylenzuJCPqJjC8/elKp53Xt5ALBSV8H&#10;L8remBB4/aCI8LnMjGudhi0+cXnO1IM9ex2connScGr8oMhD5WfuT0nf9OnSsZKXFXFFXz5WXamq&#10;rVh5yzBqj8yOr1ona1duWuMtffeS4sFa4xTqq0O3zeqkHb/WVr6/f/6LcweT8j/21jAc0myOPBa3&#10;HHQruzqutub9Vsepf9Q+fV+659ahg2VD1w3WCJt083KJ7KOiF6LWJqVjqsQG26zzSjr0R93LfYfg&#10;/5Mnoz5ofV24tXL3jIIPE8fqStfIr462MCk7fOz+H7sTSujv4r7WFKt9NLvTLTX008v011lHxhy5&#10;w8w1S5l4LpTeY8L1o2M1FYs/h5juGDskZUz08tmP/5hgPKVd4dvonIvbn1VlBvVI7CuT0n7C1OmV&#10;sYLbr2lLX/S1D3acdl14/ZF+01zFrS9ZplkN3CV3+Im8T8Es2pGcQsG+15eOcvhYMyPu2M5+tORZ&#10;02XCdeL862aGfXaiH1GqS2U4Fqrs+njgbeKQQ5tXS72plc7dkyJwdbTsG8sMmslon+GXg+ZMXH5E&#10;otSk/OFeX0nrMc9lKvrH7JtxmOHwUPfFmxNxozPmKLvnXd43oHesh5GvwOclJhbeOd2klp0QLV+n&#10;YlE312WwtNqb5OdHPw3Rnue+0WBG8NsDo1XdT4knD+j0kL5GtEbIsnSaVJ/3JR93bNla0nFT30ed&#10;5jvImUqu393xknL22sB9gaHjj8c+yn+U2uNotcaokNohDwoHP1hDVVq87drt8oIofaP9E8tGx6Qr&#10;a5eLSqwzz7hB2/qqRHmCwcNP06I16jx3yJ7L+rggK+uw1YCYV5ONyy4+MFjX0dE8et6oISOK1ZLz&#10;b1y+PWvXPoM1C/Q7/em6Q7Mif8XJMbPz1wzUrrLWXtw72KBGhhFSOtbz3dK1M+eHhKj456VMWCE1&#10;dFqiwKpIMZpnpHG0vd1A9wsq2049NRFpf65IWUfJ9Rqjp/CwwYoD4j+5ROwuPnDgnOo28VT9irjc&#10;/A+3ZHyeqEmsqX4xxe/5sPbXE4XG+uvWbM3MLFIelfmoOG3sbNUrp99knd++MW1Woc67tI5ZztFq&#10;IwTpI/IYx60lHUqsTnS7m3lHd51mUeD/4s5uK59bu1d9vE71PAVG77AI09NOf3qtWPRH/txk+Si3&#10;t7vs9D9fqvHQvSldOH4SI2rdjEt6PcSXxnXps+7NmZ22zn+cpg6ZQ02t0HxrU7Vx2sE38QGLd87s&#10;5Pvm3MeXWzufvvvGtaxAJ9d6/sVwf78xaRutRoxuz6DuGmT3Qv8uLZbypaT8zcqieXfnemadmvh+&#10;oLzo3aoax3Mxq5W9bMdPMteefKGkcKS9KfMkPaOHb+1um6Nb5LqPr7qW4PQpO8FMI3qhndDejYEy&#10;owK6zV2S0+fYUfvUmRESLwu2Xx006c36VUcn93R7JL9rcr+JSYEvtftcClorblFtsuzYy3feyp0D&#10;8moLdC6YPu/zVFJW/dnU2+F99uV5yu0fpXog0yiWflfOzV2iq/y92RaSEz+kC+/r49AjXrZy/40r&#10;HY2u52bVCa8Y7Xr63ckzj8y76mRWTvfoFX95YfjzhJEry93XMhYVlkYuvCf06lZlGr3LC/1M+7HC&#10;lxXPVDlQUxkndN5lFS2L0upbFepvS3E9f3ueZ4W6+qHBVucL4vbPn6/0fr9e/88hYU4PbY/N/vSq&#10;rI8P/crQV906FMhffRB8K2KXRZX4iJtCZ56eHi47f825e3E3etiHSJ2Xf3TB7jzlRZZJaKHd1c2P&#10;XETFRt1eopx2eaJ0xBXnHu8tl3luX1122Xe+dUbHWvWrfmJGw4z75efbTcjfHfD88rUJhhO3qSta&#10;2l23TMlrd0b/4+sPdwI2bGqnJLHG9oTWhTsBG0fPL5tuWRCrPT70+aopNjZ5k9LMDfvlpk8XN/Jb&#10;IsKMOqKcN0fMUEI0z4KSfc35SVrUS81Fi5a4l98cauUuPvuG11IxNQfzO/t9Lm2pvh8abGn6tMDC&#10;qmBEZIDJsNPnNj8LUTHtdKyqt1/urgFvXzgvndYj7by4uOhurayeLjttz/Y1f7Zee/3FyhdmmzNn&#10;jeo+/aTv0tfBJ4duUPd5cc/QLUn5CN2no+Qmo+VLThmllMSvinIf6WlvdGVdR1eteb7i3dLKhOX7&#10;tbu+T6vvqQSdOe8VJUp9RO5pfKa90xqjPXDtludnKpKX5ay4vnHOLrprltyV/BNfGeXzl56d4vx1&#10;y7t4UQ+lpbZJLvfaxdvkSQ7Ptvy0PTTbdcTldZrW/3s/IKvzxQnXVsTYbXo22S0/PT1T/Jbb2uzd&#10;kxgiHoJdtbt3eyZbQknKDsyLsNfPUpJJ0V8g9kDHpS7fqbog+8ErK4n8OIftS80d+7hfu7rr0Dyj&#10;hIoFzAmTnlA+jrKss1AZ/yh9traTo8vcZQGnBo6Ove81/7RBeMhxHxOL8W/kZlf7BVLGu42g9Ul3&#10;yO2oX7FUv0aL6npz7umDG0yf6JyeWMjQMpTJqdyo+8iPstf1Q9Lh6uKA7LfxUvb0w2nqB4fPHmCV&#10;mGQ104V6foHDnQtJYmN6W42XH2+0dMjwjBfP1bIkh67QCe2zY+F+pYuls6/UVnXOMN2b0924i2S2&#10;0dlw070LkgbnFl50cypOH1Zm8aFk43rV/fFTk/suCYtP3T87oMOFbWGd6THXBr/qS1Ho0l7/8OVK&#10;tclBUfYlTOf3hftTtP9ntzVQYfilspOfQ5zFq1X8Q1el2823PFdy/nmKrXNNUnn3slh5L8/JIdNz&#10;N4r0zAjrWWP27tIniQyVE4WLFU6nzvgzpXZRtYqn5+I3TjTTV/unGJ5d4SFfaFMYlKrfT1xF38fN&#10;KO/KODc977veS64GV3Vct80qfPHOxFNSZ7vuvtoup2910Ng9f2wIf0e/sy5BYvj6JYMmZ3QZW1rZ&#10;pzbruHC+7JBSqa6qJhPcdm3uu8q4+s2xlyc7Oz4NvHk44m6+yIgzM8M1LUoXSoduVpezVOpzuXrJ&#10;kcJNm4JztyuFRUjcXnInX3VrmV07z6xDcyIOZvcf4B6c/zT1w6Bb46Y6yfdzKKjpND8iXcRb19Ni&#10;0N3qNe7+16SGmYWF1uS6XIx7eKnC++FmI2+pLLkBZ9cc/UN4Zu9bL0U9glVeRMYXdaeJOQnM2R0d&#10;ctjxYcw17+2btN4HrbgvnjfgvP+nlKtvvZTmnrZyubR4je0N1z3zQ6/KTVGfd0N656wYwWEeFXLj&#10;SxMfhh+8L7HPe+Ekj9Dbo7escDV7o24jPeR54E3T8r4KyQ5GY136yzxMrBu461GQvZW52ZGUHjet&#10;en/IkNVwPumZpLy9W8JDpRLJm6nxSuvrJvWkzt65I7W6i4vUc62HC2WvipzrteZtmluviJgjVaEx&#10;PR5TNoSeNRjZ4bxObtCN/GdjnmmdyhW+JZS7MzqvZolY8nDq/7ym9d5Z6WNuIHxQ/6odzTRv9XOl&#10;Oc65yzTKQ8NHTXk6sn3Jiqq+EdueJTikep5YFByXYeZ9TTzolt5O9Vthjn5JW2aHKCnMH7E8/ajN&#10;6CE7Pa5/Hr540zHfJRst/apUe4UrRoxT7LO+x9jPwWGOXmfVjAS8tumIvduW2yfHyzWj/7Har5k7&#10;lrzYy1Ta+6F/zPSrqkdqTL1jqJ4f7hqoCCwavGXJsiVzHnuP6bvkmI2PlNzuM+4vriSez5xeSXu4&#10;+L20rdbzblvVzUcMDxI+F/7a3G/06Q/qjhsOZMbrlWqfyDtxq2NiiNWmqHg7YecCvSuPjcsmDbii&#10;IfiANsNwpYtDQEoHwTVr7rt57ZweOUFh6sy5h7WUjt4+4lHicqNydfWgnMxHSUYa446n+25y9Tin&#10;ZGQ5rXzkiwWT7Q58WjgidYJ19ZD7wsEbdK+5b5/n57w+TcxllesMh/by/p8Tu51bn0+V7DJmN2O+&#10;6yT5JMlCsT+1nxnl0P+crG8uNnuhgeto27vU4umTk7cUOKYzl5/N85Z6WXbzrUvoJveglMXX4k6o&#10;l6+5cW1pwejD/ufXrVU7m/CHX3fFNMtF2aM2nTijkaF6Q2hi0kXHEXbZbztLZg8/b6JMj6AUDLw/&#10;MuPj8MLqZWEFpfP7UwrDrp459DAhJqETU1U0+/remcvnREw+5lx7X1R08Jhz13d+GEOnXT8aanDH&#10;YEXvCvvzxZIDPG3O3Hk86lSaVVL26rmjgyMmzBie9OekfOVe2dK2n2qSDwSuFXG+vHlJp1A3nfBX&#10;JYnvlq47oefU7ZiA05GSlQWHhibsyLmuMVIhzTL0YdKUneLdEyXG747MGm1ttnH0DCOvq/3cAtfP&#10;WqN7LvhjmVzF25xYpy81Af1npXmsyz0dOIs26PNjJ6lb6oxcM8PlW/QLnmTN/jjT1dhANHP85yRB&#10;0c13N5esCDYMX+C5R57Zocvxp7fezfPYH3CXoV0zy3l/gVSyW6iMSNmhbXdoF5e4h1xOTvigEOov&#10;pzcs6sqKvb7Pj2/Ivrns8sBI+Yo8f7lDlUI2R/M+ON3e2++LeVhMuGbp8GF6Gs9ifXTSxu5/r2h4&#10;YOUAk2MySgc01NrP6KUo0LuWenxgpoudd9Jr0cGTqX29Ppfm7Ljn/eCJz/v4+yf0xt3L7J9g23MH&#10;3b64/3R/anuL2jnuMcnvhicnpq2jzoy7I1Oe1P5Y4obEDsdkOztrmrQTVT6rkb/z2JhDQ/0vPOxh&#10;e6n44s7RK1eFle3bMivTasNOm43qz4JmfU4SlvJbYOIfL+I07526kuv0WTpHKp9kiltdFHgq0Nv/&#10;0eaRi72cB6UOC7DX9FD1uamr3LuDUYLv+gvzmQNjJoZttLPIWZFM1w/5Qy3DSEiq2LzYjqGttnpw&#10;3PnN75dGxY67smzLq/TUMM97l/8Xn1ui/OLPqk8lVaYzHY97e35UeGkTMSfQ+Xq/U0/GfDizZJa9&#10;f0id7rrb9qukQ+vMzt44WWTgdedEXdFqtw+6ez53KP+QPqVuiquoZ+GhqwVTHUq/BMVY9VlX3cNr&#10;lLv52BIFD4+Xk63vmEwZ169uQ/FwC52MRRP1tRQWlKYXV0Ur7tlW/Ny74s364t5J7zorfjXoPjh7&#10;l87wnJ3jCl9fCK6z6j4g8ajA64PF7xyDPXsVvnavUO3+1VXR8I7Hob7qj6wqivTXHjJWnxArLOu1&#10;w/12QZjniNdTNL9UL/DXSh9a+nVBofOcOW/Vlb6cWWE6p4Nu5asMmedFMVt2rC8StThy3TVKn5np&#10;abT62lBmiK7NWTlFs4yNGr0VHtnLM0Vnlp+VXVH+4Eh43ajTapHStBI/86quxReLDk6t3lFpe8Lb&#10;dqy46TXrdmfaD119ZIfuWO9ncVTHzu0yc2jerkozwkQ3Kz1csdlzwaZea/OL1rdfnnLhhpOBVpzw&#10;ptXMsGdqLo59HHYt6b6nbwrdpHDv9WMJDuOGrLw4fV7i2AfeOX6qGvcdarM7Rl7qNkR0meYUiwXP&#10;jxr4zD0w8cXN26OqRmfP0npNDdo5Xl9r2fDUOsXZIXoZaVsDLC4PHeWksqi8q/kwX4tnfa9Vjukb&#10;ppVZ6Hc/mHLMfq/n+lfGMswLLic2T6PZ+vlf3N3V/uZWlZeV4Xdflio/iD+gqOo0wjYnVzNuv4Zw&#10;spuvsd5R06maE/83YmyF/yfpcdEvhhlQblhc6TuvurjKdNbC4+UHX1trL1qcJ2225cDFG8ZjCosW&#10;qNL7Hzzupjinx60h5idEc3O8Yyao1Rbd7Lq71//SV+bZJ98uUygvdasY0X7+h7fLN+24/XRAr2dn&#10;Q3TeLmfCv63UwvezPryTn2L++KbCp+sXyvZ86V8b+kky8mvl+x79Nj7v/OmRyaxbVr5F/TQ8fIvU&#10;b+dKPN4Rst01L3Tl5HEVNYuKZVZ9HLTgcaKiY877LVPWv/5fsIZjlOgJYYODkhJFpXGDMsdP0cqf&#10;ElDxTi28LrN4RG3U136vylPmr9v1WmGTUHL45EEpUzNcJo+q8Lr1dmhWheG1wnHjkmJFnt2jH8oy&#10;HCetdDiqfc11N/O7C18kKYvtfuV9d/zT2FFvFip4jetvc/e17Y5JlndlqkyW2Z3/5MZcVzffd757&#10;FxHdrTXtjkw23s4w6+F0g/4yfWhJxPJIO5/tm27114m7X8gw8eg0cdzS7tX3fXXTe3dI8ldSXkhP&#10;lD5+a5a7gkmiTEbRjLSypYUrj0XU2O9w/TM2YNdu75fWRy1zy9POe1w0G3FQbNsnT+tdUlcS23V2&#10;EJ3ySVF9ef6ozkVGW1eERtvvYVSknnkslu58Kk9+/E1bS9vd7hFMkcmLFFNXrbZfbLDw+Pahk+x6&#10;jBBStXw6XbK6wvXJswsLOjlPG0t3Fyk8/HSG8B2PIRK+GnOyhdp5+dmPju8m6ZPPuHEu5cYsgaqN&#10;/scGdBHReqfR3ohiK/5k5uObtBoVg7l+EaqHj579nyLjGaN3lYqGkcGptMfajzaMdd0zLeeOwC7B&#10;ulRv0bj0hNrZa4/cVirKTY0QiHx+OGKJMAjW7dG92uer3+zBVOsyYvE08T0KBZdfJ9zf/WzVmep+&#10;zJmpZUc81pauSVHw94q7fT3F0GCaW+n29kM8Y89odM97uZsxQfTahFP/BwMg/N+2DsgmOa4auCCo&#10;ZlEKTBwOcxLPgJcN5XayaF1px8sqWrACmWihzhdhzSvqxFC0p0WWo7a1o44NoNY1sxqoi/rGHY3f&#10;I52L/q0O2dYB2aQNK7ftZnle4xLaqqXrr25WMKM93QGFn7P6r28/q9RPJC8ZG/ABK95XAFa8rQCs&#10;7LZSzgbA6ppVF2BFj47tYt1p2V0s+ktzvLYOvCZtTNLmEdKo17BefWcyoKCKGUB2OxQKzQQN0H+i&#10;UJgYpUBTpoyL1CI4XEZvikKR1YQLhUIXEWfJfj/VAHfavEht9kuB1HzNETcqCJs5C6QJZsx89qrp&#10;LMyx2nmrSFRIvijeEFqAuwP+/Zv+byVnmRlWy7uiTIZAaXuZ3VkmJeowW9QM/VvGLhnPy8uiHhnT&#10;q+JeL2tZJqEmYr976dNf8i6JgCd7o1QWS/xLEjURP7MOVt6tzRFcsX3/hugYG6nGwar73OAdTJa+&#10;NKQhAamuaRQg1cszgOqapRhQdZ2XQ91rQg3JoK5d8jV72sGq0Sxl7wgrOLKCuAhVf7XWUXl3BqAr&#10;uO/ftADluaGiVPV9rk/vBbE0qCEBqpaDmh2qXiYDI1bdIB8AVlRDcax7TawhAavgogFSpVbZUK3M&#10;xY4U7mBFSMSKCjkcqx6XaGhXdJo8mlMrb7AqzhGOvalZaFC0vlh76wuRLUJdMqLzwbkrEN+s7HmD&#10;V6GGf49gDT5EoEbWr+XooGDuGziy3iLU9uqwiL5xeA3skLajWSgC4h1e4uilHPjqrzwO/NXbhm/r&#10;Dd9EwoeXJPAjXDZ86xkOH20u0MfawLtE7IieSFgVWlsHu9bu2c+encOq9B3i/L0FdH1AysFzsO4S&#10;ro7UmNkl3MQo0povh/bg5XxhuXx8kwC8DldzsYmr/X4IDu70dpHqld8BCVm2P5h7tEMXguPGFjmu&#10;2CRrHBc1oB6Oq3s1eqJju8PNT4+6TgSgDMsJlsTIKe2sPQJC9ARIEtUNL9S+Q0D/30mPc2mcDHAh&#10;MsBEsRlgtihy4NijnShQMcnZa1adSMznJrrYsPiobOK9RM7fAbapLL2YTZEjKOytqSuVEF0ns6Gp&#10;fuusJ7ehdHNS0prxP77LJDuSHIah+zpFXsB+mofz9KYXtfZ7vn3jg4rMyBp6Uy5lKBQiCQLgl0KQ&#10;LcQ/abZlWtOy7hrmX8Fvd97QvwbR/NwQGjPm4KgkoswCC+OnnkFvTWbg2ku7ab0evy9aLJzu9Ym/&#10;b3aULKDSzm9aMEJqkbPTuFVJxagP5+K7NklxYRbVBbRty0ycJdVZJv3zWH8zn12f7v9kQ6+jdgtS&#10;yUHPU9gFoMUjmZZV6frWYVPJ1w/Q8uOn1kNlOtEP34XDuy27VxB5fyKPH3o8P48jLjqDZY7d9qT8&#10;0OWoSMk6ccpm6M/asexgS6zT99k+GZyyXcqHXku0QzIrsUTnVMkSu5U9vd4/nbMtH+7Osg40eSlD&#10;BVvjfI/F72qFaTmb2avpiYjfkrb9a0DewDi29JB6T72ShOI7GKt9UwmbOSuLLK8GFPWf4KYywvF5&#10;T1VSVAAdNdwxlZ+ZugzTXgzjptaJpiFjCm4fn2horzjpZEAldlRin00p2ycOU++YfOho2kOp/oJh&#10;e+XZnFZ7cqYyNZ5pK+ylL2dmMhAZ///+oS00un5Uwn7+lqBRXZP2WALj3Pdmrcaj5aHSfjvGkapw&#10;vumU3oOFTqu4HmpK50CtTXsJTdx5KLkOq03fsiUH0ms/igNFa71CNTN92ZvfNxPoW4FdtZVRqgYw&#10;p/K97vWCSQr7qddSUUPytgCY/UvzgTq+VPeUT67jEH2s9UZLpoTnjobIsBYzAvk2jBTg2prv34vH&#10;OKPZYarXV/Q1NvljUPRtUmhR9GJ2iOsTLBJUCHpQVJao2fws1/bcZmBHv+ql7nRVyqxlzpWk7ukU&#10;zRRgVVlpuaHLSLUBKVENkUy3ApqYf/DDSOHBiHZQuGnPU5avXrb1dgXr6bgeA8yiELpaXeuq+8fU&#10;LcAvo0VcZtpW6UoJsqVsD46eXtSBRUXeY2tVtsQfeIMpnldLN80T2yvIt10GYgorgowgTvPoqzOz&#10;QuZYcb7Am2KviGRwbgGJk47BY0NPQvGsbkhIBZzu45CmcHqeds5ajcxzxhZbLbR4Ysen9Ag8RZWK&#10;gqYRoixJN5+O5juqojQL1lYdrTSQDN20x96FspU0TgWTmFu5pHGV8VbWWamzKIkiuJ6KYMUrI9A9&#10;GFuGbkgmqBY+gBuTfS3EhicxrIqIvnjkBMTbJVQ9AbcgDGGLDk05wki4rnUQrx6Iso++/bw2O6nC&#10;Ni1bD38X1K0f+vG2EJo+VcjgkKwVh2BToLxmX2VIVDBwwj90MbLHEqRatVAGdLkMKHVH/nSloJsk&#10;KpnvNTR2uW1paPjYPwzsXiu2CjSfabrqXBB31nqhUvV221HCp2wNY0ShFqBbl3jCFCNYuhfOOdNC&#10;y+fGkV/6SwwVepqiiwXDZf0axVw4tpUlIzWsix9XZxyaV4RfofTenizt05YNOWrBPzFB7ehVWLH5&#10;h0SeeZzM0SXHMg3budFjO8Rm3bLb1TJN4NLpDMlxE+/jk8bR+WZkdVRN+g93S5p2BAVLw+/7hJx4&#10;aLe95CNA8wrCq72eBYUXjJ7PugcKvdWtXrhNcUIJFWiJ1SrmQSAfjQU4RKVdXVh51uxiTkuGFmGy&#10;XAiZJ/pz5RgBBu04wUmxebTp87YpTAtTRiiTiVrEZIxo8aKvhFsRb6xmP5AmJIJl/4rRlMbK3ZaB&#10;4xjE7C7qgplqPaMpja2E2w0pZ3BAnS68UlowSgSnrmxQ457MDPgvlcU1LLZTuKHCB2MeUJmSvZGt&#10;+ud+M+sDK0put8IW/T7VH/eit4c5onuoBRa6bHrOigx0nnazLc2ewwaKIaIdVWjs46rW/akvqM3D&#10;1zVblSmWx9vx7R8C1fGgza6L/YBrOSPZ1ttjwRgXYmP7tMKn1I3b5jatHg6vNY2qxnUDXDt2jKc5&#10;qitiyDuarkVNsY4xh3TzlsJuvu2O1Spu7LnasQE1hXnjmB5zFsjAJzUYtQGOcxv5iBEjZh12Fa1b&#10;hs9qHLM1wpTM8NHKwPZZ1tECCeiWpCPb33GN5P8dX6ZLMVzhRLq5sYEfDB1blf5CzSr9Rr9S2qSz&#10;v+NhxhH3PeJNncoguN1muCPOHRCQvpmax0jkoMHvyHwIu25bWz9YIrQVCIJrtKoxhubQviaHN5yH&#10;jDO6lsWGWFlYFIx67BOrSbYHpasks5kSJi93hMO8PMfZvbBKzIx2y8tcQH2T2SIfS6tWCAQU2Gr6&#10;l8kkWlYUk/HODl1ZMUL6JaOg0CA6O4S1UQOkmRMAMQ4AUK8VXb9jXfV7dfYD4vY7RKcCd7Z2mxM6&#10;Z03zcjCcmEt936wD+MR/1LurhnFvJvhj1Kvy/2KC+4yElIk4NAKUIZZ/jQDFfE813LK1+rylSL6Y&#10;yILEXFeGzwbsOixPmMX2LSQd1ZvIxziqVxJPVwpZnY+YCTzmwQsosBut2LmZBvTShIBaG5eqZDK2&#10;8FAZ1TL1LeMzJxtYBOBcZ5KzmBqSzy32C3HScAfVuE6b9jo2JS0kVKtweTBszHYzaPX7t2QqZ9N8&#10;WqCT+7gJItLBhT6ODS0pX+5aNd9Olq6e4HRaSlCtKGROuGgkp7otKfJWl1VbIT3JqEq3IjCblmOm&#10;GFkR8exJFw7RZ/SeJYUWI58zrJ1dsa+DqKuXdonr1MLLc3F7WzISBuoGI4U2+lPZPfwRf4j569dR&#10;U05pMMgxanaF9cxNWOmA2QgHCsrwu3eQ3TCm+wGxaohxzRvCtPEFsPnYnr6aZ7F/foCvbEe/Hy98&#10;5ccv8DK67PwFY4OrGVx4jBu24hoHWt54ISvHIS9ggasRuLLH6S9UAar2f6AalZYWIwhVouN5l+nd&#10;yyP+BVPtYOodUi9EuX8vSPmbbcwnpo7NCFDxLLeDqg9gVZ+w+njiyti54+oOqxuqkj39BSq9Xg0p&#10;91KZF6Q+wFR9YerjL6DSq/XNx3SNiHvLTS3pccn1re/65vttem4dxXw5PErg38aJim834tjdlnBv&#10;GHjHCKNn3bTEgFOOD+wm4F6AZExunmiwu8sDSHUWLZETivUINM5WO/t6zQ4j/KorpMGHZ2C5HmM4&#10;gotKVCUsa9oe0Gy0So86j+5P9r/gqMi0TIFsbYpyz1L29Ak6owrJdrY6LRBR9cASelVd32IaG16M&#10;sKy2r2iP93EU00/zZLh9xvLVu5N+bHjdtiDb5miYrqVwmANZDGNh7RkeG5f7gXm2rxo7iuZUdWAj&#10;+by2NnxUjQGOg4b9p1+YMWG1OU9yi1W1eOBtdjtqz01R5/MJ/AbBoIKJ4qcdi0UoNY5oFhQcXbk9&#10;Q9+HvWHx9KYDc5jd7pjhO0ZNwxMj80eR7jLJ+PCtIBla7gCvmavnXINf2qF6DxFucvjFXbuCaNIw&#10;FfX6bN9r7EuXEEOAxlIY0RwwG37BkiG62WdniacwlF4LYMSkUqq/t3v4khg4i4zwnwRCNVSJFcvG&#10;Fop432Osni7mPcYIsUeIv0RY3iK8BVhXfg8wt1eEeY97hLm/RVgc1BVhuQXopJ1e59c/K2BVeyRR&#10;BDxe07jzeInqFet8P5V4OuxkQPOFFret7v7i67iBiBSrF/Q6p1UB8VLOcAULkNXs/65qPCfrOqKm&#10;F5FNZc2nmpyjZicXOjGXv3DKhlOlptjuUd9jchEKxlNB5WvkfQWV6wkqgt9OabNX8exRHVq5grKw&#10;zQgq5MWy5/NXbScqVtsxdA8elh8KRZ3aFRQnj3kPSo/fRAXZbUUbl9SgrzdfXFs5qIN1Op/Z0EP1&#10;wCIiKzHPKF7Mh0mgWQMYujykyCo+OgrqfcsOYw4T1TBBjuxxkqZDp63QI4ZU6QgY0WiwfINqGVDb&#10;NNNgz+GRZ7hjeFB3y9s+wDQLE2aL+Md/bFdLkh0pDNz7FH0BTyBAAm7kRc92Ivr2o8wU1e/Z3tid&#10;jyqKj5QfqD81LtdOuCmAnpckasW+emobdNqRqfDwyRsiy5E98qSOkQNxsUP+nQAc7wokNZjy1jhK&#10;1hw7bcBhaAveTcawyZSbL4G8QfSdi4aAZ/BczqyzJKS+c4Hc9MZCAnlKDgLyEDhFOLLedXydrZGe&#10;zztHUfeDtQ7UYM1CBJgQNTNVuIHAFrRNeHGw60DhvL7EEA58Jrsz8qmDwjzwLoGNwAW6PFY4Bcxo&#10;w35G5O/jQ97vK0dXvovKxREkGCLw7vQr+YMvMlODNCO4DdYIGgFrTNpEVbjSijvbFnkSfvjnPNwc&#10;8tDBFcxciit9Tl3rzAalqc8NIgaN9Mgg1Myzm5UGPTsstba4nZ7nP5R0DW9k3cBIM9GCS23TQwOb&#10;OJpZV6kMQoZyZ8CrReX1L5ogxqcfsA78FTUNhtqlbn9VyQVLmrYrCdZsrzcFaeTWmLK9G3wXOOX8&#10;7gQ5LpIRLFkD3C3UpUanqnoOkkjnPvLwaWkN7ZInC3tM+Uhz1VEMa48nqdIv0to2eqFEuBFmCYxh&#10;WXrWUZAtr+NT0ZTle/JIhT0djqaBoc4nR02zYNxbeE0DA91VgchGad7wyf6hMW7wedaOVBWn7oNK&#10;h5774l0hEYBv2mFZnNYVVZzj+cNUZgwucKqsczIwkYH/qPkLtZHQBWPo20mGIlIkKkG78D+Ox+AL&#10;SFSaP5RRB51iTuhqkFbzy2JYOWewlyLP0vCi5Ft9zcvciIQxeR83IRGeI2ugbykIjXbXrr1QrbNB&#10;mqzDDr17ZOi83blZahQ+vMq+ZG7TLuWSo57F4XXeMI80lEh4mcqkPxHSTrXT2TS7oFErJ5lToG2S&#10;pZVSprtiR5MSTWzUr9GG7sMfd4rJlh4g2lAtNrkifSppeA32rMlwhx9qM1yJ8TKbuAmOw//apHn3&#10;yaxZ/dmkfbZ3K9u2rKzO3dHstlghRs9ne5cja86xJYeBv8tdygxHr+d60DdySbY4b4GScOkIls3B&#10;nhT6Kaz5qiSOyq6TphFYFMb00Zgyxnpl10zu15NWDbOEUxt52Q4qXkwXsJqbDI+alBs/rptBGxvH&#10;stcGyGC3fS9tyGNNHsf4Z5SZsEM0eKu2YUhgN3ltGy+JuycODs9NLGxSFGF1hGZWX6dkZ2UEPxxy&#10;MY4J2+Yc6WD8ozYDDR8wZMq08Jlwal5sSf49p9iLqSdQYRCCFcybXhUNbupltGGpMMobyG7A4nHU&#10;/fYKD7e52o5prpVMpvHpDJQ2rGZejfy22If5icFOG3w8pUeZEoKAxxEOaTb4UuP5/xzy6uTmMl+X&#10;5+ekgZr9iOgV8OYR5BJzSeLdkzqwZGRYB6FUa0ZzuDrPXfkjvzi2rvLI2nBe3xWuyA77lLUNU3mJ&#10;uwaWlI22ihdDtCPfzd3nLdAMi5EgzWgfRpze5LzhsHGo6sc70Xdztzff7JF7g7vdaOG3Bs+1d3if&#10;GNUKjB3LCyXxJH8taR89d6P/+MQZVE7bu9/69HesDWNvn2okHtZsq/DhzcPOCQfPAtNw/kY7ygv4&#10;hMU/YjjbU3jj/ZfxHjznecd5R4mTEV8xyJsYkQ1Y68tKRDF1Ohp+31SZuD6OT8XM1p75Vcp7v2Ff&#10;ghKp3KULN/qLLKuo09TVL00Ps8XpI46w8TSPrVfoVnfBzPKCt3O834tk3OpR1HlEy0gIHG16era6&#10;6Ca2jPpWM03e6vU1+XjoZPEHb3bVcFmCWFFE3eYV7U8U9Spex1J//e4Qt7O7VxpYZMCXtNqUSVs7&#10;nEZraKwWlH5NOgp+SDAIRmfKnIVQxHoLXwAD1o0jJfZ7vX4G4fmGucWo23S6zrBC7ULUEQPCkmMQ&#10;GFLFC21pLGStxA+Tzj/vSGGPa0MZiPHEEmvGN8Al6kmS2oDEZRcMcVoXmuyJOWpSJTVMrRZSvvS7&#10;yUMyxfkLlpDV8cA1EzoPz8R5vQVhZxrMA7NvmCuuGqD4v8BViz2FObp1IJTMcYtw1N9g8KTJKVhN&#10;I070apk2mb188M0jafHyu4xJRGLh8zoak83mcqMKYYw9fNZNrdnUc4xTcnuJJuc9q1yKi3XaHrf4&#10;158Y5+HCPuNvuPu8WA7qyMRztXPxv10ntGpLZ8QzisOQASJpWWfvlGxm1yxk2Fa3sQWNs44BgXGZ&#10;qqk/5b+2PQONA1IdhKeaGgDujnrVDM/PnPXrx4Ma42GjDc35vv4kgJXXgJpaO5eCun0Rp2MUIL+U&#10;SQMTVtXckPZ83p7EN/Yl40yegHbblytYUZU9uOqQs4TrxcPfxI2eBam9wbhiAaaTcjRsGwmCvdbW&#10;ImQ8a9P5IJtZZ4Ga421AuGS42O+7CIMa0QkuJYhnR5i6WF5jy7SoKMeWIWF55wRnqKMpZXQXQH4R&#10;nz1LWMKb+AirySY3Sbq6NlSMNErHbRZD1es0QWmJrm7TMYGfro6HTNqq04aXxM+XhLaY89R5b+fa&#10;z7gspNUc/es8pyju66JH9WL+rF6kt7JLt0M2oxfXlDdMvpJglh9tCjgyqxUtLh0sac2c6sJlEkNF&#10;i8U3QtkvX9VEK26ryQ1vsiQG1MPHxtVO4bjtLw+5jzi3yWNZLxjlreNvUgoNRQUtHG4u9i3HlXya&#10;NJWprinGIN6hqtuUkwzmOhNNkSmG5AT8gF4or5Hf+8gkcngqnm43k8hNeZEC6fyAdplvJByP9dkJ&#10;wVtqP8PDfsW15UectFQwCElyK+8/P9MpA2CHmV08q//yKGf6ZVXIQCbqXhYSoW14V/2vhqjTe/nY&#10;QwKUnw+yRo4AiEJ6VDSbOJc9Ko11ch4gwCqv8IWhwRfnrnaC4UUZVjeJe0ZUuS+VU5t1GKFg0O54&#10;kFp7HUaQT/t+8SyNhV7vkj3us2IWEcPaXNNgp2/e91TNogFJR0ot/ZAKpc+krV6PLe5yiw18w0m1&#10;zZe8L+bBrdZCxxnT1eeFOA57haPLXNNXdalxkFz7pclFNeplWZeF0PO3pWR+3SG0civnHGrU3st/&#10;mlzXkoup6LQfdI3jLyoDXSAC3b8X9rKg9PaWVRWz6nimvXqBnfsO3safzXmy0PLE14LFH28y56yQ&#10;sqVGO9JISQ8kHd1FSNuH+V2FCytOmTRjUC1GKciedTV+ZLKGsmX5fAUvOY46fRdRbdIuXDejFK+7&#10;yzbC1UqmTDQ8qIpUouyGTYpe5VHKDy85GRObu1YOrgISGNfl7nGx4pfMRxX3HCqB6ppJn10mqvOI&#10;AHcplkGM6wDhYNknNr4hPtSqs63rw/dx6/MdK4qBVPIUtraLZQKJX92KaSgcR6acsgqOESXh7xn1&#10;oDVSjssJYylAW4EXYv7wnM4d2DlrF1lFvAM+OVDreDLEdMReaoLH4WwTV93NSdhvImXC8KcDCZPw&#10;oyLn7NzDum581rjTWXdudnW5cG09ckzFlSEXuPy7VmnzseS59ygy8cEtzcPRGeLbqfqNc6+Az9rg&#10;KTTp9ZIVDimf023Zkj4Nyaw/xhW/LYbIvuW5tvytqlBm5g0+oCcJfn2PNdbRnzk36XSntKL/Oyj1&#10;RZxNNr/Ja085FSveKn14sskxLrniQ4jAul07QUSW3INa0ebjmNCHq4pIxmJvlu1wEnAFSzU7XJSq&#10;yFnoMqFw6lkTlXJ44E7rJwlOggM+PGw9GvNocywudnf5GqckPzZHxCKKEyP8jvct1NUVdi8PS7oq&#10;+kzSUKVBqz3tsn3E8LBVxAym0HqZxMnE20f8z3bZJNlx5DB4P6fQBWaCZP6fR1t76wjffgiAfOq2&#10;tbGbqldVWZkk8EHtpYTbyFitGZfNxzSWd95Q3mNQBcdJvRZrRAzYyOUDn6D9Lq1stc8JAaeyrULn&#10;DUHraXoUXeoUz1Nsdbbqu1s9yVuGEoH8gRo/f/ne9xLGd3/Xq09cevLwcjXfOpUBZerFaCaAsKZN&#10;DDTqo5wcQUAfnJAi8DwKOz/0Zequx7LDA+IjUKJLNvSjP6M84s9bJQls/6YYXNodfKPdy6U9qfAh&#10;QT29PrSj8aJuPNQZajxSFjtrSGpBQvAwL47cm4NyLyeDUpd998oIjqRoVeYKabk00+QWdp+q28sk&#10;aZryUfOj7fmt9vGPerW7VFrjs2ecqnUGc3dtXElt8GWLm4blsPvPUZO5Lu3qvTO09OOdVNj/JjeM&#10;yVXs4e2lWOIrEXVuVKEsN/hdqbKEJ1oWlL9OMJ7oZC67UvRy+fSTm0pu2qfi2lSeHd2IODOJ+l6F&#10;E6BBdG6HDBccS/YmeUAjtzoLqY9LmjcvNgpILXgQuLHtR3C1pB766dYgf1k5VwMW0Rz9Ce7Mrdep&#10;oC//lJLqFK+Yih3GDASU11DtDygJ/IqTEA5QXs77oVaxj509gb23ErQ4PBc7/OdyCt4QwaCwdo3z&#10;kKTKJbQa7sy3hf/8l46Q/xxCkuEgvjMvBUhUTsjFeawW/D0mE0oJ/KHsRIs2WtHIRfox28XHarPA&#10;3kKA+BraZerGX3SKyx6c2o4jZ7KhDVO1X6t9CJWXCFi0tbkTPksQdjcXt+Q51X5qFp4zRM3jXfG3&#10;9DLUdV5rzq654yzySP9mhgs5UHEtVBkRMppzxVGjEczlUNAg1hheuHVdtsGRLjnNwVlbfHiqLtK0&#10;WzX6fBJBVEst0BXd/vN/7DZ7FAdfRSnvC5wa8yHzUYURTu3ezWKzIkK9dYi/R0WFQaGY0pUQxfjQ&#10;rTZlRFG3Wt3aWLE0rl4lf8yU9U/LS/hMEcqFnWzzc76bnjEvmIzZD5tNlAifMpoNlxOpZrkvaqTI&#10;mYMdqEhbSbHtT44ULqCDLp38G7wptZsUKf0M1ao0Mvg3e9LytSq0C7ar/KNLEFqPUjbDl/LkH5OS&#10;WeX78ekAp7dNtn5NJdaG8/5gGNohpJqPb101WZuLMJ40okB+h5h78q7xSlG7XD8qQ6R15gv+boHP&#10;LpdoSSN3YY0i3KzhHHIIJYapKfYfNfw10z+lDcLn/t6tjrTbuiPDGmv8Eh50VKMlp9X4Qdrczd/P&#10;JYyyashV8SDU4fRak81DfXaVWlv8Drp2nGyF1LkUywMA/YZd/kv+MBKo3qiKRmbe1WYZGiHs0qgJ&#10;eijWqNEB+QO0uIW5XnAN9cryU9N4FGFT6jZOiEcS9Ols41BAyI/OYhXxYrqHJARejG6wqGJVoZBw&#10;0NagGmoYSHS2mAdBItvjvnYzdtKpq0h8s+c9IeZiCWcVHu5UHYBYVfnC/O8c9VtUMxokUcG5CxdZ&#10;3tflqBLFrBuhZw8vKPkZtQOzHJCtXKjIxxUm6u9o/Mv/ni11B1UAhTUmlx5novanYPox6inIktOX&#10;PsrEqoHPqfGSus6oER6ysWPV8EO8dl4NhBTzzLKE6lH36m/1jp3fZtq3wBIZFCYG5KtoZjc9dOle&#10;xVuXrbjL8+57dPs6jRDqgW9UaxEz6jxc6j81AHm7vmF51VAtglc1zdHz5phdLxkPAWeLxWIKSiXq&#10;xWVrSdf5w2XlQLRxCYPPmovhurjZ4iEdCFPDPx1X055XxuALXdQxRFjygBHFcq61jVHb5gpXY4hw&#10;r04+v5P9A90kOvQmC9npumg2ZVmCpMv6sbNsSn+va225iyyECkP4DGPoCdH9Z1RuAJKg3qWbFP5F&#10;AVebZQNnPf1VDUhdrVNZb6FIrG5TosadVc9BNLnxuub77qDK6+ajrEZQy085NSxIOkxn3KynPXvO&#10;XSfRpPi9ctinrHOVpb7UTTwavHqGaGMrulz+cscqPR38zXpX46VCs6fW2Tb1062XbNc/q7n3EBXJ&#10;r/apBS4t+MjWtkLNrQeo6V5hwBaQm9e3FKbpRE1D5ZRbOcVUPT6u4vr51eRvTYaVd135ZvhvvQsA&#10;k98MIVj/9K6gQX1eux6DV/SqwFaQdZXUvbGkYZORrRhyAQDOKftKi/zhGkI026DuSxAt6AmNGw5b&#10;Ok8au6C/T/wCDvpwAvAky4KNRYc6ohA62a2MFwOA5MbHRV35r6BvMmcoChLdqJ5Z2Pm8Ffs5uv/A&#10;zXSsW7tBC71e1X7B39bOAcvxmL4afKPVad+MEZifLjd88wAOIPHfjfmL9LO0mva5YbLeTrkGVuvS&#10;ajilvqVGfQaWHN73OjZbTF1CAYUu3TASQgwJ0pu8dZUu82NHq/i7NMxJl7VBl70MQe+CltcrqX2b&#10;Ro7+RQgdv3jk6sorBDk668mHbILLCUINhiwLr7y2nduuwLv5QXSFT6FzRMkXaCuC84eSKr8Nb9vN&#10;rgeMtvZuznyENB76PUyki91wL4sm2TcxADWVWQ4afwP4PUtZotz6LpnHbF7X9THq2O2EctLQ1E6Z&#10;lv2WOO1i/DaI06Ftv6bWmXfBjASOYACCKLLpnfCmPs+tB8FIaQzFLI0K8OW8rWO5cCevCWfz1wfT&#10;bbF/SH9/VmBDKwuf3ZzVYzUPVnSX5GnzkrRpUVJeDxGWHkwWKrOZgnRV+oOIMXWiRkXIctaPMQnw&#10;+ugyqzFriPJQPk6P3JMA9yT6Gw+pTUE5q2TxWFDRoOYA4I/7oIzjzX9ZSFnewBY9rwkA8ObuHTb2&#10;cWyzTU4AWhMkVPyAtGTcWiDKca1Ah7j4P2RHvnw86ts2PMAGu99kWLaFPP1BnmOMF9+yOA2iEiv9&#10;VcMsIR2hmm9r5FrS1ath9Nmiyyct4Ty2QNw1CgLAkKh3T4MIah3v6dDTd4e5Tfg+r4dwkczvbUjB&#10;KWS9G0qQGQdbVSzMyuvpEVSm43V3THHFJHUEb13Z/39xEHht8RJcgDIqP7atqjhBzLYGOv0pFkBu&#10;6rZgFP35n3yizmsvzFEc0UE+CyP6818k/tI7Ng3YoTZfDdiYEL1txAJvjlOOC0NCeZvjGC57h4Ez&#10;KLvC1PkpMVqCI2vNW7vguZmtpv1Tr891NoOkivY5xDcQGnWGbxG0+iYKmXWjMAwhTQ6vjLL5oGtH&#10;rcu9J74NxqcKs2ooCf+SWOL40UUKUqtj6tZsx6gsoG85NRlHa6/nTptfvjQUCVHzyUNMCCEitgOS&#10;xVvKtBTC6HKq1J4TG4yJMSvYvcrRJd1CMDV5tFzWqlpfsMuq36ja+9HRNfrctOVFz1ZUWlF3SqRs&#10;yyUnaTyW5vESx9cqEeK+ZnbQUbArsjrUkKXccT6CFbx6VqmZrmajKODoSZUygvjHmtmJ/0vmWat+&#10;DUJYVCv9Gie6PjCyJyNKxG22ZyTxW1Zw0a6LIUs1n2Y1J88YkK713V6BqJPC1YdEDYe5AlJo364+&#10;zCgQHhWumhYHr2KzUU1tp/TZR2hzS1/d+dFzh6SGla9CfynWJ5NIX89jtx6XJD+Ni4XCw9NvAdsE&#10;8KOZ1mg/9oRpOi0/kS6tWbD92yxgWGy2wsEe5d5/laKnl9jkpoDR89829wQkk4ur+ceSU1CCW4A9&#10;dCYtig7A/1rbzaYPiz/gpuMrZ7t2Arv2iJfC9oVr7K18HgkP2ikcy6nPMDNoVLCCLIIuMh1E7QoC&#10;+QcBu055ktvrpAzwevXmLM/7RfiTgIFZqwmFdqUZ/J/takeSa9dhuVcxGxiXKFK/9Th4iW/qKu/+&#10;EQB1usd2OXBj9DkSRYKAXci1UcXuBOuCIcRvT/5mnjSHSEEyq1AbySa8ijxU1uHr4iFv1S92YbbO&#10;Pvjup9qZ4t98am8WutXDE99sFlxyY7YLTy4PL28QQ7gV05U6bpc1UYnM4lXjdZYa9sGMXTJAoFH1&#10;xEsOofG5LwxBcZQp64/YXL1nxi4WmkPKhtpl6cOQP0Datu/SYlv9U20B6geJhzaeP2zWhof5a6vs&#10;DFIbTpeWBVKuq3lJGSGL1YKMwIZ6DITZiSsBDXCblB1+T7EvBXSs4tOmfqG+Obe6qotJpEFdUxvL&#10;D9dUGNUbYO6goP3V3tB3IQKQ6ih3XGhBqsJc/Id3Ndq12Nf00bYOU9xpkgZv1GkkPerqkPeuFt8p&#10;QFWvAIb9z9jXIlGGSwyCQnNtl8p8DsL87HN/qFX99zcv2Up5EZRIDVr7i0SSCD7XQRy21V2639l0&#10;S+YggIewkERxs31xUSazpoRBH5VfdltssZLwka5xLvG8PCVlpyrsV111JkdXjYHekEUskEWFuEus&#10;H9qDvjm2JR55iO1c47uePzDPxMgAaAY8DzIevqs2XBMQzZUXhCDFguqaHiDxNSt0nWvXjVXn5D1K&#10;ezrd1p3rycN40BqECeuXGnEKGKd5ZeuOTXibdWDtbA9EGxiSZVu2bUmMT6SIz14hxzwf5Yg4NBR8&#10;Dtz+48l8maqjjAiilHAecQhAqH8OIyhDF6sL8TqvWYE/l2BtzGRt/gJi6QvG+8Qu+egLNz55kd/K&#10;QkRr7xvojFNCqnpofMRu07hCaeJu212IY8drJkvm9CiE7tdubufhgYqOZ2aY2k1psUMYL2nmtS1Z&#10;E7U+x5ViA+U91qitOLl8XCeFC5IxODUoXUAqSQunKCMWQyCJv/DKXT+RyjHmnYWkm3t+FGA9lnCX&#10;yL10GTFuD+EpGWlkL+WlSmPWXBX62nVDdHgm272xirjdeOyQy6norWZvmLElVNyrc67XoyA/qUz/&#10;JjK6nPhYGd+Z3f4hMvBYybaufS4kuxUViXNaJZWVLe0lC8QAftQBlxI+HsTi6D6f0Qx7gCxhFAtA&#10;t5U6C1YpXB2WncEiUoy9fqtu/LyGnIqshCiY09ltOdEO0pUuDGfGxOJQ/W7rXgf71yUB0JZClVOQ&#10;Sd7Im19R6iu7bNb8b9i6v2CmfMUVv0W696dO4iiEvfb1sxjSijkISoA7Y3Aq6RbO4TJdlokd7J5q&#10;8cYdS9ewtNUaB2TGvIJhDIkzUWJngnXRzJSuA9Kn7X3U5BOMLaHJsTRy1wN7hSvOH6j9K2E7mtJk&#10;wo6RTPPeeSGrGiUiGy35TizeNwQ2BLJefveCP1+w6MYoLf+CQ9rZmFhvsI0L2T3xwq7fiHPbReag&#10;Wqea4TRk8pAfOkjyY3fe2HQktQW8Cp0oAF/kVI0dWpelKB8sWqZ5FIjrJjmspL0a7jncMq6xbIRT&#10;smm8MWdnTKBElAANBF0qNm0Z7mxcResymks1+YiCPwWxqiS9B0LFxud0meCGB3zKGnKXwh2f8+9S&#10;Mvwlf+H3a709Tw2k6nVUJj/NsjrPSUi4JehNNfQn7rsYt8+vOFRKwOwDHG3jC5LGEU6OjsqfNfmi&#10;If7Xqerr1bVb9fKlm66SilNyyuOyvPqLVe9tOlI7/yT2fqB+UqGe7Hsg2/c6ocyyRzpRk/W4CpUC&#10;/Zw3ZFIekKPoL5Ikjep+1tmv2D9yO5woqp+caF5sOpsVBOBQhoFkClEphYxM7VDGpPEkqAa9uuvZ&#10;90Tu7+scT4O23WYytzBidnVH0OWAs7bgWNSjo0bHPAUT2CE4BKnr6YvwyWBqNhosOiZSpOXL/mby&#10;BP8MOkLquOrifAFdudEnq2uF3zyTSwwt7VyUz8V9QZS0fNX2YWXyvuUljBTF8co0WkS7843qDLiX&#10;6rdNGr/DsGLIz17b+eHy0llJfNM0folQ26/gf8O4+dqk+zFCqKQx1BkxBxFRU/Ln/moJS2SM/bXf&#10;4UZbraYEN56W4qW2Lck17LlhCYBz2ThuWQMVKw9+oGlnaE7uBTHPbrRrrfGTZpX5m8P9Mmddu18j&#10;N2W0OtMOEoxftit+pSrauDa3zNsum9s7siuKnDpzdEgLILNZAXYlbZfVO+QyVToU08f/vhT8hopd&#10;H2vgwutV8J06UlYWwnt/jHI8oOJJBfEDszKoM5MFPgZpmb/paaC4JloMJuEouXzchgNxLWZ0dHg8&#10;u5h5q4jAUdaoZZw969OWyDZFiDSIK7HQRCGVJ03h5xYFO/o5IXQatl5JA/mHlSfK6Z7zUsJ8Dsbw&#10;M6Dvg5stdq5YSWxdR8kgDvSMjemwmp/jpOpVohoPMwdMHZp8bgKQ+TakzmdAeHysbG7cGThTYKU+&#10;MM5tG6NMXK7Mp7jeIDFUyWCfBzoGymp1hqrjLvWWZ4zOM+J7uEGgCpLY0MPyht55YTRJBGTn+3I6&#10;3ATic3Dc/R2chvAhmTbTF9FGeIE3vo3YIzq5GbR6Pk3b/NSu4kRpTb0NX7Dp5SaIOv/9+LPrNHSd&#10;zJeVH4QbuDl4KDzyMBAnud7G7e82U8hCW6Ad/fiWEHJ10LMlSHZBHk78nimm8nbhmgcC2mSABJ59&#10;arOTJrDM202u4MTofJhMbE48eIc8ow3a2NQnA3HPY0lTgT5NvsBoBUwmqnHVj28Z2UAPmQdnQ/6o&#10;x6W0of5MWcpS2ewmw1Aq3VjuQ+xFC+XXYQ4qIbyZU62h8icftEtgD+bbSqVNxpl4qvMdNc5eAarL&#10;43a5zilftVnO+AM2ThgdPtZAss4WkIB6xfPJjC2ZWZZdhtYBH0kwMogZNB0hIP1ADKxUoI7RhU8D&#10;BQKyj9XclWQw1TMTgVimFGSgh2HbdrcN2jkwbmQoyjCiTzjiMyU+dt1sN+k837rZmlR/owKBOs8i&#10;aaaocRr0n7Gkeum6888EHhN8kYfZSQmnf1FNTSw8/Xbfw549vLrzxNZvmHr8S3dW7ZTqGhF68fUF&#10;7zauUl/Ay+LaECpl9QQdA20lxhVxen9bb5hxLotjr+VNpH1XPxApn/D18y686gopzK4IpQEIq4uU&#10;lCLdRi6Fy/n5DZ11vbZCn7dn7p9ydWy0xOydK6t9nrfuBbHMdIBTfQCkya/X2D6PSnUy8AOg++A1&#10;CbPllMTuJDVPjv4tz8oGtA5uhUTm8JnzBZ0NHzAs3iGKHu2loaOy7Qv8wpWZ7YQZMw0ZRKMxPyEl&#10;m4ITizoQqS/FVeDXN8jLB+YX2CSTvntuA1nxwJ8X5qe4a03+C4Z1OskH4Kge8RqjzUHKDZ1VeqQP&#10;hceKvZ0SIuo3TlrzMDCldyKc5wTn0f8oaEfeRVmVMCYNCbUTX/lfnia1er4cLU1q9HjliKmvQoVu&#10;RtONxeFd0Cq4fWiUQhNLoPakaXtnPm2NQSqhxKSHd1eWLJXU0s3IJFm/SESox8PnZR/NwclaR7X8&#10;Zu2j6QYcWdlNm7VYVALb5KwQ4rn5pTn5RKOTCWKHPgXZRoYLmiy+8EAmo1rpv46jwyDVcOy0E79Y&#10;ykOeq3NOicp1ynzFVrPp/4r8AjFlCS3Q7e7v5emdLxvsYhb8JNwuP9mKLti4XCqwTAYro7cpMQ5B&#10;xADppVhSMymbPshVOseLk9YySbjivkUJ066vUamfwxQ7Vdr5WjzRbqztkImVSD3O4E09mtL8gWj6&#10;DxzfqdQhxLI9u9YJDWZXFhleRBL5DcYlQVwlJyfzwALx3OP/bFdLjhy5Dtz7FH2BASTqQ+o8XrxZ&#10;eLYG+vaPEUGlq9wNA3bRlZWpJIPxmSKLwect2g4dHtb3M6ehZ6Brgz1f+ylxNEy4uE5S0kRYPt/q&#10;wWD3dbZ5nORPT2u1p79u1ZIQN62NZNi2KpPth4T3q9jwEeIS0U4nmR1he5MH9i68gi1LyKOLPc4g&#10;BEGF4A/Bai79TqXxLLlm3e7TX8rFb7E3AnoachhcPhEc9vsHVIa828BRcF7oOKmbNiKBsuXeBo6d&#10;w+kKTULYFplVOUo94Xjk1p4K4uHinqHSIQHtEIyAEvrU9HzsM/aPS9LpJ0fRZe9ULzsPATd+mITF&#10;3xqaJzuNk9w97f2fJWVQLV/w8hkXo8fc0T05w8VuncXrGp8Po3BYh0zHChLS2qxoVpPLlBjy6AoM&#10;i3veIrRiS0TYxAF2yhSxTttC85Y94PpvH7q6ajtlaiBkX+rcyedu6C+WTQdjvCIMP5FJ2+bJwqeO&#10;IMr1Wxijo9IrBmKi+SCVFqLWIa8ySrVLIj1lEo3+/DKQzFMjqTxNTfrm+caaIureYMRHk9GfW6bG&#10;xsf1i/k0aUGPqWSg1Z5HR6ABmkI1EF/dLl/ji7Izql1zkBnDgMV1COJN8O8uzmxH0aWNmwKTVmQd&#10;VzY5B6UJdKbJQeOFow5sWhsELSyBPSrjk3dMc/dRbhKaxf6uS24ggBrrf1i9wWkMrKgNjmmew405&#10;szi5343JdydF/It9cuWGpdvEC51I123KUZn8AdxgTliCRDL/slMHWp4PTZJ0mM63QLCVJaYEoh+/&#10;BPkIIbILRtpEkCEOnV3YE4WuzhH2XiPdTd5Bxz82pVdHIwUeQVPFPdOoSnhXGvlGLepN35avxZ5j&#10;LsofLXikZcQV4go6J/Jpk55IygkK+SGuBpZ44RxHrsHpDFd/XvOrsiSo0pCur8pCN//HUTZNWcDH&#10;f+qeOUZugxxmSHiPesX3USegheDIIf4+iwhzEkFrnQrdpN1WnLwk334rNSmm3OHSkuSR+g0Ka0jY&#10;jBlsYn3kesDkgFW/8vPzx1PCYHW+RhVqGLjim15ZjqIBaCcn39+4giyn7rBZwRKvWFDCoGuosnhr&#10;M4xocUeuBRaQxLtHyZu+O8m7YHCXdz2UN2M16AQHoxZzaLAcagFz5CBoUeb/pn67mOosLtlcUWuM&#10;QLGU4dASIxw7k1nCy7CEEIRORdU7oVfGxIcWf+NaTrLUzqM5jN9rGChbUKuDhoGvUR71r2gKrSpA&#10;5UPyEvTPTzkHnMPV28PElgcetZdHt3G2KUJORJsWtaVSHmMqQ+BwWcKjcpN5c8wsuXtZok9ddB6m&#10;UCb0wfSkj5qSyDwFmuNeCo358RNtPuKpzNfAZI3cBtA9IQzMrzjochXQku8A2UD2C5Z/92XvgHzY&#10;jCzj/lGunPgU/DFF2Anhs6m/odDB/T3iDkwALxSKRPPIKB8hK+b6KCM6OUhcukvWxixIhuDLSrQW&#10;zZQshcnwc/1mXi8R2BQd55bS78Blnz9nyRE3bgfhmiDjr+ALGxNltloWoUewvS5O6PVoEpFTe780&#10;t3nS6qAzCID+1RkcxLq+8DdzIRLb5rHG2BestP3scBQtTKyRlw7MTbbkyQ13mnYqp3IF6TxzVRXP&#10;bHUJN82day+j0xkF77QF9q3F6gpre0wp1lK63dKzrVVQV/4oGDRXaa2ft/Q2FxPSaJXuVLYmgzTF&#10;6kcZacNc5mI1aFEscVjb8gZj653gG1pZinZbVA7353Mi/PeUQdCTcncxg59fmGYR6Z6Am+ctH81J&#10;ZCxtud6+b+G3RNQG2g2DyjkurbVzRZsFoWfKRwLRkg2PCdIm0POER9hzGY4+wbZzjFt8cu3pU48S&#10;UHSAr7OlCoaA81E5b3QaUgVRI8JRkw3f3BaX1xqLCejIPORi/OTuiO4cvT6miMNzHHFdDzXFSnlt&#10;VmqUzxwqQYEoDUs+jd9t06jJkvl4Wx83lcB1ZjckhzvPzGzkUy5M7yiuv97y77WDa8j7eqImXgMS&#10;RwP2aVqtaFvyCAUiQGHQSGGzztXkHrbFvfLXNUQ5zaL6frpYjL6q8RkWlf7EPxOTCqWloAnF9GnH&#10;nHasTaIFJPD79iz/WXAhUxemEkIhsIbG9IMZtcGke+JQm4WyDqN+eI4WsgL1VbdFsnP8CAnCFD30&#10;ZN6wP1MAb0p/Jsy+0/KawoNzObHO+Nsg+B4lBWoClxB2uREJNHtgGcSVK59iFaW8DWrbTfuJGexd&#10;32MLj2nHcZBm8kYmC9LF435wPTvV8l7fAKPnQLFJaVU93sXuAktcKrCBXulNTzkEvAqMP60R7QxB&#10;QbP1mIPyGm2TPSXK/5QfmeR6yAaccvlYqoiThjeta8qPhrVpVrOkEl6vJ4X8fQVs8tZYOqa5tuUc&#10;MBP4si6iApAYvgChHRy/ldg1Ico21K41hqYw56IP3iV0SpPRAFQl3rIk62o5aWU4uHDzqxE6qAlG&#10;sz0HBahl/6RKsr11EygvHY9sReccqisSzSy2tHx3nTPEFmqYNyHC4mm2EscvpRIOOca3aSZP5okC&#10;YGRlt141m9j8VZ+K2rN8+9jIc7SOFfz2I+dVUaHNnxrNkHb5OU+VoGiIZrcedIj4ZZColkwWQktV&#10;5Ekbt2z6AShN+eiJoHJwLJPDh5yuVah8LcHh48/L6Nt/3n4qu+H2fJuzELZhim6lKJIvU3X+JER+&#10;0a+5om0BB8B4kDz2YmhQ2jHNFP98qtEjzySu+HuGnrqZt0pT2+Z7ytqt1wz3BqE0LjVfag6BtQ8e&#10;iYTaD7fB+5T8NsqAdWyKXhZDEjinJljf5PFMPxoNvITB5MbS9uEz95fVHFp6Ws63ond5zIh4rcoz&#10;J7MONW4WVeVpQg6uQu/U+mLjsByEz+xiNZb6pWwmceR81JET91DeZLlodojxl4/zMaNd3uEwzlVx&#10;GbRKsmv++fySQpCpkiMiodXy2peBTdt0X3iBLqqYRylDDmE5FK0tomznOhlVG9Lni1K1ljJHBN28&#10;X2qlERPTRijpjkEqRJBg8D0UVx+yVNLyY5h+HLtf0bRBP+DrcBjeFHQJswQJJuIHRzvyDYmU3fXI&#10;fV0ANJsskSxIVw2Dh/sgmvz6kUs9JMbGypTrYulLUx7kXQ4bEyG758pxnnDMQkTpjBGDkkqp/pdU&#10;/MgeFHeYy0KK/JHRuLeSJBHWcclZl2kIypk4FVv1v1eHHRDBbHtfyJz5+2fKIAAawK5QaTyYieAG&#10;dwRq/YNtgjCsY1KexA51F7Y/tQXeCtyBFU2hy3yRygncpSQ5qSPbn3vTI3sUBAceaenoQg4lj5XV&#10;OPvjPgw0dPRwiE0/2Se+u+Ud+s7lcFFE7nciXmkJ0O84z8AsdtLMypN2rZwTiBBqXtkdzMAkBAAO&#10;mqwCEJOH17uPwVL0tLlnpK8nzqBz7z33k3PLxNT3hu331806SkTAERn+kIJXWdy5BcslseDFsAUl&#10;oYdwhyr8kppRANatz1I+WGXullbgKA3Cyv65OThJkcc9dPk45X7PNxKNl0o8ZPMXFMNfHD7Ob/Ct&#10;BeXT1HYwb9M8YhEfoDviYyQ+1p7AB77Lb1KfMOQQkKC9WcLuDvpKk/FMrsnLDfKECycNeeLKFm+S&#10;q5+3l2NPauhorKaY3+ycEwGM8yUE9fZlM02q3+inuQyKmEv/bLuBkz8ZurZJIg8BEhX9KJ76NTQI&#10;9qAvPcILV9g8yNMDodc2b/xssc0pp29WiO4ANo2aZXqg4a5baj25XsDwGB/F/JT3jqnAIXr+tifF&#10;peVln5EhNo1L9hlFMLNg2Qf63I/yycy2oFyLLlAFSMH0ue2u8Pp/wsslSY4bBqL7OYUvUAqCBEDy&#10;PNp4Mdoqwrc3MpPVmmpZ4Y3UmOIXBBIPwSVqpVqvc/F0ZJrPRKY2X4cyNk/l1FpczNnAfkmrR04V&#10;QdTt0PdEIAbiq18m8iLZJE1yDIzJVhftYsLu3XDx0yesSqnNM9T5UPo+5jeUQoN3s1bh2TtLen0p&#10;b9XZkSgcmLxKWfgdv/+GKwqCEOwoseuvMnIw8q1+Q2csqN7fP3YF4kYe8JnqReolu/Crxmzrt/X9&#10;oxw74mXjAeTt5EuhCNcymw4uNT3LdtRmNDP8Oox9SpEaWhI0ppCdrLZg6Lr8a7oOGLKY9LUezwA7&#10;9FUfNbQEGJZt3Sw0tKokPLB0s6rECL1NK7AVututoexsIRjOMMF69bA4SIFVqUK9VufQ8lRNLdWT&#10;YIgOcFdX7azaMCYdm6xXUFEXmNBiYR6M8sYS/E5FFSTpkCZkxHhg0SC99oGUm6iQVoFLem1Ukdah&#10;PD1VwtmEDj49eyZo2WpdFQ/RWRroNLM8VDdSLegL8rlOA8NLTwrjpfoA7nBAWc0w9o68tdVtf1KV&#10;gk3DnKdaJ2uC8ysKIDuVengUwX4b/3xgUFerMv/ME1lP1Tau+RtPNM4XTjTWadHEAya+sgQO1w9K&#10;AM2qwX2xBHl/3jBBiu03TVyDrnrhBGDNb5x40MQbTDxY4oESIIn+iyQeIAGO8MMRT4z4ShFfIeLJ&#10;EECIfRACBBH/TxDwcl/1DL8TxPWGENcbQ1xvEHE9KeINIt4Y4g0h3gjiCRBv/AB86H/GB9yoxNT+&#10;Ax9AD+vQA8pUCh6uN3q4HvhwPfjhegMI9B0QJhEEcj/tRgioRcXJiyFAjXhFQcT1oAhcBwXzcIQx&#10;nsURxpMKI4TrL4oAROwbItpNRWCIJgS5EQIRYjdCXA+GuF5DBREo+75vjLheM//EEQWq9eBu/8ER&#10;1wMkrgdJQHEif6FE5ylEEtcDJRAH6xdKwON4LbEEPA5LMHEp3V80cXV69eDE1Smr4onrDSjwWGE3&#10;UlwPprjeoOIrU/wBKd6bowklLbdWrayUzWdzBDFvlKhGv1uJZK0Q8nvNqmsw+5ez49sNf4KYOaWl&#10;etaih3JI4O8gCVDBoH64gz/a4vxEnVjfJrxQ0Yc5vXF+uYIrG/TFanTJgiPoGiQri2VKNqekLZJV&#10;aUlY/vlTa1JHXyVkNmsrFsr7xii6dPGYSPYo1WZpXSVYk3KBZqhy42edNUmd8E3lRjFFQy0PdWgA&#10;MNxUuorbJZuoWmqo6hlpvU3e1zHKWEUxylCU6h9CNXL76/PNt9vkgCs2b1MyuZ9BPhnIiMdPBb1q&#10;7Vb+JN9x1aCfSMQUF6rAu75FsG4dgyE23fX8ElPvJxlZ+IZr5Tsl213fV/1HUB080mJ12C4DIEXW&#10;gtFOxZAg9C5VtiMTBgk58m/wTc2WQSn7GwrlEuV6Y0irz5BGI9K0CuTbSJYwemeamy4CcaHQS4k6&#10;pJBkST1ycvy4T6YN99YOhg1roWUiGjYKLkVxhrw+cGKZi+skAz3OwAMGbF2dw6aGIaY+y4zTPQWG&#10;jtsRyXzXuXiqyo3kt6hXxqmWFh1sc4wjo8HAPaB2yP0PVY16wULEz7JM3V8LWoh2vvVAaioqGrN5&#10;SU3NuPm4e0qvU/7AoiGVRdCn8Xm8IZfnomOptJXlm0Fki7shZLA+oDEnmSHw25eRH/bZa4k16xtT&#10;2GVWnDl63lM/nEoJ9yzhTW4xGmEyBitTyVfNWQhNFAZnigjnsNULViHQ2OukQncIHqSEETr/UmcD&#10;h2xsVkLCsO3plBU8FJJz1MA2kr8JVr4PNmK3uAPJFm4WpdOpl181L4272UAjAP6g+7XbaufRJrfz&#10;yZvaOBaP4pg3VJDr5X9yw6XkREXFhitPgdU6S6/YBDfI1LzJCJm9BxmrbeQWa3PnNsakRcU7me1C&#10;m63OqzwdNDteeAs5NtH5ywYiD5ZKpM0PSmWyro5xUExllimanQAfIODf20Ocvwn9wpR0EGNwVWrW&#10;UosADaxZm/st3iD4Ybc4Sb621mmT6VRaK5OV1pZOBiEHMLO+S1aS+Dj3VPY27WcslMh5Y00o1QgO&#10;XL5O/nrFDtZJqUoivDrZEprA3w6F2aZxSt9uAlQG9mCqwtTIzs1nkvZTX+4sAkFgGYoYVEFcspGl&#10;xGlAiiMV6efBnKiU9S3yll4s45WgXeP2ZzZmsHHzHJoX8i+EcTAyYEwMHF2zdj8nA41ixz55stV1&#10;AOoH3gdxtoAHew7hUzDDm58YBL6Z3quXQjnZEy3TUguTjYeGPEMMxpZJimm6Xmn0WbCMk6CucwOA&#10;g3IQco0NJrPArm1qQ8ogKAb141IEI7Gagn4k5i292GCrdTzoPY8kcGinECND+9C65ZJ45VWFb9x3&#10;2tpwK5OQjthwdl4Ex6i+Z+hbxXcpgp5l9FuDcmnRCG54FkKyVouirhUwlWJnJBacn4wS1PTaL8UI&#10;yHT0uvyANqFWmzxkHwrCvF2/AvqKRdQEYdryk0hEMbV3iXmTD/663SSKlEmdSsIh9iau/F2f7WQI&#10;6+L8Jnfn4tSpTXJsmqPRRC/zSRGgiysXexdaKEVnA79EMsKgxUZkBzkmlevEQjYpXiqgswEt4ixJ&#10;BvqyPucpCbcbt5tbDUCdSj66lOB4D4dhp2NBBYXZnaIzdBiQwCf5REo5oQnNuAXIEY/nalXivL73&#10;pcM5Xz/7mYnisZReBQhZYSnxYM7WE2+JJx+kvi6ZtWFQeRGyDQbSH8aIEwCmo/qcDICRMus9qovQ&#10;Hg3952pTijQYAU2ys1xvvmxI1TE0FFOb84bkeJ8UrqFrSM4Wo6FtiYshzCAxFBcrwzczr4dxx6n8&#10;mifkdMNFBUGQxZGigUq6KvokOI58WBX9unZT1K0jxeMEoXJnxuBiNVxRgdfFYqfwmZ3Fjg9dQTrk&#10;NGd1gV6ig4AZoipqFr7GGR76A+AMw9HXlBkGVpvBbwF1XVonU/zUaPXs0n3c1wlXg/mALUorankw&#10;fhn9aGbTdpAgaKZpOzRtWA2/V13I72PvdnCttLpMoqF/07HAUS7JchYsfHcaPm9iazwYQvHH0/z8&#10;teo2ACKUzgk9hV6NH+be1E/nFs0PvzkXaZv8xt/WUSBY/crIW67PyHnk2oPfExNTHksoNzcGuSB5&#10;0NVU8q7Y3Gxjg0E/lHBX9YQRWCEQkYNNJs4Yg55sprBJZhUedimXur57iXYSzBkF9TuTH3ooeZkR&#10;gw8k/aToVKAnSRK/qzVL4dggMyqV5pYrtvZjV+TsWyabWRyuNqxU0h2ciRTAxgq7ZpLc4FcocM1K&#10;6hg6mVpv6ctWsZhSzkEwQ+pu43lmubGSYtE3UTNXOYrLoAp9R/4Yb1QZX5OmxvFcyQ1ixSGwZvyI&#10;9Ptxo+Ng1YSMNvmpmwoLspvbDB8cLkn2CnyQHh0Xxjawc388HwGxcR0TIHrwI+IYMiQd32A+/r23&#10;+3Ax5A0XHYYuvwdXIdyhu4LEL7ppTnZ+iqbJKl1nbfzWSKeDjQ7rBmCx8fL4U1cBG2w6dWTt1ufR&#10;EFMxmpKQc+w5gt1a3uGEl1QwHXRUBbPk5nPqLKVy43YK+i89HIz1IsKluNiD+5H70CMaQY+/Hfk4&#10;jBOTD++HXIEryH1XqUF+QXlYTzaXOA/d2q1Z7trAOkUkh4JmASzXeU33m/PGaTaCcggk6MFUtsEq&#10;gMepoVu4QM6js+toXeS6xAsoJ9AgfQtoFGoEjNlvIFwnmKUwppB1ltrznJ7sSFNfQorWFfj+L9lV&#10;klvHkgP3OoUu8IzkkNMx+gwCuv/CveiNAN++GRF8mgwv/KiqSjI5BCNIHBczD/7Z3DCE10v9Anpg&#10;Io63+QCJo5QVFsJ8qp49noEd13g0GgyVwidGmbQ1KEkBKmr/RYdbizMJtUvbw3m9pphQdftJPkFq&#10;nvAz1fM2gw6fLev48jZZqnkAqvD3nMSf1o2Y0N/kkkfEAjt/TCmPe0lAxT/8iT+uUR0h/IEa664p&#10;KIlnO9V6tw8WB/jpwN1FHW6rlCov+KdUyoExVeuw1Q5bgl4u9oI1aR8A8FVf2ev9xdN24psynOnb&#10;5LP3V1uc9suU4/uR5BFXtPAQP1PjUKFuscIgx0LC1hZM9mdmajIn0grnatOcX1pjwAJE4hoTq7re&#10;akKVo1z9+RnIX1F+v8LH9eA7zaTjFMmRFqSJfO1jcsP6TO2rgdSmgh5YMq7ONG8mKWgxcTEXDk3s&#10;ihDqTPTQ7CR4l8Zc3RZTu88b09F8PVGQntWlzkOczYCWFjh3txtP3QP9ttWni2fcDiuiu70x0VfS&#10;oUkaxKeswiLC3DdWBqXI5CSTThwNdPC7gzfBKvDbIOe8t348daDQOcclzky5T7rg7AN0gArK12iU&#10;0RLEegUcKX0QD0PYP7cJ8JIUaOwtoBwmvoXztOXvTSKVyNAHvZNnkAcA8xbcB3CZtF8bJxl2Lwy4&#10;I6EWT8MmiGYqhHDCSBI3wFJltDcX2O5xxF21Ijc3liLZpMq719wOLjrmvL4mxLDYsKrtgsyTnAlb&#10;YIi82rHec0vNghJiz3FjoUD1oYt9HAfhNqX5xKW/4SJbV4vVxHkBjGWsK+rsOCQVyuJnGUdhniY0&#10;V8zhTBGaRtSzJznGEQmA9ITQ5Y3vJnUQWyZe/PPyGIWJ5WdU2dA8ZVKDjSriqHgMBsIaFQgNp4wc&#10;NRwLJvbSb5jYGp9m6uWY+BK7n0aUcUMG/NfRGL9RtNb52TWZlZxRlaRxB86Y4PyDs/v2t7sfwXwJ&#10;lcGgjvCsh3PLgg8zXX7S1ZdUILgR1HoRSHEdF1SC6HkTFTTKKKsLns/UQNrSwxlwb6Lwg91Q39ED&#10;qlbvyzlqhloMzapxcFGKvPQxmf6J/WJs76HWh6TdzMZWoGAmuCE80VxK6pFZqAaf/B2Ld9AD5rTi&#10;zFQSk2FDi8A8eNXkPVHAy78nO+gvZz9C+RIoI+tvVRfwY1iBY6cd3d1evyUCkc0O1BYLsdVCyK9p&#10;SI1j6L/4972TRNgZsjg361yG85N+kijIDrXOPM3dTb732hysWMp7VawITbLtEADolAzbdHeVWmfV&#10;tfBhUmJMlcAXDolDB/4hZbayAnoGj+SpVY5ziB4yJgDJJ89cHJ549sfYgq5QJozoYToErBZrNTXH&#10;gryhwG3fVgh9R4geQpnaWbwyRCXLTJy7J53MgXOvbpKkeakm0TABuekG7QdI3MocNrhUHEHmNHaP&#10;zT/kJHS7GjG5HKK7EAaEJ2vlvZjo4Cz5W1BdwBJsClBpODcYvnuus/1t78nedNg9hGHGfrvP8tSC&#10;G3zRyUdrswqSsDuwCkPAAplQ37ncG6TAhYMycvWKxhixHXpFCxKdXL1zalr02Zg7yUEEEYtINgnh&#10;cMhA9yYkooFxIEFmdxsXpx8sIsQfOIgnS2UO9tLoPEidqU7LWFccX4kDQoj18NwlDtQVXtwy8LI1&#10;V5CCpFZXB1NT1dMrOF9820gBjAQaY3zXl6GwFIRODIggxf1wsOaUT03yFJo+TZAumPPQzC6eeT/t&#10;zGIIjwbUJtegWslMWHGVBBtTW/nwnjPl5NIl5qGGVYkGB/3m/e3v2L4HHlflgnc751kt5IHO9tnN&#10;LIZyMU5wHHuUx8T8RSjhjqEi0QMiO+d6T3ZHztDcHvZOHoxqGoOBLBExhRHrK5epgzT/FLXcl6R5&#10;3MEQu+6at305foDqMmOKqPWhUV2ZjA++B8YdvQQjnuMeQz22guOXV5OTcLKOtqXBON3vJF1FTPXM&#10;16bHO/idV7GSvBzuDUZ3beSTHIKU9uBi/CyV8iSJ1fLHqqo5Ct5x099Ouod2IfNVQX0KN4t3K4B1&#10;Jk89JrOuhfnjpdEhSyVE02jGvAtl4vlX2TcOGY6htU/PGHk6PtaMpT6epEyLOMWiWxNDD6kdigEn&#10;WNJE3+XZklaLzSuhx+TWeFDQ8hgoOmrMyXlcg+JzgksmBR8Wcu8u0dDR21K8fojNbmm6QKtGkhID&#10;lcS6eU66s1XTqQ6TLW7SunlggKjCuM9WJXbhIGev8hJgw+gzvXsnKf+h/Lyh3eSoeCXnpJqVxsVS&#10;MT2Jgb6laijDJsMkyUYOQeTP5PGxsYrXVcTjKXYApg+xAPR0GOPSMprGWLCvsKZ4zBkKbF163JdN&#10;HDxkH4ze3oxykx7WLOhRYEkAGspYlaLqX2etVrSIpDXUsnHobGDNmCI0qFAUBb9TEu+LK2TnWxjf&#10;AvwR/O1jZn9nPMaIHNOUcYcBIQBjOdP175d/vfzvtZhe/atw1gUZK2q26+jy81bst578F/JkShKY&#10;yMTUqKA+73gKPYQ/b/FLEsVBJfpb6sbCBcJJSh1ag4NaABRIEoMMCoPMmZ1Lo1cHpbbEkTa6UgCL&#10;c2sSWcbehBlDZ7PFsO4axwEs2HdctMiBJJrqZCmRcLWp1rjPXbnUetys+F99PoTt4TQ3IcNJHXF0&#10;PtVhgvFofZD8YVeo8zGpZQajDPGkynqjTWtQbATTfGH3ZScMK0ZKkgPGn4W07+B+x6U/2e86Q1sD&#10;vLEMsJUPklh+jy76oxP2Bt287IR7wZ4+WgG9r3wLcrwhCoiElbKfLfv2gkCcMGHw0g37EDw5F8YD&#10;ygG6KrTF8k5KjVvRYokBe1JLzC4YXS/Qs7bGVhucQ4Fv0CVYJuDYFBp8q9t1E9fm5QmjWvYd3MSh&#10;dMCdwWjjVUwOl337KytgnrVmbSeWs31mRTsMixaCMiFp8wKnzfjbjLfaifNBu8vXTipIqNjhuO0J&#10;k5RbeOsk0rIG3oKqe68nfnHaFqEY+GaJtATlGlwy6yTakiCPD2x2zAXwi1gRDugoe6rzFonmA0xf&#10;GMSBwFnCj2Us7JEEhAD7TFHl//U/XxJVg1kYVOdWExfwQO58Jmo47gAWNbjF7fXPS6sVFFlbIJFG&#10;TPD7CxsYJC+MIwCoARUsYzH4im2jGR6npgnPAGGPy89BiSccHA5yXcv5nfPEu0470L7janSWTW28&#10;Lo5YJFq49VL6N+/5p+9esPLt8o7+NqHovjUdn7OTAvwaeyL8YwoIK63o6l1IJT1UTfGOmFdFq1w9&#10;TEKxcmbY+1IR5DH13iWRwFXrbsEEnWDyatC5NMfWKin+VbfDE+OLkCI86sJTnO9l3T+vVuVE9xVe&#10;E3G+lNVvShIdbQARVugS4LmIHVwc8bEdyV4HtgDq53y1D7ZaPfDnY6SEzOJdlYuNEqAV6nedq2gx&#10;DVtTbUf7ykNDkuSCKYY+pAskUEW4HppO8kWUpL6UuIReqJdEZ7GR8MSfpJRLbQtWcBB9XsU/rlIa&#10;V0+ptuLIKfUkhaU25pHT28xU7rYIbJi0Qjyjpt/Clym/1JTYViLLIzmbx+VXLAwwh6ELuT15lGJO&#10;t4k3Dp1oIhwCQxwrvZXKU7W/SjzVMSk1MbXJXeM7dwfppHCD/c6l4TKbuw0GpdUKraikveFFDDOq&#10;vrQxcgvg3GS78tZEpqsevUnE0JNj8Y9WFbza6iAuSvp/tsslQRIVhaJbySUoiuh6alKDftNef8s9&#10;GJlV/UZVZEQgIvdDKV87WYMZIiayhRIHMMTUoFox2XfEnMEEG97PWUZGx4kntjWcpq0xBV9TPNBB&#10;cQebztDso3E6NbBI/RFvcmytI5mV2es4+84KaPLHv0Us1wRlI6CZtNTZCDFmeouGcKYnCOlUsf9A&#10;P5JixP6dHbCVwTjnY/pyH2U/svUOXZ1kzqkgPEn4O3DR73W6KqLt4r02TGO5OXZLDLWr3axsm60r&#10;qjlrs656tb31YsV/FHYG7WXW1ZvkTChdiGEEIJ0rsH8Ar1x7h6/U3nQfdGVp0ncbEIWZ4jiqaCY8&#10;u6zOH6foqxGCUKxR1OB8uYysFdwcuuczK5zlVbXgdEpMU6gYGmWjGYf18xhRcRneNu3Af4oruvCZ&#10;Q/sPIAba3MTFTQk5wQfYe1HUItfoUMWMQW6KZscY5OuF6+UPeUnEmWNuoNeDmA0zFU42WylnqBqH&#10;aAzvm/6w8JdvK9bQVXZduceno5nwQzyZJrM5By/u6OTYTWU41W+ILp2sDj4OtS3Ne+pLRhNfwOmp&#10;7L8ghcWSVdY2DFNryjxZe0WLWTmfPXYccnLZxROwxFwan5EFDXW+s1zkvqte2TnwhE82Sxhy8MIG&#10;m1bilPj8v7FpWpnxvmrb1OrRgslfKviwofbtr8Rqhu0JumtozWUjB1jItTJZxTAkGNDLP8ZAOfCW&#10;it7Y1dfNy50zuKvmub0HvPhvwba3ilZKT11sdhjWZKEEPxBN+OrgvZDA4pUV6uQW9YE92KnKF2xE&#10;KsZENh7EL2kqU9LWjdbW13MEnJe/QctN6sbOh7lf4ukCPPv4UaFoIncUZriPd/ARCeShad20zGh9&#10;THcLMeTlFGuMulyh4s5IJsayrM2noYgRil5cfZNVp4YueL1mY9ZPJTvbwUkdPgDl6udRSdP0zFWM&#10;VpteLwezbbw9IlkKWPr6JscExSNHB/b6cDN54uUfh+CSWD6mT9jLgo9nYEGCZYE2sFui/gmfqMEu&#10;qwNvplUmxB8dWLwBqo0NO/pqnPNG8jDA+4ynOcJCbmr54INoKPJJxEi6qElM+fQJMmMOi0VmutXc&#10;Zufjw5qOBbBScnQwjxQ5lQvId+2QudPU2DVJ0EK9kpA6B28Y0Gqi2ecsPZ7LD4jr/Y3LGEjD7YFG&#10;85RwaBxuHDBbbxXXGinTe3891cHOltbfAlrDGB916J1h1DunOOlxQpZF/a14HOxeG5yWAM/4TIYz&#10;rkuGYtomox9148SojICW5/+NMJyvcjwIxRXNpK5eznPhP/qx94udkJmSMuzk0i/KoXUjX5rH9Gvi&#10;nF7mrpPcrcxdkkdSEn3aW4kHChuuz9JBFhXPQWqM1uVMft3YWAWnG61ylRql9P06eU3ljvVsJdeK&#10;TpmcvKaY2TjZ4zP4TZzbrDTAtqTjbKzZ2Zy4vx7X3qjZs5ZivNRfrOV0Dj78SJ9GqHd1ZTDzG9LX&#10;3XZ0Tt5uiGFJikooLbl43Eqal8xpJmcPANhdB49THvcYvQ98alNvnUvoSmlsHwCRrHUm+AsrgZb6&#10;HBR65TTXmI/qnj5lXAp/0ZmWLX6eR/e3bNpVH9Uw5gd+piu4B+ibFZvwpC1xiLoTiawECRnhXrVl&#10;ZwysTKeTCYibmD4ekNmmDm7+OXgfXThNj3BkQ1OVBjNRtXRFEV68NzF5hvx06rszq7yY1qjIoN4i&#10;g1H1eEvsoFstYPZakLoVPYvNMCnPyXKvhqW+ZMHoNPxdNNKVvjqR7bKysejRJLszx6VxkzvjAGab&#10;2L3+KmXSfJehbBTWJzTRF7KCDT1i1YNj94XEYKgxtDkuGAUDERlDbgBjcYPDGy+vpSCqCv+wkTzJ&#10;zT4pa+OjDlna0NH7rI93ZY/F59bbeBlsOpmDm1VXdNCirmjJ7LDflnWu9Ra/W0xUnuB0sOvQWdlP&#10;ZwYmO+DQ3ph/btQIltyoHxZ17x87Sj0x4INc/2Q/JhiTGqVaiZD12RKBJsgca1LOdatRy2BkZfX9&#10;w7iOt3pNPHJWCvkcAxtQAiCMj219lqcIixdQf67qeym7eMM2tmYcTj0ck8KiY4tlnrkGggZfTYAy&#10;YLfJyOWrQHLAZgyuCsbGfGxWnmha0ZkzQ2OLhTbmKwtfwo5WF4PNwvwNluhsngJo14142w4dt1Bv&#10;+jetdCYw9QOny9JiLhpyLJJ1mYcAUn0Xoc3uTHaJv5VzS6DcOnvZPN2AwW69v4OlI+lE5rO9xPmI&#10;l6NqW+qKSn8bwxDcDR+I69jrzfpNTLPyT/cCDP4+8RzOVI0tFseuxdKGu97XDSrVwtrfmH3RceP7&#10;qrQzsk48BwOOiu/bIxB9Kp5MkEz9vt1ezNP6+m+eXuQhiMVbMqXl19gBuLGMS5fl3mEYJ727YTL2&#10;lQPAc3TOj6p+/VvVf9/q71ub8/08MnC1Jq3NOkBMLn9PmqpS7NcVOoA4m9R3QvlzbMwwMharZoin&#10;PVHbzVrQ9tS3dw2Y2tPYKvben+ENcH86qDnE7Hc03pcGP0VC3FmrYcCLjQnyB3QZ98xbXC3LTK/O&#10;+WyGM0oe6ljrxMEmiYQFZmaPhQFaHCwdvG88C61G76w5Bgm+WZ/dNpXXPt4LDdnYzfSDjvfCpZa/&#10;wCl15PJoc8hPocppByob5Sfg6cmN5SZuXszVWEVlWmSTvHCo+6eRPgNZXvERBHId3yjRLmO5n24m&#10;f1c1MZ+NxROv+dRFSrTnQXv4Fl4BKdnr21whf6SaHKrRSDUab7mUajg8QQSPJSup62uUE+8My+LP&#10;A/vuKLaXl1y1MiUs9OyNTfByeGldLw2f9r0F5LbJhoAu2uaRvPQ/ISQJC35bp5WjkIpnk2o3GdiS&#10;TyW9xuFeXZV0LrAhT+aQTFilGKP8zzPmXR6mXdG6R7T77XzCJmdwrU5P9rgRO6LJLTVg/h1aojR/&#10;2hW2TH3Dpb92/gnXH0cQ6fKNJ72nnM0vQ37LblGNRmUQX3+c+Otf6vmjWN/KkqLZLkJ17rmTm8fq&#10;jruFsqykzAxPnrC5/2W8P5qhOidVDxme+8MEUmOLaOwWjRe7RZAU8N8Px/iUlj9pcshaU+vMG9EU&#10;q+iUYN72uFJa8CbNDHvNPVtX6kCLb7wJJ6GcVv7YiNNwZ+y62sJuG2+1z6GfRtVaxK5V14vmb5ca&#10;LDnI9+bT/NHPY3/9XdT/lSyX3QWlT4G5otyOc9VkmExjpsGwk0/TnP+rzT96QoOTv3JMFqtIZxas&#10;kW+pVMbFZ41JbSLDuRUkkO+gVAmvTMxsLgWbT2K+RWQNHmvWBsSwdutgTa/cDnZHedri0LOUKnlc&#10;h8ro5RZET015VtcfpQ35R394N9fXUheF98HNss3FPF+vJ7k9EElea/ZP4d8ZxHnqh1ynTAOP5lM/&#10;bDTcP5yzJ2PPujjUHnY6WzpwD+y4+4OXONc4Y9iEcxuXHLDkHnqMWizUhfLkpgZo65wsXOh9pjao&#10;PzqAxAycBnqnoYoGWKuMfYpkqEL2KYGA0Jw3XBI/Cnz71nxIDSRnQt5FMvP1u3abcE1OkowUNTe8&#10;HBHgen+75psgZe4Qg/hceppU4O/kXbTCmDtLZWMzTEuhurTk3s0CmLLqOsY6Z2TgP6rvbUqkNkhL&#10;dyzZ57OzP86HV3S4z+nxZYRT7q11HZbUgK16pBjE2iBu7DJlE86QYbplL5i6r2fv2v/YrpLkOI4Y&#10;eOcr5gNSNFD7M/wGRdgX8eCLIvR754IeDikHD0NU14JCAchMZ+mK4pXpWiTweffp9XGcCexZ8m/2&#10;4ULsvd2BYuk4UcZS7MmidJdwLe6M23Ytbu0+sFZFcTXfdS1XhXxhVrLS3Dn7FQWode/ZvDaMEWdV&#10;gUm+xndX+z71BO4w3S9QTn1y4n+c/LiEbKfVtWt696ZRgBnn2ZfCdCokuKqWhy7IhFE7mUtntWlF&#10;0+RJ61aXrqoWdWHx6Yt83bzFbu/l6Nhp96F2GYN73MTtOvqcJlBoDYWAVkN2Kk2j51HUM4ovVoK0&#10;5fJNf5Zeae5Vxu2bLrF37/vc5fsFslDnnqlYqqy7gIFWl9WcSJHFpsM1Ntvxyce9dk6dXO1VmNhc&#10;iPAj467f7vQIJzY49NF8agN1g+WIsEnInpfuNba4c3cE56WOlpdTvOVdpJdR6mrVHcI3L1gY7vYI&#10;4pq2+zOvrUhmuKbjoc2cgKmjt4My+lMLFZO7TjUEe3qrG8kKMoZnhS6DSo8sqBx6nXaUoeeInjZT&#10;1mia22ZBtJo1yLyDHu7pKfbMyrlUmO5v/fj/9cTKeUy/K7klR1OiIUVthJ+PG9FIzQsbjxbuWW2g&#10;16xtPD+lUA31XdudD4g+w5vNUbLENCDbsArUhTIsqGaaIrRK7ku7xZxPAM3vlpqjPvV8QdMUXzWa&#10;lkQIgXbFbdekGpx3HUw/SdzwaZF0bRX68U6XZZsoeorX6VyXNHuWq2DoBnNIdxzHRijSxcBpWXMg&#10;b/fyi5ce7eZfOo/QI6Nto5ItQS/B0yKm+7a9HnEIdkUq+Wrjz0M/u/SHu8+7aKoUCzWXVNZYzbzJ&#10;L+W3WMvi8++3v97+fUCm4C8eM/ke7QEFimRB8/wBuo4vJO1V2CEFwD6dD7aYbWtKbQwy4AGoYt20&#10;x+9i/80N6BqlOsKVeFksFeBME+25q01az6kl6nNW1eUwBLRSC8VfRxFzg8rKeVdts4qKXhq3OO1c&#10;VYlhgk0KZolwLC9qA6ctCnYPr18OZ7tuGItuGLWZxustWuE6cnH3qDoa4VZwU91hVJq1n9vIEC44&#10;x7uK6MpVvX6rNTdLMSSK60pdAbNTGdFdlz2fBajMEIVqbqPNlK1910sxf0IfY9j1L6kRh+x4Ijeo&#10;avZLbkgs8uXTdHegyZEei4glAoHLLlM4tjIcT2CagsJmlbtIIXCnJXGx0FMTZrAEFh4zHwWCW8/H&#10;vO+eeC1OZOcemDHwvx6gqzIQ9H1KrSw6eKxYrL9Kujq9WhHFr5fm6cjTWEC6eL00EqG0JOL+bI4L&#10;3rE/qHSPNCAg0c2RQf/5xtsrYRodz6tEX6p8KBL7DilHPhUJn4QjGvdVCi4a567cHwqXNWJFGLwl&#10;h34r9bXKEDM0b1jeedGQfyLrqthC7s1zGwqbF/3xJSJjHmQiHitykuT314hcoYvucevQlhYQzT02&#10;fHNVmkN9Pf55DXenRkSKxOAT75cUu0g4cYszXaWyZuu3tWj2cEVt+DeEjG7PfBPCjiz0Lb5ltX36&#10;OsRObIZWXuvDXOg4tzVkhQUDKVCw0cle0knnu3nQsUt4giYetAHNKZtZtyUMZS2+1AY4DdqLPX7J&#10;uzCmY1uUQqSIojJ+4Za0XRsTqfZitX5bP+hi7x9fqVke0bSiDARjdRcmTTAm1tgQZYeVWypsoHRg&#10;9XnXcGruGIKpMzV3k7eWNcURBHdli44PtSxU1EUuD76F0JclZy+2jfo6dThWbq7ERaD5uE8fnrum&#10;7L0VotjPne4gPPfdaGsfXw/7NBY21tKR2Pu4Wrg+OKCej/fBW8MM0NHf+r7QoO4YRtM9o4lo/8L3&#10;ACMg3N8pvhosdWIO/EX7waqNQ7l+6/k5wAeBeVByB11P9ZqXyPIpMhWinmh4SHVsnhQ17YEj8A01&#10;hQdjyLQQ74hJw+mTfLgDKxm6HCpovMQWj8gllYqnlr5htAa+NvGrpXCLTjDVqOumTqtyWSFY58gg&#10;xVhUg8M21esik/GK3Z2uJjDag7JrsUWm7VW28BQODfd+IhvbBH5JX9ck2igekxm3tuEjuZNfmH0v&#10;tGIT3jZlBi+HWDlAe0v9fEskA/nkRhBot1DjRHT3tJ+NHJp7TN+sEa5x2qYeaLLP5VMZbuIlgkf/&#10;YB+GtFFpxIvNbNq1wiPI28t+bvbmhoJnqe+mRLxtrmgWRM8ZpPspexNqd5amXVJvXMGuwRUb/nIF&#10;kI8qpSHxgaLf9mVG3cmbRMAZTw6kEOLb4tMdTSBj+q1H1xceyqABAESRcLHTlZpzFesAhaUWmshz&#10;hReASxKAFSv5IKcgkSNC4SSnSO8pJg87ZFLh0VyhBoUtdWOMKCtgixbhRdnBaTOdYLZh8TMKyPpW&#10;Q0bChUC2E7WzSXSGRW8Sk8eDSsE1grB3sQdVENk6OcxAB/+tQmyNs7d4HWVAIwFA0f5yES/u3MRu&#10;aS82AXEj2qFWSTDPsskPSX/Xiw1MO23eCwzMZ5ixHilBUpzV74HLQNvvGezRnHG0KbrfXGKHQ7SU&#10;AwpwV8P6qdYkcMYe52Ng/s8AerExmAOpVj3Cxw6/SRCPe42MUyN1DkayRoyMUVm/xadqgOVMkLzt&#10;1IQ5nyvYrrY0wTe1487GP5JkKvW0cIsBZFdH/jIpUSpLB2+W1LLOpEkJRSI5CwP0rkvk86ebfveC&#10;YyRXKF39tpvY55rns51lduFktLhthfW5G72Cuc/nz9uno0OZrN6xuBRQ6RwPREjfUI9xgMLNgilW&#10;DbQj4ljpQ1t7Mp9rRVC9nXpo227+tz1l76c9ZJ/n+zxS4fXnCSBHecw7fhQsLMTblFbodQG+h+rS&#10;7rFP8fDuRD3SlKGM8GxwTszelWCm8bTb055/2N/Y9c490DVwspm2RZXKLPtyYSw/P2ziFr7LHBIc&#10;Ul+n7JCUyvuzVVg6+EQ1ibOYJl3NBPhSqeXWU7YZJc5CikRNBxWsZzVjTmvQblBNpQPtU4Q3Lmna&#10;bqKN2urqGISwn2DQGik9CoS4mKDtEp6+v2AGMIFuAnWSNUH7iLjsJo7C9ir4DBMgmITgX4JgVRcB&#10;luEjJDdP4P03k6ua9Q3ZXf3a70t7d/f/o/WfneQKbDGNOgk4ffeI3qK4jA7ZQqHTt/Y0yAPRYt57&#10;pCeofyDUWoANepM9hfkgfH3XgkU84gjTiOhJ92izJ39ximh6kE9NVGqhKt49QuxOKgfyF0oDkRPC&#10;LtA3xY/QnsJ4jHnN7OXiF/AfMSXYeUktYEYrfiNsh60sI5kzm+GM5pFBqF4EaHs1plcwEGWaBNwM&#10;0BPYfIsfsjy+XIsrSPKnyAzF5LsOZZKReoRaKlmAyckwDatjsaS+h4pjKjC/5EUo3BghAjA44TNi&#10;eUV2bxC9ld+hgsPI8Ior+4v9PJGmo9vidQHcHz7yyhe2iRfd131R9lrRHWqchd/aM/n2XwJhzus0&#10;7MiVdzPaXVlC7FusfOfhZt7Bnt3McVZwMYMKgoSKTjYLHZBPkVDYS7ckeR5FmvOqGVwIF9LstS3n&#10;DHrE1oAI5CcXf2n9VhyBCmhR73LBSXXUn2l3pTG4xQzZJ6sH7CgfBr1ilfPVcMaZTsIn9V9O9dtr&#10;VvDSnpYXcHL5jEvi4JYCyL6696uXP97+fvvrDXs8/nn79xGPC39QQZPkGIQhKNwmGuGP9zd+en+D&#10;Q01ULMHXNp7bTOPXW2fPBXu5SPPIJ5ElmpfQWJKy9L3TaIS6HNRXF5M2/qO8WpLjxpXgXqfwBexA&#10;4Y/zeDFe6G0V4du//IBsUt0jj8MRMqsJAqisX6bGWVUuhLo/geK8m0j+Krbz843TmFZ3h6c8weU0&#10;FslXyS2IIbomFBy8XRR6DeWPi2ACcDqRj47CasXdG2fciLZ5o8ZZQ5x/CZJPYHR0R4wWdssLGJoi&#10;Gi6FOYabqi1JoZLT6/7fPfsxBQcnDoZnzqZSQW+7ubnE3vfkLKdQslU1GnZyw2YD8TGI3xApanze&#10;hUZrCkMRIkTEOYt0ARBZfIw9Gd2d9CKRNCJRJDxALjTEg6nJpO+ek4k6qyhqycwqiV6/QorMAIUd&#10;7MyNQuCRNqTX/FsQCRa5nz/eQB5ibAudx7ydw6j7QkghiVqSTcYqK8ta9qPyDnNUBmBKom0jjYex&#10;1Oa2iewYTK/BesShKE9AryKV8fMNmcMWZRNFhZFaFAdo1HU8M5lZZrZIFDPzcEndvIIlUW4Ilohr&#10;AlElVV2rC/zEkV+U0Ir7Ys8C32+KgWfCD1YmmQo7Q//hdrc3Uqkx47hdU4A/lKbSNnnorBzKIqo6&#10;4rNEpJpoEbAzdeuigJm7NZMsOMnsHqovsnwUV2P6ZOlVtFe2OEUL309dg3HS5VYLwzRNqwlWP7F6&#10;6j+Nc22x5BAB0qYHYr5+4u6xtNvi7bbl/8zvxEusg06fSePT8cBmcfn99smn/W6HHVfgv5+khuza&#10;mt+Ar4zDJi1Vu5eKelj7hqctJos9ne3TnFVDGxyxWVEBVrkxdgSHrLnGaWGffKy1PbKLwSmVHe0U&#10;7bDUUuf5Et/V87vT8KbbxIlqL6GbUjlSRIVp9drrfO/Od3IwSB8+OX9D5gbaiebPpyoqrGv0zFw5&#10;/Ma9DWNbfSqeB5zmaRQNSGfhUKbGaGfCYLCiztPx4Eivw7x98mm/61n+6MgI+i9YU3fGDkoWouz1&#10;S1arF2OmHbvhahykRy59157iZotxW+N8iW96O77ZxrHhadbMhereRZKGEdPkGnMvDLX9SJzuc8ej&#10;ns/22VZTmwrLi6bJlY4HOZHcNjTS8MnuRVFO64zJaXe3wTGtDJ04J4qqMs6UYUBrbocNF9rQAWJt&#10;2zoPOO0+1PFFrw4pJljk9O4ZFIN8m5fXGoZeLtaO1LYpYnTxyjLoJsY7WraU7CMfJs84v9vGselp&#10;0hMYcj6zF2VXS5/Vy0S3NRBxD+VkS49nu27LsIQ9NWInlJ9LrAdgQqpGU8JfK6yiVKNucTpJNKv5&#10;0vcSbOfvJHFzuaRh/dICdlXpz0kZF9appIFLH9SmkFCAeUNyBK6f2vFpjoLblooJwg7QGKrrVGDf&#10;zFJc72ItgLeQjXgMcVTnno0aicga1T2hdn7Xd032uVnSLlfWxU5UJ2hKdG/zCPbw5dHotleZvhib&#10;VVQjp6pijerRAWjxrmlJWeXoFqS57uP2RJohLONCGiR0aZ42dNoU09VL/ZxC36epS0SqXuRtss8Q&#10;o4TZzEE1jmcNsy3tWvNemrp+VtIlUYfkS+G3TA6W5twr/SVJLJNeK4ZOT0k+U7V6Zc2m2Pkg77x+&#10;8U0P9w81AqFypQOdyjLB1egTt2RRHYHHeYlUMIlSIDuIcK3nc20OgS0qPvreNlejd7r6qtv1Uufj&#10;XeOUB0gn+cHftT3Pgwt7MjiKrBiyQvqK0/RM9DhnG/OSBf8gx+G6x3skl3UVcxjovr819A2ztxJ6&#10;2937C3KNb1ksYPRtMjEHriStUcH8aNakTsSMxJqiRtmDrHBhSGvWkGcBKQsPvvv9FtQwOrTqDssS&#10;yeLs/W0CdVVy2qeot2OP0vWWaoWqirUI6dGoEiky+A7EELsmilWc2uahQ955aEI1mebCZMVyalH+&#10;wSSpkNgr+habbGID12A3+NEfqMHuXSnLkAXo6TrzEooT/LIwuKh3UMyQ6IhE+ZdZRyJAg/hiJVsl&#10;FYOOxUaIBmfjPjVwHAYxwQ9wY3hJKhx+Sda2sMF80c7QaanT4GFfFIOXrFb1sk+TZBX3FxXzaJqh&#10;7eB5aknLhdf3mOrys8byWBhHvtp2xYe7XTv4VltmFXvuN3KA4RFJv7fh/0QWhlTPYBPTVycZVnVx&#10;pOJuLM+UTlMQe97uBhPqs4yE7+hpnNZy+5lu19MtVVcj5dDaGG7mbq1p+ctm9ZgPgxeaMQ4zPOCR&#10;3OK7MoBmNQPaZmU9oBzU3jmiwrXBGW8O1EJdtwUXOiIsj+N5eLvmcKgZzbUOFG4IPU1gDksK1ujU&#10;u8DumhMqX0pFCZOSnAvDSpFkgMng5qB2m02s0SrMr90Md4A3qdWw1GxAAZU4tCw5CRD+AH5iTHBE&#10;OTEtEKTcJEEl9hLyXTR8NDHC0Uw6CUHT9P19HgtCUrOPnVrczBLbeBx65C8D9W3PrCx28JsSo6nO&#10;GYV39exo+4L3G318BjdnBgXJBw/Qq6/soXrKhQlKrPGAFlxh6nz9B2idw3kNe1W6WbA4C5clddVe&#10;PPCq2mhM7hWic/hmVKZVtw6hI8ITeWIURt549iV1GjWbxJv0owaMZxfBK2o+xFNVvbp5ij5pZfrc&#10;touJaboBLOgxxLMmM2P3O7R2K0Q1z8uFnuBEu0vszdEQ085B/5jKSWkfTqgUFHlSPyZDnLNr1/yk&#10;WbMKt3ZOaQGa1KrcE9zsXOkcMay3eiz5EPkL28M1oFPHlDE3+VKLk8JQYUeph4YV1zJ9U0WFyUCI&#10;1hx8jDxoE7frlL9mF0gKCozpVXL+hEYRGgZjCIzxEozxX8HwEg9lDto7GsVo9BdoaOnqX4IxrmCU&#10;A4xiMLrBiDuLfc6NRukZDZMzz/wKjZ0b8xmO+TI36hWOL1LjQONTarwAo/0HLPpLLNoNiz8mRhuD&#10;jUd8p76qk2tmzJdQdEExX2SGoBgHFP3LxLhhkdZfZ8ZGIz7BUW9wlC/hAHPrk5qUbSP324Rjapie&#10;ODPo+SIq4duVNjXTN0jEw3Dw3SBEm+Dk0jSEcz1SSD2DMzSrIU6dwYbBpGBxjcFF0wLAXw8pwMhc&#10;RCJG1ScWoUfRFnuPv1XXzJIh81+qIoO8z5jqEZmj7u57ffadLkWz62O7Pq6uG+vR5Hq+uz52ynzp&#10;ujwnzZ5SRS3+3nNdMhd5Xv816MG0iwba0Wb7s+eO+nwZdTlmDnm4Hq9cV9TLeuF7/+S7BMtr50PO&#10;85ea1zeXxN/HHU4z7pAnseYXOT/+7P0t52/e97/3fjxHfl2czw/n75Fvl8jHU+Sxc/n2z43YDuYR&#10;TmsTXa1fyj4JWSokNpqhcVCGqd0yibKSBEOCtOwiKz1TXkj2LpMXUdkpwsP3VTtQ9omzFXFFNBwz&#10;07Wa7TJt17pttrYqPSs7ywxtVgG0WFSfe7Nkij+Kz1ohzsUr6i49NDZykh3OT3yQp06DMMxiV9nO&#10;LUSukJc3qAU51/n+5Omwi6jlWNnfryre3uXNLwaYMrGJynG6rBB9HG4ZJYuokuxrGjT2a+ze1dSD&#10;hHsgzMvkUlpq/tiuaieI3bkudj84OHUZxwVlWXEgM1UDPl87sBl3lEcaILwQGMLO4fimQFWl+Si6&#10;VVbSsfXwXQoVqdBYqgdw0mbnC3k3TJLhioAVo9l/SLIS/kE0h6MXrIysq1CSBscW4VhY7vVMQcYm&#10;OORAqifZOV/wPPUxRSOQNfoFV3aynb9k1cm7P2JEgqTdIWPXwialHHbzD2TmvIQ4jHUu7jjC+9Wu&#10;+T7ww9QllzCTIuHrLHPMLNNUt+LqTYsZeOXvROIobXbG4SDJlKXz/qcfGpQTfojYLgWzBhfrijx3&#10;Z9YveJD3is6aQnl3nQJf89Dlp8sGVHBkpWXen+wfkD57U7xq1fkzDyhH0rlpuvSf+WUwxdhOcpoX&#10;TkVxN9wiuvRMdHWI4Ya3pJFiVsvM0VUaI1c3nEjNjGnppCfNU6jJ/k92meS2EhxBdM9T8AIUah6O&#10;4TMIsL2wFt4I0O0dL7KaImV84IvRVV2dlUNkpO6lonHZvRL5qNDhqvNSVYx7HkrTPr9DWrl/7d2i&#10;MjaJnpKpIgh65h7WpWTTUyMYOKde86KyOF9L3ze+vc7EmsK5jLRNiZuibKjvea50mICCMkuUYlZK&#10;/VLl5/eRdXuH8LCuo3/x9RxT5p5Wn64kG8/GFvKybvem7oovyhGMGclrTATcyASYnb+vVv3/qKmk&#10;JYCWD229S+jQQGnBNIXm4hG3xTDrqO+BOOl2m0gv+hR0fld9qzK/AGJpBVcsoupUqFRVqrXvm0hP&#10;O4rUMiY3nTV4SwwrYh31nPBymPpjdX8SSyaqajugqqywiRJbLLpNCDaliq6VSddt75H99SyKtMah&#10;VcGqDjB0x+m99MmqMs+xCMcOdaUeEKJSlmYKSI0xeW85H80qcC2uszdpVTzbqvcuHSEvZNurqw9s&#10;2GFSXHJ+pHls6Hhi57NW7lTmCjQTsKbYycfUfty8tDgmx9QeqIsY3RHYSYPr/k6saZPW+g7IcCMK&#10;Sct7l0bQYXUai5lTZzumI5DmxwrTVXqV1SFGENfQp7Gu37eZVH5NtBa1Bt+fNq17+n5dV/q5wbhb&#10;KNvR1BkepZ3q0GafWRsMx09RdGNWSBqoNXycvJJ0ebGeZJTcW6rTsZBB1c0Mc2AGQtazpZhMw2cI&#10;MqtcatVc5fgyKho1a4tlhdZsPIstxyDoGtHNpznK1ikz5AdETfPa7DWGuW64A5J3zgy2FnMyjGbS&#10;aafUgoKmIzpFG9QJmpTFmoIiDicHsYyTt1MJ0sWYT6JP7tVv+rGoDiUU1I0UCyXAL/EGJT3KlS/B&#10;YSpOl5synelCm0r+Pf/tbFGUfNBgF3J99jd2CW2dyjS75BRXdo0JjhoeqIYlB/MGKC1oEJflGOJI&#10;ORIrCDITd1VEDXd0vJBCoKLGkK3bYCxv9HRQTxsVnJabtkx5mqx/hhcpz2E4t2GmEQlGSTNbDOxZ&#10;VpbgEfgFCgVDAZthfodRrAymuvNhL8+K3SjHnmTqMdzukC3iJLiWafmwBSpfAciHkhp8XHe/6tr9&#10;dK8LTsNxQc9iu73Bdkipbqd7u5brHtHk80Uo0fRdu+bGKIF6+DrtHiUxD4u47HJUD5MGE0M7aAXK&#10;B/aA5Q2eGkUwoGBneYWznHfRoYJthbdms8w6t5Jvk0V0OsurBywXHrFdhIEu2BbVkrh2dKjqNU+z&#10;QldI+ouT8Hu18O8HlXl0u7e2HNp5Xb1rzEunCkvmoiVEp/vAHQr5uLKHB7Q+HNb1EWNEsweAIfFb&#10;3Png5qsf3F7wDOXRzITGpPuDTgtUbypRE3GcUlXe4PWUD+5+PZRiET1tF7ubmeBOjvSyJj04nZ7J&#10;7mGtBkDvofFC15T0JOpzMGKvfjiwpZhMoSuRv5JvQ+ydqaso1XThQhvU797YlhMKr4RSz/Z0aW7f&#10;yli5T8TYl5WWaO/zNhQMFHxZ4he+N06KluU2KLgIf+H29yEf0QuEkO96fbvSeDAVc0HyAIhyEJwQ&#10;CdBTmE6rRLxCJRIJM0bWKgOloDlM3flR+5nupjIRSVvVofXZqYmkwUvJhf1zm4s56dEYePJ9Jb/G&#10;MuPS921lD3+PKttl1ZInsbUu0w4Qsq4YgSv0YKx4MBWrVd0Ugcx0i+QdT6jtsgaxeq1LoeGaOjxp&#10;PmH/oPvcnlhvJe+m2QOLclCwmZ2rWVPb1fhn94MmmhF0EVbmEh1OnTKYZPdCbVeqW5UHZ8i0Br2r&#10;+SUL6YWep+npfCU3fnOMUQikyxyR+wXhIEdXizm2V82bU1/FOqVOsuLhgY+TkKss2zghuU0ozlbd&#10;7B2bfRU9aAQR7o/dXU1rwrvjvExGFblTNlWH7j/AUa2UdLZAkuxVa1fWnESm6+ExQXSG3K1TOU11&#10;0K1QscSqOE2MLyGLPBjcSw7/yohN2SRrOZL6LvrYquxtSvuBTarshinVKjNa2KpwqV9/34SZthCf&#10;HRos1X8Ye75NxtN4irJztlNFbnkRm4zOqmD8osLajKlyDq9u1JIOp8gUWzldrJVkcbjlgE86tlL3&#10;wOFBQ29tFd+IHsv4iXxQoNdZwyNqoeclJWTPvwd2Z8CBMcXopZn3L+CgzzPhZIYXDiGN4O2EXu2K&#10;97kKJ/JXsFbUesN98sEv0EmlhMIBhrcgdzchE0BcOgCXHlIEzzVx++9vXQ+whvft7LXaCTVuz8yN&#10;TWCKWwWaTRTXEfjstrWda0RrDSv2KXZm3grFnlEUaJVl1bgyg0NxIwPVP0gucZepJg2hsj0eruPR&#10;aqTCUVlYhBfTr6JSrauTBcwI7Z4SzSOa6hNZVkuGKpVDGYsP9w4iF7N/mQRKPIA1BOsh+qGgLQ48&#10;cJqCVPzzvL+gv9KHmbuqXn9uTzbVgwKZphrLEIi5d1lIq3kXfwzHuY3IY++mfWLqQICKLZMWvngA&#10;0cGPWzzJfkYS2HNzWCpBntPJ6uNieXvvzHFWNRrNKI8de9f5VG5exy6QPPzHDqWOcqfQHj1rfoFH&#10;qRcWojcbySmT6W8YDtMy64eHt4IklnUPEMxu4Fr3FCTu2kpK0XIxkaq2ZLNyjhw0bqpuIY8qOr6k&#10;YXhMGZsJb5LNO6xRaghWH36Z+nKRzyfjV+q+czP6lrFaK4bnaGY5/b58oD8VDeisI8zWKywttqfL&#10;spJHrCsD2b7OcbonsMdh5XLb9bmuv1wk+mxzM8PNJK76eA6vwrbsHi5U3WCXOE4fndh0LqZc+3Nv&#10;t6cSjbYWMk+9r+B0HiiYgrOczltIbD1YK9abXpQmKak69ZIE0EQ9Rib2kDDNPOlclS/orCskTlZx&#10;6ePLa62cvpqXj4bn3i3TvUnscaQYBf3sywqdJekskez0UJvenSDKi2H1tN3jSZMSprXQagW6aid5&#10;pdXEllwTYa+CbkGilybYlhqYSpUJMkL8se3z9s/bP0RNIq9/3f57l/bUP/VjHbKtS3tFyMpBX1CW&#10;7vLQeXt5PvWAqh/LZOXJVJiGZDVeao51ujiPTYP6gXJiEFkw5oMaHB5TxgzcSAOFn5EC4bg9TMnh&#10;37cHetaz1ha/MIE0GXeWf24PegeiBYa2NdvTp4c+yFbnkbpY66GQQYpRRefUEesDzc1LQjRoKZxU&#10;ztqSy5BsMPjDeoDJNoXh+jZqV2LCguiBuhg0gx6vq0MN5oxa43UdxKerL8oD6mG+eJL2PDzRDjyu&#10;Tr5iwKWRyBces5onF60q3Pg5uYrkCimmpITQ7OLOxO7eaVtzBB7ud9WjXXwti/Q6Sh04Ld6GiyiW&#10;S0dl9b7dtUicl4zpC2Ws62pWWPSjZ8Ykj14xVDE1SAtPGiH/H6ARVEW/LigP9ACqVPJtGhQ4RyNE&#10;8zWniFih6Y5eliDRTZSxyTr9U/27iR2yPSQhKRe9fvf6bJgUiJZsM/WPlSJ+oJ9DNhfKzV8YXKZ0&#10;npRNvjC2+J3N+FYLcS7qxvz/+7O22CREUBOx27rigyDZwL0vgEsWRH+tbXnfAPcUe6R4VivWHEB7&#10;Lvkdz5SbdEHFtjhuxRICVDduBjJfeTmeAAPXulDcG2+Pdn91yeff+A9G2IEGFrNuLnDFP1uQJPfE&#10;EvOOwtIZZ0QSfboEmAEqlaq4ydwfhHK2m2at1nHMqY/QV4wL2DaZNxIyWecVu8L37v2KKc0g67R/&#10;61a9+Aop4jkcmJa3JVzeXEzxoZm82jfojyL/Mi4DryO74ym4zXPqI9ZVIhry8n+cV0mSHDkOvOsV&#10;/YGSESS4vacP0wfpKjP9fnwhM1NK9XqpCmSQDBCAOxwiL8SQjY68kCcAr258f4vhprygLgfMKPKe&#10;GAItCTpVSR6hxI6ZcrJLsSFgHKsK4YFrJD/A6ScuWujk6ApqanJbk9W8k4MRHEfaq3opT+547iBy&#10;x44cwuB3B08oiCohC2cm3/UuoE2ll7JPnoUKK1Mjh7qYpDvDV6QbsdSSuonFpLerkMzbiujsrkpB&#10;uHr68hZBCpie7Fv4Nr/67FtI75bbBkhRxtlv2TZEfUWjkQCjuNih1K7Fkpd7sqp9RekVtzfqeiY3&#10;w+t6TNGFot2J4+JgOPWCPytWFW06UEnfHbv99liZscwbjkJNFZPPZLVdwnJlES/MkatN2sAewCne&#10;laWUmkP4gr0bUCk6eYslqZt1B4YIm4Z4hyOWOzOe4/YVXWCrupcLrSh2NYgu6hA7IvcKWaCICocq&#10;L66/XnrpuGiudNe7f5930ydjstjarCezIOSq2ZB3bWwazfdjICnWtvcNFWkJ54NQk4jiESvFGfb1&#10;jGri+RmMXSlkpevgGu1USNFkhJiUeYJAqq1tC1nkoaowOphV6OJbrmJvcrxxo02v65Jnz+txmRsW&#10;ZyWSKRFMmPbjWlMBFQEe2qMMXSDAq+1WE2+DZUc8DAJs11N9wfjMs64J9enS5WNxWzsh9RWaKqZx&#10;tgRUgjHsW9WxRb6pSzUGZYQ7D/u4SQXxrgzKElE/b/beT6B2Ow8ZKAcq9h+R3N6RvC6Sl5A8X5G8&#10;jWQh4gnl9grl/HMor1cou8ZcQf8MypfvP9xv/g2U66+gPP4FlOsvoRx/geX+iuX2guX2A5a7sDz/&#10;GsspLBvF8/H3ebmD5a5ib/8Ry37X9zuWD5TXG5TbgbJ4a+QblNcvoMx6bX8D5PoO5Hu3VyDXA+T5&#10;l0DuPwB5G8hLQFYhlPkjjuMdyCrctv8GyfMgeb4gOf4jkusbkkfjhMqlGCn6xs7XyQBeRD3C+8NS&#10;/wyYNiTkI64JmeBhgLtsEDB+4q8caLjeks5H+Zm351eO2DurL+AWRzOBTU8aIrBe9EFhF5rtkKh0&#10;xouknEVDV9bW4zFOE9nWWr0qsJZsZTEz/PIxKFp3xDXb1TrcZeMeeK1WqN1EMVm1I5581Q7emgbX&#10;XjW07LzPWsGno6aoXi39W9zA2+Al03zRTD9jPjWYw/WW6jrIDKiaSgUNYL2m2sejVEgu7TNnBP7d&#10;1/gdajXmuOZE/ObdZYNf9JN/9Xoun+coP6tQVxyrnNVONWeHJZf8xLg3jhQSBZy5rld6VnqyHgsH&#10;lX232ChaoifkhARVTSVjSccSQrHDw4nm011EEE5afz7H9AhTTWLkMmDdfWyog1NoHYM1f7yk2QHA&#10;enfZuAdeKxs1+BSNj8UtQzy3Y3gVCZKd60RI3t5oMaJtrzPP6UnVGKpTHqKJKwXCbbbrbsSdVJHL&#10;eHk+xxE3tIRnInMUsUDLuLe1Qf/aupaKACwg09/sbhqnF/m8axESA/UrGZmslCwi+3kWCdcqIXYO&#10;gqrfZ6/olgyV8VCrRDJPSe1rMFucNY/pwJxdN15vwgYjCmY7MEpvuG97QiRJBLzyAr9yLM1UrXzU&#10;Ll7/gmhtzWibE9Mf3EAk18kfvn4yUZH9kRINZsJtoMS+cG1bTYtnD23/GbscU8nltUFE1B+Gz7So&#10;OKTYVGmhHhFH3Zh7SubpSV9gkfSbyqghVcTVEievIJHH3ApgFlo5yLEL7Aou7yymbjjnESZVzagW&#10;zpwUUlIS7NeSg3JiHohztVgK17CmYLeG4+a9GGxVBlmpKtjbQ+vQGy+TItxm41AlTeVczZbvmoaA&#10;qih77Bldz8ute6XnzZDmkKheBEi0o6fUSFy9WipgFKmIvvi3XBEwPPL6AlWlXJfS8LypK424/O1/&#10;rwXXJ6LFD/cF8Y+e9JLYmUOoGI7qVhcoYz5NltFSvaBut3EwOIlsYKZZLXP3BKm4cQ2mqH8mFFAR&#10;lVa6q4W6DUtjhHi+ZOhtnVpMcaLFNNo8OwmwJoDS7NVmn/4Ke2xqIJAPRS2DA4/MPv1VezibnVhd&#10;F9rmfFA/yuMr3xNtqMye3r31tjd+aiFjleYe2ox1Y6t3kdW+ygar4t/evAW8oCb6GNi3bXecC1vJ&#10;pCJdPG607ahVvqvdCe/wCOZSFTS+m59FuqzVj4V1+/QdXHDDRQdnMwXg7NmeJkLGl1gLVsJWqn+y&#10;A3U0P2GqqL5qnZ5nOvctJP4bp4cF7DEuKeab6Km8JlL5HYEARikTWA6JOMBkwoJNximiEg5EXbQz&#10;hBTaE3Q08HfK4kCEBJy1HGV+R8iXeL5K3S30LnIyFA5GNnLkksUsAUhFEvUj4LbiH6y9odNy5+sP&#10;RQL/i7Y0n9HDKe7qqKDVbLKleXACbgbnJAOK5OU3XEQ1vOEzO+5iHQbzuBSVYJyS8U5WB9wiGzJV&#10;ZnLcHCXLcmrxYqfGxS9an07X1HocV1UFJvcgPwbfD1V+VDExzo9jDiYLX5/1bKfFOL5TP2QsMb/F&#10;EJ2YeTAEkj+rIMUK+fJJ06Ma8dxCO2coYCCQzG/kkyHJO4X6oiGGxZ1bn/r284dHYZTQLIeAMF6p&#10;icPlh+cfsqUOGvCFn6HWPVOth87z7jsbcpPir1tFP0tqmqRcy052y7I076ygEs9UfD77lYe8weeq&#10;sayy6WS02x+qIDjkP0fICAnsVuVyWHb1rcvrhBIWhuLqtPP1IF7k6s7aBe4xbKw0CWxfTAzfn4+c&#10;3nhaXW4OZxyUmns69P3nYCO5QSQjgaSmF+Xx4Q6OM4b8VHer2R/P2dMRkMWoMBrqY2zQbFD9PNMj&#10;TrD3TZe2XTl1WTXJbb+tJiiBPLBacZZfaiaka3Rqpkmd+nAcaVoeX5RGykNPh2Jw8ohnFs0dpetC&#10;dcfVCZAihR2fWFGt70XlEepgnDz4SaS/ewxhLQzE9YMFtWQIGHwKgeR5HE4PlxJb1lB57FTTq9Hl&#10;XCGfgJSIbzYCaQdSNl+GG9nesthC+ClxA0g7J6u6NB/ULJT7skZU2SAU6oHsKZLWYjR2HZ1Ui81d&#10;Fa+lPvzB8YDgYbwYzVIEs9lsVo+pmUeDtUrxUNQQRQwS0t0zimVJ8+S0GdaS00HfQQFGT7CvqUkz&#10;VWS/sj3biQpbp+Oea+EbxWSEvo13k0qyq9Gx9SYnLw1qCcxzKKyT/Uk9lUKysPdP+cWGTyiSEIOy&#10;v3Q3MDDOcLrDYmuIrpnLIlWEt1uRmnhB2bpFdHq9OZhk78dme0XvL8PLE7mHm+dl1WfruHarPPtE&#10;cgIHC4urwq7X3V7ebyWuzS7fneCt+w4pIvWgwjuuh2ujBqe9PPWQjsf9NkkHnX/tY8+hkUdtSWqF&#10;bMi25tdL02Yb9547aXvIoJzYXD7qXc6BpXOwkM26bgybJdFktyLt7vs28XKNesyKfDKd64RlsDjr&#10;vqupGhFTfdo9rfyofCeBiuqPRPSo05/tBXWyTi/Gc6/SlSgaENxHBw4QzAmU7IcFidGNnvMD4LOV&#10;//sDBqg1KRGZQFRnuo4HeY1iLcWLtIcEKH7ogJsXMBsVIgDsxvMGNFYjRVYfj3g2Sqhjio5bVWk/&#10;/Uny0KvNtPbHD7jwIo+cy17zxOH3T+eHwp3nUUOazOFZZrq1xXy+LI+nP/5kAEEa+gZ3/JM0pFCe&#10;S153JBjSpD0MJSH3w0YOpkbL+wNyIF17U5LSTwxx5eDDEJMB+D7AtK2o8O9uRLSsl48hoMTB82uI&#10;KOe2+wN8T3ZM+32t14Dyh/Kn5Qkpy14fCUS8tjWGZahaHBYSRH9U5/+pL5vt2FUcCs/7KfICzuJP&#10;IJ7nTM7gju9a9+2vtgQYXGXHqSSnuycJKmwMYkv6JLgq197VadYvEGMGIbYfFCEVztoPPmnfY6aU&#10;LJL3mymp6Zc6Ug8vm0JuRfdn88g+IWqIQ9tW3eSHqI7k1mwFe0+fQLAHUszGAkhkQSTEtr0kRSEa&#10;DOjnI/hdfkC7YfspELtLcWxezODjdNpYJbLn06ao6bv/IO5D1uuu62bzqlyN/aBab8Ou9awY+LLW&#10;IwTm79wpIiFaUwUvD6nrWC8UlbbZ2iJ4IL/ZAf2OBXPR24l2O5SRqsT5Dt0JhCl3ia5jrAzXxrR/&#10;R1wZYty/k6zKNjuhTMWx327OjsQP5xqvYDP4Q6oCQGKGTrC9/KtVeTIDOAVfuFjX6aNiDeIUQOG1&#10;0WiwX/V0LTED6uAL9I+Ke2hQUTarwo1vXV9hr9xpDShqmiIQUEgLG2e976JEKY8lVgpOWBjNAmqd&#10;169Kg/kLLCVZHlvK/DbaopAV5Fm3XKgBunUrHFrfcKRbQmsiMRlRSGV3c/uF1lSqtfKmk4ds/Pd/&#10;4M5mRMUYI/Y4WqWkYWWm1ygDBBmBSlYSx+IizcBpwMXNlJM6PU1WpGuG9/CfKKrYXNTOquhRk/Z/&#10;zTSQR10H9oUI2gvQgI7FI2301BmMfPHUGV7LpR0Z7vR+OKNttc3h0KODMWM4pNvmEeC3/cOxt4NP&#10;0EjUMQk/lO6U3TKvoCUopbulW90v3TbHwErdG9tHrgFEP4SUZ0LZAPrL9c4hBYZEPNiOQ1RLWj9t&#10;GJNabDtGgldHJKcKcVGvlW2fUHpScNeGDoEqoOltUthRcNk3oQH4JR1X278CqOLf7wed4ynhQS/J&#10;vrgyc4DGtQRRi8GofRiZo9EnIsrQUCQP2izVq2TBdhabJgfJZIg+0E2Vg8TWZop7Rxp3CQYRUhaC&#10;Hpp43KhkN6rQoKyOfDQHZK54F3nFqQ6pmBxIg7xSbM7lrI2p3YfWNqdto22iGTiF3ZF1lHDPZv+a&#10;EVuibWbqvZ+maEmWiFbSSi4L2YlLsLnqtetVo6hHU9a0SdqJBW1DxISERchBl+esHZiFTgj2oM/a&#10;x3ltUbmYo5xMPclkgFsEL9cyX7BjTaeMW4yM8GSRowGWjfEhtHxmiRIpmL5Iu0CNLnLRntO4TLqC&#10;hyqjto7/QBRJQxh11QSFc4hsNGVWPRZFtB2laKQC1W3staPF8mranoO2LDIVsedauI1VWs6PGRdK&#10;k95Tz7B8KCAfPkiqK2oRlHwp73Ja1GTuaYrZDmraZjlti562g6C2RVHbIqntoCkU1RC7qJAsiLqq&#10;kEEy7bLaFl1ti7Bgpbwrq2dckxbipIQzbaEwyA4fpIV7Kl1bm+WO5iOoa4gLV01dd9sir+2gLzzK&#10;Q2GbJZohsY4mjd0OIkMJMBsq26Cl2GTWja6zbpvQ4IuhJySQvEsNWXCfcSE/SO2IXUKCslZED0or&#10;hcr7WtWdlWqrlOp8yFll3SzjX7NSUgDK3Eupf2c3gYacOsVuRsMme2sYWBBEMkwv64saS277QDuU&#10;+gbNcPqGjrSYBUU+WdiFtgMbY9tM3XLt6ck9z6podKgc4qPoXF4ElWOwHK8tUbsfhJ9VVdPumE1O&#10;XZSDbp4SEpqzKRjYWx5T4NH+kke9Ggv2GcuUtoXTC2apv1Ei9ce5mmeuzj/F1WHh6jRjdT3H6nCJ&#10;1SwtbpItfxarB0j+CFeXmavLi1wdPs/VNaJEPfPGR1zN/22uzgtX5wNX54Wrw8zVn8JqZqmH/hWq&#10;pgNVx3OqvoJqegmqJRGEqrn+GVSHBarTGVTzKVSHM6j+LFNzhuzOkDq8gtRlRmpakdrPTF1npq4r&#10;U9eZqWlm6nzB1HSXqevM1Hll6jQz9Tn3SBrLfxyp+Q8idVmQOtxF6gr/Ov4jSD3k9M1Mnb6JqemS&#10;qeOZtlAUEDrPobqeQXWoK1XTbar+PqhOM1RPStsWqX0rVHNBluaPsLp+FavzBVbTjNW0YjV9G1bn&#10;l7FaypGrfIrV8ctYXW5htV3C57k6uyiBIIo84eq8cHU+cDW9ytXlU1ydDlxN51ztX+Jqf8XV2eEa&#10;6ilX8xlXlxewmr4Dq8uM1WXF6jJjdZyw+hZVZ4c7rHegOqxQXWeo7t7YDu7YFn88gerwPw7VCKeS&#10;Yjmjar6g6nyg6nRO1eEKq/OC1XQPq7NLEnflFlXHM6ouC1XTD1A1YhEHPaHq+ApV80zVEwe9TtVp&#10;pmq6S9V0QdU8UzWtVD3Q54qqNYmF4p9jdZ6wunPPI1Z36nnA6nyO1WXF6nCB1ekVrA5nWD1B9SPn&#10;zH7JUljC60xdZqYeDdp26NDwDNWFqYeatoOctkVP29KmbYc+TZk6LkydFqZOB6ZOn2DqsDD1ubKk&#10;JJRwi6l7y4atxbe7SM0rUvNXmJoWpo4zU8cDU8eFqeM5U8+8/TFVZyc3mtn/v1A1TVRNM1XToGqa&#10;qLqz85eoWqmU6ilVhy9TNd+iavYvUrWPIl+R5glVl4Wq6UDV6YKqyxVV80rV9DmqTnep2jJ8x2o+&#10;x+pwjdVV1nDPWFKxukxYHb8Vq9OLWM0zVvOK1TxjdZiw2t/jal9Efwibp2BdZ7BeuZpnrk4zV6fd&#10;H92euDpdcTWvYJ0XsM5fAOuXuVoCKlX0K8+5Oi9cTQtXp/tcvWI1L1hNC1anm1gt+2Yn6rjD1emM&#10;q+vC1fk5V6eFq/1nwVomREzxW8l64BA2kVeyfgms6WfBOr8E1hWZl5+DNU9g3eFnYR+gT5/4Lq6m&#10;C66OE1dPwLPwzpGr8ytc7bPkhMgnYB0+BushpUewnpq0bdbSDNT7v4Wr+YKr6cDVaeFqWriaDlyd&#10;P8HVQ1fXXI2SAE56ytVdWF/A6rxi9UrVdEnVdKDqvFB1mKk6HKh6MJRStb9L1eUjqvYCnL7Gj6ia&#10;d6p2dcHqbjauNrODdZ3BegKNPwjWHaZtB6+CNcAU2eMErGMH67qAdTyAdV3AmmawLrfA2urHc7C+&#10;4GqqWVQguvMpSmJKS1bhGjqZNMMi8u8+F5Gpk3hfzlCKf/KDvbDbslrlhUvq436ABtgPgThmbFMM&#10;l9z3ZuP0TroXjOXLyAv6JU0mDz/g6d2S1NUu1jbi724DEtPb86a3hoWpaOw2e3z8xJbno0GKj3rn&#10;6GAuaO379jONfz/VA79zkAisouYkhXQuvk4jPtLbGJcyxj60rkitRFb8Kh4o1BBMCathI6ZEt7mv&#10;BlLjMa5uX02qQQx9NUmwRkEBY2O4NiXpNaW2AkoUj3HmfbWk3U97RQ7p+2rpvTeBNsNIjvoKaQHq&#10;Yy0F3WB73cvVZHGr72SbWzYZc1nbIbwkBMzdbUW2mcZyLIlAl8sSIyygbA1GbmNNFUXc36aClstq&#10;zYpUIymZZmh7gjO3OTmlfJHlrL4bRVKqPthNV3UuSPRm7UTFcKJC0Z0r9qDNada1t+i9StMxDMpp&#10;X5Hk0qKuKAU+yYO6otcLsH52zKUQ+yLJQMwMwXWmfcVoorK3UDrHinL2Oq2IEjIOKnUzlt1wblrR&#10;607aW8CesaIB4VhRakIeewT4191oSbybXsT1F8xs3ZK3L7BJA01F64hQoO3Famm/Jp2r3iwgQLMk&#10;akJ/1uxoXtLte21E2gaaZRtydZptXaK2q3LIYqDo2rrdprZ7tRtaiZZcHA2rONvYp2EOO/2xOuoi&#10;hEVDkqAe0+Swk/WuBj2FtCw4Tt1Snefdxnnxz14chhu4aitUjZaYe/vpzSHYr8ZhZt2o4qdRQ6tt&#10;3Rqu2+2ktUxuMefhSuTbMFnIFuNdmaxjUtJg4H5dw7C7bKZdtNOTmQQA3l0ckkuysjhp34o6jc3l&#10;sBCJJIE1hZMkQvQYLiDK/VIrUtAMw9kAqUlEi8Vu1labvIJ10dSVnVEoeMmuPGq8y+Pm5uTQ6ERW&#10;v5J2RCqKqDUOZFez9YPi3KjdDoyCBK0YKTmbDOwUJfQ10V7Vj6XMfUGkxGDNrB0mqa+DXXrw3Tvr&#10;+RRb7dW/jkf9fegUhgulGpYoOe6pB+OVB+ncg6CtWy7kCxfWMxemeuHDMvmwrC5M911YVg/SUw9K&#10;mZPsVJFj84IRaJ6cpm9BMfSt4sr0ZsGG+pbNI17zsxQ/C3DZVcBfF/pYcZioWXKEihWLrPLPv6yX&#10;S3IeNwyE9zmFL6AU3yDP40Wy0NpVvn3Q3eDMUJZUsisrCf+8SBD40M3MN1J8bPug4AeAkVLd1/yP&#10;2fUY917jjTi3tD/G51a1fQ3AwjurWJYnzhTCkpxLlA5DvrTSQSa5mp6G7NdQdrsmQQ4L1KndSp6P&#10;SCd6x33KEhkxYUP6RbYO0Xf5MyMy8ryeuQK98AqL5JtkY/Jj/sTtPNiCtSf7A7bY/8yWcjZGeTTG&#10;zB+zpTz7Yn2xL+rv9IV9SpbhQ6rNd/NnJ1nme/mjsPMGyS00OYJKjdmZWegPjpmuucjRsgafymyo&#10;rqdyF1rSFXmKNWiZ9aWTwjqY6CtNrx8SuL2TpvlHacoJOsa7/AsE/qMRVs8ysy/y91lkT/jOrw6w&#10;3yyye3x9ZXpN6O31bUEkpfyOh+vbjGyLFh4uyCAPVicB6eeApGgX1eGtgCaju+iKa65GSyUEJU2X&#10;KiJMhkozGyVuHzk+7IFGAAIJ0f64lmahfdxmxM+c4L8vNfqPXDBSKNoqMamAS4Rfua7lDh9HJQgH&#10;EbOH9zEaVqRbbS/Czedq9wKzj699yfNfcN/Ioawf78Now0ZGdB8TXkLo13ovUNV8XYNrdLJWVnbj&#10;G0K+VuapE62VA8+L9YHqg9Mu2P0BTL3U/Z9+KhjT0BmVkn0JF8kX2v0PElSN48lDrg3hK0Ljd5ff&#10;8+Jud9E0ZQY24n9/zE1tsX3J/GtzP2R0Ptf7jXbmen/GnFrXYrKfQ83XQrOfbGlqDP+/D07VUXil&#10;adjZUMSzbNXi3prwFb7aH4RKwMG95MaxiTFfeKcbM1ycFPu+W1rERt80Yqbvlw4alpihiJTSxJbx&#10;sFGp137d/dxJ9/YcqoSiL7W2dRdu774f/jDQLx4muZrEhXnL4HYvTGUxw63Rn9XY4py8vbXY8Zo7&#10;9NuHrKXiV8Sj2iPGaHnEsBt5h35Abe0voRnvZXiict2LZJfE+l0clXtz/miqe+ua65EWD0q/k6ap&#10;HClFEMkWbfZBwKG2OCT/BNUijg9NWe6Thfxq+9jRPi3qYaufOFbJ0igkVFeOGvtEEqHVenJuoNXM&#10;npIIi+f3DCuq2p1nCfq0yP1173EmHSvA+K1MohUe2cidndb2kzw/jfzJvoMKBCgWgmklAjZXsbav&#10;GVsqnlJwvzE743O/vseGYRsWrqm6kBcvWt/1tpb4NNm37W/J15ZUcCsGs5/nj79UkD0SgKtIuFmU&#10;shEO2XYDVqjqxKndiRiIFgZwskjY7pFOLtepFhnzIiwaSnIYK9DN+wf/83r84LJcP8zIyVCH2pIi&#10;N719idx97Y/LPHTtYg51QmkMUZPomNICQCbhMfBNUE76ovDQlpmimFdNyqQTtXnWOxhlhXxBu9XC&#10;Ls6ZrsdKLMdFRRv3WiHrcmwEvbm36Lep/pEASpEImaA7LF1hnZFd768eaYdZs+tIchBiodYX0QmH&#10;pWXLt9F0cKjNmeU29nj5eJA1hyU8WcIZez08B1nitIJn4dLZukENyY8ebU1H6wtUO8Yk1cDletuM&#10;GxkUWbXJPWeV9qBWUj3hTVq/7uSRARRV3S77s+KVTY0/m/T15LgtEuJDXd+oB3H4KoYCAg9WOGwn&#10;umvKaiZKmO8cljzZPa4qldN+1otw8XPggyq2as5LZTpESpPX6AqnfGhrMbC07Zx1NWuDlmPY5bO7&#10;ltFeDjXf4miuIybj6N8kcuLFHNVNQ7U23joVtb5YZSVu7VQHOWvFKDN8dEUU5bv2zb3uH16PH7pG&#10;cu9lM/0I5/W8gLDK83rO/fm5XMe1Nh1qbJmM8qPWPE+SMTPNwFpPmo0iIPWXt+4UXpPmb0kjcHH9&#10;wK1A3n4Qk11StYibfq6ETZbTaKqDudVmH1pp1oRTHU8kWsN2hgFQMoa8QaCyPYJy3Jfr41IaEaCl&#10;/5Wu66zz6Vnzxl2U9LAvFYW9JuGVUVWTJYFGVHH5rFITaMKtIi+KW1GWZb/1+68uaE4cptOxe/6n&#10;7/cxl6demlwZNTg4dtn4NkVVBY40h63tEKXbip5iNCtNB+4zP2AwtTl69ZC6Vu/T/9//4pcUaAVZ&#10;5uuhLfwE/3mzh1IdPdjDAKqeezCuLbn0aSweHjM+mpXQya/6enJkH2vEHO37OXQg1Y3fpgvxu555&#10;vm+/Tp9SpDXokc+cCLmde9ewufgNOtVtuvy9hSPDIFDqyBEIdT3tGP1ROGj4mPeWlRKuoJHj2BsL&#10;A7BTViCg9NKIBNt6X/WDrH0/eu/lcRTL54/5E9jHmO7D7o1AIaHa2ZxGdGdiKgsng8ZXUghzED9A&#10;iPmCqyMPxqr1EDz0uqtcGF7MzTLc7s2ALSCP2B9qgxenODwl/P0HNEtRJwIXEEUFTThhe4eQh+to&#10;I1cvRN4SsR3Yme+u7LfLQw0MNz8J7BTqIik0tvldwOUUx3059FLS6bsrPH1oUQUX0VJ5qzyqFsLX&#10;uDNfWpfl5J1edq6ymbXBJFvTPjRFM9wCN85R62oWdskjZJ4sXggtyO9JV/1ZnaEdDWFLIn/JzNrK&#10;+3ab+lqS8Mxopx7SuWmWDSpoSWuYr+lvG1Lo33w3vUgf4rTMFxKiIlemYHoO3QFUVoI5mb3g0ScX&#10;4zz7vyTZK329n+SeOBVykURl9bXELhvCaNPQdyrz/Btp4QLTWJpCJWyXchomoGhgNjk9Xy/S1AhF&#10;hDNKq5ZIwyw6wcIDTIlfnll2RF5mavA3qk2PbTJNtAo4FtlIdICXo0XSqswtBqxnkEfsnJZEzY+k&#10;PdPlNbCgXz9MV9XYlOlFSwzWW1dxlhn5gln0szVuyksEPe9Dp0lwoEc7lbla2Yy926jajNrXQ41p&#10;h1NTVYa98YlShwqg8Lpl1sPg4Rgd1Qvm2nU7xub9ulx5eFKQwx9jRlMchxs2k6bEMS25zuXTn6XM&#10;yvdTkTuETuFhyTB50pj/Xujo5rMu31SloZTWO8AELwt5+cQlaZlvWp6wJCvnZiVR2W5UkpR5k/IE&#10;JThZ5g1KcrJvTp6YJCXHTUlcnWtD8mAkXrvWDUkysl2MBCLLVxA5khdsze9U4wFI9wr6Ggj5BpAH&#10;H088ko43HMnGHmw80UgyzpuMBGPeYDy5SCzajcWTioRi21B8y8QDiU8iFimTDUSJ7eDhywHEFxCx&#10;fULEkSDNqf1+TSp3KSAWGsMAInhYbh46DuvaPAQO56YhYThvGB4sJArXRiFJWG4SEoQrQEgOls1B&#10;YHDdGPTqbBuCYODcDAQCy43Ag4AvBwJBx/kBAqfzpfQP8nMR8AAg+Ndv/gF/tvF30u8N/Mi+stl3&#10;og/k6zf4yL2+uXdij9QbN/VO6IF5bSPvLfFO4B286xrNG3egXcAOrGubdS+/wM4P4+SdeeoKCt4x&#10;MbHuR04bhD+JlZB4D0DGn3BQMBO+EbiBksiNgum1VpfBHDpkNIED0Si+zHbg9aV8YVpT1a7BUglR&#10;M4091AMXKin6Jd9/g6YzehwPklSQF85PDjfNvIoGmdgZk+tH/gOubMZQRnEbuxHfdAb4s578xqsx&#10;NTunSvIl/KB7bVStmTQZY8RWfmLxfcjC+gpfMXoqmFe5bmCQpf0fAAAA//8AAAD//3xXS44cOQ7d&#10;1ynyApkQ9aN0jDlDATO9qF7MxoBvP++jiCy3uwcGysGURFHk4yO5ynj8+HiW1y7z8YxXG/GAlLvz&#10;vz0X/1tV/82Wj0/urUtyxngU/Pvx8e+Pf3389xGS4jHmeM0R8Yiar5q1PT7//ODSnx+4oGxugo7K&#10;+8rej5/4ue9KlX0n1lqD4leuqZ9icfuYvLu+MjvEPsfj2aAE+2qHrQP/WWFUbpyv3vSgzP14rlfh&#10;S+or8ARIydtwvA/uDdxV8MN8RQ4ux4TGfEUkbIM8YTNWZzaujtV4357yHGSYxvsnzyRUPvsL+nEy&#10;salRjNapYJfFa1vfPDleoyeNanVzU8ZlE46212BA6mvgPV+UFzzF92XVQ7ZCMOBcqArERnHjPXBW&#10;tUBDEcSqWI4ejl4uh+0KXHn855fg7dfc0R4R/dUH3HYHj9fKxxPLsqnDbYQDJVy7EXKo3xD/sOrX&#10;/k15G8AWlQ98fVOOkzVlPSL8pVDjGQVXVqsvcBPxs97q/6K8MICEHUKGU98Nl4+Bm7aPMsYSD5Dt&#10;hhd+3Wv9H9uhnjCl+lr3+MX2teT5wPVfSqeuME1A6AuqVtPTCNt/MD4J5JLyTGkj39pxbRDnfDm+&#10;S8PfmXS8vL838gubCg/jJ+VRUdKUrQwqnUJsbYtCLw5p1Of2J3RVYPhkeEH2QsQjKSAd4cHU95z4&#10;7rP6zs1tuRknArPhlnP/gHBDriA5IC6ry4SQIX2hlTWue/HRnaUQFr47koX7RoWQdXhfIK8gpi6r&#10;QWEXC1gZeHI7VAVVA3GTIyqijUQdzcKA0OYxscEQiE6jDrRAKE4cqajLXAEH8lzwLcwEahQbVbyy&#10;Q5jbRFUqDZnMQQg805EZ/O46s9rZV7osDK2FzJ1nY+jNzRfvSnHFQfDufLU4KQQ3ZFSRUTsoVDCE&#10;zq1Jf++hNQAc3wbrxs1Nz9O+hEUNRNKsfxVGpi8BdxXGs8U2pVIIEy3ERgxML3UJJCcIuBi4GWff&#10;ACEg3t/sgk4/bDFxAqsl5EfwDNlZj5mNeN11+twAwPHXNk9YRbebhxoJJ+bZOEdTBljjYHKs4Y38&#10;5rIVJstL07aBmOC77YvXCK5yPDKbACvAUOrGhlUW7Z3ncUMA23bQSKFot+ErTGvRj9awvJa1SmrT&#10;eBqmqYO1eRxZvNVROztTGKlxtmaXPNchoAUWJYaUPb3J5jUWOJ+JJX0D8SFl2nSUyyJwq+YeTjGB&#10;kKiLcoreQSBITJ+HJVHD/krxPXFRxHit3r8RGa3a22XK1cvlquQpUOZI44WX66Fl0UqmJ8/Dd3zB&#10;Hm4X2EyoIPMvay5LIh9S41S4mwxZVmSDCW9b4RiqMTZrTL0+ch+WCeKGqX6xLwqi71eHshARniIk&#10;1xi+XqTaV3/8crPcbnRUJIydsQ44hZYRqvetp13zUAXsxxep9oVsRe+1E1qZIq9N+WAWqUL9ti3d&#10;/hX8v93uhm+lKHofr+DRTHeDIckMZEEJyv1cNmWL2vsVD/LJwLU/DDpSyAg3j/p2C3LfRVSx6DbA&#10;SbWtJQvPdDEYLDRdKKXdo5MUwm9aqv4uIWzXQhXPJD+4ZDCTESbYkK7JTYopnSC5L6VjDr/iapow&#10;tpxLrLICncL97UmQ19ZDxEIgST1+djV35cQo1JKmIFndYPa5DlwnxSgM3/tymtL2EuvaG0wu+nOd&#10;+gcVp7Gb8wi6q4/xXhu9StgmJG28uK4srpUcVx/PjlKnVqNzWK9d/xbZeQzi2gWfu2l8a1JBDHVV&#10;jNaVELfhn3/bjKEXbo1tJJ1XvnV6tK4frvmCNA2zOdvDvbHaJ6IU3pxiKvbPt8BW616rssBtMzxc&#10;wGI/P1AWVQmJjO07+OYIJTo1tFviC2PkLdNnIiL6vClEUUSlux1q7aEI9mFuPUVxGS9HVJ46DxbK&#10;GdSYbfb3xvt37lwMWMhpc313mnojQZBab92zLo1P4drEUaiqsh6H/vyg9810m4m2xRMEuZbEJ5S+&#10;Poh5d0mxJJILyPpdEpsRI4P98jbR1COafUpNSWapS4qjVXrYrgphpy8eqTvKltQ9V9Yj1ox78Y/f&#10;Zszk40EDQSJgC3D3y1fP6o95KXm6nqkJnip2k6aM0N+hHllNw6iufqzQnj/wt1WPVKbyMAP03h92&#10;2JldbbRy0lzXXAiYQ8UoJJmTpIiyoj3TnWurdKLG1qI6LgpLMeNWc89CcvAJELumU/hEfFrcIupG&#10;O1nk5Bdl5tS+bYOmG/f7UQi3Safp8VXMLjCwLFQ35Jw6mHmtXjo8Ap7pknwniPYkqTCZjZKaNoMV&#10;tYmB+FKGmbuIa/YY3DTrdSnvmW7bo4tppkuq6hSFotP60k1N1QFmNTLZHryPHKbXVEmaarLwRKrj&#10;ZNNQ1GZxl8o9E5iToMcOJU3d/YoJt9Up10yVp9rrlYhVM8XTAf38OCEy6qBRpEfAc36iNfISbJA9&#10;azvrgGVah5CwK54n1cEvNZ1xU6qNMpoXqoZPsxhbRgvVJoxUf7vYGS8BzEWAfSN7Zb9763s7l7em&#10;yqDNzuTeubd7sgyVO4hlvLHczqBZdUgNW1F0gVkNh0R1qPenAbRZP5TufGQwZE05qfhuMH9lRyYo&#10;Jlh0W/1bxpNv0cc9U+VO00UhlSd+Pv3HoFT7IemkPIG5m2+e7crO8BA15tUEMmEwyE2tsiODpt6t&#10;SA1XAtBpOtA1w94QE6SCePqDyUv7zSrPprRxGFFQ2Lx8XuXILVZR9s6rLJLMoDI1HxR9urc7v9+a&#10;8b3TJEYPTBGISwI0r0pQELJnZONGNqPzNEo4v4Zr42hSt0TUTC0Km0BKPXYLQ0Yz79kEK4P+bCes&#10;le/mwHKAw95/qgKwNZU7txL+juIOQ7FdQri7ocBRMN8Xn6FtYtQgoLKrP+MwFGrF7gfCvYtxXKn0&#10;dtzW5DiBpGvNb2ZHNP1dld05386saidw11TPGkJNBg8VT66pyaG6MxwAuciuXjHjVSrOqZytGmcI&#10;kc5WbMsV7Fw+T2kmWoJLHGaJlpkXUV/+bAbP4Mh4vvP0494Psb27J2QEspOln2YV13kzGAOCMrLi&#10;ymQIXjj+ax6SIlUt3HBwkOOKB5jufTqVKirF/fpOjUjh8hWmUTKdxgQ5c0hf6oXVJWvMebyuq0zF&#10;Ma4ehaOBsyJN32WctpnI2jvNvcTjdlG9uOuQu5UcM/gSrJhXe5q8tinBcJqunCyqwGO062ECodmQ&#10;JA4UmHSyE6y5zzx3SkJ1E2dC9im2RmbE78TtASuaxh67wEL0dgncSMq7lZRhX81xJZf7km8bU+Wk&#10;Rn0bLPpmG9W0MXwbH+pCIN5T7bDjehvOeYOltVO/VOvJE9uQivamBkn4Lnd5glJDJc6+6X1WMe2O&#10;pjJ+GoF+OG26zUh1wunizPsZj3y/hHPifL+kOxJ+ST+BPi85IkHwpaFUHjBVX62225Srp3fhaoY0&#10;PVY01jw5iMpk+sZh1EYtdXUYp8IUWRzGAGYlc79FjaL1KvnjtCU31k+NcG6yBmpMeVcRjpLV7Mc6&#10;pmY6zBoqx2dtl9+qz++T3GwcdYD5ltwz/kd1tSTZkcLA/ZzCF/BEARKfO3k9EX37yQ9U4U33S1CB&#10;ACmVuoS2Pn11cnNzq+LfpSiafWUn8Ibm88wvNOk+wNhnV8JYMPh3WrxLP83wYlKuz9o5sDXczz87&#10;qcxgatNY3S+i4mdsaaRxSSVZd4WnhN3cyXhPqVq9XoxUj8uw4+VVGs6ut5wghaBm4d0hPsNqimh+&#10;My25gvQHr5EqVT3IbxeJsFAB3YO0Aj6oi638OWUmSQw0GJgsAVgpRAGCs7fzGY3W/hAg5F5RuBDi&#10;dQC77iawzNyzAOQrzwGsNrZX+m7J8GEwJ+wb/eduiXfSySoTCDAl0kkkqd4Bvx8X+s5LYx8Duw7X&#10;qd8Z7gC5WJlClY5ypKkXkR01Cm5iqYI9lRfHyrMrWFNfCkNAZBjgVHV7uspgqMY+hTvXp3jFOtf2&#10;EKsnH2xYBbRKEGKhrRIDZGTJqHtbIRmA37gENQtE2DIdXyi5OCUObuXQfllnyGwhAhJhhQNPJAGn&#10;cAD8RkIRiCA4BZLy9RCgAqL4k1NhWDgzxWmAFffqkwIEqvbwQ05cYedMTBsGp3qRHXtafEq7hcvC&#10;71y6l6Wrw7ecYJeLn4+sCmob1xw2KyjNS3ofoMKzBZ0xCMZDYJlFCC/wN2U4loD3nYgf/FUVJkTG&#10;LTyIDBfusbAWkKYevTj+VYtnDgzNsyMhJFuVR1FOWKdmYxzzCM3nY/NEiF/m4DQt5hgqj+RYYYPY&#10;NT8RnqUoxH+XoksmnOYB8lKeAUKyIqFInmW9EFptaIASljxnc3ZghLwhQrZC7H7ymC9tx2cnXF3z&#10;hURRqnombuaTgmHsa8gXsAq+oodU2YWNbznQ5quObx55U/Q1FQvR0EFSGoQD/rh4lvzCnYY/rWHo&#10;d8dA80HYzxJG9dIMVMD0JfRtPFLGXdIjVNd4k8w6wNbKmaU5COuRZ536nnC27xShNoyutNzmKzQw&#10;Gq84kbjabA7DHvO+FAyMds5NOPZyulJAX9k5aErI7oOy2exKOXo3+ERdZYa7zyY4iq9Rgk0D0+sr&#10;lpnZ+rqNdsNqxixDvPc+A6hmP5LudViPUhUe89XnFz5TcvuNNtLMYKQvEzwG2nS0qapNNZRvtC3p&#10;8sucrKBMWZI3IIKmxGLVEFyCc8U2T8b6Zz6cxYtHrVsZIPuGK+cjVudA3/Ndm7F3EpxabJS1zRtT&#10;A9uxtakWkFz94dfWH0z2qajgANOW8nFonpWDsNq8DDmTc1uHF7cvfM35UkR1yae1VJMGvHlSBFY1&#10;LSScadSKJqPVbZ1r7s2IVvW3OqelyOY6WiPVmDvmK0Fv1UhugK3q0qrDGQMsq5xnOAJOf8xSWuNf&#10;G5duT0KfcYAtJqFPXVoa2hXSss1zrG9vJJo94dL5r2OhVuUJsWOt6oKTbSIRFW514RSRz23N+OZ8&#10;k0bBwLRF6HPUb4cSUxooiy64mAc5YMYvlLaEQ+d4pj/urie7NmJgFfnWqLEr6rwDM5thLs+mj4Iy&#10;6tWP+a4XVe8H6GDg0Wy+/Ly+c9fdU40A0zdxVp+uJ48IVHDfqq27k6TOY92dJG2v1u0q+wOiOa7S&#10;hoFVda1MxN+VGaqg3iino3hHw0L5KF8kLjMlYDGa9aqyGBjturV1UoTiknDu/HPQNz6WfJsJVxt1&#10;t05N3Q3Uy0E23rnsyfmMN7ObE/6jmUYzuT3h2e/GVtepy3YVsMyXRmi+Czod0XTfma2Pq5rH/TGt&#10;K+XSJimiNl/W+NF0c6TR/z8aiPQAgwMwox0aIuz7BUrZy3c//lg2H9u3aW+GQ2f1uM1RHvgmgMti&#10;QUW3kSlcJ714011TQzxcDXV1ua6y8jQqf5eaR1nBAdcWlSLAOT8B0FJdwa5bNIcWdl1leyjY4i+Y&#10;V9nUavalhKYrhDEESaW2BgTNUt24iQJOdn0YSFuLd8CylLOE8IHQ3M4BXpvvnlCgL/1mLlYxAE1R&#10;rdMDujJI7qKVEzH1o3kKcw14mhUQSPfdLTz9qHu11c5qfzQwHg2kejkW+yqId/wP8yQLDYRiGVQz&#10;49WagA704ZaTeFfE4u3XE2+KcfHRTpmxN8OU2878ltFKI7DgvHmKy3lelQKb1Uexycon155+WMzO&#10;bI716kMt2+YxHcylpZVtreg5i0N51K8OAbLgXIuDJLPf8y3i/nqTRTvW8XEoYZaPBQlXvzgTA2OX&#10;La+9rGq81fITfq4s9XjXfPW12ZV1ylo71m1droBTu8uxLhGk6XPuqtjYEglT6QLt0q8XChSolgfC&#10;GgMl7um6awE/JnRp311SsD61ty4FGdbPz/wlnFfFDQqh+noaz+Hrs9eyHjqukFW/YAoqxu8gwe7n&#10;doUNSn6ulPOcdgWs4GMfX0BJfl/7QrV1b7Xq7QlIYW+maZJC+Tx5ldhxBRTjpLIr9TynXQF/93a7&#10;wtwenytg4PuF0FH18rczy4rJ8+ih3GraGWi5ErczGIj1OdOOqrEz0HJOueMMuqj1+dLwYnHvNZ+4&#10;fWmgh3nPr5WfL2iynGHHFwys8vkS74vKl08Zbl8COVc+Z+J9Mm0WKq+XM8Hyek2vHV3bl62Qji8o&#10;LvWKF9aaOGlDWHzwMuc2b5stmPCRr4JixgKOdZMLBubq9/yaH7lEP2+2BTcHPmIDKpf4A6zPX+HY&#10;wYcW+61qvltAZPHi00yV7lowsOKaB8MbUc0BlUthEbb+MjKhj8E+AKimAjVM5xgIOyo9BrjbHV0h&#10;6fiFtjZteRr07HTvVAqAJU6DQuN5NBT7HcK6z0CdCNh2WSrbOqxCqZoJu+W0VCfgchwR0hwE3K55&#10;0G/9ah6hQ2H3cRhwQnbqNSLTUo8l2KIeOWbrHF/jBjh9MHWs6UZoQ5inA/Sab58OTT9xsQ61deSr&#10;RAV9x5KS6ScuFrw2p4hEsX9kzoZ0vVouKUvngTSH8GrlnlcnQKb119KtgGVs80FatJwTtLIoFHOA&#10;M6THStOtJ3jy0XLUhIRR5BsziVAV09Dmc/01v7x7BjcD7YXNfTHAVpJZq6ZLeVUqUVoomlmSLKeB&#10;wTBPdqz5KsWEak05OqwsOGBXxp4Pu9KZroDZZd638Wq6lcl0Szap2mqSCQCH77Q79TkQ8S2W5xp4&#10;9YSzxLc2mGF+S6PnXN/KSPPZ7pWR6LZm+yY4rdzZoQIWH5IXZvPYnhVND5/CfiBbfdvpp5+up7jR&#10;1TXdt47H0/5ovu9IQqz80cBwNNTqD2aUG67Xmssjxxw6k4/JrtFR/AzBsRsYdzQcGF/HAzitKpmR&#10;gps6nHH9OSVSHNfZuq6X2Tu5UCnH2mXzcOV4GFmd67RfWHRuhDegR2sbU4OyjYWnvahBAUMMI6pD&#10;cE/XhQMLkYK65QqugdxIhKfCHT1lW7K14yXbFsekHk0B8gbZs2/TBXWB5+o2XaBPKuHgsxBXLvS4&#10;dezQIshBMDXmiRKVY+hpiTruDVHjNoYYEcoo655FnAA1f4kMQOFxz9iZnAncSQRAFTeKKkYmB2L7&#10;irge25S1DJBxQARljBxoSyjwwik/bDsKPw3tSe2xgB5SX4e0QKpDE7joEUNUhOJSCGcKdzFEWB9Z&#10;7HoKzP4EST48y6fAWC1CAo85DHA8XIh9KNGqXKjIoRRtWuPQNsU+wIoFHAqbwGkc90ezHakDjMjh&#10;U7CvG9yWXSAQhRdWDt4gHgGu0lYLI3WR2IBkaSJcLFBNodqI5tqmTAL48D/XZZLEzK3D4KvkAk5p&#10;Hs6TrdevKrd/+ECp239WLlgSW+IAgoMbKvBrPFuVQoOts5hwhbsKQZJvZa+uxDcZyUC7glo8TVOE&#10;ckHRot1OJb0eoVySM0BdByWZq707VbbUX0RiItNV6oqHtzIfqsAiaGBVSkwRRplVytNmldiIoHH2&#10;EomPijn1WBbFf5K5+F5QcLdybkwb/ujDuXid5vOhdUVlPH9k3ejrP2AP+kv4aijZBKE1IIqVAaUc&#10;N0/V3yfq1iGBcuk3zcGcLbbPSOQR/JB+go8qZ8fNFd6cTqB6kDC9v53M8m1wVPF5VUGzM9oozstF&#10;+TPcNcOpdPA0FjmMKJWnSiySMAphi4zOTI+ihXnLCPWiGEQlbwev7ijWBWvrVuOUJzay+52LFX1n&#10;LQXyIPHUkccM1EkYglIZB2dwgC4PDV+CaNyPPPwGVmCSO/LlFjRUgMTW/LDQttvSue5/IVIS2n+2&#10;jx8fPuuDn1Gs4D8orXLo0GIhn+IXLJE/5WxPTp96alZ/NCdQn7HcHW8C89hSzYx5di/IspyeBNyG&#10;I7614LGYG49xWllMjr568mn/e1dj1DvbyWLFpJ7LNFBfPw9tP7zvyyn2c56msT1SHXIS9MCly5X3&#10;a2Le8cfXxJX3rTa/27kbtiSSnnA7Ch1dB3J1I4oii5J7iHxe7u6Kmb/bT8heFJvH4WMZMzeoOHpk&#10;C3IfMo3kySYoJebtNjz79sZqOlCdnyaWtesjGtj7bC68R3PJtT283ueBlLcoddx7F4xvV9djboca&#10;YhVQDy/jBP9R9nHgCnRyYbYLw939/QOYyXrRmx2VIwoSKI8G6baNQP6eP3yVR5dgZrmvAls2HI8y&#10;sVhYocqBw25oBvQnTW613r3h0X3EkY9Gh3qOTj37KpkWAUE12VqKcK34Uq/enmJcuBcX19b2CCrB&#10;eq1HIlGFP5fpj+IilyVDWhxulCk0vM7u4qlDh8KLBYGiJJ4lvgVAXJybJK/2fsRcdbkc09Rc85bY&#10;7CqK6rqKkWI8184aTARzufGiYX3I7f1ehBLbj8KEB3b5tV48+PxAJ9S1zhT0h/X8RLtEz+yMBEAG&#10;t5fTnvNBBAx+7jqrnNPDBNpuqpRpBq0znlajh5VxfBgNO99k4TQwPw+TqRue9tfLxJEoapY9Pjum&#10;u1AEinolV9rZuuTX7JHLaKNM9okTpSHf1EuqSYlbVKlBVEpLBPIyqOycp5mFe5lXY2ffyKrUov6m&#10;XAq53PKc1md0KqOFjiqnx6yKRCzr2mWQEW+rV3wfJkUxt6veKzqwr1PpHalXcrxmLdDc87y8b7Rz&#10;2teDS6jfSHXW9sl2uXIj3y2A5ecOiO6gdrhR/Xc0qoURwVnDXKWLTs8qjF27ezBJ9Q5pzCWQgSe6&#10;7hmmx3xXpaOecYfpL7PqviOU1LfEUBTqmSNFZ0G8wr2Mg0EkldnNMysD1p7rzLfDoxmiBSTJsD1C&#10;APJqdwSMvTQD/iCNfiCZ8gNjWmUKAmbiL9RjGoWZPl1aTX5gtTtd9UfdPm3uF0REPlB9M3saLdO8&#10;pj/wMetUTxdRbK8z7gDbsrFSws3Vs4weZj5DKXhYzYHKc5S9yvjNeDpgMaERniXFO0Qk0Jcj3ZUF&#10;sbV7cBQeCf95ABAqfd4QNUUaUKI8G9HA7zVmTmEEoqIKxzRFeZMXSxMNqGcQqcNZZYiiuyxJvsa5&#10;Mr/iiqZm7CSiqQtAAl7h4PSNlomQgwrRxtDwZ2IyXdEpG3phs1bt8TYsDISXy65F0+BqyJwQ48xO&#10;2yhSt9v7grmxCAPE0ZJ832rYTDjeDaDhraDmxrwZhpyBLaY7XcIHY0i7VyDoHIR8BcqefxxEEr1X&#10;CCKiY8drglSuqdCQ15YIpY8fW8V08doqrubXlkhmzMeWEij1x1Y02NdWdgG8toRH/rEVw861pfwa&#10;5bHFMPDrnAQ1vaaA6zVVlf2rXlNCszymhHp9LQmWsV5T4Dn+MJVafkwpkHM/pvTv+vG8cC0/ngf7&#10;xaO1g3O8kH6PrvSH3c6nOZ5oY0jIbiVZv8bZAfdBydfwo280rEjuQaG+38wVLnOeG4Ag0lMDtZ/b&#10;gzgrHrKP70eVuq4uSPlgO52KAuU1flE/AFPSRXH/xIfEaOumuUBtF8XWav+6EQgVV2lDMIEcq7u3&#10;nnoPlzEmBnEEqO4Rc5yt2Th1thbTPIyTjWa+ZMXeooJmNafh1SHHbgv2f73aB6slvFLMDXdz9pN3&#10;qPeK5GRr7ZEPyugJh6LkKtplH7sgt6YzkBWl6HiuUKBgLhhDnP6V/7bHIvauv03EbP0a2tUxEJKB&#10;5UHTM9ZDpiU684ohUSgIB/Ysokcn1bRLCjMTaJm2CmllCqG/CWWT2PBHSKr9nuyWN+/RkNCOUsCT&#10;rj6rlDNFDIJfmiet+AqmQlDD6NtnlUc2vXo9OB4w6W2luotplfmsoKF4eYj9EpIqPPENnPdZB/kW&#10;F6T+04GKssWUSJcCtUKPTL6/6DAyp5+tNKftKfNrnCJUPTa7L3sEBYSmGfGV7CFV2YEuL2jhfNID&#10;lJpb7Vhnb+pYqjM+k04Xf/HMVkQQREF+Y8vzhFBmaz+mLoyTmcZtrNYOqg073Rqf6uGrY7jBZuJE&#10;6jPmCtQG4MOgZD/MqFvwwOxK5sE8rSK0zngolG1oTSxpfNu4dA9LQWHaurDXcllX2mT14RW6qMZW&#10;Ui1kWHLC6A8GTHaQ8IKpzkeXZXrxlXQcbx5hj04D5vVY++QaU4VgTKf6o/f2WlNLPiqtGZXQfCG0&#10;Mj15P6vqwCMEoMepYke8Ek5/dAdwNcIgkTZBI1WjYWIbIa4yst5hWNY5wo4Z7RIAncJd2yindsgq&#10;jibnckbC6fPbJ3MtRssaDsTeB5ORoKCkmX9R63dv1DFNJ5ON5ZJ2TkcUlJ7P3urCLMtsBpaYmbYI&#10;ymq3E5n9Qcf/hU53wSh59LJpt36BqzKWkFefbXE3YsKSK+TFYS71uSIm6rKf4xxsHoOPQNbdtFXf&#10;/B9rdLge5BRrqDldJcSqmlx3dEM4xqT1BfYB3Hyed1emLgoj+lo3afgcwqF5EmNNTUlJpToSyNNz&#10;Xnhf9eO1HFpWtK7oVjdHQPaIyKg0LcdiPvzHG6vPiXhYU5xLPHUqa+Y7wEo7D+BSbgvUxti7s83D&#10;sdUc743kdbG8AijpBHqcsvWoRaGFvelvDd2NJutbzA5oMVZEh5LqFD/w6oKN3A2KWpD0ZdQEc52q&#10;Tacra1WFk80Mx6lizDxjI7OXnuw4bQlsUtcRRAYzvp4EqhpEKcERiVAzW3FVwM7icAZBrMmpRAnG&#10;3zZhnkzW32SdwvoJFfuvV/XGD3PTSVHmBW7mVJv86Nb8CYkaBbVuT4BAvBxkLbQoPdQrdeTsijog&#10;ZnLa8lVNqeKP7r1wtdAu5djt3otX/BUkV2QHXwGUqOEoIeE2fIWxES1ybTNaKHTX3rtX3TiKyNdt&#10;lhrXRc15GXtxkkogleeCGqH2e1K1Gf1fmMeoHp8gCHRpK3u3TC/WEy+06odmceuai2t78/3PZubQ&#10;H7TP/Q/ey2H0DKuklbv9oVSiYHIUt52n5V3jQzxEtdVtmQZDuRa7NCXXcok2iKRwoffiv9f23hmo&#10;LaOjfV68DqdYEWt3v3iYXXZ12fe5w0e+TIp8rMk+H6ZKu2TwTKY/Pp/sz5VdUHC16zEHaYV6m9EL&#10;42vGaRnX6DbDUykPJo3Pqm5TR3gsqv+SUR/lMo9tQTP8xO6SHLBJmKebLeGbM87+n+pquZHlhoH3&#10;iWITsKE/pTAcwwL2xXvwZYDJ3vWRunth4Hm4UksUP1XFYEc4+xtDZMlYcTKtrXO6EvJ2mRgEMugK&#10;VBSdkwyd4WKMA1rb7k5xsCy6qInHsk0A5GMjpq6FXdrGZEauCZNkz6WmqCGPt1Wifd17c+0bBDUT&#10;QMbpQcvNNqZSkZq6tKcdicWWAcS7SgmfsNJUTlNVv0fd/EKXAbzLOZq2BLSShuKmiydgV0d0+ru8&#10;S5vCMUt7O762+35YpSqR0BLFCLjIC9qrNGbJv91SAERhlOsAVht777HzfKzWuxkJtIeFCJdJRL0r&#10;R0JWpZ/xux9ft9l1ZArhf3apjn6TAXofBQzPqH2GlCgMlyALEiBeTy+JUAw2hMPNLkOATrDf22z9&#10;WmrDqCOjTG/cFJKyqjT51WJ2qNcqupmWC7BDq2O6SpuC0HDem6s1tHs01Wmmi/sRhF9TkUUjbC8u&#10;1S6US1aWuva2oZwVW/ojeUoTLZRHyAyVaHV6KWA+XG3Vm4ldsKQ6kUKVaHeh7NLYggXfolZZwNVF&#10;ZTILaUUBCKcUNKRtIhe0Q4gPG9TQ53XbeY8/atHjBT7Sb00MaFaXZ1F57JTwS0XDdZ1hfbgYY/rP&#10;EghO2bZpEepgOX2rydqMss9KbmGkSB+OpD1k2J02baWupF1ZWEw8ioH1gv9YINCfSToIJ/7I1pSC&#10;zhLO0OaYIlu783xagzppjLHPmiHdxJwOV1s2bcOqhTIqWRHCLrw2EaloFFYtB5G3Fi2e1rQTQ9Pr&#10;KXF0k9RTFKI0+jOzTZrPhdREk6EnsxdH7l6kQU5iz6tExnQggAjEbIAWW7QJ+sFAaubaY2+1zbj/&#10;K7s37h7M2SCN8qAOEfLW6lC03e5TMcNjpDZgAZAcFZ9MdjhRIm1qtY9zUqMsZd3DaAqoFBpdYl6I&#10;iNtDmeZvmCXHtvXSxeDP6aAQ4yHx3HQMWZ9HFw/PRrAkcMDQjXo6lxPeAvAuyJdam+uZuwsBFFYq&#10;VOx5OeXrWnPKqSVhZ2eRlQpOUAVgRAAXIOjfqvyyGkFgh0S9ItilVmCQRWBxuHturY2rQjhvtXz9&#10;XdycBrHI2mCn/Mjs48B3luKCsdTJk9nupRkfkkqqtXZoC500JISTPqI80Ub6hLUQjkxVqbAWmjjU&#10;hsnjZZVCwJECMiJBUnIJiDmbbQSkSQ4L98Du/GSEuH2MuGEeCJuu/gD6FvHG1MblzjK9d1J21uBJ&#10;5THYrElcMGwYPWEG25wQSP0iBBDsTxVv96ap2hxNdDHTGaf4RXDCS3WfFp15T12DCszGsmDotjgq&#10;mkf/OEkvbX9XNeWpXsw4AOMqRY9etfA4jwKIe2pgjcPIMlTXPaqD1FWOex9pCAYQlUahv6PuqNfK&#10;A8USjTiF3/6I+gqJdbohsBbPiM1kSz6ZuaibYcxNayFTB4KplgwPQD3zqnnKwubokr9Vk9/DTLpv&#10;7CFLPjYJqxnz9usyTXZqHfl/ftd5tjECsERrY9D/XpbNpjNosq4VhK7fbP3raU4WdmfdVZI60ePl&#10;VIRpqPei13ttGHHMjz1ulMCSSnTFEYF7TjXRwzB6ZylhluK/p7G3pmBJsy5JtCTjaDftHARYFhY8&#10;CwZi/nlJHbCnRKpPqHi//n799VKz/vP67yuLO/NXD/BDgu+5SqaiyH5eXMK/IoaNLNSRdBSAId5P&#10;ekY2sXOHieJND2qmB3nWS1vhjuiXKvP/xOukJgnYJn/ery24mDOiG3Ww4q0g5CLWbr6GPZI1WTpm&#10;Fwbm0je2Wb8I6qJZZQyiALr8jfdlvht+XzpP1+p9mUgHrjLE5qSZdIS8l+ZZQNJxvoPFccBPIngs&#10;SdatWzBURtGF04PjEgYKKhH0wsSRwLlUig69rldEyPCCM4dEOgpc09almMBK1mejxFHxFk6iTrhM&#10;ohfPg/TtzBoys1hiDOFYQkPQmR5Cq7bkzX3/22JM4wYgV8FJTaNfzZfUA1NbhAfl7BTcyZvC4RYa&#10;RaNIeI7DMQrN0KG9XYkcirBCQ1wdHiie17/VulMdBE9/1PHSCH0KUaJQlfQDIXNvNHepK7MHxyIj&#10;nTOXuCKFSM90uNLYZTekiiyfh2RPcrP1Xraw+b7rc2Tx7e3lmyNXjj0CKoZUfwKH8CjUebhBieOO&#10;9/Yzhe15gsLGv03PPtflMzyUPm5hiAm8hP/UXUcc10gb09qa5WhZwpY2BY60GzV52KpJgnK6WIIF&#10;sePE+WidwFTUoTJHo/2p0fNx+1ujTT8j3g/NUdkvFKRkmiUxrDblmg7YYmWtsk9Tqtp0iVrWlCbd&#10;UbUzK3F9tosodpk9L9dUOFznHDd+aG+dU12GuZbHDAnJlzwJhqLAZibSlrLPKkpPeP5MHuiW5Y4p&#10;oI+tDFrXQVYGDx90y6hzx0AVMowZzOj08IaIVAVhesp1/WIrOeUe/dBTHjiL+6YWteZs4ZJJbtz9&#10;Vg2gW+89fbC/xphWdphcbBoJnP6r2Cg/zFzdg20U+9RjV8cfF51JEgrppWKm6QaJfN93lCkEejig&#10;O3RnEoT9SMqEh8iiGuQkswFaZZSGXkpV43I4hATjhFPQoCJK4dpdp6J0I3N3yu3X/e+XxV3GmZXc&#10;hb1V5sJf9eTM4aoiJ820n9TTFLeLBm/iKQUpWIgGyFlFsZQGll3hb+aCE2zwm4oDft37fiHfmRbH&#10;xJ8XUBPHZpLiwhkcBjJDMuEGct91CicnfbbgrM/gsIHLwFeayZYgZQoP7Ns3Nq3wo/C/561v3Fp6&#10;u53oEqXbCaZ03k5Qc+fjhL87XsDdvrYXpjS7gRru9XKD1DeOG78uBjah/lD1sDPcYC6at0550H1z&#10;RTI/Wl28bkKTZk6rjACP0zkjMRQTJZSh+lE1UxNAJj8EVyr5HxuJB/BtfD0vf/P43GW1zGqFQpjy&#10;hQS4wENyhYry83LG+UW4MhKfTlbQOYVWDn0dhS4nVhcaKg8dxRLZxcavQxF53P5+VckUvj0YGcpp&#10;3VRTlkRWKST6gm5IstAOFYjJt2XCDtoW1bPUjIa2JXXVBH14QgtVanJh0IuqCY5O8PfDg+8XAuic&#10;BHsHOmgpCRmHoBhV3hPF8MESE8MzStk5WBvMIKyWvJj5/lcOBzcR2r4R27LmCcTz1oshi0bCmyEr&#10;yrZeDIkYrIsgEYM2HwSJB7Z6CLLuQG2mIOlcBAmm0mvMkB5bfl3Pz6ZewwpkhprasKH+q/LtmmEq&#10;4QKeHkQZHr6kOuEKi6EuProK25ZQGLnOdf9+49yUzsrzRhHHaGtzjigot3aENJouaTaoMniLtdS3&#10;1Izkk3T1VFF6JgCAujrx6pAQZJa3ovuQx5KV+5SGvW+X6lyAcVRTqU7N6DQZxT2NdM1tErY4BaBY&#10;puYnriwJfQ4JBojvLSphFUF/LsSOnLfgpkroUoG/LgZI6EA42rImpF4JR0tzUmtd0GTl0wSp7Dn4&#10;1fi7hOJNv0LkDOhY/B2t7xHWB6N5NTNSKJ83eEXFBLBH5BI5mPMjq5gC21MpY9p0z1jcl4Pz6ho8&#10;oRfWTh6CK9yCOzv/zq5BHdSyf/MWjqm2njfyYcm03nceZhHtr2SN1MWto9UzbJF39yCWcty1zpKh&#10;fEvzehWPWfPrmhLXnoxE53Cp9q/n9eBK0LMOW1S0sDhsIt54c4dYmNeo15HbIRXPchgPNf7hWko0&#10;qeXxWdZazOkL6uCRCyl63vbhEkcCxE1wjg8DVzkJPDLOZ7q9Ed7hHpcicS4IvIAG2Zny8JvbOKLg&#10;xOF9dalEdB5FAfI1xf7gUxQ0gALB++XH5z6E5QS3QsBEuMFWdGaJcwEqUnnPUj09lMn/qS6T5EZ2&#10;GIjufQpfQD84D+fRtr1VhG//8yVYlmrTbgRLBIghkSnT3zHkuoN1rV5NfLesa7hf7xSYCW9Ia8HZ&#10;0sTaN2+TGVl+B+JM5kGYq5eo1S6A1CJdWh8mQgyFP4W5iQkSZrM2k/IoVwF0UAC1Xr0SgmnKYPEG&#10;ybs5e3LhcJh11ChVz5jbbVITi61FpaL8wtFmdxHjmL5y+qSmfq7sPHU3lwDAL2YgN2f6cBl2ogA/&#10;mN0rtqg/ZKzMJV3NL6NuPtzRDNMgJBKrSpzCCcUzS0OfojgF5KPxu5TBEqTPzZuokbDUzgotOuAA&#10;4ODSEzDcokMPGGxTejJ+M8bVoIOtO87lI52XzXY+hBlUa4WRjCzME04H2QAEPiMQoZO7mAvQEyuB&#10;fE3tIiO1dX7lL0vhVWn1K4oY2BcOpmeUunO2mflc4mhDHP7Lggnd0WBoCqd9f7p+Iq/W3udGS5mV&#10;jbRIA03Xmtf+Un80G3mGBiK+GBp+xTTVnEOxrcpgpFh7wKW8De85lGg4e7LmzNfVM4M1hwZg85bv&#10;W1RunZ3e5evQq6vOm3kIGUvNJ50S83n9iCLdbnBSt9VMb2z0UbxplUA94JxdoEgiG4A55eGfTa9m&#10;HN6u+SUuKIT9O8reyMpgCV9GTqc6xavuFBVkOm/4uMODDfI0LzdjRS6IocaV8C/WeHIvdCiPLvM2&#10;P7+LPS6jVsTRSCvuLMkkofvDIskWrPXm7UmSmMNgIT9XR8nUQjyNqNEZrAB6NigCy4y09B7yk8cW&#10;Y/YjeIGstGFPpfaoxCykvroz3w7VR7pmHSxRZ6qQHiDY3yMA7arR2bMxzw8WQD9j61uSp3joURh1&#10;HdBhZf85ePJhdRcPuvHDt+8oixlEoXjX14q5im/J7nZQkNnf/Sz5QEm6hatDNHg2H7Eb9RNhlwmw&#10;21Sv+/WjseBpN7f+GY9WBsY6CTHcARr/MMmysEfz8+9KVw12Ua1NdNZgLo+AT5k1f99ufTHXbdOZ&#10;2RtCZuzvDmNpZh5Kc7eRUv2DEW2qBoBX6Kz2khfxXDWuLBPMhiJCkYs3I4F0i8WT8k/PIkIFkiA6&#10;vsAlWUWTg+RDw1Fcy6dkKkoKkaiACfOGPjX3y8Vtujx8maHqhyPKGEpXUEHRzGqFKWARsny69hIO&#10;KZPmihkcWqwP4NwLDy4XgoX5yT7K60wvfOrQv65YhjsrTx7f0ZOnC735Ge1HYJC9WnIhyNr3LYZf&#10;sl1MiZiFH+o55zy8DZY59wW4gX5BiZ58mGM9yyNNoZZ1haongZS4sHvSOcn8ncqaN+3lyr4di1oP&#10;S0gluzCiBaHQqINa6RiqEbD++nrbWw8sw1ISXQvXinsyZBtaV0Cxgo1nGRQ2O+9YyUfTelN29eHS&#10;HuLWXa/DXw5zdIsSowD68Kd042VFeM+vY29F50P6S/pPUdweGbE1dGKfoOIxM4R/8e1SFWVNZVIW&#10;0y+PKD/9VBRUgRDBcrCmF4De+12qf5rhJjtbXv6fPtU55QK6mk0hmWeDm8m5uuFIiHGkQVszEM19&#10;BldBU9QW5N19p5iq14EHWBFP7wP3L8DozaHGGdY4U711j+L366hXwHH2QMnQtPTmIwSiftqK5VFP&#10;HoVpCfqI+eG0sk6rWoM5GTsUUbUynZnd0La3Rc2hLaffkrZdfPi3eAWSmwUVCrVsQGhPft/0oOb4&#10;g8qJ7aYakcAMA/Xw2fXZHmcJwMqZS+drWEOuWQK1QWrlMjnUt2M3fu3uNBDGU5Ldo9Cpd1PSsfoY&#10;pv3XsTLURh6SfA57jJTb+eNap78oTrXNjOeCAuob8jnhgKYXpHPAXKwlNDUiLtNRR3sgcWD1eo/0&#10;y/Ta0nM0sSLeY0RaWRszGOKnUzWTAZlZMK1qatjqELUJZeRsw4xBZt0xf1pFLTBjKx6wQiajsY0C&#10;Pbk1t1m6jF48maHVkjGUJCB2Pt3rliXGsz2MZhCy87ZNVpuk3awXHslaJ7pNH2A3jyPu9MvUPdZF&#10;8CmL0inYBSDgxiE1oQTPKmcV8X/vkWWVIBOtwpVK/T04TWk23spm1n54GfuJr2s8O55WtWWxWpS+&#10;nCzAU4RdkQSWEKmvGMCJclct/6BprEOaTUYdrMOuDSmjZUBu9RoftqhciS8/YnuBAylcZHZzz/7V&#10;9qD37HdFPWX0TlnTOO57YeeiKjASseTqD9VAU71/cIbEQdn7982ZfS8Nnph++C7WI4pbJeB3Ss+y&#10;FDVMtnigly9CaF6YqG63iWxEw4i0qg/G93E9PDKOZFcCgyp/en7RIdUUZBbq1fR76glyqmGE7d19&#10;ORP4oI9TwDnD2mKWoC+ea1px8cSxfbhdzKF/GyrWRrTaX8+CorcIdIvQ2n24h4ePLf/uWdRSOevt&#10;l0NY4zYhlTHHONwn7qmYiFgZjQIqzgbLGGcpPvms5Qj6++baUqSRtDR6bKdqc0xXE3Khd+wZHCgN&#10;6sCWo5YJzBrGTbZNAqng2jJIqPaya4mWE3KWfDQSsjbk04frF89MJiTLkTT1pl5zVUGwuvvJwS+H&#10;1aRPhW+oXJ5dm+uDzDtdTForR1nNKwP+Gql6OqvDvb989vb9oj/I2+kIxSI6tAN+NNiyevTLAiol&#10;1bLj7N672K39lV2/fGMe9/Z2XvHEDXMf099AduIZyd3C99ts0x+eDvWdt+gULRjpkWbIWjK20a8i&#10;3y1ZVUamfjmsbgs70QVuM76IazzIi5QCHqjbjDGcm8AFzrIRVFPw6Vo3oDKCB2WobqvGAWO8227u&#10;Cwd/OSyjHlkgYyTuiW7iosLzC/6b36n6km1t1b1O+z/5ECbHJXJ89/+iFDm2Lgj8w9cjRhkYl1Wn&#10;Z64m+EkLIRTIqJ8m77hhwD9FDbcy1jz7TrXIY54SRvFjUdTqDz/8a0iEAcvCoHjWtL+riUtRHLLK&#10;HsG9KlYbpmC5G42nmQ8kTI3ftdSSrZXNC7Xytm22Fdbwut9qbf2SP9ybe9wEdh4Cdgvp96tuj3is&#10;xx9MVxdZWgGPfnD+xdG2ItvuAhSrNtWOrirtbzk1XndwqLKFZ+xb39B6PjN3c6wHwaEhQ3CzH8w8&#10;zETXcqbybBcLdlpLnNLV12lwKp+mzgsHq/nzXrvJBc60Bv3aVb1uwglj7gY4+Ixr182jabTlM1PH&#10;itwD9OYlBp9cmkxVad6bh9fXSIai85Af7NQc7EB0qveCFA+De6fnTZkHa1fJCcJ6xMA2lIrSly1E&#10;hRM4KX2AkLq5DguJpifd/RrK+7L8zM0ERrOAPKjuI2TGtFgw2HYE58BkDbEh6ES5LbEiBFQPgHYf&#10;1aF6y97Z23qSqOoHhBYSlDyQQNYvH0E4xS1TqWkgk5lggMqm1Q3cKMXeVwg9SlxmLJVZ95Xx5qkC&#10;cE/dcqfi8GDqVrili3Pe3D1J2EpOfjNHGGTdZS3FCWzhsqYRhSyhZqoeRLJruQrl5MNYKIY259By&#10;6dvJb/PjNIpx9/v7lUPHaSzYPLJa8QgCc3onnGb6ZbK2QFJQgDBtnmMxEHiocI5xrFZJsgAWjaCa&#10;6vwott7ruh78VJd8unbZBwKyubHcI4VeVXMI/3Wq+aeSMbD6uLuWXc0oKyPyqvHSFGBjBbemR+gK&#10;hazFeSlT1answzKa3U5pjXsQL4JI1V/XdIJyq3Zz/utUX4fE0a9bxUZEEBW92UWyDjslC7LHCMZI&#10;bw6rGf+2YPcgtmcGtPrb+r5H8SQKd0cIsndUQHrxG7ZPUS2QHuZnGRjcvInfCkrH/DvdBjFHwZ7V&#10;6dbmogT4RdM4iha/hJU7iiHIe8DMN6fgsKxe3t9ekpEXJH+b8wGARm6GOJLd/M92teRIltvAfZ2i&#10;LpANidT3GD5DAWMvuhbeJJC3d0SQei8TMAaYThafRIqfYBB/xfOWj3Biomig1Ion1sY4af1jdpdO&#10;knyfzOOtdjLAacMxI5/erArgSvTN6oob5C6Ia0tzbNoIiR+TXodIrFza3RJ1NQIbXCdmbUIltxb0&#10;31ZPQeYgznn5afX1ZYfE1M0pALGJUrOSIZQgl9C9bh2JEYTp7Lm22Y95zZIpA0vaXJgKxg2EoWFZ&#10;C2c5dWXlJP0w/qRuzX77Qp67bl/Ux+nKUckVWJjtdiVuSVewJfk6roCae79dAYqfmf5hGnf4n1gg&#10;xATMNWNj68GpJeIYw5q6zdlNRwIAUMyl5SUSK1JmKKtOgslWhdC7NBqaEKu3647L8pMuLvHNjAhe&#10;YycgVXz8ikiqFBC8U6tmBiQuyYCws0884O8cdzxcZjIg75ZxR9D+LQr/S7EKSSf8tqaFKWjgizor&#10;2juAZBBa451khrqG+8LSFxCWfEHRGjrK4ucPv1ro5XTk3fKTsQpCnKlBWIXaSg1it8adGgLGzrAi&#10;4j7u1DRRyUwNHrP3SU1X1K7UAFvnvO64TWN8dPEFmK5kMxB7BAzPhsBmW3Idn4IVSRQjJpKoEoBQ&#10;EOZkfMomlkIkVGzttXlqa2t53gY4SD6M46mALqtnX/ylrJgR4lMHx8zvT8Fg8UwLMOI5l0RSyZWl&#10;0hvIZPKQ2cGQytK4JBf8tKhBWzqDMyv5S+UUyqTh9xx88NAzMI80oK0rTqoOTr8a/GQpGT98rjdh&#10;Ayo1D8Xe9bxu37D4YRgMgg+zq2Mqi6Fly0Ao8waRS8eegaCSi5bJW7Jlgv5kz+D5bxBCojmyUj9M&#10;4w7ES3XLOq1DfDW8hFBbv+r00hVuZIir6tTsuiPKFL9Ho+niEnazy48a21QMyjfDuIGfrDseuKSe&#10;cCD58jfDkSpFY4qlXeGIS7J+4dzMaOD3GjeC1JhDGY53ywopqc3lCHvjYBk/9RvLLp1cgYn2kZki&#10;Ua7geK3HF3RGOBm+ILxaxTI1t3FsXz3HB1cYbHoNeKMSwjxwotmVG6r0BrwSp6pyozrOOziJK1Wr&#10;r2SgjvR20VH1NHRThcye/rAMHEKWTP3nS3AGRVNXDTSrwRQ6omILQPFDKlPfchlQd9IMz6JuKLkG&#10;mJO/4mNT507ACW6tIF/sVRz4tAn/PDGnN5JuJxWku1y0IIylyBSSd+p2TUTCubqYiTXZk3kNUudU&#10;zcZItQhoaYcpyNzsPRn5h+0n7zefh/57xS0KhqEZIDn+IVs3Ql5qgYDADhwsOkiMu+4BhcJFfIPg&#10;vWNzgLC3sMi491BXLUfXu3XcwYcd9P2l2JrmzLcvucAGI2eHaIpRXZ260VgIY4+8ZLEInY7ERgtH&#10;Qhgqn9FUJIRKERp492EalwAfGKOmOQPJ1N7ctlhbYmjE2RdLjeZiBl1lyKfqFhMb4cbkgIjWEmsh&#10;eEtA/uF3iWLM8ZtpXDHRIWcf+/2KczFknLC1U/WiqkyKhr7id4XANT0u6Z6jPkMHn1BVTlxRo3f2&#10;r3Mq9Ezph+UnuzKYaPav1rFsX9L1ffcvVfs0cGwQp4FbYqYaGAOm9tPAYDDV7gYGBmjuq4HfTT+/&#10;simRMG0S6MIlCsUUGzF65nTLD6GfLDyIVTpD4VsEIC55Zu9yG/Dvj/ufLHorfE7UZBEhYV8DuZ2j&#10;WIO9qleLug91gm7jl5az9EnVNtnDXewr35Ed587AUlhGhIHYRey4c7yblo9VKGFOTyxiFehlUVZx&#10;LELUT6MyQAGv2k2SccTzSDdUlL7FFbk2MUJDqt57ZkSqaQd7KUxma5tCefulMK+aMZCXQ09ghOTl&#10;0VHTT4p/CMNVQ8an8LLJkVk9kHWLASxqOKFibL2b0g078CIs4w6yNoBXl+ktYreqsBrXCAQJspwA&#10;S/BYagyIrpmzkGFeKobUt9LdA34DQADn9TTgh/Un99vOzZKFb7HvVqT8EZD1l3vqhhHIjj6nhAdC&#10;ar3GaXJ9yZNbrCGBlGKnbUUne2PF9OgOyjhCCbjEbzeREvIG830sjVvYxUAFaDyWmvvWdtiR3Qn3&#10;HgGen294ff3z9a+v/37X74L/YGmipCvmS2W1bbT+z+8XVfg/SPT+LmKy2HoL0K9oDXx9Pdg4kAgK&#10;D+6zFArLG9JG/HkWL8f8NX1REE5IyBqPOh7MDy1EIDYvwajDP8Z3IUNbRl2M9j9yunz/+83xUZxL&#10;EMY4Hrg2JtTlOAyZyXNGAatapecLnzww62f+hgvgB45fqatcgug6GuQBcryGxbu3vgX/cDlqwBiK&#10;kzdxbUI8yKeCVk0Msb/4AyoVUeHatpbuHsAr1hpvn9q9UlIsJlE2ZOQLtZonkWhM+7wXZYLCE2Fr&#10;iL8JA3vMenQcNgHUC4OLADidQ2eWqAW4jfgyPj8RzD/7I5x9sf+50XSOwvlWBw/6Ljq5UQJ/Kede&#10;iH4RH2dbajNpZR1Bi82YdmSSTD4rjnExWOdKbQO9uAjyEstfjZ4X02Ji4m2oHu1CtBG/n1+NnoRA&#10;X1//t07Azgc+qKj03oBi7w/bXKXwBmSalG/PlFDI2iiP0hjZqnJgYZqJODOqXcWMP3TVLf8KgdSZ&#10;Wlz4MMSrsBx5lN+C/lWmhzjAj8dmDU4jEZF2sJ2Wx1ljUpA9TjHJ3HVAvtplqPKBedbBQKoeQqkx&#10;4uQLcbRx/UQQRji1qJxCUskoIL9cnphWHO01tWuzGAtG/QM5JGJg1tu71LzpeUcmP+PJDTAcypEk&#10;JHiIn8W3GMNDWacwEU0ML/xfKkR8qhkiaiRemIIlEjBgLq59Kf4I01BwlJ1Ob3sXJCF53DGIuF1a&#10;4n1DduNoJe7x5YWIhQEA0IQrpabWnGeHMls1jfC2ufPmyceR8T9Y1Gh5QIxFNoCWYswNmMOLfbNH&#10;+mwqLy5iYg9EQa6N/XsqrS/V3liUF4qCEpc1/K34qUxMh65RwaOWuciTnRCyA6QWKg0P3yZIa3hy&#10;SEQ0JxgeJSthvt2DLE4eJes6RzsB/CkleV0XI6bUd+DQ0lGUAuC3i5ocKXL8vLSZ5bwYD9fypZsn&#10;s05icuzEyhpa06LaS+C1KFdEuxLnGWzODwjetLeViCcgpItFaCoZKoFUZ3kqC8LJ1ZE1iqFQqx2R&#10;HnNEXWqc0hIWZwHEySMrJyzJSRjFuaWApEdbw1TOSiVar2dMsYN4I1RTdZkB4D81owMdcPEOXQhX&#10;XEPMoE/5emUkTGS64s6TSniyxkkzyYjfNbAFEVkgcSwEmWutH10XesfcegA0VJxVdA66XfzUKj2a&#10;dyHjr9NPlTO3nv0O4019l+1hYnF376i8EVkXq+Aih64rK5jJLGzCEnA9N42vYCac6AQZNqv2lavN&#10;OUMSAjjxLeFBp9pBjiL9BStFC0ZgThGiHTgKWhBQBexB8uJZYKUIWM8MwvFxwA+/bV64CECH23Eb&#10;FgufiabndyDtkZgtnGgJzwhOXQnd/KguMoUxOOhK529uN09qOscBNwFOORBxkHgLja6cetj0pt9b&#10;D9v7zBvyRjrunWeKyo96ci1Nbw4wHhmAvRhv+G383TSRMI67xiJozj293yc3IsBc1GHqnvfB7Rz5&#10;f/Y4XFy/n4KB7ampbLegn2tKnEFlOVJ/RNoqfCPNJEEmqyKNJgeNSdBFeTkX4+vR63eMeAiml44Y&#10;kFTGFC+B9dMV7xYIAplMFV7Xy05VUcVZEK7MmwZQ5ber7Ty78cvUT7KD3Jisp10xwclyt3haU2Zj&#10;Anll+ZI9UOpDY9D8TerJSo4841Mf85rwRXtaTzauQVeJNWxHzU81tVmcbOse8Azi1ugi9WfU2vuw&#10;WhrMuFjapfn/P7qrG7mOJIbmOoUuQFV7cx4GmyhmFW+/zwAz3GAT6YM97dDAM+5JM+REXiBFeAhq&#10;RdRjF01xLhhzsH53MUVeIFGXEfLKtByIYy4NwVBDemUDIrmGK3XYtiUL65Xn7cHjXHmIitt6+KsL&#10;hI/ZrU02/hgrafOwdVe74q/SRdS3ZnEKKFeQ6mo73iPmTqLQ4Vvi2zF431O6KKsLoRjZudT7jhYp&#10;5HclM9qIG3guEK2LYRBPYf6kQBMZ8ttjJUVVIHl0m31LfZ766xmNx46VcfuV+y6VgvRc7IOXKTdP&#10;dchmTewNYTUJf0SUb93ISqDuZxBPvFsOkiKpXGna+hV7ugUKOx6hPFyRvIXz7THWSNali7mp3RyI&#10;+dbsOYYJpz3TsO+9uSSq4eR24mcieZxl6yV9TI1JofIGHvHtzM7j5NXRHaNFXjTWTubMjeKEiiBP&#10;ebLt4HkKh/FOmN7m+4jeIV7Yaz7Pj6NI2Kk2cI9W38IByfedVeV5DrTfOFmBYGfq0y7QJ1ULZfpq&#10;ZvzSRhY5jiToiA5Ac4+Z7QHFtpP0vmUza83GQlWO/qPrBAAkINvfnUitShbpYW5LDcZfUseliPHX&#10;qWI/U/RWHoo09h91TCBEkRMxfFCx9YAWzULTBuxQ+80XkygObgAWwfVVS5SHPYAOUK7S5sXI+W/L&#10;2Eb6DXmN+aAqon5eNu/XUJw/jdIZ8bmQEnUxsR3tcgP2+VEpJPMmdj2H5FGmCPeKd+7i4e8kQ+2g&#10;YtE6xRyzyYFZTPhkcVNVkSe0VPh6eJ3jTNgJ8uOcKULmq+B3lzoa3mZsEer/8D2uSTU96bZQBC/f&#10;Q/91Lnkos1GkkhoMvoQNu/UcBCD3LU4nbTM0pROVP2WPKkVwsc+lk7qpCAT160gA1vh49qvTa7BJ&#10;1syaRmsebkuukO2qW+muYdHWZCHwSWIbSzFPtTxo21P3kmxbLabuy6mnhveTQGObx7ZVsk1yYKsJ&#10;0EglSbFcNukUwaCX6nwINCO2/+evjElRGqyDfdOVFkRLDDHz03pbdAGjDdQn84X9lAztOzNMnAhx&#10;wHyfG+vaGx6tPPb06/D0N5l1se907SlMRRC+EKByWcgtmJPP11VWHq2XV+vFrrcPIlyqL5yl86J3&#10;JOtSKp+0lCfQw77xSNPXNoIq790/6O4Mye9krNuFbaeLlrgQcpRVyf7A3UbQdznxEjHVhuOY0OoI&#10;90HK6ro5o085zFZzEGx1fy6Duh689zg/Zy47SXLhTYxGMAyF98YJipJUpw/vKKWX43xiLzwFyd52&#10;ScZNykpvY+MZZ9pK6NaBx2bKzl12lAshxnDqGFsqJo3NS2o4a6YTZRlej9VLZm0AXHAWZRsrX6c5&#10;UlHg2yqyviMDEXLb8x0rc7/zlpxNrLkEpt5PHNl7z7OgoOeMc5quFeoOHvP9xJF7nrz7lE5xYjTW&#10;zs6k2UQ6o6LFc2am28HzFhnqoUjC531FbxFP7DWf52dvjawNXKW/dQMMUTWqpnJay+1WzfCD5avK&#10;RIZJ10PlJfOEFuw16xunk+9w7eOPd2VfdOQ70EEcT5GdXoG09PaayH3J6SHg6uhSSwOUWOGKZQqt&#10;5xLbWc/QVPIgXTj8Z5UfwGBXatQgySeiaFo7N9CGbXQfHCL+t4Aoe8GELzrW/bB3Lwl7X+Dcrcfl&#10;A+Lsa8T7VYFjAimimqslfZdk8gTmjLaEQF074BwtqQMT6j9JzIPjt5Be9xCXty2SPSLwJUo+PMMY&#10;xwNkV5yRRGVWacvaZdcR/IR0Tioi5YKt3UTsXKvdFXzHKcNRZZLG7L9NqZxDQYMk8m8PzWON/vuf&#10;H2wPQYOsoFmhryCd8Lwv3VM78FVo8D58rIhU89V/rdLLRTYM3VHd8GUNz5lWCmL/QOyjEmCRTPmB&#10;1TX3nJGgTP5oROW/jsVS0hfE8L2qnuQqunpf7vApY0RcgdZb8S1Shug+1ge9gX/vENqa/5OgkMZd&#10;VWtNo5NylRlL80Oh+WG9aDTOSD7m3CdGpK6z4DGqdsW9eC5lf+6U0elq6YirFdQVgZHVhMdVJXb2&#10;MilVVeTlZREggWrm5zfdkb9TuKc81iYGtTHtO24EnzJV8xnDGx4qnKOfXf075CyWWJPvI+jd4AsS&#10;q73KGhHoQ7ZwjLFf2WQH6XyCNpe9CkPbBCJ7YeVWmzSu6EArUsx/OFe0KjcDQRcVdw4if3fKHais&#10;2p9p1Wtbc9V9dRgouzCG4gpBDfld3+927wbbMiXAWT5AviIn0a8Buy6VFs/X1Xa4+BqG24HaQP67&#10;wLwPfnjO8eZVnFBsqZjKZSb2Wv5QrkkGJJQB9TT1uTD6Es3aDUDdUkMNrFri/69fP/9q6PGEb0Jm&#10;j6Xcgt7jG36pPOe01cuTISubr3x1cAI5vmoEqi40x3eL/96Wj//9y+YPFVmaED7X5BxWEykipvis&#10;3xioSj5fAgv3GQ3TROVFVfKJw3QZIH5Le9qeJyd4PuVhPn5qZekRIkSN9Sixb4zUvSOaYTy2ZZbN&#10;gio2IxYzqrztuKiWyvqno3j+fnQ/tgy6qYynm7bgh22G7pOJYPcdQVQ2JrSV7AQj9PKMVo6fbvII&#10;ir4YLVABv+t8AANYIotDLAHKFPkbokwECUFPyHRDH96b0HWsm9LIAfSEYAI9ImJfLyRWOqv7jFZp&#10;pgdPibbyrNyDUFzmA8XE6b4DpxEslZtBnIh/AuDpBNZ6KJdw33ZQAwIRFgaHFmEiPvgazZkoI0nn&#10;76+XkShF6WvJVpWNvW3MxGR46TlemqN7WcmB/uPDjwEgDsmnX+Lf/xLvotSGxYOL5Dv/IN7ZDGRF&#10;pypeitE3kaZPEdOd0o1VWb17WxbLvRgJQe1Lg8Q3Cc5jAuPdjxJKyAlPiKfY2u6iU/7qD5Tf/F7T&#10;cIBJerzHFHYFGXzbT1uVpYawU9kmrZlmpKk9t/j+bkmia9okimC8iuvIJdId4TeWRUYbIi72fUQS&#10;GXO9oxsvqywRCCQyqsmgTZmVJU7RNhnsIvJxyKrRWFPzTMIxSoG3mGebHbcE40LJITgq2N3nGxzg&#10;jj5kiFJjHW0YR3b+5iHBnNIjDMRmrLFnrFSO0ePhVZkW60rx49k84mV/wVFI+F47EWKtA31Y58wx&#10;aN/ON5kslwwozERlDItMGz3RfrjRKzrQiqPpTei7PlKohwljSTzxRypXanXxVxUaly3Gnfxdm0gK&#10;fSuMXdJ5u9XfUfLxGd//U7wpEby2eHMo/a2Fu5lDwm+Jp+dlIksJ5jRBdXoY7DWIycPSlJKQY/O4&#10;djbHmhmXq7X4lGAgZ3VqMO4sMiduCTo/cErf6X3oVDqb2/+Tcp8/MuszPifjDikwruTu8ybi4rZi&#10;f1qW+xwN5+U5ZzO78m6X/YPbXJJ0mxwYZ8Xbkz2dnkNK6eLbJqWCqLHjlmB02Guo37CyIr6Ei9IN&#10;w834WnuIbykLEOledbbnwUXhUQvd6i0LBf7s1gxRYOJyFtg3htroEdmsuSjTuLleM2Ipy3n4ml4q&#10;qx+NMZ6B8GWd+12JZvcSO2tEmwF4z4yrAhtVM25NoMnJRkXf7xbt7N/Z6RkRBPCbjCR0wG/tbuAA&#10;pEgoElJOmFZijX8nDGXEhIOOrFyIXVvuMICNe872oCC0vBHdkAiXsZ+x+8dK2W97lAQvDwRWyoXA&#10;xObWjM3E7dUe3CamtwR1An67vx9yp6ddwQZkivkwBVe8D5HwZtU6laX+91eSUIekeQlqHpVJOD2y&#10;15SweZgNrBdEZxLa+6VElGydGf4f2drlzkM99l+XO7oTpeWPZeI6Fu5rvUSMIywTcRN3gf/nfeZQ&#10;EuoqVVw77baMiWReky2pW+y02r+UVzmSJDkO1OcV9YFo4328p4RVZtQ269+PH2DkUVVru1IGkhEk&#10;QBzuvk04NrEW9npgGRlc/vA5MErV3KuWclWETvi0MYa4dBDPzdDYagsgv4K63lhp2hYYFyxDH5Jn&#10;XWZfAqx6LDGKOua9CnocBLAGozBZErCiVNs6pxyj72pQtKnEDVUglcsWS6HbtTZjYtewYnnQkMBl&#10;zd1GLyNelEmaS81owZVFiVaeYRjB0nysJX+1hXvJYL+HMXF3NifnPow1hPaSenNmP+u12lqsYIpr&#10;5ta0jsG+WkYvm72qdprChyexnZ61XVcpD5YYRnCrx7KaK7cdjeHLFlwtTfI09GXOgu3dDXOtNI1p&#10;QWDZNFTo58XuggJWas/OJMNovPzkAi/BQsT/yKfZ/0OykZCbxFBIAHC50n1JbXxZ5+AD88k0+SKZ&#10;upxuu8Srl9UHhE1AbJkUPdUcYxcaaWRfBP2tkoYpfn9H48e/uPccHxBKiXbeKythOkXo22ecD9es&#10;4oYxNgtec+HkL5VokHIXylZdCxEE/3HiMfv8ZKn/qN+q9csIVNYVC2n4/uk1I7UzwYo8PemTkprr&#10;kzxAEJsZ1R77Tjnn0j7lUMRb71pBHcUcS+QdpneJkwG1l5uNGuOTNXmeXa62XMmocDFixHhoY6Aw&#10;9W78L/HIVkEXGd/URaen2GCA/Xm6sguqTlOiX8V8aaGRNQzYyOfZPX4stj+exZcCNqS4PDJIqncM&#10;E0wZhcopc549gI7F2x7ITztTa1gZaqJxs1rLmXZTZX2PwuV5b9Oofg9RwvKM7QExBnbNXsqLHGN5&#10;q1djYGOwrxyjHM/qplIF4zmNGP9A+FwfcD9GPqhBX9foB1T+Fv1RT2X0VP9ljVhTt1It7SAVslvG&#10;A8aqoSjAMzjccLW1MsP6FlWXhiRimGi7hjBuVIWY6SdzmUToGGAOEx2WwyxVFCyxNegIT0vwHEY/&#10;KWJDVc+nJCyCVeY21rILM3SUhnqB8/dpWXx//JI8SpQY/KJZWZLNaq4291NxJ5USfL64lRCUYv3z&#10;JfLO4YbTJgkJCuE5cqWYVIG+7BpGRH7WyuHePBrRF016szwYA2XOG+fjNPtb/L86PzmdwDWMmPH7&#10;MM8gBs7BsTlXHPmKyE0n21qOPL9GXiLy+kPkd8415csj8tgL3kAwkufNzI6oTRfBKWNDF5HWWUNQ&#10;2yFuSx1oh8mLoYL4m+/O0twzsY2eGWESKsP43tPBL/HVaOjt9ZQjUssZgmhDKTzEUcYUlVigmbdk&#10;Kn0ycEdtui4uN/tvLbpPBDbg3c5RmcIb+p5WjoM4z011x6K1RnN6aj/pMb9qZruiUvjZQQciXYkK&#10;6oegwToQ0ECtdHCBl6BH9MUJ2j1yB00zc/rkkHtwH4RTc0F6jyOrqS752IMIaiF5iFrUYcck+rl3&#10;uwOX3GDczPxkir+PW5vO/v+GHbmG7t3w6KkqY6/dt4dkksyCn5kQG8++hXwv7WDz9FO3MLY1KyVM&#10;7qfJKY+0i58ZXzabLeMHTyGHFnKbO5qXNOn2tAnP3L9LjO30ciZtOCaafqI4k/uf5C0uBtZavram&#10;WiY+uMfpLAZCv6m6xN3c4hf5HHcQAZi/laNanKOyZ+SoGFRc/SEEekyOPDw5yk/9KE2Cq+ogD3W0&#10;18h7UB26cp4j8mNmsgaxpOzgq9xMHPcwli+iOPRqMMlNF5PdsCTHEbqwDt+c82Z35ItDc/R2Ih9v&#10;ka+X0McJ3cX/X5JeJNU6JG7O66U8eyjZisrCcBX0F/i7AOE5nnUTdR2TxhDdUGKdj9lIYGD2ZXXB&#10;es+EEpYnh7J39DODJW+w9fA6ffzn2fONIuo8ZU6Qj/HiuaVPWiUqBxRuFrHyJnKX5gx8yxJTXCHO&#10;APkscni7RQ2pW1z6KtamgI2f6f737rEj+c7W2moWFCSJHjVBx64gvlgT6lAkUFoJb+tq1ihzSjw1&#10;6ReVbrYOsYYI+yLZ0MZqqseihGx8yNny5+wZCBgHXiY6x5nLPJnBO05itlRJO2tFg/o6fIlS5N4U&#10;V+CW5olcY0LDGZxeH47eSwzi/ixLA3lLx+7TfC30I+uSxl7fVzLqYWfi8SAbxox8qge2k+cJ0pcI&#10;sKgYZb0KXuYwrnSB9tJKthg0ASidCoGjSPVAJ+61EVgfaLGEZdN0OKsQ+w6BWeXBqvquNbfmKF4c&#10;q4b+CpkK70pxRVSNmlRVESW7JkSgmUzTfdpMtDG+zfKyyjZ4fLs0qGLjSFqcGoz+dilY/IOK9jQs&#10;Y8tZQ8WXdj7EQACg1rMrrqK3cySTnx39kqKtrgQ7e68xkvs7Gn9iT1+Bj/PtcCWlI6Z+Kow5SCo6&#10;CFDF9T4VBouBUDpjA5S2btUTAJZykkVJiAS/YyzCO2dPU2uX5broGg2x1BU9v1JdzHw2jKGBtVZ9&#10;zzntqExOcrMCEjottkwf6lDn8SgSOJ4XM4QIe3kgXeYBynvex2Sam9Jed3leHHs+fSllFbPAmivO&#10;uwzvtzN0uBnDpralGFMiyj6LKPrazpcsiZgt3Ba7eB6Ib+L81I83ONDsxp7eawzj/ozGn9gyCIZO&#10;071QHC7NjfYyKXDnb/gBwpeJDRNEkiPvWS5YxK1JANnTM6/Z28guR0omW/g4RMOvkHaKpvendOBO&#10;xj41+ms341JWOfk/4hKuoKzDmVSDFHna71uRuxcql4UEBNxlP1FLJkESh1wXxjRJZQmqTsn0L9f6&#10;XT8jeSKSXbOvWzuUjLt1wyexnUkdPaK5DjVzx0QvPzhXT0bX4CWco9/HQqbFyfwlFrhy88hDI2f3&#10;3e2AsSiSPB+BXC+RvAVy3f2UzI9eQrnMtCOWt1AuJ+RLLBRM+UuFrT7Ii/ev1lHdzxVWh5lRDorC&#10;6VldRcukKXFejBYKhytFwyhzTIXfKcBqiyl2MTTyNXeTyksTrnZNuFpfyivHdj9VV+9UEcDTMuHh&#10;o7o82Vld+3QG+zflYEueGdm6pJgYjUcZYKne2vFyg6m4nMalqda2h9Je0Qr9jIUnRVaiuMysiE8/&#10;Fdcc85tIOHnX4cesHA+i6m3Z4oHhqq5lvIson0J5i4R+pnFCCcS8Y7leguE+j1Cu/yEWFNWU2MJx&#10;Jb2gmXwYZQdNYnlXD61yUiRtKJ3LxHMpiRslzdK1DRojxwVMjSa+MERXxVDprVBI3zTDdDq5mP1s&#10;90NVAR66wHgTPp6riuBwV1UxNeinmwOsDPZRVbnVKABf/ziyT1XowrHa4sTwLQdMa82EplYXVQip&#10;HvwvmX7M/mNR7Q5N9jUSOBKNlsUbzJ7YfL+DckQcj6pyINdzJK+BXC+RXG+hmIhEKG+RHGb4Hkoi&#10;KX9XVG1g1OSRRUKeAjobWL5592qwzWaURew8m3yWTjdK0Eb01qfGjRFReJeFIEnvJfdB1VupabKs&#10;8JTYVT4GdK/alRUJY5RgCniuZObwD+qSsEEWia+xMLkAXYvnuSheErI11JN8K2lfVjwZEL9Yyx2x&#10;Cg+ZIrb36dImeA0qlrjyD0zeAEyMFDJZbjTEj4p4PuUuWuNTmmYds3h+w2imvGlRsgiOMgWMdhSP&#10;wVrzAZUSijdGQwc8efJJtJ+YIh17zmgkZL7jz+wLzwihjGwemhdjrZoHVTfVgsXpbu2zphNvq5sp&#10;1sG7biuKjM/x2sbD0GVKL3Seu81O56JTw0D78JCRZQbaUahTae3kYV1zkQNp0CD2oEYLiTtwsqg6&#10;SFy4Jo3V9ZyTbhxdkdGRzclt3k/6cuu5Jd83JQ3NRfmxk9ZmsZxFeLAWszSaXttqWphdL6LPuTb1&#10;3k5NsTTcQGacriT5t0LMdoVZ98dLyFJeOdyHP//8JWWmE1OX/suMwPFYIbAUuv4WgMgi0iun1Xtt&#10;Z7VtVViKma/6Imf5vCUKFveZSTRMaNrSrvtf0qsluXZbB27FG5CLAP/ruYNk8DJ9Vdl90A2SomSd&#10;Y99k4GNS/DVBoNFo6k6lmfck01zwMgXY7Rsd6C/qQrUe/ANpIVu7NCoXI7LGkhSvJ+xAztIaNqkM&#10;rrXXsOUcUQxISyQXLViiHAC3IYFTHazTfyGFweq2yFIF2Re40QWaCmM0S2kOO+OVqmGkOlbGbHN1&#10;zBrD4t7tFBiJhXwaaLJMyhL10A7CKzXqb7sO6sANh2dWgFTJRNV4RwWzmQ1wLZmYzJurBZ6ru2pt&#10;cRIUawYjMPKiBWmxtyGGxDbzsiqisY1ZzaxTjbz7x348PDgmRn1z5kreg6fHRD6wJQzMjK2FGxQ2&#10;WWr1DkJBrJuL10py8SIsmQ/CE3liANME2qxGbKuD1VHywCOx3qTwoAVl8rBwiW3wJHcuVPod7c4i&#10;CexqNG7zcwMmj+SEb/SB7Xawe6kuS/Mgl5ZmVxis6FR/ooSntymFiVq4rsRxs+ycRmmIxz9oEvvJ&#10;yYuqQu+rvgeWWQeZX8hzFyAwAiwN9zD6oFoDMZkTN+ZKM6d1CmsVJERBcecvnzmvqvtE5rxSlvLl&#10;Hky+hXuEJB47xrjoUksgbHC2R9IJZFA9b9BEzvTBiBeX94pepJTE3TpHk1skK0eLE1Ht1cfElRgt&#10;2LsPquvp5vVNTNRBzliFVqtRHVDymdUFEHIq00n8uIKF9VF1oWtxjce2f3Z+QImkOMf5H8+ZccbI&#10;xXag41R372CWwBVTHsGJ2xe8SxauCuIMVnBpsLPtIbw4SZO+QCsQUvARPOm0j1b3zZ54ktJrJRBF&#10;mFJAaNFOR9ruRbrtVGCINvKtkrHbKE3cAzWo53vXz20wfoizAguMTTypOgez3eO4GmUpC8XqdUBM&#10;XgeU5HnfNfSJ5P/IW1AZzNDieayq9yMvWqn1+Y9Zr6gnS7eQJ5ic+FDamSAdD/o5uw7wd/NjwJJ0&#10;zTjzLOcyuLEtDbpBosd2xwI7/4V+q3l6Bv2q+5uOqOZcMCCTYKnqBzoZRI8M5Vyw0djHVVhyZ6nu&#10;9mG4ThoodLjmFdHfvlLJtYTXK2hUoqfdRvWm6taWHkmr7kRKMnQ5oaBAUfGIA/mGQhy4bWGhQZAt&#10;RVKxqzKKvFD96gPEL68PLsVBCQksY7FTLVWlnK+FW6Qfgvz+5wWHs2C1rn/mpGbdP291VAkgOiTR&#10;gqoublUHaIs5HNIjUCK71PH2L6bzukaqprWCbc5AC9zz4ZOpZevYZ3QoTc5uGPO5wa3oa80eXZ+s&#10;4PdbRhhF17DB8Y0RLEVB0ryzwihs/bLHsgbtACW3ujhL47mKHZ+EJu82FowLH9umQ/2M0vMbc5QQ&#10;LWlC45ZqqitcnaJ6YVgsq9ICoZHUY8y0TxE3V6iPXlGhSrEzqi9LYReDoO6BDMKVb794zNTWJ5w+&#10;57PtXOdVjdBoaZRCeSwaHXrF6oU1/9EtulGx9Ac7+AWXGW5WOBaUZzMYwUD29jdmODY7EGtZhjg2&#10;S+AkPZeg7TOKzpsduynGVssWx4+NUQLYkgVYt8xRLz5RPEVlC8rhEzCGqLtEdv8s5rhPLmEFXSPP&#10;N8ixW4zQCKLUUuX6S5cQWd+yLu/JiyeyDlvCXzD72Lc4zp1wxhxbK56cokNIoYy428EO6+k0A7T9&#10;aYXjGzPkVm1bpsoXZgAmiVfgEz4T93apTKaQtNqDTRzBqDZTWPscN3OMs35mD6uaGoDXiKyqm2NY&#10;7ql+lEeJ86haE+n5HPhijN5txEoW7Gl8d+dNvzlVS73+/hp5aX7rKa4FbI+y5bzbZPBzj+PcSlcv&#10;nMZ4sgHkr6FVS9F2oye0ob+Eqxtc3eDqgjuehikwqmPSHa77MA6ZY2vFI7Eh5mzQSgXb3eTaf0As&#10;G2JZiGU3sL428ET8jYVLMAVj9EMbS76E3cc0zRXxN4Dlx4D/HV7zcGnlySdMwJ02awUOGhsqm0ah&#10;g1Stpu7ah+frOLWO2CQLsRLPJ4+TeasVk6bCC4MKe0LTckA85ZVM8s/VK4uib/2jQ1QwpomkXcg+&#10;jPAbZ2WCpuRutK0Mod889oOlxCNO2UBFglt4vqLOX7domQLetUtzGV/8MZBIPbFlZzU+ach+D8Py&#10;iptqZ55NqHbShZvKyIc1T26CbcFNZeREjjyRU0zUMMlOjrfkrSzIpNN3tPG3jLbXY+cI7jtXsM0Z&#10;zZ9KIwYxHc+tdew0OkxZ/RxbKx7NoGYv0KkhDrpTtCPOREzWHOfMX0d8jkzE+Rlx+QjLQanQsGp0&#10;HPE5tlY8EpQlFRRwUqKJiXAnqIF4t3G92Dh+sfELxHlDvHY6zq2Wjdt7G0PGpCCFiBWK/DVi2bxC&#10;JmJdIy2nDXFaiNNuY/0Nr3gl6OQzRXU/DjFcKSrHhaFW1icJnEJlrSmRoywSGO5itBTzkt7WCfVE&#10;ZObILnwaOCo5D9SO/VLlM4CcKNZanrF9nMH9ykcs6abelBbvWuKVpPJeK1XCxn7zDjJZCpc4WWqW&#10;j0AQp1TOuTlNjYvAIAdu4jwFUYmrOKOlWbm5FkytbzwVXvFt+UzFbGGa57NpqBee0uK+2uvkKReY&#10;t5GvPNXsdPVNUwt3RdlZN1AXR1YaZNTopVaWPL+XGtd0tt1ha5w5yWfTajL2GR2vtfoaWysebRDt&#10;UZrDtT1ewG0nXNngUu8OuLLBlQVXNrgugydcucJtP4PbGgNPcranDvcKrsUTrdt12WbDGx2krhVs&#10;D8BewJExJuC04U0XuGmg7c8OVoI5b8pKuA2L3sCV3cSzhpoD36CdddhCm96BfaWdUI2BSr96AuN0&#10;Pa8Xfya8P4lNyUoh0wEshZuSSK6cbNg65zsrSixGElioeVYqlpWsXPOEm4duSoNp+TGk+N6F1WJx&#10;uLBxRb0yUkpD0R0LeiB1xADDh16ckYJHTACt4wpneWa94GVTHHPz1FHcqDvdFRtF4enkFfIoEP0m&#10;kSqTdOdoXhZ1UNlSrRrtu3CyfTMPwz/ykdoFUNMdt6GvhFSM6buZpzSTiiHt79or7YJ/3NQuk0Fy&#10;x23oaVNHWuxuvVycpbmq1D73LOaB3BPf1pDvSan/xy1ozPuqB03UW10nsY88siqm9UvPWV+ypDWf&#10;7UGx7puMunRWH1rWgzNo5KxV1/z1ZLbS3OqPu0EatXtEQm2XXJKLs7GkM5e45s3OkD7ypHmzCvdU&#10;vbwc4w6Jnwnj9st7lrq+1RjHfLZGcRZXbuRkVglzzejQEmc3vM+m5jwtuwW+SEceM9GWy6+jPb95&#10;2egr2F7F5OGXwORj3+E4N1poy0D7Io1k81oLUakGusR7XTvQ+v51Q1svtq2nbQfan1i3XK1bfmTd&#10;EozbpFfWhvb3AnH+2F9xR1w2xL9n3/wv7LtXgBnpYI+G5CGobQZDqspgSCpr4CkWLOiy139R5TmX&#10;1lepX06x5ap/JNOykqkTwJRWaQrSTasMakh1jX2XlwryKJV+uofEQ/Zfvztipn9WrxPxUldFHhD/&#10;J3VlqaLaZNZ/vd3F4G8hjhviJV9L/KmN249szPqv1+j1Xw/fK6z4EvBbp0hfAb/Hm67pon7JFqvy&#10;qGXXscjjLiFUVoAg3BAg4rWPjzxVHjmrCzgr0e7imFYQfZk4Qz9Tp552Y3vJ52NmVExngpQ9eQ5/&#10;07jG1opXxUdrrjgN8R0wM706yB12dMCyBibe/gavvIGrP4NrxUcOthGUSQmW7G94hwBeQHO82FdO&#10;+7LOkzSbq/g7lUmQTZvkJUZcm5y65UGb3DxNESCNWTkmqNJN1fvFQwLRD21qYf+xCVU/cXRj1qnr&#10;qdX79PnRo+CNrWyjKdYph9Fryf/FIY6Vn8vwpc5/pVc/O84eIXiEoYsA4Fj2TCarrsTE0UVNi6f1&#10;S+UAJSDa32khMWliG4mFXaKsDpiBrlkTve49u8TZa6K+dPQ7a52OMJX6Gf6hvkqyI8l12L5OURew&#10;nyiJGs5T2677b5sAGBFKO6t//2Vv7ERo5gCCE26eKPKJWE/RtDyjVWDAuHwgkWXpJTQOLhg3UHW8&#10;bfdxI95g+40tavjWynaDuNw2Tr3wGujU7HrYQLd12ICRt+JCK1Y6w2JEX/Gxw+mIz2ECcz4ACUN2&#10;FGwFpu7oiaJGK+iXXYA+QWt0jRn6PhZzANeqqPmcWAhdjF25/aCX+7h+8+R+DM3NLcjR+t1KWpbI&#10;yBGzcIfScdnjxRGIId13R6OCTPhNTJ98IseB1NjFygfsnSsJG0I37MlgUpcbnngQp+51D4bz6WcQ&#10;NtHUGGMYuLJvwubhwc3LzDAYzoD8ENIFGCLXaNM+cz+gzaWZghUHo/xsvqNw2fH+Xz9cB0faxJzf&#10;AQvdURwqrUW7q/wMUONN8ECpncjtXvfXjxA9S+Vqqt37CNE9GRc7WOE3sdzPXjMQLGyxHtxxwMGn&#10;Ph9q5/ROu6D/dMCBTRJy+kT8PONzaDUJKlpLvBxw5mwX7jx7IGIDeaQIj1o31FXMz3EbOrvXccLa&#10;m6ZfH6zwKgiMePXSqx+bxNz2CV2ArO6RQ7/5YSx+IIk2iShApPQBmWvHh4kS0j7nFNss42oFpSCn&#10;7/46noct4+q9EkKjcLrrA9mvBbuIrjYCKA5LvgLkdN/rHO8rT18nmszq48PQ5n49DZT+aphfP+Jz&#10;Uy0IK+H5lDexIn5PyuVgp+t38aklU5K5Y1pXUWpBlMGoD8BEO4bKzvI0AFQDKwMh5hk37NihLRW3&#10;FaCtdgGeexU+jE3tXev9W4RKpGQKEwyyo/083hm0HjZyUt/sIGvgQZKbcQIQiGR/rmgQDzRrrp0K&#10;4+KO4ab8qaUBWR835Gwr9RwvrsW2eVIOGtkFOEM+HI61K5Mx+AEnVb8hZ3t5GSfhYHXrJyyej+aH&#10;yBHjTXzKBJuvOAwSc40yUDWSFooPrgivkEEBh4pxw7MOyBJ0fOiROGYSHgjCKJxRkLPkOsIk8Frt&#10;GF2eo5APqOUjYU5OjTCiRGMvVEyEP2qyiS0T8iK1jnO8aTZM8SAveevEbXFuzYvUSKgvJonZnXb+&#10;wAUXTBTYydQLQRSIYIfoe8DOhVPVDyNWWJcaLoSycCO6bPV1jE5qnrglHchEDoundxeNGopAG9Fq&#10;EfU8vqx6IV3gwYE6Hxb90T4QhBTnJobMDdRYm1Zk8asBfkWlMpPICWs0mjK0QZQL1LQ1pRt8sKbV&#10;xXSrHS1YVI1cyVGnesbaNljxwh/6sMI4YKkOXgnYkfu98qAVPrrBbiQColAuBp6qugH0PsioXQAT&#10;C9j7HiusKxCHoTaGVrWhiUbYwtEQjCnBuPv1mwe73yOj6KhdH2CiXqK47SQ/oVzHOxyXPR78K2wJ&#10;IS3duWTbasJlyLo9lejeEhdDchzClwY9h8OjrAgjSsGigYeI1qBgUAcGE4AzokkKtHN++PlA7CAf&#10;jMsOyhQeHVw1wkT1RphrJKxrtIDPiQCG3gR2wlS6yCjiBtmSGp1nNLMbYWrPPNWoVOegqHrQ6pp7&#10;4YnBvnWBEfZ8NUJ2gcEe/tIJjmJRvFEXJmRbqy+dILsN26iVy9nCGtqGoTJEWVqpONCJ9Z+Noh91&#10;MDZsDD+UN1JwQ6lCqxYXrRFwnDcbepS+OW+wV4z/KxtJNWldXW6xo5s9O1l0Jn3x/gutx33/D10K&#10;5V853nXrLRGN6omOJyQGJKp6WGmpql6zLaqT2nkRH6nEcBXcHU6Kl6i+Exl72PspfK2EgJSyWlAY&#10;781L4InRQdQj+M3Cgqcn9JClnhK74RZBeGX/vIRCJa9rbvhyy2742SVBivy1C80R58UYO8AA7HOb&#10;VIy72q5037DDD4Z+6q0f0O5YxNEA6cesN37QPXR/q2Ls0wt10u4lyPgD0Ugybp123m1fUcG5YGxc&#10;HJoxnmH7Rqon9zvoDj6kjbQO3gH/3++AxPiSFpB5scA88oiC/XBG8wykQsqDT6PuhG0YYAWcGa3X&#10;ptNj7h3uFheqIrvY3vrtNNxuwgNj8lUeRB8VamiELQCDCMuGbNS045+8UZGDxuuT609n6Pq1XVGQ&#10;cR8PmEdSxAsWTwTFxa37kMIlsCeg6Dfduqk/1Q29s5Ut7pfx6Yt8RadtuAzl7HQFmodXX3T0FZ0p&#10;Pud4TYzCTtMo5/mWUrkdn8kT62aO6FZzYQ5tblSlcRe1WBFETKYOURrxxi1Ztyo1GVJuaOJWBO9n&#10;yMDClW0Q3JwxinqEy9FmVXFnYOhPBbqpb4R+JK5p8Gwm6nui8IUmpYuyo4vtpz2a0qQw1nO7QpI1&#10;svRyBl0hm6MKxS0bQriDDVbDo53ivbLBCrQRwQxzh2oLx3L+aozKxWiCYC8ZP7DFe4IL98E7oIix&#10;obGee8+0SEHgu5gSqRpgc1O2akD7zrccme35zR4QGhLPR2tWqEDhSPzuzr/dMjLIl86oLXS+FwHn&#10;GrG4UceBD9bPG2Dve2JdGWrKecu8tST9P/FlKZC2ZPuyXlK0LiZiof/GlhurctRkGx0ZkaRctMmo&#10;bYWh05zhiGqCTCxXgC/xe2NmTuO+ygRXJ8pCgodk35s15ENN55ml+5uMiFNAN1bHS0RSFOLCiJ2a&#10;oBHQeGZsDcLbjEgYdzZWOKqMXmn6vFeEDqAq02S0NrHIlCbZSfkXrCEIWbwZNjRV3S3p4U+OmSue&#10;L+Y/yzBliNKryFwjPbOv6wCNjBpz0RsbIBeonWEzuwSGpxNT66jFqbpmvuumhqQKb6mw5BV5GPx9&#10;Oie2/8qgraLATPSCCOvjTb6zWspUrCxol6CtVURVQqGsv2Y09D2CeIa+hZh7/P5TxUnsTilY0uFq&#10;UlQ+rhFRDRfwJye4Qt2onrpUVx2WGyXAxMwJjt0r3jLnCnJzmqH6HmeYulQRjvnrx11fo+7IKmwx&#10;QCD9jR18RQc4Q6f80Q7J/OXSxGmPkWH9mCIlzrWIv9Px5tfbPl7M8XHsmsRmWv2/DbKjO4Bmt7kg&#10;c17U/1IAroamqrCyz4yRpSqjoe9R0cgnUXE/V62vSrBLWvdpGW1Vdt5Os+txHkXi3b7oiAwCmZ2i&#10;fbFyJd9uGK+K/++/CJLW5/2ts4RpBX8rIFPiVlKOUrSybGJVAkzEIdfYveJtvO1QM5FYMMVEoTrM&#10;22Xe1s94C3kjuzQ1Evj3Lt5C1dV/sANF9Dwvvm5L8Ex7xtCe3asIMibV9piIBkvyybnfbY887F8Z&#10;JOJtQJ3bWEEpLwk4lYAz+C7DDdWIxph2DH0PCyg3NJK+Q5v4K2H3Kqbd/Yq3DGqxW6YRJPa7nR3u&#10;CdUed7UvSV1YqYok/3q6MyNRXyVcI222ewV/KyBnu7mb0wG25U4JGG5r3GPf2f60Lh7WnZYIQ7yY&#10;t/ktMRlvyrvhaZfW5Gaa/Hu8RfiO5v9gClb468UfqryXMT4uKZZjbfqziiDDcvr1vFySr879bpPk&#10;Yf/OJhfDDcTneElB16YRQVfI2U6GS9WiIdmjfKup0Ys0cv5G6/FSU7lx39psi6ULawtUY+tSCiuL&#10;ix4+FkM/2Hspid6z64Yw1bnBrq/0WpTGVjN3VQZUOWpKEPOHBZ7RnuVFQdlVUKhLfxxYZNAlcK3N&#10;E7ldc9N/WxpHS7JE243kxtEvDL2/r4U30K43zKxLpdX/oK2jzO8eSpCuGV/kTlspdbMCTZmlzHnV&#10;NlnfLybu0j/KG0u5Xd7zcuiACr5/75sX1/iLa+b/4Rr74pr2H3LNDuXVvVGCRUFvLxaaqeQzTfqU&#10;vO4u7GpS7Pac7LI9XXPF/nup2lBwpEp6/ZvxKsmN4wiCd76CHyBR+/IeXe3rAPy9Y8nq6RFFQzBg&#10;Kqe7q3KNjFjldUsY/ZqqypOXb04xwOu1Raofj+CKORuLyv6BtTSgFJf16veVp5aoJ3UqqeMbnlOr&#10;P1ohVm8PazRpcAh7G8s4GjxbqtRQCGXcrXYazXYZ7r9tfB7hRz2WG6KVY1PXtvPhZfjUy0zqFUtI&#10;irsfNlaeqbgqK722QzWL5TAEJjvOEZM5XIbcwvaq77Hacy3/N6kQqgMUz2Up+W/KMl/KMqMssbT8&#10;tNZ+r0s08LoqExs/OMm9MPuE4jejLKZZK9RhfylLP2XJx2bq+/nwMnzoZb6WJf88pkV1WXg3vQLZ&#10;8IwPJZqC1Vh2zWk9SBd16ys41/ibOS1IE9wnhyl1vM5LdWeRrLgDovPzPIhg9FmH1WR3xN+s1Q4y&#10;1Lcozmy/dWIqhrhZnME4yNWc+1huiAPwRlVDgzNS07X3XeXjrvshjwPsN6uc3rFdvI6KHYoWdzFr&#10;iMl0PWPN1/nqMnzkZSa1ivuWxOTP/QDSMkpzVWZ7Rc8SUmnWQ2diTqP8DqQGlhYzqxZcx86Svv3A&#10;O1P7qSbzpSbzpSbzt5qsl5rkPxRlnjw7KVGE/lKS/ltJ+r0kXrk/lGTeSrLvJdmvJdm3koz/L8nE&#10;fsK5LMkUGtz5p1dSz8Ew935dpWle4i5KJre5UV2V59Nvk5IrVz9WeJmIc71OaEk35JkKuAN/eGVj&#10;wMuKAEw7UelsYzdMCandSkBKnjLfPxqQDf+crNlEQNikn8PgO3EarOm+y+TZ9b1I03zAScJUBX+h&#10;NaCHBt7dLnNGFwOL42nJpIvny9KR8xLn4l3YjUioW3FPWehoxjUHilXz58oMmXuZRmdYo6tFYO/c&#10;ZOtT2kPPs8KuBYGSXrG3aY0lcCYvg7WzpeJHRTBkV/rG/2YIu9X4paf45fygzcMfiLWFHMkvsLB5&#10;KVEyt6uB8YoPGmcZduabhctD2avA0DD5fvukGryeN88LPyeFQ+43x0AXaAIyEhNvkPgGEQ3/QofZ&#10;fU7BXOUWn+30lGEYnRclRok3NzAUexWTfqdYRTo3obQ11eivrze4m1nQpP2P3LDX4MjXW1i4ey7e&#10;zcgBHU+7f26ZoAwYPOEMkjBxCT7GbWjPwo4v70gpwkFrNRz4eOufHSNX4Mhkj673UrGlL4ZS2F7a&#10;/VWs8zztmKHJzwoo5MdSHfFunXoXN+bZeKNEARxqvBOm4mTh8rr8pdnrFd0DzzHAKMQV3vlB2YBJ&#10;NZMjUR8Fw1cih/i2iCUl/fdwYV6qQphoOWAipd+0UIBl4KJmoqCVHsKqpZHQFGMyNh3AOYwHs5bD&#10;/EBpmjCDdDdTjjTWeZbo0AT0qgqMgQ/0Eqdx6ZytlsPTxPHAX/xeKEwU2UK3sCUGqVktWqikL5Pf&#10;criCNOczbLRxJpkxAWIqFoEMmR5rSSzPBI6sGxDX8C9cmprIpT+gIf6Zc4u/q0m5ZULdvr0BJKwe&#10;ZS3fzCv3u9/TB2C1/r2XFpX3cwoIpqCjwdrlFBO2h0efuPnwkE97wd+L9jiRYSjdPfn+biQmjjHi&#10;JBY6nY/NbHtq8/eRHRzZwoigKp/NgYsol4xIwO2tZnC/ovRbbSHJBQ+nOcyermtTg8iPqoaGu9t5&#10;42SgoVdzGmaaOvGzKzu70jXlU612/70J1J8fvZ55nGBPVWHIi1fADDrdj9MIaD0jusfK8L++ESCS&#10;XarWMrgcbks+XbXCFZ/qLw9vmGeZcrWyJssAqMbu8O9BIJ1aN/l2N5f2t1JBKGEKUfTGIXi6ANg3&#10;W+oEhuD1abHBuBly8Cr8ex21wWthqY+ClsNNmnXHGTSKz0h+sxNosvP++M4SN7d7W/Iw91dumlto&#10;xFAIRCTObjdrHNZOk0uCNCgHM8/WWi35eQjRg1DdgqwfmRFsx281M1ETyObIWYpfFix6uE3m527+&#10;4+4OUMCfFkKqcahwVD2HsGHHDi80CaVrn/qeArRk8w4tVLhC8NxCjvgOKLd0CdVb0aLgs0rszAIh&#10;nfgLL1IosWux47IJJDcBWdQyyV2b2cJRQmD0EW+LGPiixsjCYnNS0OwhBHliqMiZug5p21oNpWDg&#10;TiX+kAuap9esF6PnWvDHctLMftlOaF28LVkclk2XkwtaUhbFWHWJUpxzSOWfm+y+xbhz2FuJYEw0&#10;vpqr8wfyQJL2LS2KSc4BVFw4pHfmQ+RFWCTTqFUbMzWsTmgnBt3FibBzOyGhJ1tOaqwBEjumZKik&#10;uK3pWMoT7vilV7cROTc2Bt2gHDHT2KIFUwqWaSr6TmQorxmed10x05bn1D45+Bp43aA74Xj9XDI1&#10;6bAmqZPJAul3U4F6i3e5tPlus+eDQVYWPafYt9useWmXseCbrGNky9kkCgAQWE0RLX1Zpqh4P84P&#10;EYTMicTKEq4Ch6MI4gtzr5PLylunODF2dPHOXw5bpJ7SxTyrb5WameYtbj6ydqKictyXnZ9cJZI3&#10;WDfEHTrftp0focNGfClG1XIP79t8elSkCjgRMphIvFpyOLT0adXaRZJmsDb5Kg1CpDP13p2xiE/i&#10;ztWV3CY6mbppmMLsiF72aN1V/vBIff0Rc9NCpMTcQhZ/3wrWuU1KUHQy7an/a000Q+GUiOK8c+Un&#10;lmaBaCFp08GM4oQSuOiUeh7jkexXacFjBjHAUAbUxCBOsdXKDukqXMDdg+x6Gg2r9Av+BFBmwaCE&#10;B+i8OwSqZxk5BWmZZJU/CmO2SA5+bOddebmHnfFKGAMH1CAI4iRKc5tG3ezuJ5HmtVsEE4/lcWXr&#10;4NtizBzLrLuaMrdpcB5+2ryB1jglc4qN0k5f1isrCQkI+AJf9zcGxuiblZXmkdOSrNcBO9v77QVC&#10;+CZaiBshxGznt+1M+CBAqFjkPPK++KzkoMQ4k3g8/3g7UKLI+2rcb8auUnVShO/9WU6hiC0iMmyl&#10;oW6f7KTa9XYZ2ZiYRGjRlMM4LA6LBgpUjFRzKJqux5nJjB1ubDEn55TSR3qBPf/r29LAuOIKkrbJ&#10;+r0QEkmDKrki8sAgiGfHFD3MU9WqWu4l8qCwhpPThX/c5sXfjSDKwXOGRG1z+seQooo5mkSHNnv0&#10;iFKnVoShQ7qX6hTQchvoRWonyQRzk9TNKovNLEQ0EchFj/q2ZqNJcjp208Yt1RqHfOmyyfWCDw7T&#10;xv2jtAT9QhRkIhBSm3zrnmB9CSSbpiHiu6WGZM0mS1osPRhH24eUfJgDkSBsTgL6t81zGPTmHBcP&#10;Ayne2lYoAeODVBhqP+6pD7P8r7djT3UotSHmcH63AVMmqBSwlbaIQ7HS6Ge/OQB64mEg3qPFSjtG&#10;Rw9HuWhixfEZ9mARKqlpwnJuFABtbrFusikC5ppkybl1JjKLpxQIQdUt7d8sMqpvmwLF6ix9BlRX&#10;zs9dwshPihTSxvT8l46jlTSFWZtjLXVuO+KGWqWYE4rCJP6vogwu49ebs+sa/ANrFVJBkuMiZecc&#10;PN5ATqoaI/HbWcwIm06wlaWzwH+0oNlAT4vdQUscEiPE09d7l9wpmiy3Azl1QT0m7l7hAf6NOeI9&#10;tBamaiubDA96s/WbJVVApK00iC/o0o1/J4WChTCk6ETJgVbIO0d7UT7imqp81fdTeDieYh9b/lEp&#10;0G8uzn9DmiKSznicx1WmJIS57dyH77uF/sAS1iZ1BYEsTA/I040lzGEqlGc4xlksXTye6HfR66qB&#10;4h6neJwcjImdcU3yRFarPguTG4PlTlz9eBUAezPJ7E6f8Vv1tIxzSZgVaO86N658RNDf499+4xGP&#10;rD98waVFgpxxIE53/xsNyah7fb8MipHHeeZj/jlmVe9fHrFP/8TGKhcVAikN1SUEnDxncX3Obg0a&#10;nyLCfiQtk1H6ZV4Gh+s/vqscOZIkB+p8RX2gx+IO4D0UdgWuSjP+fuHuiKwsNjlKs9B5IXD48Xmu&#10;SSLgX9Vwc2AI7Sj4Q/5Sv/FQRksQXwtLb8PvYV4EOkc024Hq/MDnuaZUPp4hhEl5+t2/yzEwyhq7&#10;2LX1E+TgZcTNuklzCiD/P881YTxvLZyV2ddDKJjB59sValdRrX1mkDuZl9DfDtm3iVDo5H6+JUPh&#10;xEeiwT0crGaN7sMWmIZe7bHFF3WisT6Ij389R7y3xdTq5PcnLSWDYBKbfAvDmd6TZ+jpWuIL4kJo&#10;WiQDbM2rtzHtaz+uwLcmGoCR4ccJAYnt+eQznO4a8fW4PlJYntiJeaJAqcZLHFXrLX8T9bQkvKIj&#10;4Imvt+tEMRDneGCFkfO9T+tRpVXI8nvtrKcgCHd6qvpINKBc+NV8E+Wlc6tgfuuVkwxgkqw+AFLZ&#10;aYUfGZarrjBP4/puq4I8ycwjhu6DbvjU5qBb7+PboPc6XtbGrg07oJNh0CavdcmLVuozkM7JMGbQ&#10;uQNdI4hM8sf7W9HsidAx5Tnft1CjqIVGmKzEUQR3fZ5rMYplPy5Z5p0kydFfoTr7Q3NzQQWmaZ3v&#10;o7f1BHguQwJOpxz+I+a9hVrgmJHuJ8xAH/w811Qz3Nrkk1DmJAYFhxhSMl3Nfa7P6Y30Bc3PkR7X&#10;vGUIbWgpA6oGdTM0+SPJsCIPhQCTivAnNbZKTNyAxKsrFHeYhxsjA/Tgzfbj/Eb1DxzWy2KMB0Sn&#10;mLqHtYUCwZUyRv7+pALdNcMMzlNpCBXSraCgZ3RUodDTRaBR4ygYjsY58noPlMoQQe4HGqWdrhvv&#10;t36Q7ghyRToY5aX8aKWCSrOYJVQkqXeRzU8VnUDG+FCD66v3HeQZrha1JWezhDpbfnZmIkvTQ1lX&#10;rB0I4mFIvwsldtEqIOsrhSGWDFwX03gF/EBjaHWpxkm609Mh0ojGCmq2crsbbWMvVEPW2fxmXLoh&#10;UFjyVRuLi+ZjIKsAQuNZJwCi6OQQL38T9CqR1wKYR80MxvI7bkn3AqPwkna0/p+j2C+D57sd8IZ+&#10;E4unZPTi8i0mrm3Oe23yqAtuTrKG0IBDPGPYy0uqPHV5FlHQwTkWwz93+mLmP5TWANAh1TCoadeN&#10;mmMFt9ByN2U47SJxKYOkuE0SjkvjSkcTqt/vbydqS5K16caxX0JdTao1Kk2A6uVIATp0njP9EZUf&#10;oDAR/JiHSsjHkQcyWXuevuFwGdayuDDZSDHh/87h5z9rtss6RjhGu/YLPXz85z4ybWFXNm3kbGGq&#10;rpEhPXDBGsWAxSwE/laQ558RhiE8zcInZGa22EAnwEvR98DayDkiTE7UYMI+FUgjzFh0Ymh94/xx&#10;lAFXw1Fq8RvClWO24pPjH0AAcCNeUF01mnRpfibM58PjX9maDsyEm4lU14K+251jGwfhJtHwxMs7&#10;/3j7yQCwOq05q9NbfOCqTgAooCU4kNkNZyH6QrNjxdHFGIFoXEzx6mfdFrdZsPSO+wbRsAckRKOk&#10;TtD6z7fIWr0PCNfrA86jllEX4AWY8/0NASZbxdugugqM3x0DWKNh729GlRtSL3SVBwtR5GG/RpyA&#10;je17Ul2VQpnXu1Z/8Pte1k+F6TREcEaBBzUqdB8bKED82x9/MqtOok+XmJdiT4pM2xYQOqcnmvOO&#10;Ows81T9i6kU32M7kmeeVcalKvOmKAN/vbycGaxkzWRzCPgkflmp1ohN/YnCmX1c9BhHD3jk+PaRZ&#10;vwa6xgYxEjrqaz9XCJCNAtnyG311EnpST5SxqgnT2HUgXmxiJNf5PMXdTo+JKuFo+QpuWUzZ4jNo&#10;MIAG74u12rSclVUaBlpxZ0PmFq9sAPWQuI9ydmJHM+zGkq7DRhECUQcPnCf5Wz2QOug8oyZrVmbl&#10;85CGtja+OZ9OMrZ3fwMfqESHzkYC5WYoyQEQGU4XSdcHmKLKKQ42n4PE1Qpa4WIod/6xkdCB7YFd&#10;2WA63/sEDbKevTUlrhKit3GoTQ6ZFcpHXLMnyh5jIU3bo4QRFFYalPYV1yooPGAi8N4ApUdifr4F&#10;ywC5Z/AZ9Bhag48Z5kY8hhknoM7JGwvFd0zQYJYRjePCkD78zlxbkCqX1z3dG42msTRWxOleyDfp&#10;Cpxo5NQ9wHSCoHEk4GSwTXX/6IuisdEKiKIWzP7ar3h9gRRHR0yM5mh9/BjUgsMpLOCm4gs2CebU&#10;V1PwszmxGPPgVUxQG0DFpmXBmgAxByiPXG6ceGxkR8BzgZE5s4AEEkGNypuwWp7mKxCRtBWV32yV&#10;sR3O9YlwchTCUMmsRPkptkKd4CXRjD5TRnNt4yH1GeDRnDjcTiZsVGGjYKsgGcz9KD1I8sv4QJMs&#10;Qa844igB7W7jas2Ru2uv3rW87hXQuULzRMOcVPGkrU5fOobk8WbRRoNaTfQFM5v9i2R4Yj+Kt2+S&#10;IUbO+lF/H0dIy0N+SDGye4OO8b8/pd5IdmDcWESM/51xOdWryiVi/TCyPEjzSoXn/yZ14o0YUr7a&#10;e7/nvRsTg3uQe8S7wdisUn9ovH/LOTZ7xRTV6gEy1l/Mn0P5j8ayuNzkkOQeTVFJATNmlTXiwI9N&#10;KEOhuUOK+tC9Vrmpc/O95uK9ztHymj0w3et6X+VW2tI9wtI4uMbRZRkrxUJ0rGyKm1I5183InGXy&#10;zxhiwuJb4G96Qviz9F7HCyIuSrAJegcVPKRG5VX356M4G7a58sGVbDu4Zts5R5ULiMW6gu798DJ3&#10;Vem3Qt6bS1GYTTCdWCHiReCGDkQ0CLnd/BZBSvPezpBCovFjgPEtddeIFF4ygwHPFIijIkll7Gj8&#10;F98jzzIxX7gM6xSXjWcmraxT+04fheoq2yELyQoUk6FZ/eq0InV66Va3q3n7aO+S1LU8XyuLNdX4&#10;7GbAuuk7g4C5ZU4MeBmRrZxUZWGat2ZTZk2CUemaZHlwi/O7IG8M7GrKkIGTaC3tJIscYRUnbVZs&#10;linS35uYPVdCyTLqoa41WU21nxL1RV6r3d8Mk6g3VwL+Wvt6MhC8p2SA8iONm5aRHS9dCfclxu+6&#10;d07S85IfWV1Dp5Myfyn3lCJ8ti3m2wqB11z6n8w+fOWtWyJ9CQ9kv7T/MyW6boSCPEtWBOZN0xlf&#10;WFND2nRv09UuqKBXazKfmRusTOZKTYohAA0XiehFaqIgiZafalUJbGPrmwC62PV9KLJGxipSAXsA&#10;WItor0ctgJPvCdgzzv0dsZ08VuOQK7p314e7qiSc0Cp+3FQ8yEElMf0Zpo/3rL2nyWRiGtsxxKhf&#10;v0nVCekSurMa0Ky+pnKzTFcuVqtymRolNyG5tIxdZ1RTa5cOHSQUlW6UUFSkJoGEhN4FEZWq1NBC&#10;TwIhVBFQqggIqIiAiDQVpJcAQVpoKlWQKL2IdAFBRKRM8N5v7nyzvrVm8uM9J7u9+3n2PjvJWieJ&#10;4BBofqRNJTfeMLpTKs64LqGw7Wfj2Z/p5gtfuTv9nKrtKj9UXR1gi2EYfZkZXe+0/JLui/v5/Ofi&#10;FTawO10PLrwKli+YIT3MATxflBLf2ssyufXWgOzpnzLjNQIi5e2J59ebHxcZkDoYfGRG9fma1STO&#10;GxE5oVvnn71luPYFtNVTaGHrJK5XI9OImKjkFH3CdlDha4Xp623pg+ZOviMmbId/2HycKf1eganU&#10;SK43M3UopNrvo3b7pUmLujzQ6uWm/fRWnJ9pDeO5b4959Bs25kFXRp+RTWqYxTTBySbKU5esGvjv&#10;m831TzPHJMIYcNfEMu7QIelH9zjKNDuu7KsHxruHP3+nSKy/RD94EtmI9XBbNWfWZIibUzI/f2H5&#10;MneSoXSVI4vEFwM77pnninkp4B+lzV5qpVEr09UI53dKBcRYt9YQe7odNlHH/P6BU1ciNx8UwzqU&#10;gKrAawetc1qMP2VbT31wvCCyXK75DN9XVluuZ/WJ8+51Bf1QRfawCGvKmKOAtXTYofroxxQxcyDD&#10;z1txai1JSOHznm0pvBcFRMoBfOCEtlUfc1TpTUYtrVUDu8wd05JgdLylbvE2+WC+38YHQa/ApaOj&#10;sxe5efXaAgjrpD3vtaTqHGE4+IGempVTYcHf0+v1uEQXyVXEcWLDdiVc/LL3txsKlqyjlHdXOnr0&#10;p9lJFi+kW2L1irFW6ZfPtTviqB9IYUrMDTh6/Va6shXNLcuGl84HaSoRis0hmrzUu9xDbH237wVg&#10;dE3YZJ5bkeZ4zshIqTFNWZ9p1ox6nHaH+V24MnsL4n5zaEhH6BOPJtj0MSaLWlfJpATYi6LtF0WS&#10;4/MtGe+8yxRYlkgfnRq0DIbfA4cHFL44gkj80wycrY3F7LrBl3XsAqoixBJ42hMLNEUUOLRsCisW&#10;05/KCzGdfPspWsROS8JDDlXutXAiyqPVTsDxcucpMB2eWSVX9ecG63nTN0wLnq+dUiSv5q77HhxT&#10;r2W1oxuZf7nuE37vKtTq0VXZT7z0x/np+Fj0PPg9ePZktcjwvqUO/gLBmEj7DIwTR1t3fW1ByyvL&#10;VjX6tF/G7e1325TMlOL8J+Ed3hNTURClzw7SFtduJp+Yvqhxb+hVdUulrZMwPzBCnUX9+M/ieNzZ&#10;KO1gS9lhefEk+x3D6ZJAZFH5q7uKKZVSnJ7eky0VbcFRt5GKi8lLSJS0lWp8u8uDm70cblKXdV4E&#10;TJAGlO8xvlpvMKxTL9v4od7TqNpfZEF/MYxe109Gx+rLpvKvrwVahRTZQn7JF+dVbnrw+tB/7/O3&#10;enCyxqQwzrj0nF8rHyzuhdsv0uiTtZatil/5Ax3Dr3rhL4Weyr8s0LiVfMYjduD4cv3bb1L60i+S&#10;TNECPo8rqthOvP+SPDHQqRvMnR8hwgIP5IzeNnUzKuQX138AEIoxcgT5TDBF3/Mo5kmhz+W2pbCp&#10;5260Mc3w0N4RnDM2mBCctW3D8QlgdxyrT70rw3hg9cvBrorm9A26JN2cc1fjuRvGSxRwg4wXOuPu&#10;p2eaD/Wtx8xK7gsoVVMei7FNB5b1vhuUEms1S7FHCNiqnDqxxWH7uJSROPxWPNc2xzhEjV7oa/YS&#10;E7ACOyVpdZaL9frd45WVHpk9iMKnDS3UL6uqGqJQRGGe0+TwKdcBP/4Pqq9QM7nP45480Hhzho7j&#10;Qs3ia65wcMLLVse2fuiTHr67noyqxHZC762xIreugNueTErwctsqXwGvbC1m9mrJIZ/IAvbxU2sT&#10;2/nitcnPULOWeXokMXWpfD3ebePuDiuG1GGRAX03BEcu9OoUPMQA/foYu+CTwufGOQdBOfpelus1&#10;Ab0h4MFhVu2IXK8TM376Ewz4u7xUoPXIxc7EQuYWAwshXsvRIL6isvjc8BwgM7Wh8tiDILjDzIeF&#10;trJj2mjB+TpFujr3EOBGLOuNqtbBtUJnc9VcCWul50BVhkz94rNXvlcN3N0755c9eqKp5e3QVRH+&#10;Piko68OTPZzRNaRX0Y+DucstC4Hy2Xu9p9ToGIp3ZHJMDYg25ia+wulLSo6SluELEPGgHymEl+EP&#10;quuiN0U/6sFKHusr2sktXoqw+zC3rHLWKE84r7Ju73hRxneVi2ECU9+/+EN4yz+puSnQbzjHiEaN&#10;nTfu4jZb1L38UoHnLnUUQzBLN0m8jWalv548H3/N+tKlxgxRdZzzdVR7V04+7fN6ddV79UoWhp+U&#10;TjnozTCnDPEZAWf9n7/XqM9IqJx7K41iBYE6Ggb9b8CTfPu/lz1B3D/OHNYq7oB9ZBR/1tGTlsnj&#10;z9TCGmL6mgAAwOHhn4UBEPxg6CsHBufsSyRgHLBHZ3hHDw6oPBgCPjpRUZG77OBLNMI7u7u4Y5wl&#10;dJRgEJgCBA5TgEFpR4QMRP48BHL+gtw1gru/AxEDhirQPE3U1P470tHzvyNpGhhhiA46DkQHMBR+&#10;ZCanaXBNR+9v1yM5FAxF/EcFDAxV/I8KeTAU+R8VCmAo6o9CG48jOrjjMAQLDMHXHY8DQ2Fy2jSw&#10;RPx/S2BIuSt+WC0vvJMnWEHOBO+HcyYS3L1N/3BiFuSNAcP+kf4rDAz5P1AewfkXXxicK9ENDIXI&#10;I9TU/qb12FmRa6YymjRuMTLyshAwx9mzf6egBP4jBRt4efnRjI+ykjC5AIYpyEJoRpoGSPS/56oE&#10;hiFlEX+UeniCElhCz93LnZagiTve9wJY4gLNycyd6IWhaY7O/zjTQNPIpYlgCnIQuBxMAQyDKsEU&#10;jtQOOH8HX1/3YJoSipBHytNkWkfw3XGuWvhAmgeNRBkEAgZGIqBgGXkUlGag726C8f3fVrJQJAIO&#10;k1eQV4QfOUBlIXCIIhIKg9M8IbJIqLwCVB6FoBn8iSIrD0XKw1E0Y1o8HbyTHxaDI14j4J0wvr7a&#10;eC88wVcJrB3kgAMbObjSNA5gS4yXFz4ArOXl4OTJQaMFjqbhxtAYwDoQaT13xIemARSG1vJz93Km&#10;1dIRQ+MGDkceieXRf0Ka+9Ji0cIehT8SK6INsDSJKYZIpKGlbfgnBs2YgPfGOhA8jyRgGSgECaHV&#10;krb8rTbDYL29aGz+oQeuAJGl4f3r8D+f/LWvGS3Hv2ikcUCzQ8EgYCQUdXQKlVf8y+Yf9Bh/d0yA&#10;EvgKHoc5UsHRmgSi6V+lUVCA0LI4Wv/SmPh5YQjmOHciLUnEkQimgL7sQHDF/FVQUyeHow6gFUvT&#10;APUXetoVjPH6W/Qnsp6Xwx/QNJC00P+sf21gdhSMSKsz3suPSOsfJTDyX3vT2L3sEES7lv6OBlVE&#10;a2Fc3XG0fXBEWrHQ7i5o/78uNbQrkdZnYFqn0YqjiNb0ImIIOBp3/zL9W66Lc0b/fVVhnP/Rnb1G&#10;K89VgjstthJUgVYLpMIf+IroiwR353/qpkjrTvCf5Q8MWVqmRw8olEY3CkYbAv8/CerPQxEBhSOh&#10;CrAjr/9L8he9NCKJNNz/YgOG1jb6JzcIRNbIlNbjNIjaeOxRl/tyHI3G/zVuj4bev48PBBz+b/Pj&#10;T4mtTIkOOGcHgjP6aFhKVMvtA27kuTAE027bPZ+ko5POBbDvphQlFj7aNnK3pQAkFvwNvJNslWKv&#10;LeJ0RAHhrAAAGAj0BnoCbcy7z8nGftQPcV4Sa/xkowVCWAuHOvCogKaNkSEfq4Vww41A4f6n7BcH&#10;nkZdd8t6dHLpzrvrEXQPX7B1vVWVu77jqZWzzlkgHZRrlraOI9sqtpqHME6ntu9OzRbMTP14p1jr&#10;kW3vHZ+nQeh4iSC0qgr8wn/KClOp7D2/LvUltpTpe1rcLtJA12TddH0DKfBWfAdkcjwEXABCjoow&#10;T2CdXU2mQMMLge9PsmU+kGQGpUiyBt727SXf91Vr3tD6xCt3cCmebhwqPEw3n/mCMyQ8fLONIWVK&#10;4SRLC9MrRq1m1LxidCvKqihT7tKFeeh7qSl5RdB6nxhzSHM4oRI1ePxHnQndDqo7la44EL1qNHy2&#10;8AXLbHUSypNH5OTmcW81e40lkc299uKeAUxMgl6R2KxvvNTGZ2z0+5sGLGr317YcFZIXhTJhLkYD&#10;1h6djmjRjGThNDhfltTJd44g/TkbW3qPCMdDHmnjSj3S+Bq73lycqLMWhJDbaHjfFVLh3Qwg6QkI&#10;ZprnBnM81ioK7NH7AU5li08ZA0YM1L1Oqd5Odz1nZBFILpa3bw4/qTYgGccvqmwJHHp77rKv5tOu&#10;d0OmA3ZTz0eZgTeAWj+kr9klsZ1APn3Ngno5oMl2q5d5wXEq5ON05kUw/Y0O1HUMMJMqQD/PUI+d&#10;8+lVvkM372TEnUS724lxnoEZKADJHm0gMLP33S/KaV48CbWDRLe8HGKsh9gDuh7cOA3T0G/vCTTQ&#10;FRBOsyMlFJanGijfa3nEqcEqA/db0JB0nDGj9hbcvdzHn+V0J0dQszL1Eu33PKrNBHq47YFpeTYL&#10;SmKCOcd+vbSGbIgLZ25ua0hZLinmfBS2NT/06V3lYixwPh3nJWCOms/Mncq8D7LsvMOY6avUgrqe&#10;ln17FTHA2IIKaFfhNBWdymTnzPQN3kNe5p85Fit5+lIbNOt4dzvmFTPDPEjTMFlSfD6TcmylNPO1&#10;djPqkJi5ufPII020F1XKlukb9muIN9m3l4VoxrG4gKD72lzXnDSlghFBCtMwFjuwS732X0IyZyOk&#10;9mqlTuszOVvyBMp9zPQVzXUp84nqNRiv9vzisBi5eCP1fKMSNOui0VxmQMad32srBw+JNrJuXZF9&#10;3AWuQ4m1jR2Jnlss7VjPRMuULN21ww02z28jIYfjw3KBThQ/w/q0765cNnn71QZ9cKFfayut3yW+&#10;cGfNqrx9OZoQjijAIo3kcpMNt0JFUpydQtqv7jn+vhWNDonfaNmxKk4Na3qvGnumxrVfOk6d1Tn4&#10;W+1wfWgwWf1AZLCxKgCAbtsHVD9bS39r283AXz5dy+Swi+1a8ffvq9qvUXCKd/3ZPl5t+bW3YqVT&#10;5tskVmV0/f2vWkQEtuSAaOjLlXFzeredzXsOTaqSIf3oUZUtWODmF/3l8TFzfgmVZfuteLTOjyrz&#10;szbt9LdJyOu2z9ul7vV8M0KJMRGRb6bwyfN03qrWbSPxHRsXZ4WnPJF0iiBSNdfPlOnO9ipb5L5P&#10;EW/+493J7+0HlaknSd9e+8xv4WQ2uE7XxobXlPTscrb7YN+kVXD6e09zyYBIoJD3Mk4AUNzs/Qm6&#10;vYzfMNBk9a+sxf5LWyWldQ6kfGUOPW2QLdo3UfztThUguesX+p71h99hISkkjhdygszNMQaJ7afv&#10;zA381hQzgOGo1MBkkQ65z3s48kRJafJh6WddiqZs4yrBb0FI9WbtoYenXN3HMfhuiV8HHSQ24nMY&#10;RVX2622x/ddz3j9JYauWqMTNA8cztY+B1ABapS7gLCImmwSRCgKc5Ojr36EZazfV+BOvZ40LH5tq&#10;+p5/4JOw2TiQ7Zq87Lk3MzC1R1HGCZYs7rKk1QlnH2yXLoaxZNMYEgwleofaIG3qEkYtwksPSOPD&#10;zpRU150fnrLhwoOVn+fckP51u+Tab3IFYW8h3dFzqWZ9vg0HgPXxjrCPWBKwL6t2Pztp+enewfiE&#10;CI1oiuIKU4SFnE0lKYStrnEJwRTDvS6/vY8d3fMperP8hFODA89/hcuGsTWqCOe5hrjVUFFvFcue&#10;XOXQs/jZKitsUh2nWvo6MSGZzh833RmVWw5Qnl+Ij1m7z3QBoaceZz+vRF1nn+S/V/4AyBIx0NKb&#10;wNHRqh6Sq9jgtCX+CdXHTY7win1zP7FcubnRr/bMoDyS6EgFmJiqTPHojwuHC+H2byl/58oOvUmc&#10;mglS0y7BH+OcJg23BfUGzAjYzQrY4Wu338lL0u4YZ6uTafVJNmoR4Rzr0EVSr1JWxzXOleDlqKYM&#10;Y9HLWQyA+ToBKgpIVaQ7V+Kb5G3qvRa2/Hk/++bXSFDkyWskbyFcXP3Je2gENaAranX7Yd3q6Tjr&#10;Mo4HWr34Y7I63rCx1n4K8/RSWOe6UPp0wdTB67lIkCPM0x7grWb3MFrrShZms0wTKQiozGRT/N1J&#10;/63fNuP+mpg2aGZQRrrtDQFb4Cq/i6/lm1k6fFfG7k86M7g/h9geg415LFngnPpua/f77jF0Lb3O&#10;slXnAEx+e7G6e0i3bhg9XsPnw8LpQ1YfXvJeEwYcAso6QueEyRBQp8zuMsKOCzTTZPeoaH50Xzxg&#10;G2+tsdApG0ItdnWh+LMPN4+RmTRii+ZPhZp/KzFi5CDZq/TlkBFcoDvabZvSM/b+xWqoT+PBXxJt&#10;Dn/jVGOw/m/56xHU18Amj3LXXNSoYTResET1e7dlsqpNu6/nOXDVMZLwIPHUdlTX/uM9lm6f2nVR&#10;6sTGVe1Oii9dN9yI5DA7XVfrN00q1v4+rVhya9/yfAhShZ/0Y3kSBmolBpKrA0oW/RFFn5+/Z2ry&#10;YZ/0M4yptlw4HVp0OH6wyzuyfZ9prAxIdkY6K9Cc4CNNrijQqaxNoPq6O13OdQsmHQdkWTGyyzB6&#10;8vOjjxt9HjVuUSLmA+f6/JajK+T6SlENnliVoo+rhiUtrT3YtV8cYeFoklZQybg/X3QZ9nAna3LA&#10;bWiRKPvYm2xj9tGsx/vm3HBJTxn5YIs0mro3HhC9fDXGZznBVmTlGKmu5BV2VYltRw4ECJ0dVv4t&#10;0o1D/4oZfaZd7ZQ+HWA9won9VDCNPCAtd/5U+e0DpNpNn6P8AJG/WSZa84f2bLxOGAeESjDYh84J&#10;Nq6ic3um8U3ATjgV54pXjUFHYwK3bfGqVJfne0xDzoEuVMfgiM9YrwCtj0DbwzeugkCMn/JvvPXk&#10;NMfNlmpAsD/lJ/WwZppaSulJtC4d6106POZAtG4aqc+n/O70KeZ9Jx9CnuREw0A0K4r1AW4nbH8X&#10;f+OQWnTLc9qi6GNrUNY8asxZIHr6MKz2FglLAYSupH8cE/IfLcNSjGv9Wg871nvYDm19reFeswKh&#10;Tfei5QRLevqjV9FhO3DtmAXa1ClGi8y27O+cpWw3zQvJhMSPNutRvwkH92zY3KzHVeJ/9bnI777z&#10;oGKfc3z6zWx793vTGsKuPSogKWsgUKXtIr/wRADLwlRbBzt1pbDcO8QGHRgLbJqq30QXv7h5uPTo&#10;YxiJsL/2yQa+175Sw0TiFvnpyWs/d+c6aQ8fpHcdtrc7Xzi9usvuBq8U6vShznw+yP7dtGTxhfYv&#10;iCUJVDLiuvPeZNBmbdr4V1TXfWvFLbRfkaVM273PWCCn42SZSmGYDcOPxhuR30b2vndPgwE73uHo&#10;m0K5h8gTIYEs1HYW7XiHgc5ke3TSIc4peFvXJoB46PM04lNF/dMB34QSPU7HJuedxrCFppHPmI+0&#10;TTo0D4qqLxZtOPpnRIij9PetK4XmE6ZH6k7st2+NjfcuBe1DG0q67v06+BmWCKTo2FGxsJHhAJV6&#10;B7kbm28C9PPKl4UBqRdBbY1zQY/qsCEEQNrszrPa7dTDonFvghRgDuyv2invMTr51LNP5tCy5+lg&#10;yWhXxw74YoxwS7sE7EwuOn6Czj86Qkx3zY1YEZHVsoOsgMrqJTsjVdzCuL0W63vUO+5vAlnOwwSE&#10;f66LsrDZq6Fhe++qf63UY4nxwD7NA8CnmlEA4Z7/eA23iN0XPkf9bW8RQlIY6ZUKJUl4suzlMqLt&#10;tvYneeCMGkfnevAU+EcDTCOmS/OLYM3yVSuUrAsVe9omFkRPfDlPLsaT+Tr5EyOGNscPhFbrE5an&#10;dvaH99LRXRRytrdYXe0Brqu73DHH2g7S2qyS9oE42sG32s5ym0BocODhat9gjT3OZ3D8zXF2orNk&#10;OvcDLUvPTvhnQRXj6m3OD2WnvSkj1ioNdGkXDcirOYk2vHSfJZN6FWzux13P2WZ0a+Zwj2mnZAxe&#10;OfZh4WR1BPTuCC/Rdp1+7XaK/zHQ8F36gRTJHOmzd6OqtJM4k/MDkEatnCnFdwbLP8yOpxKAQLYz&#10;hWCeTFtdpuv7a4GuCuq4QQ9G15DE+74a1Nk8czPvLtq7Ogiz28zdpPvOIriGsoxGoEsKN/c1YHKZ&#10;8dnpV83dI83sPOnb87s4a1N2S5LMSTyPg/SEBMz53JkI3dSJ0U4TJzvLZzr2Hdz2SL1OVAdr6kVL&#10;Nt4Juwqlh1HSZw3lVHkncJ8CHbisxeOo9sn58/vtQJJyuNz3A8cJf1pvoatJqoO+RqVfqSDSHmU6&#10;0NYZ3bA2Xy+Q2LcatiEz1n44MhxmfTgaSl2VbhvwjifwV8LJXww9O0LIB3Shpzsr2Wu+3sDP8nG8&#10;9yqDd9oRrA+ve3b6eBJe7TRtruS7QxpXd2rclRpX0wta0guEv7ROr3N8bxoRBA4TA4YUbA8B3k8J&#10;9FZjvzGffpgKAJrTC1wFbgwq3Bjcss6wzhk/Ct1TruT/+zLVpyhx3PrAWwbBPCQfH+3Ez9FY/btw&#10;/vr+7HBn1Uo9YmcYB5ycsiaXAcDjHT+4IBH41WO1q6GUAM/ENxBAI7Cz5HBYdg8tY0sKvr+mFNpi&#10;7d9Tkp44adHDjP/Me1+mv2CU+ti2v2DuV6or9QfUbfBHmHUax8jWPra/wD2JM5t5EWAHPg04DQCR&#10;aYeQ96sroeTtD/L6LOt4AWbAqTyGbIZY6+I9rCXOtr9kMpi51+bankB8jGv2UpSyZdKtHRIwQp7f&#10;v2+qu7rJtmjR358iQyPLKvs9vIn2Ze9riJsDY1iK0JVzaORau89Kzhp8pNQ22zU2d+2g2LW+GF9G&#10;zllo75CQFTgD2kcGG/P8XnjDT+Ynjx3T4J8IUI9LGGhxkw5m2Lq1lfPTWZg/i27bmHn/+eSURDDX&#10;btRjtrQ6BHBbVlZnUpcfZH2tau7wTqNmnJjTwFtm5K7uaXLAWD2hx6+viiMRJsiMV059CwkufTVP&#10;Id4rtAPNBvq7bmKp/drjjYSbMWMo236i9b22iSyY4DBgipI3LDfuT/7gvTqizoQBdFdcLvFBrKTX&#10;4am1tY/m+L0OzRq9/d+3jKX31HlfHpQJoLrQYburM4G+it23SAnuuMa6n2FPinrol56YNmcCSaWP&#10;gZPrv1FBX78gCupGpKdGt2MZqEOUtzKupMwxgpwgZ/9I5p4DYMrr25zaytfQccLkAWTgOWJ/OcLl&#10;cciv0mGxXKYbB+yTMqoZA1HPpslMt8jm7H5y2cWWySSn2ke00Xl5a63m4Lsrxo/8qkklN2fZk3EI&#10;THvBfBZ31nIc5+Itc6JF7f2miw+puM7fKJivR2bw3kx7lBOZj/xdlycMeI+xCr586FXi8E2671TS&#10;6yw6b+pXrxLqLkV2J/XwZtCc4D5U1RMrCPCVpG2JFOtb99ITPONPyvqYHqwTBtX+PVnNZzMZcOoM&#10;X6jXGmIuFEj+OiK2ey9oSrQIJ8Ww7u3HmoEVt4BfYLJY4kps4Kt6fCJB2pLTiuRQqzj42rxLm0vJ&#10;Nu8shh3xWI/dpbEl2jFrq/+R8UT2u+jOFrCThTE8I0r8kSVKns1lknqlfDb30kxq4ueK6Ccpznib&#10;wK5zj/lPZwS9vLYyEyxQjpN3Q8JUAIK3pljpq8OXrfgo+pX9DPe6nh3vcLXetuLVekrF8HRSb/i8&#10;tYGbvpoluKcOMMVlb6gzncu66t89I8asX0n69m0+4Q1PPOmNs0tA86gIaVRfsXP6jtXd+jmRN3mp&#10;nQxxVWpZhsUcQZL02Ltmz6teDkf11/8Mjzu7CXtXaMvHmsoiX1cUrW5jseTGWKJ3l/k1gW090aPZ&#10;jb9QTzrdNL3f9aGHJjLZjMTbzHP1EZE96kS4Mk/7OBu9eY3ZWvgS3IX5RM17Ljfupcv20RI69Dwc&#10;QNGpO9ayU9wsJi+GJR5lCTGmBhAUKx5fIKwrFdx41wp5lV8ky6YUo+H+JfhJPs468orOhQI+mzwj&#10;ttGkPR3dFOfjxqq7Zlr0YvouUyAOfZzjEGFczngesBErzpOs/eU5o42OmFLhNXaeiufG0zEi3bHy&#10;DMZaLGxDsQk8135GsnDfma5TGx8+febpfXu708/SpdrVSUt2QR4S79rl3RxyOsGm7qd1jSD9x8mS&#10;qzrDHJ8MjFMEY+TBhpl0jxwI9qXRndPJ8jXHp5PdIrK860R87n9qY9aHGLUqRCqM+8cV3f1qpsyZ&#10;fupcM+z+dgRM/FGzuBMXkfPJ9wf2aTyXeVoDI9COSEeO268+X1y5U8+Qawi8DZHD6OXVNsy0dZsU&#10;Qh7oWtw0YU8PIhomrLutdKyaeJGCQG1R5ii1lKdgcGb12hXP02/VXG81t3Z5dF6K/qFg2Fz41liM&#10;N9k7U9KGTwte5TDwik0q34R7xd4kY9A9D9+jo2/g9T7K8ZtyZKrQgE4nI4sOucfXcxdU9mLptfJT&#10;lGt132z8W/Hok8NCjgVFW5JPSgeL0tc1lNMrHsZlVHltWwQGsJoDnSivI73Ov1axqi/Ii6vOD1Qg&#10;xqQUos7qRocK52tQiJ+xCQnNhQ3isEzYx0vnMU8deOf0HRcMojWsjGxuvH8CntBBaV59iKf9HciA&#10;OOvD3Ec2NmkX6Tv74yJBoPq8oVFlx+aHE7HnHsWJ1ogYiUndkxX1zRTRqZd5GmvPyvH7PKvhcXuw&#10;TZkW+NnJzHAJcc7dZNGQYW16U3WudDOkcFY3v7Bjvnxgm6Tgp5a7D+kT2++6gKraRX0eKmX0OdTY&#10;kZPTlkkiJw1NKA+NyxNw1ui23JYb2ScSWhc1ndpiattvRGmI6kmoXI+OmjsNfPdEHyLExpSwUtp3&#10;9vhTbx1/iXcpd/QWNSfYnlwciRyw+xQ5iB6LjHQXWb+Spvtc5Im0yhYn//iw8tmW1o0PbR3HppOF&#10;oK4U+cQb4koV3OwdEjEmbW4Cbm6OYlvoZKaT5zbytOQdX/fmLwiey3FrrboiHiRd8cx48ruj05lf&#10;Rni5M9GsRiGxU4GT2HRK/mYFXiyAsFcVfOFW8m6zr9PuSMpD2VPxHbJQrpgJkyDaPfPgWi1eF3Hu&#10;RMW8k4XScAVxllIxr9saaAlB6B1IKhTqJoixSgIPJDV/uP2QjlysSZG0H5OENPc0L962nTL/bQ++&#10;to29JDGsmKP/QZE80309x6e7bw+c0CdFXntw17nlekq1yzE/57q4gQdKF5hrRo2bi4olmb9ezZmy&#10;sTD24bRg0SXBNe6MMpzOSKN+vjNcZJSRwv/iWOL80ushTzbp43i4so7cDy1ww+2PIeeZTcqkb3vM&#10;Wmj9mDfNecr+rO18fGqkl8NzcTf3uGQBIE9z5EVDMuNirHssLjf2kkDytDy7sRb0XJsUgyqrcn45&#10;a7+FMXe+3qBGoIqCTu2hApjxyaYaZFdQWEHhq2rtfwFmIJnfLQp1KIRk0aFMvc3BFFnVw+2ITQ4Q&#10;xoNxMD1c4IFPSsOh2ygV2W1YXTQzg3diuAwbWE1loA9wyUApUR7DG+pcDIs5cxpQkU/EAKZIC4Mp&#10;/J/hK9kFQwnx1QpgKZULA+R/FRZwbwst9iNQmCgKooIsM20KGRKDLXTbwYQrhQHvgRQigsaiQM8K&#10;YOHzygyFRfvywsx10Z2HtYp1DDj2djRZrOpMt+DUVcBGqENMMpsO9oGxXcjVz64scCSdZ96MTm45&#10;vkMZal6n4ZgKXbdNahHegexNE2o2S0aAZTYuwsAA0hI8pBBFYCFgiTCxFSACWfI2hM8cLQSDT1EC&#10;pzMlgbZCPQizEScJsUykE2CsyiO8UIWB4KJ0BISXWbAHMBQkD7otlhFjg1no9Qd162kHAvqRGhgQ&#10;g9Pgm8REg8UH5RlMZCXNYO0hy6CD4aQDgRioMnBFWJKB3c4cA28skAPHafQDCyP0DUotGDGAURaF&#10;AaEOCQaMkeEWdNvF4aEFKXowE9BOI1ggXiIugUWctQQrHloJBLGJEkTafhKISPdIIH9ikGCxeTuC&#10;jgWlEcSX1EWwyKhWQQgEQwW0U10RSFpDKUDJkIjgYOA4BBhIjBR022zjR0Gk3XQBq7M/QaegnmBk&#10;gh0EhcFZEGxOeiCotRcusIiKm9NKLo2zYGfmtBNkxi29ION3O8O4pnxdnECbXh4CkVpcQYpYHBV/&#10;VLwxMqF4t8EmK4E99DgO3daQmcJOrjKed6XgDFOU4KJ3peAhFUnBS6BUwX0kQ8iMmb7RkDyVgSuU&#10;ijYthBA1ndUbaanBUxksYFAouoQb322jyGpU+VZr2E+e3fIGIOrqJIi6+ik0mb5uq5QEDhAaioYq&#10;tQStF3hXL5kQLNr3EEUNLvpEn1hSgmZwddELuw38FAmZ/ftMGknsTBqFDoVx5mFnHkY3oowZ340o&#10;Y4aGjChjtxk+EEqG9kaUMdNvEWXEzGgPwthtG2aGOWQ8BQNCCGPGY0bMDLw/W3qXjT59xPJGLSvT&#10;KYaWl2iXspRAuUWK0vMiy8vyEi0vlmXZ0149VtDSBQRLVaUo1dOK03cqR1WlKmTFqfzM3TYXPOLG&#10;E+eCJ9WYCV/woGbCp6hhcZqEXb1niGdCEqze0bHbwkmiVhPEdaSSMiCLQ2DwYRkEdsVKOYvOI8ms&#10;vV0FdgqxiAcoBwSMrAsNgy2SHoeN4C+wdTGMBAZsH+lVgDotUghQg7BJdA9h1WrEaQCFlCAKx2Eb&#10;BixLF5QG8V1RJg/rUVKGx5onopBHSUOYP0hLmPBEvSwVTVYTVa1qzjushEirQNpwDbgaFnJ2UjN9&#10;VAvPsdRSZRMjb7y3Wylv2jW9CWsfb8wBDR5VBBIL2ERs7JQY6Ta7ZbfY7jadIiqQmU4RPdktW2U6&#10;xe9kOsVu66SJwcQ4QOpVvapX/gBxdXQslWgotvRIJBJKM7gMLvpEoyg1UaLUiJnwI5Mos3/3Mvt3&#10;mT2TWIiZ8CiCNBPeEJpEIhMCLH0K74BgWTra/j7OPOzMw4ZMW71CZMYMHWJoj7GG8RTMrHBYQAjj&#10;iJlhCAcIYcTMahhPuScs+k4vd3qJFS6xyyV2v+yUWKcHymJlOkXLa2U6RQvpx34X7bJAuUvKXVpe&#10;B7+ZGETF5SGzJETLi32UilH0IWliEEnbQwbq/IlBTLCqiUG8HTL2ZRWeiUHcCFq/doKVoPU1sUXT&#10;CFo/iy1VpaYo1Y+04qSqCgOUqlJVFa04zWA6SMV0oNtSkVbwlOKhNZkLHtmrxLXVg1hoUItui0AU&#10;kMFnFRllgsXBDnBU04fjsP/phX1NYcAQiea1i7NVYA+cFqgagzYYMECziMQDPatWHwSSiAZmWlgc&#10;o+1B7PrxsQKbdVq0G7jTDRinaO3huwps02kxc0mXgJGbjhvxQD4Oe4BL6rrb4o7lZcITRV3wRNd+&#10;hxVQogqk3XZqUESr6ilFq6pCeKyrlhSzsE5Z1x+11KncNM/GBIUU0axRBSccwazCOPgO7Di3FHGF&#10;FtWWNzg8hZEFneaPYR+6vCFL8bQynWIDRF1dk4kQRruFJj7UbrEgWntNpxiCqOsDURd4gLg6aWIQ&#10;0RE8QEymgsnk1StWoR4grl6vWBrqE3jXJ/CuT+BdNFSpZGIf5aFkskGC1n8C7/IE3tW7jT6x9Ilk&#10;QjkJpfoOSvUozeDqI31i6RNbziQ2PJwK0ZPZv3ebJ7M9me3J7Jk0Mo1Mo4onsxEy+/fEj/2O3mjh&#10;7egEtefTOygKbzeMiHHmYcuQKWQ6hEwzyLJ0dNV+dMDw9m4zrNrfMzT7KDNkN6KM/AOhZOgtg/hA&#10;MobGiDJ+IBQv84FQvE+t0m0M2oMwngTe1TEzkfYgjGMN4ylet20+EIqH2QwZT8HMMBlPqYQKL8ae&#10;Ty+UPQgjOsLslLixdkr1d1qS2b9fYoiL4QLqujs1UA+UeXFRDxSVs6V3AVt2SqRBCm9HB0DU1S0v&#10;L7QIe7dtnWXeiKnJLguC06bJeIpnIdBMp4Byc5jpFC3lXXofUINF1ysaij51mxxiu23mYTuZ8JCx&#10;b7eBOhjKPW8UYrexr2VslR5rz6eXnu6BiUHsNtshE9mXfZTd5oWj+/fK+umsbVfIqAeKtw74kcIr&#10;/EjhBzWToB3XNuHTiTfDwm4xEFpPK1JTa+kFBMtEM7h6t80ktvRUez69Auj5vdu8FFTIsBsRiTKe&#10;UOp3UqiKUVWxjxKUflhYqC8o1Z+g1jKqKgTmIXCK3SZwgLh6t9FQ7BfptjV2Jvy8zaNV+3u3JQaC&#10;EDeoZeaspcRLpxhExWZiEA211eUh67bWBA67jsT0gufTbYnaytK7AsvSPSP2UcrS71R6KahLPyw8&#10;7fn0RHpiJvy8UXRqWXqfMbQIu9oa3p4OsI+y2w4KyAAO0cSHenVtLb3P7MAyUWbCn4oFjOyYVBVt&#10;wOg2eVZTzV4BFDHDPL5jE8rSbhN9qQrn5ciuDRqQdxuscfgGEkvBLuxVYKdOKnEGIgwYnP5Yuzg5&#10;IWJ2RqCVFscI+rCBPSgU3tDJcRBCi9ddYXwhxHGtPrYKbIHTYiCmR4PPS5R4IKtWqwIz4RGtCRwO&#10;NhKXZgQLAkld10yTsBtkxyZ8QETBwuKYYcjSM4yDsvP255kYREG9ilmyJDw0I1gCpQqOglIFX2Wl&#10;x8EYTNFtJ1npccIterUujB/nQqvMJavl10m3MdFOyQm7Bsj1MkdC4enOMUe71xrf0ZiJx5A3tARB&#10;l4UNSLGgUSPJYSsqBhshkAh4WaRYHN9GYbAVGphpoWp4HJ4TaWB328CoJh6exUGSfa2mTxhRcde9&#10;xBlgXnYNcklrReidZUyZtiamRwPEyRELD46jy622rglcoumcEreAWBSV+LUgRgtlSV1BVbc8jIkM&#10;jIUGVRcIqWqwDlCLlKpTcgg0L86u6bYERBQsBDyWgxFT9ck1iJRG1mEweCAzQ6qWfeHtBdmsEkn3&#10;6kBgRBdVj+yIyjKgiKyj2yAIgshNL6CImN/amGoCdSnwbitoQi3Z7UzlQsR0ZORTeh3DDkFZejCN&#10;rHpSeHvFpKpoh0lHQvus+tptjxVj1SsoU8HzzD6nSJJ9wDvVOwdZKiFJTbFXh4MYEZOYS8NBiDqp&#10;vkAdOGuqx0q3uVpNICmq1G2JFqVEQ7EHFKNkskoqEoKiEdjd9omFt1dKEpR0kFRGmtQz7C1oKd+L&#10;1DEDMRuyI4jAu2IR2BvNXkNyvK1XqDbQCGz0ryy92xwmA6mjII2POjlwYiwoTrdFXJ2WJkJZhR4P&#10;UuhW/DeD+jICu9vsAeaSGUhk7A8JdcRAvfKhvuo2E13JKgZVC3PAdWLTSd32ivmG8RnIGjbN4omF&#10;t5OWVKdRyxaBnSDVAU2vCCwoIE2nCKwylOpJMk3IIbN/F628g3H4TqXXbaezoTk1Dt9gdvZUs2x/&#10;T4u6Zn9nUxgwNPOADZFCWRexQxzX2lWnRV1TSAfZlURr74gzEKHxWgV2h3GuXeC0qOtuawjUaIMC&#10;l1D62ulG4e2Xz20S+NEqsD92gKN20AkDuVOiobOafMBo/NjvqFfgA0YhNRO+2xir9vdax7L0L+Mp&#10;pS+ceCsoIvG6LdWIknlReHtqgHJAdJ5VO4QWYd903IhnQizq2tZkUAhhjFmy9LqNQnqvAUbaIZh4&#10;yBSnGeIdPPHM813csdvsFlt6NYdmBGujjNhBoJzkmMLbJ5LKOpo/QjJ23khumd0WSaxe0WxlhrPz&#10;07kMHEpQLLz9cPhUxs8qFAtvtwUm2LvtFCd1jf7VCWpppB2CtEeyxK+iCJmjsiaanKyJJk3T8vyF&#10;pjchaMNlk+Ypnwpr+Z2O2tgpMbJ9NgyNaC9AiQ/11JaZ8IixVXLs+fRE74Euecs0YkHVgBt+L4na&#10;uw1xmoQdPm8Ej2UwgpPvSsFVFUnBHS4WgodA1+OOz/Hxi4qk4Iu6RpBI7MYkgTAwDx46qdJtM7Fd&#10;VNKBkhN2MqyWt295JcouGtYXIh/R9AiZEGjADfvbbSJI5MOe5weSeZxe8Xbb4nR+XBSDKXj/HB8n&#10;UUIfB/t74CWN9TjmIODxtoSJN6Y363jjCDZdX3ckSyxBD6azLSEVK15qE3bbieR6o+cztErj8KmM&#10;vj9O/xDNAzFkzAOx20aOR0DkE7V7o27DyEqPmx6Yj6Og6/GM/x03GcKPewcBj5urqOCtj/zxmS3W&#10;ta25HZoRHMUd72WkynoawwTFbsO0FdHshA1a5TSpDqI6cW3CDQc2R5C3vA8NhXMM8UsmLWk2nlo7&#10;658OEozSc7DI0qNgWJYPYbQXoAJ16ZKal4xjwsTq3XaKNqzThUq54UcePNZMiWExUcMdVu5ErB69&#10;ZB6ICZVE7d6rxOqtUmleOX/wWDm1qJ6Kl0JfBCKlA1yP3QZyu+BtcPHwRKdVIA3JqVrlsBgWU3Cg&#10;1LVlMjGIsnlSevyhGcFD+x04xhB+vGTaKDjkXSm4pYJQ8E23dZAb08GTRldAwuMcPSJzJbIbVRCV&#10;6g+QMuzdBjkc3g6eTKd4WJRh/5jYR9kvZLiSGdbUYR/lvPksigmZsJClp5DZvx8sZOmBq/Z3G0WW&#10;3iHDlh6oKLydRkJgBK1HrNYZhqRMyIeH2ZwllUJLFuTDSxN3WCHRzpLabQtxLkAMDQpYGmVTsGJA&#10;8aJRcMLLh1MYUcmA6ykgn+k0e8oqCjDTMDHs6XbQ2rC/h97DAcvSDyW29BopBn1LNKK9KFW+lmpA&#10;iUBmt7mCOF1TIrRjzkgj3KaFcSBSGBcjsTCGqX+pdeMJKqAal+sxEy8wPkEoL7FaCwGyjL0Rlihg&#10;QrBAtZWoiVegAFl6YEVgRZbI0iNf4qpFqKqBWip2mziKU5HsuKl4EUjBEll64MSSioqS7K0hxMwA&#10;YrWyJBLCyBIHTt3GQwKIw5tqmJzFqGTUkZEnsQeh790WisgSRCD1SEWFeCjULhSLoOiFMBCiQkSW&#10;3igLbUJvPfkBAbdjcX0XUYYLfsiS8H3I0vs83fI+narlRQ5ZeqKGYfGzgqf0OocMOWTpdQj9uaCK&#10;9RevFWhYz4FdCF/mQhkJnOKHTlBC67vNm5Rhj3g04VOIRhn2B03mqjOYQeEv3UKWnmMjqmu4gigZ&#10;9nrAdIqKCRn2bqMvgtYnGmTYD94AkveKLD3wcIe9PpGlIvaUHqtUypgWE0n1VqWS6tDiDIuJMpFi&#10;tpQ1AhHVWCmpHtngsUZeO6wIXpTDMIHYFGr6q0BaQztG2W0WBspi+v1dXO8RvJ1+8ovrbXmwMVHI&#10;vAlDa7jxGMXoItYfR9a9h0GjGVFGCMvSFZZDaRDBzQdC6bZuS6CreHpgPt5tk8z/+LqIGTGYggG6&#10;HldprMcHYjAFvzsjMK6ELB4yN6mUrBILdbLSbRtVbB1VW6AbMSEaFBpMElVEUEBShUATdNun23jB&#10;EH78YnoIcBCad6XgYwwjQlc1qnwsEnMcEeSNiXoFplsYMCi0SXXLxyQDWek2jA9dRDM2cvUukSHF&#10;buu2WmlxezCHTSAtKe8gUcHOrDA19YZ1dhs/nOtKVrE9p6cy0BpomLA24j2Nsr/bl3kTgkQlV08t&#10;oyoiVpWNmdjYKTHSbS1Etwke9ud6fBV8PA5aRQUfP/LHB2iagiNmlEO3idiBaGYGQBvzUhLIOu0l&#10;pOL9sUChqSByfRlTsT5RUmVzM+pEUwBFdtus20RROHPTTN7E7Cd2G0Rd2TFPRIjd1m2kT+k2FeLw&#10;XCtNaOm2Rk3wWE0LimjlFa+eN58Vpm94MD20ULyRxijAPFuaZRUbdcoqF5vehIaVI+vdZnuEuJIw&#10;U08l9Cj3WgrPMXIpJLiJ0j8IWiM+g8QcO61NTbi9erE2NtdELFutpmcFbWRR13y1qmIjkYlKgCjl&#10;LLZKD6IR7UWoIBoozUjaTzVg6P0NnsNKDFjiwRigCWKAw+jB0BjNrzYIeBzzrhR8XcQerxwEPM4x&#10;hB8XQamCd5uppHwqM4+BrHA0oGjWLZary+bpqdipwVORQRScsAPq4gqNxm7MxIcWuq3DL1oPaInX&#10;5/oBSKZ3W7fx2UqsybptPpXd1m2d8a4dHJEWM0O5w4omdJbUkK+RrFhzqA9a+2U+3jhDVaAw5P0c&#10;MSeJbEIWJ0xfv4Fu/KAkT4W9kHOntSHZbSxP2W3dpvKubiuxW7d1Q0PmebDsNo5NkpnCbmBxBVfU&#10;NYJbTBsFf0fz4+Vofjy0igreVSQFh3AkiFAMpuAgqKFpCi4ZGBLdVkJ5NubXkkAq5+xDiCon5c3T&#10;VHJCmgdu+dsTPpWSwFkiqMHx3mBjBDwlHasSvNsecbeBJhgvdhuBfiV4t61cVqu2UnSEDOiCK/10&#10;G6bbCghKt7XkiQutWSAwXcFQkUpi5YqIi6blFY5uEymy0uMddD2O+sgf77YyhhFc9Tk+rjgTCF6p&#10;IBQ8ZNooeP25Hs/ISo9rDOHHQyrq4+KZQHBWUcFP0PV4BXQ9/hDgIDjjBGttzFqrk5WPBo8q3YYx&#10;cHPUPC6csJuEMC8gyNYRwUmETFK7eqOopaGRyNKju01iQl0d0W2iKDfMREogjcrYyNW7rdtmn1S0&#10;DQ0w7TaUbJCdKEp3m+n+pLw2Rw+EUtfddqotc4VmMpAqdWGFUVARoXQ0f2hG8AOhxI5P/gy3iFKh&#10;InOVoiMERVMhFQKBz1bewJeKiW5bhFCqr+UOFrJIMl1TFU/nlNONcNdhpeNpaylB1YrJTitVqxFa&#10;5KqUYG0t7aNZYXYbhvQo6cr5uGal0wqTczpLqtjBE7XErHYdE/Yq6yOZKpuejocRLZqW5yfgvAlp&#10;rZSs8pElsukbroZZOL0Huuw2sWTXuhGFUv3MtCxAw+12W7f1FFuaLpbDWusUqRfRiPaC0nFTsbNf&#10;iW6zB5NWpfA110QqrkCmJlajstto4EqRVASHWsjEMAYu6SEWEZknkIFUYYU0uSJTWa1auUWUMTJX&#10;UOonGZTeYcCy9BLU+hd/OkWRNqYiUzZh2RSVEjIRTKGMULrtczjITvirkApIAxkgVqshNBOekH5Y&#10;6NPC2+Pa6sMWRiuqWko8eaFWeoKHZgQ5NpyePk5XG55dUjM0aRUPeywqSIaJVHzqXq0lCQimYqmk&#10;LQgxXK1hR1NzBxO8AipoaFtVA7LQGrL68SN1iSQyYQKwp3abPUAMWJYeWYg2YRkjWAbdlDFtzTwz&#10;6xNZDgQmdWpIcZD9caWERSoyNZJXxxxYFKsV1mGwVC66V+tlkiFVPsnu3UFAdG/AsvTyHbl6d5qE&#10;/Zu53XiYHdgExSCS6gV4dpuifNUilgEmhb4gwmMtycFjDYkc1lnwIlcF9M+SelH8QQpJ5wKEM+Cw&#10;zlPCsJgVBsNiPjaeFKTxonhGAowoG0oaz5FUOGG3aSiSwjgjcE+vTdZBBJk0umKzIuChd9kzoB56&#10;jEGe0sBjt/7DYKR8+RsPZtBJYEqo3Nah21CV1qjEuK61n5lz7Qn0A7lMs7I9Xtg1BI1KfchiTYjU&#10;h7ZG5Sc0JzgMVTkP70cw8GDF7zZeTjyvYZQcymf+uOZjpRGIfNJJVkyTd/VPTaCKjgOL6d0Ww5bf&#10;y8q8CQliDWZOTDJMTy+tX3cErQdt4E4XpuCaf5dVYK8eSvWxgqbxqahvMcBIxqbwWEwuIZaBALJq&#10;dSp3b9fMCLTysPEeHsnVCCAiMELvvAynxDkMuVLTCCNYaOHjb9CEZFmXDkohAoShOglC0GpyEO00&#10;ILoN5k7MyaoxV4H0truWCBU9byWupCYZpnMshVAosIrXUTK6f1f7DCFSFuzvBFlNV1RFec8esvTe&#10;T+idSLSanMVZ0Ioab3UKj8Wlc+PBgRM+BIJOBitg2JCnO+OIg+AxdYUEfwmkSN1WcT04lo7lhT/D&#10;Ldb1DVqE/eBY1erIjLLrUK3r+nPYsLrBNLL6PYJW3WVSqXpH0Ep1xEgh0A+kr9RrExWpx3cndRfM&#10;HnUSfBH1bnuMm1CH/bjTX66Zpq84F03/Hh+2a+B57ekns3bIF1N7GFPVPstgkXcCRSTeg1ZGPDM2&#10;ATnMojJwM+ENvOChOl63HpHXbaGSw5sYyR1WYJDIwfhUDAqPOcIizSZkuGrrmBFVF5EmU3wqGVHK&#10;mwqCzHvLiMP4nbB3G+1ZGy/sccey9LsTguhp67ZSgfAF7eFUiCTTqLB9ijHT1TCeck8uMfISQ/hL&#10;DAGzU6J4id12SrzE7vRAsSGWl2iXYrfd3yET2Xc1eGiHjCa2NoLWC8ZWubZiy6sKVVVQP/VWnFRQ&#10;KqYRSLdZHqZ5zbRKUa3AP4dpSahit43YjlQp1CKyYscYrq9oWp6nTeZNCIpLLDHy+hBiB0x4usCK&#10;Uv05GuiVBmq37Fa9YusVS5BNDCI6gE0MYmtiMCnqFTuaGEQULZUKX9AKvKuPAu8SeBqKRVGDqKAZ&#10;XPSJJZFM44aOJBLryaEf+/3Hfj/82O8zT0lmh0wTlqWjENqCZemr9vfQodGNKCP/QCgZmn8glMwH&#10;QhkztCEz+EAovBtRxtsDoWBI2oMw1jCeQnsQRszM4CGEMeMpmJkAQhgvlzs9UAbenRIvNDslXmLk&#10;ynSKK9MpdpvlJa5Mp+hNHjj0Jo+ActfKm1besuipow5qoXH1dKCnA5FIOpAQGDxmwhc86UBd8MwK&#10;nsMMQ5ayVa3mk47gDzpvjeOwPz9SeEG9shQuq4JLRowBincbpLPtadEihbIOZEmtvb9OdKJUScDI&#10;kTOKIx6o8nHYKS4ZSc4KVAPGp1oFKMRCBiK0DjCSngkGO5f4qAT11ZkmKaUyiIyMkAgG2yAB0xIA&#10;MCAgGI8JRvPZOtcDFAADOzokREZGLCoeLiyOxuHQOCAUiMWBIIdyEIahIKekguwGAA5SDuSa8JRx&#10;cXCeKIuVCgS0cWhSAUqLCS9qY4Da1u5pP+MPibPBymBGtn0i3K8xH5tkDaq8LYPFpqYvkDy6eN6B&#10;ykSh0ks2C7Zre8MZX9eYz+ictyygWNSyyxVjs1gVwdUifBHN1CKWX2//Vaqy3/RXZCnj4uKchmiQ&#10;9w0lJ4nfxs7S/DrcEmeBuCaMVJJrKF6xDuqTWsf3LO/MFRhsEDRi9HG+SZ9pwT7GiOwVrBsdy0pc&#10;EQZpL6VFL1BBEGanSaPzu0fMMXnaBSMkMBMJ4oVDRSKcwC3OjaOtCzsuNEJQb17TDA3WGGehqkyT&#10;ULUJj9ZeDdCMKIHEkTSqYLmg2uU6QcuP+DLf3scNwmnf4iNLAbIJlTTXcbsEB1o3n6ZHemIfB43j&#10;PeuUXLGfCd7eznr75e4OKjR3V/E+8KL7BHGnflYHrhAUzK0H8eMeCCbdHvTPmGKR2aRUCTofM+AY&#10;tIMhDEpmwhWdoT8w/ebDt6bT6C08CoN8b5xZjC47d2qf5qC0vK74K3pdgQuB1Ae9AAtHtoQgdiWV&#10;GxGMeTozCU6ejj7CC6y9LjiBi5vLa1Rl25N0UXhR0m6X3JR8loGFH1SuJI5B5LaNyKTmKaVURLTK&#10;BFflusP9TlGQsLy13CWSAJyizG70ugp3vz/uctVNConNFrUf0lcyFuQ2ZCiiWuS0uWg7Eo+rpQYT&#10;xi39K9nuU2bMnIeadLiXs5kY++ITaYBIAVVoxUZbLiQS6nHcRs/Eeagn3TTpRvCkl/I7luwLgQsH&#10;aF4PLC//H/4r9Y9yOLFYeN6jDu4R3TeSJRYytfO5eNJi0wyTZl/sy5tFddMx0uRiT7B9elCdXjcr&#10;79560UP1jHy+FiTl0FdA5c/QrwaDiSbWIc1wyuL8QIn3cHIPOCPxqPF3WJAxftEYTuA7cz4H77Ei&#10;d41JgMgSexUnif+l/5RFcSVXxN0usU8/IEtyCcSF3xgvNByy+TSBeJiuAYEywHEbaIC+EJRjWUh3&#10;bonWHdOJGxCQpRI0gWZrTgfrcXqMOFJV1ubmVi3wbqW7qf9YLTx0BD2euEa/pB8ZbgYZ3D2KP5Rq&#10;wkx34wHeZwHn4XZ3VR5iu5HocTdRaCnJ74oSGq909yfw7sPIqj90AzwttflRu93tXDDTfEnQDHeL&#10;sTuQwYaWhCYBah34zD0ForvThLeSJwWlu5vYhTDPXaXiWtFYJvHDVcjh4uLMi8twqSXi9pwsvQdr&#10;i6423d3r8KaIljwcKO2taVuyekAcfkw668ZJMx1ru6Z+1ASpub1N6eXWzCttJzT+Nc81oO/3a2vZ&#10;Kym18na/2bnmS23vHSj1IVsmgTRQ26XcphTrS8OBGl1KPpbhhrYXF0DQV1OBh+pHbXfNbe4yFQvs&#10;AsxCIYHfpzPSAW5vS9u6djg9PEWuKTv0Wcolt0VD9sYqQg4jtV3W4xOw0B07B59s4nQKm5cH2bGD&#10;emgMHzrcH0+DZuLik32/H5Z+BNBAkO29z4KjI7oRWe4JuvyanOi7qk0fbmKSJy+KrLhY4BXLGpeN&#10;6UgiJu98n+OviK86Q0A2aytrEVPYkRBYxMa4CPmIDkqJA0lHz5lYZJpCqgAzS+55FiRpEVtj+mIk&#10;xiq2lPAs4R1JqR/tQ0umnN/bRmdmaCm2JpXZFJusifaHrIK5sPLt2f3mCTUKgDgdT9JzxcLb80TS&#10;H7HlnMkm4mUPOi9Vn/BHajRrH/mG1UObEHg7phfc0PlEBDXY0cnu5glG3vzEs3GGM9TKkaZC6DuE&#10;NUE9MnQ6IpcAKiDV39DjW5MFOfVG3jixeL6mObYDjgwdHWsVZnH8k5L94pBCA+rOGW0Xo+Nq4mWk&#10;2CthbHiyS9hcOw/1YSMzYvWBF1l+TLk2ps7T74yGZ6Ap+unpyBFoSXJHYh9eBEC5KPCFJ2avWk2N&#10;2Vuxblykzne41mq9tw552rG0QELVF9tmjRPPmgsdLyYOVf2tX3k+arWhRQNBWiI6cET22M+87HMw&#10;9yhfOMqnCLMiQLP0+2v98TbyMSzsH9rqduLrKm4npVTLj+khVioMHFsfDdBw5agpaCmnSD7qSnXY&#10;pr446u03AOWpb2WUb+w/Cn6DBdSuVa0o/ZXQFYbutwOfysUZ23MvxN9GEm6Pg+y3YB3I8jxTp4Eh&#10;G1SjrhAwe1NVBk0p1XVEtYygU9v7CkYIoJFZzXbBQpsyPJVXbDPAFMQenmJrvY2hAbWIiyaaCNfU&#10;CRFRlzH798kzo/qMONim5ZlfX/aeV9Dad0wRvn2jpssIf9Ce8h/PpKy2IdfxONfmONWeErnLi7UD&#10;dhVhPb46VYkjGEM1cX9heQX47KXvzEMa12eyg4rocy5oidq3QJSm7oZ3L5Qlmpl0zgjnZmvwKDaJ&#10;gPZdDnTwHhMA/eiEvCxzAEAmE70h4QTB0cjrpU5K1zYSGdSphGQ2JzavO+jd+AOPUvuDKKuKoyug&#10;lpALWRhsbL4rGSSycMq+c2fkmIir7XOeYW2Gbc89wXNYO7DXUkWykMXIJIWYm7QMhCvSRfuP6lPe&#10;Je3ks16rv2b6AHZFAUHocOxiHU+ZAdKG2KIm1RJXDTjQjTMU2gQk2PdKkmG/Uixt/F8rGz04071G&#10;gesS1C0Zb0ielQ7asA4mVMkknkXZ5Qcl+T50u+P9gOW10qJe/+4ckc3VmhpiWh6LBFNZi2EtqOO8&#10;Ivv3n1naE2xVgE57BQCJuc7mIUlOyPh3TtJz6aZCGUvn+pf2SsWFRRdZWKTr/AjbpabFyrd5RiE6&#10;w5L1KsQkpU3DBlwkuAajauBRV99xypPhTaftfrSbWx1WZUu9kahEospeqNJcQ3pdoXLMMyHMNeVG&#10;wX4CtUHGRc5WYiiHofphdcirOa1aRcdU/WeNN62uK7Tp1Wg/E5zsa4wnbXb+kzna4EhYQzOrNmDZ&#10;k8rw4N/HAj+sTITvGtVJ+uoIkNI+B5IFfxWWxHADDVwYiwLZLB+FrQUkBugOvtGPtS9VxGOfdCDS&#10;mURd5Fcm7jdmMaqUbiaqKZxy1M4WBdM3DER9leiJlpEP96drcP+qVGhuzwF2c5TMeLevIeSFl52x&#10;8dHIaAIYybu4zejJlAg3qW7BT6Zlfpehz5d3JIqIKerbZZbacDNNb2fcYziQHMyRjH0mhKln1Z+T&#10;gNcCsbVeEo8/4GIKbFKBT3RwgJmZAZchqSVAnSu81apDWm1wPKFWZsbp5DlGU5HUffuecZg3G2n3&#10;XSudODlcnJ+z58o8ERXKh0oVRpuTF9IwqupVwE2BWbiCSfR4s1XqhEwgUQra48K8JOac33/laYhi&#10;SXPK4mmhqOLkFInewMBwifyBoA1BwlZqTB5OZG8oydZTyCajn714eh9ORZ9+RUUpahip8WPd4mWL&#10;wiLIgDscIbJo1GG6hp2Co7tbqFzdhMHk6K5wlR6FiJWKyaMLFEVvs5jVA/eHfhd3WRa3JMPRBfMj&#10;3XJao23GLKZYuUwGdE8vsN4fx7ZK4LI79wBllu3K7EwE8UjdXjHeicimU9ESR0aLFlXn7KYWZUE7&#10;eGSUpcTEABtITcWQiUepr0YX2fsTAVVc29T6Oez4uxrcDVURjFFTTCwxWtunVNRMTwzJjqGq+ATH&#10;jXZzsmGdoIzhGKpYYrKWXgzfnIEhVDlbaah690/+gqs8yWIpfPBHxMXxaVWfKOyp5+4DluQQQaY5&#10;8ecFmElz297i6OLeeLu4nrRphttdcThjD8mHv4Xp+d+CJUYmGqamuUeBAdWD89BxPD5Nc6hYbD3Z&#10;EKQZ6cjiN81PAqyLy4SEaZbmDwKd9hwaqHo9pMrX5CyBYkHFbGV7D7bFZ46/XpB5ryQ9p182m33A&#10;ln5FXUGWXul5IgS5dO5nPolpoXkz2NWiYEvLUSihebgjsDByiO8zr81+sfLGDiftl1kVwGSBSBjo&#10;0oOJdHmfHnuqQszQE6E5J30FvwD2n/nlPc7qElkgkYPtxGwkgyKXLM+O6k1olUwBJBF8XrBCKoSN&#10;+VTkAZl5QCePKGHVQGF+JKOnoo35VM38T+ktTvGpTpqrGPOlTiIn5VMJ3H8iuOZvdWIMJntrVpb4&#10;VAvqqISLJl/zqWgioYVsEBGOfHM+1WDsQIC/JqCBP7NucX218qkKHRF3xG/y4lO5+5x2NF/vtvlU&#10;jsMLLoPNiSAZYWMy3tVAaqGCQAYa1b3nU6H4lXxIgJhPNWk0jalVrAGrB9U986LxqZzlFIainWlG&#10;Q1MROD4VpUUT+o9yuPz51l5PRRBSQsnxqVbK5BWFYsiNIT7VZg3rgM42yw6EmJ5o7Y45HBVd/0uO&#10;8CFiYnvYWeBT0cWzGF9SOZ69Vs6n4uqU1mEIMTlGxcwgYyUt/qFpt4M0JuKOABf2r66nkmxYJ+VT&#10;RXS/6xDVRfZtEp8qBt3pnEKT8ko+Vtgc+VQkdAGrmWzarOIoED+necXCCG55HGD6clPe14Y1lhw+&#10;FSlKqXktctGef6SBQDOfymeZOKbCp8IAl/zkOfM9FDjyfCpfSntA4dfyqfjYviMD7ld8qjWdIo9l&#10;EHXkO3qqsgs+lTEzx6KMjk28I7Bs0yZXnCCR5SDe6VaL7FCHWX+BbBT1uCVoYsKbGx1WB17Fwg2z&#10;Bez6Cvr3yED5liNc0kxEscIa4Rwdul8WmDRzf4qBrivAEpBWtg13N4lT287z15A5Rfjlj43A4XT9&#10;GUxHkCLEx3TMNEMjw9cPOJBLiFINvvEnVEc/UZTjecfqGK6BHgfRa+/Sv5iNcRr0xTxiSiKKq45B&#10;2+uW7/4AWc9ir/x1PxWu/NwyFUdkmFfOalyzllR9VO0cz9pjBNsrK2Oq/TRqzYDcghHNGo6Lm5KR&#10;ASsyV4JQzx0gU9XyhT1lXbWKWXWG4JXjNSFr8Z0azJ3MK3MsM2Ja/MHYY9UXkFeWPs1oxR8vVJ4A&#10;WrCGdBc6cRxX0Dgtzwg4TKscXAELGSbX42ABS5mJ4sqJzSvbKnE0PANms3f5Api3Gzl80DjkBztk&#10;+uFQMqUBOzYkEPWq/HvTcN/TGTSAjXVCF5aVTYivyPoKare8b0RxA4dKnACMGip4X+B2FFOLiy4t&#10;pYyxCGzn/xUeCikfbwiFPn7z8gK9KCAxolA56SodvsMtjo6OzxAtAAcWzVIMbhUOfHgbD3EBOBIl&#10;dgM1xd6o+Bd3PYhYWPObx7qiV5syjTn9bsn7nasJciasEqTjjTn9bsBZgEVRgGa/oYb6THKLT2xw&#10;JxjTTK1YAgKqlFtlzCQcH3CN5fA2XGosBbhdUHdlusLPb5iJIn/GaoGC1NhW2II8MNi/SgaFkw0q&#10;gR5rDYjuy/Y57/NrcIGvI+yMFnr66Bw+JWOzpJ5ruLbPmZTA6X2zVShLijWJom1JAB5Eh5Yr3fFd&#10;t0VgzYWqVDDw26dpvYMrWVcjrrECN/NTdMDGXWPdSRFxYOpWlZSQXJ+iwpJC/240JRsQkds+HnJd&#10;F0ybyJJClUMMEVVJka5xnCXlBVT465HQfp7xBZBNwMODWFIutodPqJKC3n5OlfIIYJ22BVIY8NsH&#10;ltSnMa3d+NpQSZlrY82VJeX8kfs8lRQyPnhoKp0OWVJrjdg5ZVRSupGGJUVrUVUclZRTqcFXY0kh&#10;lJd1riuLlNHJkopTVVJLNkuK3ohj38NJqqQWCEuKSyAnnytRTNbIVpXUak3GBLu3jE+4grKlVah/&#10;uEMauv+DXlkJy1fMfJFM2P6fgkkiW+RqQESSRZuWLOLqjRQrENNy4ojG2W263EOz8G5rQ5nrMWg8&#10;CAr91Dq1yzjIJIfdhnk8BqmJnGM83IYKTZg7SKRBa2AaMfnPG8r3m/i1eT6HwMnFG+qF3WRcD3CS&#10;l1PaUCI4qjgQfbI/TeDn/BDYBQvm+GHA124PQgHjzqUCU7e25zs4kV3nvmUNTKQtfTGgg9cbfJVq&#10;nAgwCp0mwe9SDNjUPeoMx/UNN9Z4Gg084740bOuTDSChtfehV4EMiVfxK/ZRWqYVYjJlB8bmtxN0&#10;Kv5tL7PwT/28UN3byQ+hYxPjzVYDrG6swMftO0Cl3rGajMY2uV9GTon3GdhbbDE7X6sSr/Ror1vA&#10;4QwWceTSM92liNwSiYVDNj6rEwkxHznedJkFOzuaQG6T9V5WqMMqNc7cWwG/zHZK0TI8I+JxM7qo&#10;xSsuOrJGWWhkw5HZaQ0ecxvEx/WA0q5lkGjg2Rapei9NwhbDJJKg16hvW9qr0ncBndMoTL4+Q/Ib&#10;OgAM8exkLiuW9tEzI1eMuGVMcTZJIPuYLgWDxuc6xbxdCpH0GqIe6bS8mGEtSQKK4xxmATnUv4l0&#10;KL4VUzADna6tMIzy0i45FF5EclDpUPmGefeIk+hQGDLWX9NEqJH0WJLVRL6EJY5r2W19MiHkxxsd&#10;iqmBjJPTccEAlnjxTofikSOsbDxwOQMyHaq9Cd0xodLLqic6FHJJA00b3zPkUFftvqYzPw5G0gHI&#10;VRo/rjg4XjjZkTvifOx3UNXNE3Y/FxMaxQ7GvIYK+k4IK7igGAd7yEriMQS8y801B/tKLda+E25i&#10;PgSAmBCQMTYiywXo16n5/+TwKuS7fInX4BkrDDmRcPh/nL3EsKCAA4RIMArNstxcwjrlo/23fgG/&#10;xjM1qSsgv6uuViCsNUhmd9vLyA0pJt6rFbNG20wWqSsFuy89ZVlyMrAOSMskAR88wCeaC82KA/zn&#10;0hMERQ/b3lVo253e/6DWcEjqMptaJXeXxdJV0l5Luknqfftfl3CUMPhKc85/l8b+wvVKF19h3E2Z&#10;/saQf1Z+IsZNouJVIU65faDYWyEBnlFuk4bg2Eb3xNHpR497FjjZtbs5qDkxZVpR0TKkmbel54Zf&#10;VPQ3m4xvvAOHyEw1KcgYYjBcCTHaDFHsPFomeVDwYggk1REE3wmNw6xPLnGEPQQpOkzqKO7gNvx5&#10;sFer/7ViN+hBbB/5h8CNtDNJfT81sxPw1xLYBugzbK306JuG9m9J0HQyfLSah3KCo/XSchSVXlc6&#10;lgX+rKVXvowEO1uCCl3uz3pc+RvzvE1AjWg5QbIO7KBI1ddtQgkEbxnTBhBZD/tqUERS40K7Pgkb&#10;awVQxhx64mBh1mdUq1kr0oYWzIRQTSdOhwKEYrPQpib3JyxtSAULw76z7sIrhxtR8tOmMrkTc1CS&#10;RnEUjKyuCGkMjthr4tqbcuqnAOl2cozSXqiV2mIJOB4JCqWPggQxodbDTQkDVN3Mss82adrKchic&#10;tE4yK8oqWREP476WpNSsNDphQ6OCstCOcuJ44rWPnT1Rv6pvpHkK4c4vSZ58W0YO/KnVA0LCASXg&#10;VFNajfWKO9U+h+7tIlcwGoTqV1wPV82VnmfqC6Ox21M49Fjg3v1jnu87ql/FEG3umr2FKsG7u2Wx&#10;IHzPmk5F+JMWtHiEwqOtREjjRsah79ArKoFKoD9dvE8RXs5oC1QpX9yLtfHbhmObBE2hCGvjblnk&#10;8KebLsL/yayE01CJ+nw4wsYs/9+TGqciXUeaE1o+8T4qps84swqFhPflzdDPxNDhNWc+wmkpbfKK&#10;MLxcNkkz3A2cyZdPqNr3jzy8H5Ytpe0VPlwQGnqbziO82F5VJOhmn1MR/tkE7DjLVuWpinBPrpKF&#10;a6NDZ/31bdL9nEq4fSZlyfwEcRFeEaapsGGoMOsIB+nP24qwEfP6j/BgrDerCNMP4l0g4IkOmAnj&#10;FmHQtshWI28U4VGyBENfcC/3Q6QlLcGulJaXLwDmj8gJYY1FMjzRmhJez/xFwxL2V0Mb09vyJqTE&#10;HzsUCBJ6f0KuPKT+jhB/LdfQFZj1mAsrNcav41c49PPppsybhHgHsHUFY1MUUgbAqysmeR+7wrCM&#10;ArpbMDOjzQUsQ4CE4605i6xQYisG6iwYjqHThpNgsdrphPy1MS/fFwT5nkT62AFx7DcRdi1fb8uh&#10;veE4AB/BfKkspmF0kctejCZthSbGV6PLW/3B18zmqcj1x5psiuKOrrxp2fgAeT8xMSUghcRYPOEh&#10;aWn6K0UZ1j6fiicEDaspVB5Nmmsb1DCZ8103bXoHtXc1Tt61rRdPK1p7Hw3jvuRmQBn2YtA7f8qe&#10;tbauzigRjCq/kemgDYEK7sFJ6qx4C60orGgMQiOUr5kXbc+bxQT8pujD7PqM+WtMvrzbanuCm7h6&#10;hr2JNavqTiNIpjK5PbkOg/csvIVYjg1vKxZ18JVIbc67UPyluKRbyKx2NUaogNii8UsVq1mjvw0g&#10;3y5rKyTRF23hEeset7cEqDnXQaCm9zFQsnggvKP8soLaTkcebXoRihmTjaHGiQLqAw03OSsSUqib&#10;N1Co7XGafuB7EQk74IJbDIsJxktJ0w2QZPUWxO081hj6OyPAqb+gTRavGoHvJqj+ut8ZnRMBxUP3&#10;nfrbeFEaX/bPB/3Njv2MD0hf8wL1dx5oEVvcCJ0yZCLyLFuRmwPq71bJOmAvpLLdoPoLpmtREKvi&#10;UxmuKFJ5VoQVX7wuM4GNwWpXpbGLELE6pJERbkTkyh0kZIYhw9xJx7me+uNQ5vWWI3n7o9ADGDda&#10;RNQCv8mUhawCY36SugrNxc0jH+kNhGhAEBThDDOvwUG3afnd32HQBr3LRCch6nW28DZvUHmqez2y&#10;JRaF7RRDbBl/1Hdy9V5ejmKuBy2wigVE1t1yu020gMyzmWCbkw38WbCsEr5LBsTbIcVZCnFGYlw4&#10;ClAeEzZBiNk4VhzCBGiYpREX5bBccS45dnVHbO+hFGfBmDIZ3IYYPCQL5f2d49AdyIBpm789PV5f&#10;EjYP0olkDMhFIiguZqlSXS7h3bK3k7HgAlF6Yif4oySuf3irUX/nfGTzZYT7GhX41htEr78ErKfb&#10;7pXyU8OTWHg0z6rWK0u2bCsKSv15GD7CbKVfohB5fH+XqdPwaH+rYu/v3jddGDCceH+BeAE4+4cB&#10;3JnfX+eNCML1/PxgbH97+/7udThd46gGkuAtIdH+4hDf31JZAHTwijbumMQg3l/o+T8+ANN7f6sk&#10;tiRhqMuiI++vK0AmKoIctvMr/OoyZ1UKeH8RQ+0e9/t+r5T3V9cMc7EcO75DWurTeeI8vL9ZsDt1&#10;Bh9QbM1I775HDfloieDmljdjNLGSXZGfaCqiNCJtemH1U2vgd16q1JIevdefOOCi8Nt4EiwNjRql&#10;F3e6VGRCD9Da5kY7fYvwHBPMy8q6QuchhKvDFwsxfubn05Ihi6VzQ/5fRpj/9zXj0kKGRS42lPf/&#10;QUnAr7DbkZz9Er8gGLpRJxQDfqkSClEcbz3IwPRactpMkB8kxNMIrbR79Xb3C9YqKKmWrjGq8lTW&#10;l5XtbbEl2rTGoMKkmejOWpNQ/NjkHwGa6PRG+8+bnyiq3z1Y0dOKTGNLH0AMnEwZxhTJVyYvQLgw&#10;UJpWvCDQQEv0DORGu3qCZYL3e2QplUXbMLAxfNknovup53E9IhI/KPBjYPfpLitv7LNPV1ngkwQD&#10;170ObSIpx8CkCEPJOAQYHRxh4JWmA19vmZf5WeBAJnQbDLxqR6aLa/NYI0qfFQMzPGtPj8chb1Ag&#10;vldl0Am5vgGHpOPgIop7e8KClkmSmzgJGDhbLFYWuGMgbaPgSlgvxMg1RCQbzMTw/5JuvqoftvVu&#10;rFcRUS2VMk6bdq25kG/fiU7Yg61s0435AMNiajMRvhnBfuFbqTpUITRYWLZbKsKKrmtoNa35TlmO&#10;LAS05A3iJOJw6PMpz+iHJDnf1WLuRWAbJtk28S0km6zmNPHVpjV4ZCMPdekIb8A4NUgcYS+UUUDJ&#10;d8nSHGAMSX2SQjxfUp51liwJvbG1ogCBDD4qBNP2jIHRLrQkppRDAInvVHexjW8qTnynYJ2mK/8N&#10;I/EtO+IVrIlaMGb7377dBye+jPdn1qhlz5hUbK+3DEPj7VjW1cUQr1x/RKjOwFt2yjl8MZL4liIf&#10;7VBE2FkgefjupxJfrE7+oN1IIO2plvgOQeXW7RCQKVU/rMhIhALBQjXGkNk2o4SgYF2yMyi5mtu/&#10;iH4DOT5iBDXb40hz8/FIgDQTfmT256Y1r5phYBJWz4vPcKinnXKxlEwmkGoHsOMBB1URIg5b6KX9&#10;TuslH/SqIHIuPirWF+/V10TbC6kg3nSm3kwR0TFERYhdZ04qIMTNqzLs0RlhwOnKWo86MpUyRoYX&#10;Ja0MbcS1+EyYeGbErkvFc3tUBW/5uudRPLg88854MTR/YepZaCKZiT1bntvXtpoC3Yrdl4UaxfA1&#10;swHpS7dmAWVX0RD2bEagb1MBe7a84IghioJPXYTELXDgVZdmrlG1XESiEnFZx+jBkj3AJ2p2ymj2&#10;pMjVeyad4Lp+BzAZdlcvzCpbb+5MrOp62+FAzK4Uq4rltyZSbfKAPBI6bIdwkbvAAoaDvqyzQLqW&#10;WrNlbOWs6+QQozOUg38GvEY8eF6z3w5UcvVkzNT6CLAnh4wgr3aEYEpV75a11TVU4/JtAAWB1W2J&#10;T4Zbd+aDZvZAsu4FrK7z4W7r3PtVqy+yjXBrLMrDhcacAG/JAXMR8ZqyCxLW3qn1uunNFu0gCAQ+&#10;3zotfTyHmt90E7g+LdJo0+pZBqtAzNBE9hzLQshoTt3XjaCnVoGpCOWjiuPt9OS2VWolOFmjKBHQ&#10;bjiehJqhWseIaDxOfsloE9BmUYK/aBVRZeZA1NHSu4Wn+mBJXJDfoa5yqD81O+1i718PiOsWN02O&#10;sSaa5vpB0hXVFK0AuStumYRSbb23pgONfrybNVT93wLO5+rBGlrQIe10H3fytrBI+LyyKAqUVyFv&#10;WCJWTC3JQI4EKC8/6nI+Y/Yl7wc2FMZjW10i90TwivIyheFtPBOMFg69tD2pIckL/iFJD9WU5XQG&#10;REQThMBsJ+NStDFWqQMYnnfYkT/YKtWhVXQnTS89KsrL3CCzflQn1MnBY3Gyabu/gEN69WJmNdIK&#10;cjPvmWXaFMRUZOuKSbbjtoW6KoqTJy2C7SqBr2LMbAFHFG4JsRGvTl+Guc/3BlMk2Lk/dgaBmovP&#10;+JEIKw5jGUiZcHENiq+RVz5/8duiiZgc3bti0skyU8SL4rayQqEo5pyyEA0lt4VfeeBQ5Ey+dYht&#10;ICk/AldnWxYWox7jNdQv0TURbwDBmF6nTJLoQgqhlIo3vCT/OQufY3r2X7yRN03GuqILESLxS51L&#10;oLUJtHcJLY+3r3l20Z1fUj1LFvP7xmMZAut1/jIW5ghhkVBV+zPz2+rm6ju2EeV4T343eYQY51Li&#10;kaVURyzqHy+juK3p17OerSDruVNRpFfP8YjfmRjErRNd9pT6CjJkgvxivdxWdg3JgsAsgpDuX6Tn&#10;umSsh9yy+VeCQA5uVsYP0lGs+J7xQry0UXeWQnq9LLFOornw1AdPzvfj/34E1nKwH5tHT0uxBohq&#10;o66Y8/JT4fKyglCozKuvG/4PhzZrCJ6TDLoipEfmPR2qZKZHYBcNQxz/+1hn3mEbkpAub1K81lVK&#10;UI34y7s0PHKSGxKljJlX3JhxRunHm4kPdLhn/lFyxiVqgPoZz7yqxGGtSqzr9dGaN8ywZV4sQVVV&#10;cVfe5VUVFwQ2yoXO44lSU0PLmQ3M+lded95u2f1470ZIXQikleO4aK4bUZaVEXYCSkei7TLrOVGR&#10;VyEAR9ed8E9VyMoIyOekRAFHTGfsYoVVEsM6qrp0nuZfFkwmUeiwgXXrZdSCwb8cdeHUq9y5Zwaf&#10;n8HKYEuoG8TCPq4MB3G5eSLQTmX0asURyZ7VAMu0UWWIr1Pq+cL2xAm7mqI3z4lQt2xH6E3eVymW&#10;xYP9DGbKAPMbK+Vkb8zHxPUblMnkb4aQgJ6NdNEmiPsVRHJpTSmoV0MzU98PGstsdoKgFzclmktC&#10;UX+lqRuDG+sVEC7z6IVRXOS6NzdQqh6JlEAY2CP3W4KQKov/kmrZgFEjkGpeDh2nE9m7WIxQevkS&#10;+3sRs12o52Jz90pGiW0SjbPrRY1Igm8kAbn6RHmEcfEw4/DSceCbd56IcVQmLnV/QgknMWztuzNr&#10;32PTtbh6owhvLxgZBc0jxUlMBkUaE6dErleuRKXrw5l2Bh018Tjz+ld5gigWHzY34UsXNAWHKzQh&#10;DqiKOMhcVKA2rADFFJcV/LYFNKIhlSMU/oTFj6FgJTif4Q3H4+7M+czsEm/ktD4Wzm1HC8CykNIZ&#10;QgOjKqSC15dSvEKdcualm98+xlsMXUWPdHpJaMr8ccFd6v2FgZYAy3BSACUgpCoAYjEhKNj9s2Is&#10;CLtiM6SPAcawKOG1xETZPYiQpJe54J7V8PQtJ34jnyQyyrYltsIltdDEODzxLcrxIwHctJZ0R5E4&#10;5GwwDy3DrNmqweUSDgejNesxFfjH0KKaK/Isi/gfFMfAmPb4+wA4qUznSQCm1gw5wENEHTcZQG3Z&#10;f5a9E5veWA7/oLn4m+v3Ie3zCdfqay36xIDvirii2l82rN6XpSD5oSWZt6/Mn+oN/FmACHxS1+D5&#10;9VUDVMi7sOQN893M/xPvuXE0Hk82OqUuxx0F3wOaIq1JSsIn+H49faykUzaWfGo3OgB+i32W3eJu&#10;4+29LgWHYOV0+4JifCNRQTEYZ31dHz81vmdSjwWHG8pJQYFmoy41s2kJYmIu9gKHltCvu3mgqPT9&#10;Sjd1G6NW+9awqey8UGJIAbUlKtMyYMYwcXeASNphZDuYn3Qhb1iGCRE7BVaIFAq3Gg8lXQlcKGHb&#10;9aJYcJk2rXpDZMZcaufHkTRqHI9mKC2lhqFZ+YiDSrTXRLdekGZztxn1NtcNM8PCQH6JYcflbCCq&#10;ZKsItqiMd81+jqNy22i9Cm1uNkzWDb3hOjo64sNlWMouZU+ZUXADB5fSx6K19Jg+DpX5gtmw8Cvp&#10;mNFcRg0Wwyvc7yRYfGWtDVQE1Dgdi3QZgJxQHYpYqqHMWbgQ88zNABEg7t8Wc4G8wumKUgMtPJHr&#10;SaDhzR/SSqsA6GDZzoUCxaLe+rcfzxkWUS74Y+F0CE0NkG3KZZs1uRUKcVq8wjEJNLDi5ZP6lpzb&#10;fo9yEbtiMiFI1BdmNw4yfMScpA5ZRFE5z+75ARVzf9bQbWaBAeGa4Q1maszPvEbQt7ZbtMs/HHwe&#10;Zi/aH3XEv8f2hC938iiSRAR0J4uPFCvuPRGAwf9uicVyB5KETUyJ9TBYcsbZPu90xAmmbHYgvt3B&#10;bxH3XnrlYQhe44GRzC/io2WvXK7Sc3PzMIMeMXwA1W+HEbsjWeW6YBjjk1fYqB3WKfk+rOUxYsCF&#10;xeuUH+ft+CBqfe0fnm8tkKRjfJfgywdBKP4+7Amz5AJCGigOtRRsudWzwz0ZHbwPuneYmFyP6oBF&#10;PGZC8/KBIBgc+eLehh3vjTijMXU0YpNkz4ZF3aYL1L9eQp/+5xEQglzmxfXSBgsEGgEA1JI6dRCt&#10;BfS2R0c9eHMZkaMFRKC5K6RhamAnPX7VyY9DIQ1q7IVH3UDCr/fhTJzVklyQy7WNPREVPRBKTn0s&#10;q7Fa1kb466Kxr6BcgGpAp1RX02j8R0Eei2oUGxNeZDVr0MBHr6ywH6rx4F5BgvI4cPJXCRdu7E41&#10;tmdGGnpyguLUcHqyHSjQ90KKsGfeM2PLXC0FzcEO6qxOEOOR06HN0lPYQsbpKSMaVpavcQKQTrWz&#10;XMK+8h7mfY/HfgjNlsAQxhe/uYqA6YjyHXpZ+7jCwVJLQAjFZO8LWHZa+Pbm5N6QSjmo6O0INFE3&#10;lwGNq6nVufqAR+5NEB+ZvDPeQFTQtL+a4G0LXIfzDtoLsYSwcqRZ2ubJ1/tnJf6kMBmp75b7WW9R&#10;m4x8BYUA8UtHfNXNdn6Q+v1ZF7R2zXgvpCyMATgk72W0kz7TWuCP08zPq8+wSH7YrbCp+pF1htFN&#10;sP2ffWrHDpbvv0KNgmYqnFZKIpBNYSLml9KDKIRQQ8hvAN6uBqVZOzVF1Q/BabMKDy9c5GsN0a9w&#10;jJwZ7ekc6LbA1tVDQxV6ou5IOApAaf4gcYhY8AYFnqJQJY6arOX1foZ1GZeEIW19Wm/xWNZGNpiv&#10;hNQE+5YEBJHatWGSD1G2s7JfRqhM3rKHzAeEB9TVAcKXy+SRz2/zH5AC1zAwlqYU5ZfP0mqAl5sS&#10;kHHci5d5lJlSdf7d4kZXLmb9BTBWvjq7Jb8Mr/D8pYWAgi2DFenLgustcM4fK2iebv4kled1cTVm&#10;ivfoRA+5IolYN1jOnP4fsYGhCeSqJQtBWsC7TUaDhofOKJh2Iza8y0/zcHL80T6MN+l/zgW5+tGX&#10;uorBbsXFNaxZAEsGPpsXU4fHzBquMMijOMREtNURsSmfjgnbj/5EmBcy4DcYUC8IWS5TWAZ0V2ab&#10;lBy52XGany/nay8UqaW+B1KxGnIwB68NVYPauCAJqYoQW5Nl5g1tBoMGWzXqDKMdC21qNFUUof9U&#10;KneZm/RjkDMkhfSthITsAwLuYU4o/qnvK5Ic5kDW4522OgjDXz5O9bVu4ViwWgdyRUdNEGr5oNbx&#10;gjggrQlWUKhhdg7JGVcJS9SV6DxcnKbEPL/qUZEbgdtjrC/ZrqBH8N+jHy4CIlu+GFIsWNC4vTwx&#10;82iNJWZB+7uAkX7nGyqx5PohgROC7tj187+M61nasYZibcaHs/dyvymczvtjjVC5C71dq7yL1g+T&#10;r768D4JOfWmkzRbPMtOa5dJE9TjehXMYl/FzqsHKpGphXd2pmIDYDt9dU/kzdfsIgKxlyQMj9AyT&#10;jpNgTDimAuXlrBhq8qMTv4yaVijPLT0GNOgzHykKK3zzzi1d0Dxt+FPHcUeARDiVQ6yM5O6H9zhA&#10;bp0c3jpYtNtJD+4rAWadn5F2Dx7py5I/82zp8V3izfJTANMcDK+V8AIKAaFqGkBh/aiVDNMqwxRH&#10;MmiNE4aZk0rj7in2/oItaAkduQC7GGBEbswGDwgDy/va1b+l9GF7R1uLxUBmsT4fPOUCCxuaMgGi&#10;+SKy17GAtuGQhxQ5utZKfGWwf/TeYB93CszucFHixG3DL0KtGHXtIMfpAhGS1MRCoW3lKu7nJy0v&#10;xD+FHJP3zUTogXP9YzKMLAXIrpMFyiUTgN0dm6Kf7WnnxwUVlXDTMnLIrCuankSN0R0ZcX9otxYR&#10;q5PfzMSqshiut26ceQ2IpaWRw9V6R7ZOKVh8SMG8KAlzuyd6ydWb5xiaow7r0qJ4lEJ9s778fZHl&#10;fiROgs6pjmR0bviQ3Jl2ZnbJqgrlyijVtPaRuWRYhGqNTo71BlmQGvjHZ8WkeJhdhZVhGWYOXJgC&#10;etjUqF5EUtpKhvhP2UMYRpkIdypaEobhrOo6XHylfDMrQby3FJRYSPeVUdWROKCitgLX8OgYp7gH&#10;z8rRQZCYFv49zTzr3U2Vuwrk7qqQpDZDGhayYaYZnlf3ch7hwJYhVeTW/XR4otSB+6DEYaJR7yaE&#10;AJX3TjNgwuSMS8UZjltFoCNIhz0DPnB5Gtx7P4dp3dqc5dLhGRZupau0wA2r+qUrg+Uv34fGnZ5D&#10;5aexNPCxvDtD39RlRIygg7jIC2jplAbfKB0cMMWpxQD0ZYHSJq3GONmwhuFAtnRbLjsFMQ95KS0o&#10;4ZqK/2qASEXj1XFUl4fPBr61maSx0jo1LxnOTI89hzkf+fCab2JjH3BKfg6rGZWW0w+QjJbBkOID&#10;uGNhkIYaQSYAhmzfVTjzYOHbBO/BZcwDlAECBderbqxZ1cVcYkVUAw+ZlIR+cv7gQlmwLzHDAVD3&#10;bTREh/ozHYF1SV73MuYaYSZp1KctvMCKL4B0CmrcAl8UB2ai/PuB7eh/3TGOs0ELXgvvk/LHjhx8&#10;ZxBeQj/364O7n5EA5xF+5JsEMmG2MSQIfFYovWE8SIsF3Ez0poA0jGUhc/ixstxxTAP3Ue/pziHq&#10;C8FQ0l4ZvuXgia7hLSZvMZdX29nPjoPsZLitB50z/dZuT8QNJ4GvJaq5xklelhN8BoU5704ZNyyh&#10;qdI6CqVxl8w1kMlGL5B80Tc9XzX5IMjx6mTUC4GYhU124bHYP/SQ0yr524iVLvrVTXKy+zuoxlmB&#10;8aS9n4CWQAWJ9Upjkws4xNWARQlSXdACvg8ZuEDnWWy1wMUdMze2UJS+BGpLHs71aCFNCIkWvWi7&#10;D3q9DKJ+QYul1bAQHAxvSQyNVHFXDCZYnJXSiqqwzGEOWVNc7CDZV7bbDVapoiDBFSExsuGz7Inp&#10;ZomCK3K0DnTBREmUaJJtVckkAV7ldifU5VzlPYX04GmjhWvGoK+WrKFgLus7zkOJSDalJ0GU+2XH&#10;i2Yf9tbe0r+8NrbnjDFGydYzJUUJD9xuXl24WGybT003tusXj/QjXe/qbsiCpyNCdtuPb3Tl2s3e&#10;83XyZOJUzfkfRqeNCPnSSWe2xdSHuVGZ18EvB/y0C8J09QmCFG4SjlYVQpfQdhrBd2D1vxmSUAkz&#10;pjASkCKYJwCziRCgakJqhpG2nMs2oQBoict4vcH4hY9k1z4iJQQ6EgPnVzC5Au2Z48yYAuDTVPKh&#10;U6vNne6NIj4x/T4TKf2ypbvGytIIONBzDBeSNCDk2eq8OMKLwfxYKFXEmyegDLRTiUj54AvdsfNW&#10;rHuRa5lnVSJ0oOlPSWPmKWL4/TCviVPjVD23W3/9OiJvXOThMSMeXq1r2F5Hm+r7+UNBZXQqnF6g&#10;iK1plwNkggtWLR6hTs5TQUYCABLtqX0JMFLv6vlEFP5jVGz+h7xjNN7rKAuFuDV4+dRV/06JCG64&#10;JHkmiibNZ2aNxwbhVYnaQDO0vFRn2A3ah7aNncmWZP9ofTR+j1BK1C8RGd1NgeCBipf3V21VDrki&#10;/Vkg1D0EtzaQXjfGiMHK3jylGsKr00rCpCsH2UKBRIGK2D7O73IJgCfF6I8i4ebKBXmBAmq0DNC8&#10;6DIgzZqsFn2S5+f3oZu+WURelkkWoMnP47EcMtK6FCKi482c6u74NcK6Zn2BiQbzw/+7GHf82fLH&#10;PAuLdiNfjSp0naumB431Av50Zgl4i/JqecGDgPu8kjmMexl/vihTJ0LExAC5jg5jqlbbt8fg68ad&#10;gsxlMP6IAAhQ14hDUqPN2CaIsCvjOiRr/BrSRWOAckcRcOzi7mszBm3V4VODVE2hhl6EzXPU7mZh&#10;rdWVbJJGAEwZrElYd78JXEhvGG3xo4wnIbjT2J5l9N4LBfljaQLp4cXC/IOlK8nj0e0F7K6kAIIX&#10;262mxsTDt2Uiw78tR9P+DjAkAMf2BmKyjjI6oEaHP1qIqddPI5p2P3jPBswww0+iBuFjueIfI9L/&#10;LWHzikgScQeXbwUCwV5pG8Q45ou4jcfSk9u6U46eknlLfgLLUgyUDjCK2po7Oc4q1tTZWMDKISOM&#10;NshIsGVN6nZM231GkuiPmdvtN5P1TJDa6RqXuZgCKG7xd1UUg5MW3DfVWl/BJhWLhr1LOECQ77zf&#10;8cSUerPNSEG5QF2lwHuDGCdfh0ECSYsbHfFPaWt7BVIaWQDr65+//4jaqiuoW/l+w+bTfQka1diX&#10;QHYZbUwGSF/BL2ASXAHVB+YbaSyl4eVsgkbg50qcszIbBkIT8Ib457h1ZfCPMbsaM4+TpznQttaK&#10;wUbbGIR+ezyc1AE2YOdWnRLXskAao005Gi6P7UKaBy68Lk/BbSI8/URBjTHYqjLJfD4vcfEEwA4o&#10;me309RTItC3xX0uXYpFRa2k20x9Acwy8gYQRPTSNYalZ/7bQe6dKDw7AMsUjCC4tdhXbhOW7xibW&#10;9Vu2ufTAuUlMjj9FPK1y+pJVjBpv6jHgo5l/gEE/v/Ays1F4RAlOBM1paisHEgJGZcODOGa4GkaJ&#10;nOvClwoNMcgE1NmpGWglwVw8Q8FEiF3PSwpNApZcSnsgRwcZUYDjcFW8vgwGXbg26mQTaIQ+6RUd&#10;cqIAkoSAYlMHGCiWBuT7y+cC22b7lAwFSfePBDVbXOjHTWSWFtaaBASX1nQsaydmVm83gnCiBriu&#10;fDocNGWNVoC3UKYwMv6qBf5uCfHW20HqE8SY2poMjoBcm0YRbNg0ySZgOQJQShnXeFu/L7DLxBYD&#10;rcpKgunNTEOMDyzEU/9kK8nfQy8P840CkjTlHdnihhpH69OxaIM25jafG+JrkxsCv1ExOHhDsBnP&#10;s3NT4rfyjLVpDJZl33PCi0S+ewuQ1nt0+NRcr95Uwd3C7SnqwEz/KyLnqMTevRxYRklWmQJujLFG&#10;eU+SbILCg/pGwi0IZyXHZAJuM294xOAvQeCt3BaV3AfxdOpk3CUjviQ74KUcI27rxNsjo+eGE3zN&#10;imMJz0/jU+uo+xsxoceSmAKCt6307OrF7g6NcYkmlrSRBojlOVg/oBoTGJCbYwQ+maGAtFCW7ra5&#10;qI/BJ2EID1FgDsUafguww2hriK1A9dtNji7BLarNLO3cmHjUjZavnimmTCw6tHfC/DTafphGlyAb&#10;vofZClqv9tVoLnDbgnJh2YvGL2foXANxqn0A8Nl/5A0K+PtBHhgCnPHwvdGBXyk2HAOSqGhpERwq&#10;Nya2Jfkgwy1Rvsusq5XpTbqbhJzp2CspCvDVxSCYr8WZGUMZy9xFjJdDIAiu0OO2o0qGC/uNVeBs&#10;p0V7y84w1oy2tDIkgdZ0Zer3RI6rHtWvX7b/1IAaaWFJv1AzueO5Tm61gqSFYyhWJFmbfESdkbrv&#10;b3qpKylMKlKDtExW8eQTcFAfSuUUael0viZDyCuWrkiXsCdkUsEYo9tZxNJ/YXXkyPCJDjqR7tTt&#10;Y2OjgdEX1YvX89XYsHOXaVYLzQShgq19xuCPuTwjqF2zsIL+SmcGsF+oMHQxorncFqAAuNIVOBBR&#10;jKuStu9ZPqsVB3l2RYW0H5DsogWA//z/McklQBGDhAHwXjD0tsCFA3ymleDx9vP4MdhPli+Swh5c&#10;zMRf2zEzvpQBv8a7GBEpEIxw0G+8wH6A6OvbjUp5v8/WxIsFUWCX+/BPq5Ia51V9lpI4slILTcDO&#10;FBSAgS3bAZUu/3uDe7FvdZHeSd1WDfnctw5SGDmXBiTw+vbcuD+oA/eQzLtpGz9S8nWz0LPA8iux&#10;CMdCMJtAeX7BuBwhd5Q4s+qSzQptWxfu9B0H9WltPFbySXMETz/gU1UAm8S4SDKgwgqoRJtg8pul&#10;BiUIkqpgqJ7dnuO8crd7oDJpFruixw2f+OsinLmHNgBxdySuoNU4lgoKedwT28U6lb32ljl73wBe&#10;JkZjjKj16X99jOIamAz7n+SDIupYkL+QenTCYcvCM/vwIpzuGqNhtZCrhoPiqJkc+G2uDlW9iVe0&#10;73lkyt6tX8YiG69oM+3dJGvjTzX/BwMZgDv+LG0piHYxHYpPV4vHmw8FU97NOTaAoWO8AdnnKOGd&#10;I1v1IqU6ZeVuf6dSeYAph5uw0HwAtjPhWfUyvpu71Yq3ldWscl44N8YCEZgMOdfqZ3IxCw8/EA8c&#10;gdLJjWNV3D+CXnvUDqZRy3cju+4/kI+MQtBPlvCoh73mM1qQJQuq5nEvlWepKYqli3HhIJj4i5Y5&#10;CTP/4HvDHGE+gZEkgqygLEUuCYdTEXQvcF0L4mKqJEMOUnBATjOesr7xbmh47cDl+R+J3Jh3He5L&#10;vVjhjkKNcegU5r0nbDTylCT4Xe8c12HGAgXendh06nIQBUWvzWpOrZirCXzwn89VAAa1lnLLClOs&#10;iZq4ZrQfvDFS7AgxrG56e5HO116VpV5Viaij2ANrnT03vtBTxBixiU8tuXPpbhMuLXiSL/759u5g&#10;jYyyyrZRWeaBgUe0QL4FAhIUIyhVEA3ucwtoDmWvXUbBXElSBcyyEA5EoVswki8WjXI1zd/+iggk&#10;SgXm1DKdkPKoNmjd6JkeTvDfmJ57LTYi8zQMr3HLwb+ckgjuSh8ksitfp334TZ86DnrjVxmGds8f&#10;dAS6Nqxe/DRDA9xHPu/EYgXpAmC24M/6t7399nAeznDlULPATprOWjzXrOipQf+wWnf4DJ1P3Z8F&#10;TBqo48s/KumriXaavJc+SNWVrdeloLgVxlxX5rLrndnPaiuzfQLY37QURNPYzfEFSQ9Dg7KkQ+j9&#10;TK6YZ0EjRHJa+zzg3a0R0RsyGuyMLR+8pQer+ZCy5W7awZggKmnbFlrX9YOGYUdmSdkeWlcbRhZn&#10;QYUGE19EK/kojrSFmAv20eRFoA4EdHaMrM6ZQyG5g3NkpbRMiXypEni477rIWJfW7ubJItldPn8X&#10;JhF2H/IWYev+FNsXtENmUNPBuP7hTRQVmN9mH49glPW2Mp0A6UFFzBj+T/4dwVTMiQyrfcL/wy0l&#10;MP4qPUlBQXcHBA4dLw9v413GhSSJ+1rZqIjSCE1/dixEBiQNwpB/+Jo8gzAeYGtMjZxs5aowiMZh&#10;eXMaB4/wE4YDdbHeIyAoFRVjwh0MURCDoJd66FmeRDm7ZIXxwx+jKH4HAXjLZuDs1pbbmyTSN6j0&#10;HaChQk/iH/DeOOOyctaERB+ECAburclHFC2QzCqVNgAAPMHwWLCIZnA82shHfMj1I8/OJGlz5S4D&#10;R3c8LrUKAABASAQAAAHsGhgS9BFi17NOsYiOJXYz7Tgx1tE4b0GSVmuORzrTWcb5ihcsfCbjj5+Z&#10;sHwP8y7wxlRy2RknKITiGkOveMGCpHe3IVJmyVAN0ytiGGHhzx1d4TDOHBURka/SmUiJERntSLOl&#10;vpJR9ZYlSdEVxTI4ZneO3a5UmUlKPGZk3nLZISTEOqlyTMe1mrxIc+IJ3WNmZGrjeOMR2zNoeGSh&#10;tMZV1dnlHzuoTq2jkIdKPHLKDfLlvfERk/cm+pCthLZxqxKxcDp4RSO+YgkV2a+KRxZN2RbLqEpk&#10;1Lw35GLZ8NRMPKPmSqGSXZElckYn8zAea6KcqvVd6pSJp0aRyUeswrOinWR3dWbE5ZLEeBbP+sE5&#10;ia7TBueEJN6dRjy92kJCQjvVnQeNyNjVjNUGzcuWeo7c3Jznk0FDPMqU+OysjERuWmNO2hhtamPm&#10;l6FpjYd4SEWnIvHtG2dnJEuFxlgv99uMu16Kin9ZDZGYnYZreDJmPlS6OYcJ7UwjQmNGiqincel3&#10;dSdj6bt61NFuZDK67DL1nIwSK1Gn5jIqS9l8NKh65JohGZQKrUTX4W2GfjGbX1ViM0j8yRch7yYe&#10;NBMyp6y68TdFsfHH6Cl4V8pqjZZMEWdujF2VPRUxS1glG2XQtUaGvBo2JjvznkRYmaFrWdIXM8uL&#10;PpMyU8k/6MRjG5k3HOJgh0dCJxk363S3jAc/ZbSasMbkkcY+o6hm/Vcdp+qxirTyqDsZCkfFVEMx&#10;7aw9EnsTFY9UN3N3iRCJrKTUk1k4TNghEpIhVFUzOfHGzStQWMzZSlntHGNl4uqMm9pk7rmEyp+q&#10;1VM1V0WWx0jJXO0ujc8t6Pb7P5aO4RHp4Rm7SRFb0Wd4blGf4RiTG5Jow+bFq5ZtZNi8IoVYymhG&#10;js4tioxoXOxlTC9SU6QaNbew6+ykYjSGREoytQ7SR1glY2OkNTV7zIPOzGTsxsickf5e2cxraq2W&#10;jWpk9N7JIBldfWj7y6GjlwellbMJ2XIjod0MUUf1nCGasXHDEhGFatRGJEqVaZwUy+qHw8Tstde8&#10;8SrdCW84TIvvRCerDHlY6jj5lXju5nHKuW5sOmTqvXuWuvEaueVij2OGNY8nKlbt5zINuqKJicnG&#10;yS1u4sXnkSldhhBNedeTDZYRzU2zIXOLmtls+0nlGY2ZW/QkUi1WPOpMkrJzY6ZmVZWUUEZ7U4xW&#10;Yhs0tziiG5lT5egZ/1JKNTi3kdQxh0bNK16wuIynzMymo2MWVxlldE6icKEihVlIajU0SP4WdUhU&#10;FM5dvlOXZjbkQWRESqevoZr53J2Y765EtolZDSrq1a7zwfLYmuxWQmc0lbzmOHJ3ZvNRxljkkpPJ&#10;4Efeix1L1tTIjTpoU3MkIqWKHVGKv8GXeKKcGT8nNO4oqUAh5qkcjYppyubeuiG8caTGmF1qqrU6&#10;82z6xmPGQpwrJGL+lDODajJ3dyGRRuo1yKep+8+ktH7ku/qVy+ZmlHw8ruvdDM4Vx4xG57nUnOWT&#10;ZeWyQbkRuaQZDcp/0ma8B10qwkGlqXrRa25I3q8noVHjs3Ih2YRSG9q4ns2ZdTJKykYRITuqC2ls&#10;HxSz0FszS+RDVXeQVbyhwRGPyJzNlcZcU2cfNMXS0NH9Pto+V4OG5lJ983DrrmK7DHqxruaf8XHG&#10;iLcxI1WfNbESV4/GUMt+Q8bIxLywTuORyZPBu6NLSLOSFUcu4/vc5SuKDYsQUTkdU8R0ctvwVV2J&#10;itUO3VItXLPrSEpqhhYridywlIziCs3NVEqhiJRLJKWeXy+NSEStcaKxeeZ3ZVWnk+ckGX00JfrY&#10;lMtNiogkd5Q549S4m5rZ4JGcZoqnD54tLK6XaFIzSOoy3RjF9CLpvRkkdjRHcqe7zduxlKQsUqha&#10;HZN7ROIg1t3xyqPOyqlSTQ2SmjqpmRs1VTesqg6Slxebc64oY9JeXjWVuZPLIuaz0jhDd63uN+jn&#10;/zxp9XtQWBzJuOYxqUExopIzax1zxNrDugyaoUnZ1GVFJLKWvIPIWlTWvqP3c+Y8r7TFDpl89GxB&#10;MifsULGD06vQmBmJ614iZfcGhyhEdiyHHVlPzYzpLud6fw8jng1vZ6NGpGb4vP5+o8Y1uxrt4XNF&#10;iiqjMzk7fUM1frYw3eZKWFSj4/KUiVjGnW0/3bkixYvOV8/RhsgtfgrZ0RHX2NydMXKLK8mM3aw1&#10;2lZVT8RjeLy5UXhlPRtVrKWRpzNKu09e5QfJLayGViUmcqNIJDX/ZQ7a1LcPpVXflP4H5RbV22ak&#10;/GEN3VVqlNxiTGVWdyQP1ladUtFHnZE9Gl9nkO47mk+NrXI0dh005m/nXstaMsThobA4fkbobMZC&#10;J43ZjLoeuhplL1uL5GOukd546AZbG7bErI7MykVtDZLrqMiqcv2Gykz+GyQ3N58+Kre4uTM6itwG&#10;iaUty/xGpVyns7AkpTsTjxCRhDV/DpIbohomL5t4ToPubK5aPEzeq7P5CdWRh3TlqlSyd84gsVdv&#10;zFLDcouLUY/02RhtL3TGpvHVD8srSlBVzOChAw8VKlSkELEb33oNT1U+wnPG3VUP18tImzn5+M9y&#10;czbjG67I6REbk2h0teg+1OP4UrzhW8RS4/DZSso1NRv2kpmj89G4tOQiqhK7++tjIkRiZ68cus3M&#10;9dZSRWpl/HRkigx7RyJlV1SVmjvzkA0SKTLT6jx+W5CNvR90VXYzPzqZujsRbQbFvgjdDe9nRWa9&#10;atC2zi3FVuU+RrqlI1S3cVJfzKzNKPuRc2OPY01zc3UUkStGZtfX62p20o2i641YOiJdRLK9Ha25&#10;iC3KjZuP538/Srl5avu4eowmpxu/8t6RHf2Wl7jUYVK3nJsq+fj6MDmpPHXuCxZ1/Y6kJjX18stx&#10;d0UJi6mIYYTFTIUKFSkur8fkag9anDZpjqY36G5nu7PmxtyHyKsacpDJlbg9zpy5LBvSeEzpp1Q5&#10;HHJu0c8oNKZxNtFj/g13qspzotQYIWnS0ckgKTFn/prXZEinKdqMfcxtcUV0U2s4Jca7j1hY9Ktm&#10;w7qysQ6Hg+hMG5LQIIsIS9aWyxMJyWgQ3c14TuSDaGQ1Y8VB4tfqrY1FNUXVj090JrkU3Y+Ir3as&#10;wSKZj63qlnRGbUmtrCuZ8QbJDOl8txIRTyZLzaDcizYOSkWKm9UqvN1BIeNHrEdWqVvvwbuaJ7sd&#10;JJ0cO3Xd4HWk4uLwMvTJsObKMjxPqqbJRJoSd6w+RYMt3z5yyeBt8aFUx2ckfXV0yx2yGTOzRFfk&#10;QRchExoR1qA51a0uGqlI54ozaI7k+/xqyIzOTu7MxB8f6zF2eknVSWi0bl41c0LrxcxsZHcuuisp&#10;eb262FEN2/T14atHtiLpOsM26d3UWNXXnFyV3eZJCadSdNO1is5qYjsaIuNJbmwVjcPcY9nroeVs&#10;EbIVnTolvkZkQq4SOTLstiCf3EvVk1FjISyqzGXFud7OQtQb6cjMMevr87pRHF15QFLZ93/si6CI&#10;qAgugGtoBu45ZoC4ZGZomtZYgbmQmeFWTlmBuKCiYVlpWuFSrjVq9R1tmXDJLTVttLTJwqUytcKa&#10;9mV+zO/f9859797POe9zPve+9+6ZHpdqT+T+mDaN9Tr06+fl0I49O1xHWno62TNX3xTI/jd2k3a3&#10;ZJArS1pojmow2dtbXrRI/1ezL/nXooY7g+3vkSUb+t4WEIysJ/ZMDR1xvPhBaFtKI9Vxzd2/RvU/&#10;/bv97+rEo+lt13vzFlx9XMZwnkbTUSsxt2Tz2T4c85T/fX6yLSXHXLDn+hMF7FRpbE+vi4NRV9b6&#10;31YfjN49YrjK4UXQ9SbzR6OY+96fmPGFRq395o8xBjoCdjztfcBv8HOrB+cip055fs3yPffBjXPy&#10;OF5HILB6FnYlVzpiCG6pRxt4t9QPJJl5Dm4OdO7p+mM80LHjDdXotUKRHre775KDn8lVqpGPTfHz&#10;dfq/BeTAjUL1u5E6NQUmXkO8ki6kzm+b2s+B+7I3ULPRbjMcJasRt1mQ176BHbGKi9FIfBG6RjY2&#10;/XwOClnGAExoCg7IocCBKOlC0TXWhMEzuFX0uz6m6FVhSDYblhdAXTW0atzUrx8nIaBFAjZeBEBi&#10;KCxoKEsAMqrVZKF068UgOwellKCdhcKMjULHxDCod4uiQN8olN2Vi0bEiFRIfA+oUJeb5QsxsnZY&#10;AHIA73aKwCcHQ5Br7WDKlgWWkSk9mCWgGoXqtHr8Wrl6exuxsEF7A4KCsYUaDbZ0C8tk6Uf75OQB&#10;DEYwBk9H6lgv0mCwWnWnNE8PxxITAzNY4jz9aIoujpcFwiIXRmcg0LSFUTZgwVpoAXDBFFa+QVtV&#10;VjdcT0dYJUF6iFuqsiAIXVOibCYrn5ILZ0WFoZw9lFl61sIMPsRaifEUgWAQIiDVJ9ODZWzoV0Bs&#10;5OWiytZdnSmitnUhbXJ90KQomW1GFYTJ4sCgHmLYEyB7UQ3DUUZFoJxRMTa4rBNEDsSpMA/FwDgK&#10;RmHbYsSdEF0RkE8wCpCAYVCxuhsFx/TkGQaXoTmVZWgjADC24QFIMzAA4AF+VxpFUC3Nw9BnpXB7&#10;kYa1DWLDYNrJhVVQvLZLGXx9C0dGvUxvtyfAJMao2dBbYjCCoM6Ds1pErWKMRYsIFA3B02VIkhVf&#10;TPw8CsDDFMZGk2ofNDpAIjEwpXMhQWIJYO4RBaItAJzufHjcZxU1G+MJ8OGKaLd6NYCTsvPw2ADl&#10;DBRNUojBBE5tGdqbKIHE8rNkGEc+T4Uh9ecW6NqzFOASP5xKhjeVYnQS+QJQilqVLdMzrKItSpHm&#10;CiXATORVZevY7kR2tmdh5rKY0dl5JgjFDAhO4BG8eGwExoGvDeEMVXYhnsrxCGEj9DXZuTz7ayJw&#10;+Sg4Tx+p5HPkupy0HAOHDD5cHwlF6mnREdtJADS8BwhuxxnwKnlgHQ27QBceqZKB5WIQxFbMRT3o&#10;vAuw2hUItWOQkg07DeDpaUQqDJELp2S2KLt5yu5IFoimRpAT68sMonGSGIAcFYCxYKkALIE8hOvK&#10;wnorJtUxjBkf/wzimKrnLgxtYOzEkaGD5Bo22MCMxKDacaP6oYwMHGhNsJwNzkYYx9WLJQZUNBiK&#10;oahhsKCyjRQfdJuqSt2ONbR0EOlzuuGm+hwpBGBQoQisBZEFUFx4GgkYr8UfYygbBQhaZyKJKyyw&#10;Dk3DA7uKAALlRY6+H8C0cqEkdw2pxVCTKIJKAk+jSIDA9jIxmW6V5adigzOiuSBTvq1f5oJ6Ngdh&#10;h0NksiRQHInVI8rSviilgLJzsZZ3EVhbggLAkUg8gEhsV0MIChhaPJPNZKGiBVAMiDXTrcShnNoV&#10;M9l1ZWi7jCroXQUH8FDwpfg1txjVAJoPdOZhDa29cN3gOfz2MoljUJkhhVelz5MZY3icfD0owIGA&#10;SGUz0twqDsrMxUqcAxWPalg6NIpHp675rRYq6Corn+CSJS1Eaq8KsoWyAEv+KD8HFOXAA4yCy7CG&#10;aJGYHoBhlArZnh75UDkjh2DKA0F4kSyEbpi4pR7H1IYMYjeIAOVqXaKHT2RwMHY9FPBFRnUOPqBS&#10;ozLGqvjRnBievgVHrh+UWK9SZsNlCgFgbEuf9UHuhho4k0RoXpaB4Qrb6zMfzAFkBmaepG41hdat&#10;UwcYTwKAQxQGuCaiWmz/rOYQW9haumGJC/U9+n8TqcCmILuZ7EiIbS3lCDtXpwMBViqz0J7ffVB4&#10;SgaPAzMtRRquVG3FaQ316bMQBERMmZXKtH3hSnV1eNkwOJ8aBlptN8rJxxO7kGHgomwcB43naB/h&#10;j1kQAgGrtSTyxUyWb+YCpQtF85aB6LNdgOHKTBYUYW2XDTJl59MBf2CGE1gGDutBTAE5ODs+W2KC&#10;ZETn5FGy8rGGq+xaJJhzAJhgmqZE0D3GJG5hQS0CKQTPHZWg/wMlTKZLNmV1oVAqCAi3IjETKbKk&#10;BZ9FOrQAprFpWE+ehMItKNcGJdeFDwvFIAxXBJmRM1Dd/0aD68wv11IRxB6ZHG3FU/fIMQkwnEml&#10;SishTTKEKqhNLxjPEBPx9YLsEAkSh5fhOgE4DiQ1tCKyYQJKDpFLgVst5MEHWR84RCRLBtX6TcKa&#10;gaKuiQkuahY4F2vFwqBNwxTIICHQk1gvE0AN/hLDVtdSPrLAslYW4BQ8BDEU8djftWCNQs0SVV0w&#10;M74KblM2KgGT9N3KlCCcQ5TYDsDYDqHaoLRkAG6FlEC/UsAggrYyp0sGBedYKaqmeUTJNQykWtQF&#10;M8BAldkGlNBRdU9uAdKjXiHW0WUo+aATC/ygIKhumkzdDUMIZ8CtSkA3UrwPBIYv9KAgDiwMV6mE&#10;cgC0KR9HRStZ4KJRtQC6mdCJQAZUiiSl4hkuokBlxlXhLRQMpk0PxDDGJ4cs7uxRMEBQI0c0Dgyz&#10;HoURPLS0qHW9tVLdidyqkSCNHL08ZWLjyjy80NGTq6FKkZnR3DIGWLZNBTIN1HI1TkIDw+stveRw&#10;KpEP9S9TsgqSlVAjIz7UMtuObUpDimV6ZHqk3ZCVB9NQyLCJ88PArdQcKEKfT+zsCWJ0oU3txNQs&#10;fHZWFiZQiSfwZ7m3VAIfGMRiRiAEAzZygONxNwDXjab0MhXwVYFy9QxgMFrEz8opPKzK0rWy0jps&#10;gwaEMuYg2bAzJLWKCw5Qi3AyPgeywAVvJ0pAuAC0jlKUpbNDDNFJY2RxIbg0hos2XnOz9WwoTlU9&#10;YKsQ9rZ2irEbjt2JwNnYafEGmOYJjgEqtj/Eis+CcOuhZLoDMllM+EusS4rCqbNABO96sQ1tVC0J&#10;yAVzWZiY7vwqClhPpwUCovDFXrXKzrtg6CjMUZaDtxaXdGIKEE4MJoZIccSh6biSTl+YZbOoi8+Q&#10;wlfLMAYxPPA+Id9HBgKB7DzsStj7JnlMM64aQGSKWdlIY3qYRgWEBj0HrBRQ+0o7tmGphzjfgNmJ&#10;wEYiTgC+29qVJsG4FXaWMc2Ore0mH26J/E+BUAzDAC1GAhBUm5BZVSBDKFgnpp3l6K29s5yogjtE&#10;8XKw3MwWlgRUSkHR1cosAvoXpqFyUpxTmNypzZNE4aQo2nSBn2PwohsM7QkSc6A6xlYqpF5qF6AT&#10;pMIamod5VEkJLh5MMMKwFlzDBz3I61ShtPzlJEY7yCmoQG1zhuq/p8JInl+ug2N1ljJAOfkSNWAV&#10;NJRboGPAE5fh7ZtVkmCehoWaVwHwHiLMRE6BYv8BN+h71FN00xj0fmIVxMASBCXXUqLEYiKaIALr&#10;GFPqzQFV9irURiaZHqeogulbCHuQes6G1ZC1yhwj7aCMvMvEdi0wpEz7WWeaR6cgMBqONeOy7PFB&#10;AWyHFlAt0YBRucCCg8F2ZXg9rxaAyhLkGPSCCF7ETgQF19l1F6YnAiXVZ2ixQEV2QQm2cshbXGce&#10;Do4YYGXj/URgvWBmXpZUNw2WlaOj80YCm8SROUFQG+1g0LQeBIES53N3gZWrE8OFaDs+rwLbyeAm&#10;XjwwWwxGG0IBWjBDCaSqlCDzaxq2VvfMgPE7cdodSjECsFOVOBcWKYFfKMOSD0l4uqMSG6HSGClD&#10;gCnRANSOTiDTOQGjOh0tqh5YlgRBcNN0ZeECFfkQLfHchWwBQFGZWnuONeeapjPnCcRgRSIt1jAY&#10;OG3+N1yRgHFu4hkeDwPrzsPrstjIi6pwBgdi6SHO0kOKJEgrlkijyr8wyQshOIqBzhwVAyPfGRDC&#10;w9ztLNXytA1Di1JcNswpikKmkzRqMayfqo00FQBoKQLLmOH0AjEBbLtIAUx3vgpLBKDOGRpdaBbC&#10;NFOdi8ZbyPrVYFBXJ1RApCL5XIhNvV6zGgR3U1Ag1SzwdY1ACiepJTCbSzlbxEbCAECmLwCjDZwB&#10;cVdPWj9fijC3QyEVsyD0Qg4eE5YFC3DQZkA9HbsqCCogSKMCl1aZ8gXZsZ9FEkAt1cEzLL0ZJvVg&#10;fS+gqhN5kI3EroqmEM15YgiEJGSvVnZ2Qw1xSCw9A0R2Ean0qS58RmjmKKtaG0ou/RQsQykI+szX&#10;1pwKyIxkdSN0EkBYWxmFJcN40LJzMVZaXSrdkAlUgaA6QoA92w0m0YSSHF0S5v9bCoFOMMktLEMD&#10;dhPKOq0JFDHcxC0ssT6ALdUpB+WiHRUmK11gTkB5O2vnUzW2UpGVGRRFeYl1xN3HWIh5VVp/ygAJ&#10;OAKEMuLyxGiXzzCagsdC0EzVYrS3iiVmV2NkSiocZcRiZwd6UI1dOLhTGkmkvu5nFgfAjaN2juYW&#10;lBQWFiYnh3ShcMbG1pUZAoiesRWDARITwXxoNEs8SgEbsLIB0Gx3LhpnxpJHJdYTqV5pCwAbRTKf&#10;FGvnTSJwHkTMkEDs2vniXL04eAIbskWKwgiBfCRB01IVDSVwKExsJQthqvIBe2cqO0FxLAAUbbei&#10;0moxVAuINcpBwRN5+mZ2AOCTbUBMK6MAFmmRaoBZCsc6l9kBZQwaDmoDUGBYrpoPOyGBnsBJkWR6&#10;LsIiiKVVRJBqKBBUtlZL2YxsiFZpb+cDUMeyeqSug3xSLdVzRIsJMT4wQ0AMsqHhQACAy55j2drJ&#10;WCC8hR0f1AM285KBAMsA7fkdLCnUCkBVUaHFyJVOBFjrtmylSgIie4EJgTg0tgaankEBaN6lGQIo&#10;zpmNRPu1QNEGGUT9/+REAKvaISoSB4LpaKIB2ygKEYkmf2b9wtWwJRg/DdjAg0/RuaWZAQ+qwCg8&#10;Y7YH4MaIqgAIUhHNk1G0oXmF1c6yklGh+AUIc1IJwCPFttEyyl1RO9iTwTQ21uVqBCBMEA6AIh09&#10;WRIIhjaSjbOul9E+K0EwvHbuxdeqpSAeAEExmObeQaMAimhH7UZ2UTarEusneSQ/UQ8cFuhCkWBM&#10;5UQrvWaGrBtiEZColmivHg1DEJRC/iwHDAsOgms10zjaxkZqIs4vxGiDU6zqQdZIZDr6cC8RG0UF&#10;QWQmRK3SQjI8qlIE2uN7VIA2k3kEaFjuc39fPotqsIo/GF1bhDm/dzmxbHq65PQ9v7Vzg1aPi6K2&#10;+rrWVfw60VKyp7FC78+RuMjX7yk/La6f3rrK3mRKHbm/uCfgl0bmV8ra437b3s5/WWwM2Ys0KE7u&#10;3zfWZhKee/FLx9uA8DND52qSCvfkL8fE1NquL8RQB2XJ218wT5SvjBb+3OM54nZu0S5zJXEy+GDv&#10;1IE/K649yZ67Itg/uX3LsyU3G+uzz9a4Nk12eZ5LuE/qqj564nTxk2fnzNaNkLq65CkPBG9G6eEW&#10;7wrquInbKjMfY1Ly0v5+Ma1Y8ZWaX2X+fennmsObbnNquMKXT22srIcTxhc74jbs+PebcvhC0fAi&#10;YaJxq/slgTuzeuzpwGBBqUuz21bu+cX6+3Nj/ZuvpjXP3fRYDv7gGOPddv32zL7JFKdHuwJcJ+6U&#10;7/4l7lOb7bqVstD8zzbl3xYSMRPup54a+CcdWu7eb++0XMgLPIwrGp3Yr99EbUh+W7TeL8nNIhUr&#10;YPvdeHd51CsDK2Bee8Czf1n225flM87xF4o3fOE8CnnU9uCSe3Zjs+aFz5Wwa04P/cfMpt4GJvZP&#10;rCGnrP244O1zheoQfPl9Q2DVl9vprZWNAYKnik+cb6Xkn6lzg6cvXzoQfudBq4Prpd8DqK9b7t3o&#10;zV+fGNvcIDAcaKE7D/d/AnSMX77eYbIvIHW6dHx8v+sCOgRs5Fs1KY06a9H867WPDflNVIf+VfjQ&#10;oqSoc2Nl0ic4I+ctZlX2x1rysjJ332B/OguDJvTZXosy+eK5cPT5KcvdLxL+xZz/wZUXc79eOFlZ&#10;1g8ZNEmPsfw9vTth58vLZpnHmkMmYIVbiipHz3HDvYZ7nxhaOdiZXS36N8l93WunBZsTRiVzSdRj&#10;thZ19HLS80eb8dt/JDSPVJL+eLgDbGT7O7P4mYwrHGHivxYY6rUoGzdNa56b3qgayttl+wkm2P/9&#10;inb9NOe/9VO7gKGo8tge78G4wIR4p8RDHSc7jkSsX5t46OZK5ZKHkNQ1W7ql6MtjAS39Xi3VQdif&#10;NLTQs/zR683yhbmhzJbGwYWxJpzRln8qqmglK/mJ4xP/9BksqbEhDfPdzD0074pGk8eRq3bsLnY1&#10;2LkSu2/PjMisIYbrXjAVcvxlx6oTB4T9K3HH+xZinmHW/jGSu+7V1Mpq2v1TsQcOvCOlXxF1cr42&#10;VbMjvCLEfMGqtslt21Yv8wY6XgUPzvUub39zchfJKaZoxz8temuj0/ouKVOm668qrM+YHPktPFqQ&#10;X357Pqz4Tu35V6/3vax1mR9MMJ9vct5wj2rrNnHun5LoXccUYb4Bq6nfqGudyE2Vlfvo06/NUtId&#10;7mS/Od2xlElOC3e2cvymRJbfHiyXfWKnXJj8HI7U2bvDrOR3YbxvtxaKxn4vzxskc/t3A0n3NqR7&#10;6LW0b+T+2XfjUgXiuY+5s+GJ7zvbwxt6Q/YgCy2/5ZW2MPB+fy06XRrYlNRRTf3TdIDqVqMRytbf&#10;GcMxt3q5huuTOT5/4yrWxfSGJTaN+FwKfBTU11smfLFquMO36yPXheZ6MV6+8ZW8tbR/jLilSPbi&#10;Vm+Zv3Ou/04hlbz72y2rL5irfo+tTU6fd1vOuPK367wg/k3etvLg37Hvh6e/uC9bhtIMzs58XfTr&#10;LbJIzh8be7P+5PXGbpvoK40Vm/NkwW6JYacE43e6ba7rkl9Zl8xmtB88kHbwpt4dx46xpMlgS2bx&#10;dMiv5vbk0/24ze5JLmOa+A0vmknubVMyecNc3KNfT22d671xuJd+0Pn3EdeqitdzcWcvZcz1Vjz9&#10;8Kw9v79oZFeHWaxixwNfbu4pR+nRyvfmc9Oplv6GbUsnSiqlO5Ow1Wme/UOBf6wNXGvGLdiEfRe+&#10;adUHwZ+/dT+9mlSG25iRfq11fWLjfDe34KhpmyD0jtPXbcsTDM/LPssMz7MVQXvLhtYFvc/buK5p&#10;4Jx7ZsrZi/9qNj4Yetkdd+xed2z0WdNteV9S33q4es1ZVmzrnl1siuo+6Kmrc7xg/YdF8tfPUz/m&#10;mt8lfG3P96s9Gm3zw+0o+Ubt3MV20ztbxvbE7y9g3ucWiuL8pkrluV41Q8ICp/MN35YCS9F5i4uW&#10;1w6bO1y9fa2tc2UYfsy+EHN2s93Fk/HxA/W5Pn/9anKi6b7Zj0R43aWjqD0t2Zlb3E7KnTyMyQ01&#10;R3ElY8O2sZY2evg95YjpF/iQ+U9jBcnbn1JukE6WsCM2BW81OTBHnq+2Lyp9R3/6ysJ658CmIxUT&#10;kUN2u/1v3nud1nT4OWVTm/9kSMpl+HD0uwj7Y7HLiwk0/wNTRadfCQu5hvSAyNq6Vfvoft2DC8+b&#10;N7VeGaps2HI/3D9iOPiNMHBvmntCwBnTI6kH+nqanci+609P1T1XyC9eqAgNSPf9nuF43sTy5sOO&#10;xfUlD3e6LV58t9Eivq6YZPnepwJtaDV0SUavGU82+yWm5+beSzVbBpYGmlZKxktb5UkHZjdSe7ae&#10;MkMlPzVxi93q9M8ukzHGVSvvGrrTozrjx/PhMa2/hKf5P7p67knkwxJP/UbyXeahQ82v1FO1SYdM&#10;a4fW1/s4Zejm03x9pOG7t55165/4N/Vf1/430WakG40ixXjs7seD+VF9lTbGj5z8tluY5PeOR21K&#10;kB8X1p36RvVewT3DMF/1L0wa1Ogmf6l47ByYfiLkf7WND/3De3f6xdVs/yOzIMGTntOw2PtyouTx&#10;iMPLNc8mPuvY1F19sOfWUermbdXDo59DU6ShzvPsR19pKYgNCwXc3l1XCRvC3+JLlibfuEY9dJkb&#10;4w88bTr7YBL7dSo5Sc8p34zrGu3kFT8yVZkX0tQtr921Zb0u+eGDpszKl/G7/ee8DiQ1JTwZUuRv&#10;ckt6/OlFnVPx99lSRcqcC738jenvmOnJ5MDN/XMHJuT3BiL3HoxJcY161D82lrtva4X+WN7hnzbb&#10;xjQXHY45OdBSb5YLtlisvVM8sv9q9HRvruP0x5IRbGr44d+v168r3lnS2C1Ys7qb7nugqG1rL3nD&#10;X8xXfsO4zdw3fg8Ct6Ydfom6PF9zpdo/aadzRPk/QrfzoU7fwovOm/k6+y8ND8v84oTFwv5Fi/FD&#10;fcLnYydN89MtxhubUs44WTJJz4Lja2x80hs62JXvtDuL1I3Q05/WXPDyfV/7p6g/czgkVn6nwr7m&#10;Y8XN0QEzo71+hz8dn3034RK4Je3X8KLG1HnaieRT2HNecSl3HtZfvdGWWPMuc8+Jkld/h8SkJR+X&#10;X3JOWKF7Fx2Rep9epTuxt3TvgcIf5HHa2sHUreT5qaEE25OT617fCnWMWAns/c44UbEt29X5SEZj&#10;VOrjkVj6puir7rvDrTtIa27UDJF0/i1Oyd8Q9+q3+L1HL9yYecI4tb+tK+Ty5i/ra0LuGk9MnRG8&#10;v+M3ZPq8LfV17ETb85qMF2uZDcNfHV3lbz6V77nWXJgXZx1aMo4bDtn1obFUYPr43EW/i2dWKuPC&#10;G6ZDTnj+caj7fYFx7qXgto1H11yfc/ZbHJcPwy/7py66enxg22x99UBdMjZx9INypE4adDLwuHtv&#10;0Fn2wdaJHcm8vkt/FDHjA3uv/Xz/ZDxTW3Um0PkLtnVbgu+t+z5eaeFpa1pNou2N8iIzXW3mdJnD&#10;O/Iujq2tCztzT3PUzDW0bW+dX8fBVFJVuTvpqDZV+8XOZRxZ6H1tS52N9Wh0H65f9eBIS7DJrijy&#10;P0tXOpnTTk+fCW9HvLkmwG//Naw79ezvbwjYXU0PCiqTFancp5cvsNduu9IrjVxXQz6AKwqbn/Lo&#10;3u3yB7bJPbpjpa97ce2h26Mz5W+FkbFJMXJHn2VSRPwv5iZFztUvrR42JvsYtxVVeJ5NWDc3FPPL&#10;g3OovbLtxX+NFP/1PNYpeK7P0snE4kTAhn1+uStXepyuPvzeHPphYjzOwvL8rZd/Ya97JF4b1mA3&#10;xOUO+9Zy69+fTLpedykprmOR0XS2ihpxf+h8+N307uVbzPsmEe0FuvSwegr7YXz6l/ycY7OWJ0nH&#10;U1qtV2+B112Rh//ZQD65t8jvx8e+LVZxNV7epE9Og8/bPtS/OTfwujb8TvVgOfb4OSJqODnseo/L&#10;0d3/2xqbOF9B+sPe2XPdvn+0+359JFmcPHn1DPn1QEBxk6v1t7yXf5Z/PTCru9T70HPzL56nH4WM&#10;hbzqnQ+LuHZxKHHRf12rwY+XX54Hv3D2vJkXbX796yHp/EjKwZg1tzg5Ty/9CBlInnssw03gCkum&#10;fKS9KU/fOB5/VpzOKakeC/rtUP0o/uaZopu0qTpy3JYTzzxJrrZu6a1jPom3Q5OCjg96fsufwq7y&#10;cxqiZ/uabBr5sSmiDK3l7tFbRw9WfUqsxVTsj/BqPdN6xuH79C3accOGZfjAx6ZUrNak9EnQve83&#10;RkVvg7+vrN2Q39xY9tZhUX/Mtd+wa/bg3Xu3asuW37CfNa6/uavoxkJgTHNkZ7Unw7JxdKmi8fao&#10;/o66Bx3krfFFTb34eHnEnbEbG4p/ehY9vL819awT+fKxyPS6EV683Z2mEzM3cNi8JZfB+wtHveyt&#10;U1abnF5y9/fc3Ld0sO6vo/uvtzaseG6Mi48wHH7jPpf+WJP+TDT9R1mY79dbibV9ExvO0N71LtHe&#10;Ha98krckj8zclhh5O+15sNPv1PSTRU+WuJynCs+QbX1euxcdmv7NTgg6d2egqGHz84s7lxqFmfaH&#10;LarZHz5+uvH1SXzp+1JsY4XiSNA5oXtFUcPNC00bHzM/7HwVbuqj37R3sTTwojeny3NRcWjqi2zQ&#10;NPQP54oDLs0/my5MfHvmEX/84eX0E6Tfho/4LRmtffe9qPHRE8OBIe/GnyObHvhNvMpsPr9/cH5n&#10;aM2i+4Ql1X/iRxPRrKjxwtvIvuMPj70/FZA3se/sjOcY/WDM3MyNvMjb6L4lV/3CKIvf/3r2aOIL&#10;va1mrm/iyEGuz9fUjNvluq9yen2+3ny1YyX3n4c785bNzpxMnOFtPND6v5I5w46GO0m+LnN+xn9H&#10;HSk7lnr5HvbeXnnvYez7sSPmeoWjPpaZ6ZPFPs9P+B/Xlq2e08j3OTvYzEZdvzNhssPdycHidOZR&#10;l7PVW6ZOOj3YgMrfZtjhJqcZG+whDzCqWtw4JQbP1xzObV3YXrh39FTuu7ObZiayg4NirZtCWnU2&#10;PzO6WuhgRHrmFnEj7k39vwf/fJc/9KEWvtSf1st8vadWfkX4lvgg7ADHSfacODUi5B6N/XFpeXF2&#10;yvdl0doNEenmx4a2/M/eJCz9su6Un/7wQfMbFlsbHaLv0lt3YE+0etq/H3sR/2hE2jP+14uaWy3N&#10;g/Mm11oOuJstRSKOxZ9MnXyeOHTIPZJuYr9+d7eQduZ7f8qlqr3nYm6HuFM/JLlvdbp405Wevi/Y&#10;35Jr0zH2LfZalQXaxID0Ztu5P50Ez7s/zz05lSmvHOx6cKBPkxtxdXrFq0++FHz7Z/TT9RFhhUVJ&#10;hKId5afuvYs6aU92Xv7Sxjwb/+HvvFzuuxJs9ZNmjZdz//xP7Y/gzc2hqVPF30tQ5b1xQ1HDzv2X&#10;D01XBFPPsv+5mYr07Vm30nP7kOOB4ql2z6OnXn8otjBF5//66JBrrOtB2kZCU6uF78//o+g83Nng&#10;+/3/O79znrt3W7Sq2kaM2y5aKsOIddWITY2I3QcZVrntWnWuh5pJCIIEVY0isWpVE6OnRQgRUoJY&#10;fdrECqWoGq32OP/C57q+n+t7vd+f9+t9rMxMLiUlyp/zHTIyeuO9+XWjHOGob0mnbzYaZiD/0YkR&#10;5ZPW+WfbhguKZVPfVWUX4rJGh0lTYGTifRJNm8ca995/YS/JvFZjo1T+WZp0knlcC+wAsY20SEkO&#10;9kJRYx09MVPVE4v1EA4dU9qR+M+4eaI4eG1pZ7tUhyyRo7Qe92W2/NH6RJEyk8Lj46WcGcB25zxd&#10;EUV/5OSNGsBnVx94cHpK+fRgy2bzOUxSIApCD/y2htc6sV8HadqUA+Xkmk85BuVJNVM2jdxAjzU5&#10;1uWcmFB4MMbwmKy9ybm38l4EPmxKgzu/dClcXbPrAeoQKB8w2C63Dh4PpXG9mJ/b9qTXLW1z5/aA&#10;ylNpG+1BgM2NHBcwcQ9mRWVZyOqpZgbT8hOurmontpdWvzIjn/I5mQdC+X6hvloO590H/03DFtHp&#10;Hwojv4pwn+6GJgvug+typgiKxU3sv4wRzjUrsl9g2b4hOu+vFevYYEEsriGVDHhf8w1xJGYRJ1HX&#10;xRGjP1lrCBN6IcutgONkGnLgm/1VU5JsR+CySEwY+lfGWJkc929x9tcbHgAZQHWZPV45XUP2I45A&#10;enl42V4LxK+hxm8fqisOyeTNXYoparPbSxmBsoCiu4HdtXvHctUnFfDky9/hmuwAODtFdSTouurm&#10;z9AZiWX/OAjHrzRjSA7MKLOdnoimb9TZwRrVfexM8cpcsrzPHUhDZ3uOkQiqWm/iAkw5C++L+Y+X&#10;+obxwhyF4Wz6dpN3ehQg3lIBEb/NzsD+XQ+BohHT/yTx/x3QIFdaefC8x/9WsCvrNahhR6MX1Jn3&#10;1YWbGjBUfsVEPIZCPbZKSrfPlVgAKX5ImEk+LLBBawdkHN+meljLXhYkJA5ipfN49qjGpNh69Exz&#10;1Cqf5JRXzajmdXbpCn9XkL54vA/eASu1cGoidgyfeqyXyfsZGN0oedAYOv9wRULxwfXdHSD1LnLt&#10;K0h0ZcBaJyy7ytHfsmd6lGRgZLFZlCuRPOnyJeA44isCFbJ28OYKAOGn8CR8iCSX1oIaOdZqj0Aw&#10;wuG98xMTBpiZTm+lb030b0j9Wem84z+qn1h8vIOIrDfaYRW77WYjDwofdjMZXX9G05XqQdcAOt3G&#10;zi/Vy/PwA/U03gY/dQZ45pzTIlPtlJ3eiupjPA3dDuvuw/+KUvtCzD0Od5qW3te18qhdWcfkauiv&#10;PTyjBsp0TrGX/NvBgOmTSD8gtGtW4qPVbAmY+onYqbyMvUYiZoqDF2c42wQjzQxtyyP5i08fj4Bk&#10;EkYX2HmBoMIctYcOj61AN7BD4bY9SWN/wRjGMQ1CIm3SpHPbDBA/F7O0Lw4IDVfBqqh4mp9WnIP2&#10;fTHC+CacCSgkECCj07v5QIC90/yg9v//488bw+E8ntPWTJtd4qogHP7SAZcY9wTjmdWzyW58EDWz&#10;05r0aKL/HEzWtpvWK4f45ZwgWIKLomizx7nN8HzzBnKi2PQTJ0+xX0EQ7gnfJVaP/DoNz+f1Bxdg&#10;48dCs3UH9Zhzh17PGL7LoVHzjrikjlGMP8QQNRjY62CUqA6JC/DhhytRdbA5E64bWVUP4faSncU3&#10;+jU8DBKvVec/yk7sxtVo8BDlAP1uw3wXREJHmff6jZM+cVBnzbwgzdA3NHQpggJvSDjglV6MHjhC&#10;IEQr3tFLDu4vCQdZo4tTzm4ZbVKSxbSQiSWHyGB83JgFo9dP1Mz9vBiROVRfzFS+c7sLLwi91WRk&#10;o+YahWumau5/TTQpKSTmjkINlNQUjA/9XzVWSWxulIZs0svdVnvvGHyE9uZzVwFIkoFdIPFFsu2q&#10;R6IdxktrnLctiExEdgVE2+wujc76A9TlOsWLxGICboGbHfhmIsTypQPi/6QqcTjUmuVsl5wsrA+w&#10;aGIkzhVPz9AsDdp3nJzNI8Zrb9i7dXcJLE4UvYzW3sd54zyOpgKc3cJdgLGT+BN1P9hNmKqPYLd+&#10;tiphatwr1MOsW6VKrin1Qj+XEtyW3wzZBiu5+2PTVvOVLvMmGkqXKq6kkvilZowv3FBQCL0PGSt2&#10;CdVQm1BixBYdXJPr3ffeQmvhNW7+iEJ6DF/KGcUCEmZnGnkwr9YV2zUtWv22iRe/GHD5Qn8bH3f2&#10;3O6Mm2uT2AFLvvJ0s9OYidCnpfSbD8X8EvAqxoq5b5jeOeQlR6H/+xTrLMiqDsy4kgBaHrNeE33L&#10;EuuOn0nok6ubpMEqB3r1NW9xxKAIz9U6FoffqNYzn2/aLhcpSKtvvf7berZzbmJ+WZKif3DqsrOy&#10;gth2Z24PEcwiVJgrHq2E6quyYSgreUrT/Z0v1tt2qKIWl54YrvqRgyuysJ10i1itujV561NYZ8Ap&#10;eDOrPqqK6LMT8jBMjlKp7NE1yZbXj5bPeM+wj3ZK6TJD+Snp8bWaztJeOcRJjWsH4mfZYagc/vUY&#10;TkLIoz6c6o12YkBOpHKtXAtr2a3bZb+dPrO8jC/rj3v3uYyZPlMf86VRDb72YpdeFdrrptokFeDz&#10;UsNG7nNBxLdWa04Mr41qkEh8sCXnPuBusD3kEF6Q8d/Dbs6yeCNWYsZVwSS49V//RZrCz2eakVkX&#10;2/SuXfQujVVF7/urW55T9lf9XxnRgLNwhv37f8WfEf3vVlMCL/Vnma3U7S/zAyI/wuJCKIEatuEB&#10;9vg7yY2EqGAwydLBIXd+j9e4YOnVo0LpjBE2zlYUqaIta8WPcDinBsnxtWubfwWjWxOezR3veDEE&#10;fy3K2lfnXC8/zFcaeBocWF2UN6u9N6qpEtLh6icIGTq9ZX/Cor3byllaLzfmllG1DlDmlBTMrxag&#10;3MORiroNc5jMMg4wPVrqSsrlnyfJQ6xc9MfGGSWiNW6DSyvX0ETuRFzXD7/eUxdTWqmyqhAl64YX&#10;3HtYUui9jB/UAax/UtFfXFVpApMXW9SQBgS6qSG2KsYLZa5/8mo82zpQ9FbXP3RU8brPMiGpmnHd&#10;wiuwJR4jK/cj186U2yiiHo4ZcPPPZ6Rdyy5qZfEO89waxC17X3RXwxUEP1cK4DYYsPiOB7ZlgV1v&#10;6Zsb+SF5uKrjI2c43HS6QFaQ5xcoqPCAh1emz9zGgjXp3U9UQwwQZ7GghJH2po9Cn3OmHZqwVlY1&#10;aYOON5cEfx75lot6TA+Ckk6r9nCDkUNv3d2GsmXR2cPua16dK/ah9B/o1C05L9GKjmp0AmK8Ooeh&#10;Me6oWqYYE7i/9CAV6mG14+4llXqdyVaKw0AwNVF1Lb3nHfZnrblu5+tATezHQvUl9X3zACJnBa1L&#10;FbPy+AGbtdotf3Pb7zokCGfTh0xKSZwrsofNbf19fTk4FIhnPhuLxwKssHjsDCL0FGhKKRzFG7hE&#10;fYrJs1hj2QizdlA1tVIM/eJLAoD60fKbj4RZ5uhV2gLuSyiHPzba1+u/jTr+Enast/J8Attb+wKA&#10;pT9uvJ05P9ctLAMDeX+dlJqgH9L+QIwyDmwZUzlkDoTKVSXH5wgQvSQzB/HkvV7rfCe4/c1FADB2&#10;NQvyvjhnGeEF/sdeSjSAOCj1G2GoYxsOOnSrr6nmmcOsvn8IWBe5YjJklysOSvXnJtnHcUOBpcZg&#10;6twEPtbRtjqm1uTFu8oma3P1xKaZ5wv4ZVT5UI0z5y4bfzps7QAWx4LWnZ/iOO+ODCSZjrLV8W+t&#10;W6M4jjaxsM/LWnGASvxpZTFg0G8v0qhF64XJCH2Q9i7lI017b14wETFTP5DVAkQgG2ZyqZGuPGdz&#10;uoPfVm7U1K56G88zjN7xq7nzndzdDpIArVsCHjQ10JiVahoX4LO3ZPWm2G++hP+Zdd7Igx2mqwTv&#10;KxI8/amcBGxi9nzvaWH2TSDIONjKg+rUCq0DImMJHZSfQxop1+0JOj+a63HZUACyqmBcbAsFdpeP&#10;jvBzHM6LFSP8qUMlOJ1w/tTl/yoo/rw66EUaEK05+Eb/YYIJpkWQqoWBUfFm5+I3HSP/KWArLkGT&#10;OtbqrlT9yDCy3HNn5t1CQNLWTDRrwQFfjQI2P4TbGAbq4tmIQ3WItzKbUHKeDe48gvf7m1i8JRJ7&#10;90pL9ZjPCo1AnKFvvEfoi8mtTkl6cWaN28T9ig0nTGlr6PrXl/cTGE2nYf2T0HS33+A97DMVEMF1&#10;dGy6/X7S8OWyytcX+mhTBVavK/291QN2ZZQnUUKNHJyQMw+qFL7BZrN8mrjv51g5dVcV+tGu3/aK&#10;pd2iyB01yKY4orTcOLd+uHivl8qcrDBMa6mlhNh3nwZRHzgzZm7ecVJN5Bv3ysAsdrwaH9z/3Hx+&#10;N0H2fimK/j25Ne9qK5uKBAZuWWMLnWAiHUWSRKXt5JZL+zodYl35Dta56AvSn315OyNRYxW2v7EN&#10;GmzVCW4PTHmvElOtZEv/YP/WsEbJy1AKUG2bfGs9rS5uw+51/mOKx+lpMc9SNeWB868H6XMDBoZA&#10;Re7PMSH0GXgxT97ZYRtT+YQfDhgRbYyFyutFErH5UWqsGghTJWIpw5Kfb881kkln4Q1BO9jFLx4Z&#10;RL6Rn2qLsiLzeOPMaODzU7BARy6kx4k1c79R5YVggv+gsAdEJciF4TFY/DNyFXmb+jFu1duu7G2S&#10;okZ5tzCWknNi5DFLFL5lIKPzRckbTqFWGqpU/zjSFjrWo6XC7ueb7qT9W4XknoFEzRgTVmfbH5MJ&#10;Q1LP7A2DAZcLNIzlr73IQM3YTxhT2r+vJZyVvYB9kL7wSDMvoCYIm/rPGBXbSqBhoEDik715faWx&#10;yhkkTzwmOHGJHIS7Tzded80ZCzHgEFyQK0P16LbKcKqtTtPasIZKXmnZNM7X/uHqDtorjjYdGkAu&#10;8qY5bacIxcGi4gBcc8pLN9oPlP+ZTWLbNR7Hzjhp5+xbmDumZFOF6jU7DIzepUE42mjjTmHFynsl&#10;ZdrMXna8Ex0xLrE5rJIZhd4xqpeh3Ec+hquJJX/X5sWWlzQpAq9FPOG12o1hPMDEYXmEtuDiVhZJ&#10;6tCg6dqPf7oqdkx9c4JQfX8PLHs/0aQv57iU0yHzPWYl4mrpZdyFEREsDaRO9Q1RpaXU1qAnojyj&#10;eVIxX8pD+rMPb9gcXR4JF9FTNDbfAbm85y375JWHlkCvRDGpMDNyaP9/ZHUSdmZlxv8i062Wrvko&#10;4O0cLc/zbQGk0lVmhQvrQEZFQJSgFmAkJqpJYvluitmaYhmJv80Vv4a5Zj6RbUJnoSqKEpjMRuue&#10;NqwU08wAIOYXLV2Y4M//OfEgH+N09JkdYh7THUWnqCi1oV8TcuO5xrXprL4Fm30PllMo7O1eltJv&#10;v8QQ/1rL84/3t90UEDHx1N3+gjNaaiVpuHnHZRT9RHIxyRacRFO2vlnC6EPUXlsMTlus8tATvArY&#10;+39MNoBxenKz9jD3rT4Au1Tv+liv7KXjmiH1aeDb8QU4t7uq0TTqCv4RYRHtq3lFyxa2LwnM2X4Y&#10;MPFUXp9SOwPZ7tVMmt0rafWunZppC3pUcInMRplLMevgwsTh/7zT2LoN3tA5CWbmTwO/PWW5idO7&#10;xn+n/tQIivntY997use/ityBltmaZkSUQJSkOp6RDtX1lBDuaKsSKZmLqapKzQcTsM2Kj++p17cs&#10;Q1J8NdcJ/dDVOfvdyKvE5k1nB7fr9Gi9SlUQNWql2vitMkoTamPJnHb3sr2tGeLyi/YrIsuK8D4G&#10;7MryhAz6N1WqNOEeEgxD2+nUn2rD4I3ioC3utncrXnrP+Um5sgFRHkBJehra/OExMRRVxD+5B3zB&#10;IFgfLUnWRgCBGEsbaSKlQBBBtagnB10zPrW3F9Unzovb3dY6xiT8HKNjnhyZrD8FGYyNhRy9qrYO&#10;BaoqFiCNy4l4kqwcZexVN8aG1hldwSPuWr4Pmi0oYouyl9jNf75s+IoO1lQ4WIeHZ0bB4pM2jbaK&#10;1jkZU+TENUd7bbMN6/pugYIQHJBzlR/m8eH+4cX05lhphmlob+XZCwmgiVKC8SHPHBx1pMQEanR7&#10;zC1UIAP1miIse1k9lXE9pUaG0LWX6VwT1MnDZHrgvqS9FaG2smItHolAfacQkvNYmzcgbWP9kVoL&#10;f4c1rz0ya6zzvDLe5vQLucMNhG9e6Ga5t5Yol8k9k+1vTrho64ATGj5KIpfkeBfSGKneWujDoFmX&#10;i+1KcfGqwfADwmui8uEB9Nzv/FveXhZcRF5Px7COVylbS5/rVmLqlwZ62oO0IuitYnN9mWRICQgR&#10;HdNG3UfXgKSbOk7Jw4W5FRcOb7ydnpDkpy1lW5bnGDQKqR8EAr+fSLVwngXXxYT8biV00WoYOF08&#10;t1GX/SbOYGGcW/5CKgZh0rrR+6i1vcV+olD16Pgntu9JM4AcMzuG0zNgfdJXKBwioGFseMMOHLFX&#10;4UsQ0Q8fRVn5DnSMw0ISD97Q+bd1XqQ6chX/svQwTupzea2d4TUMbtpjzvigbF9yyMZJBsikOXNz&#10;zFFraH3zTu4AUnqZtHyvSWtITuYhNqe1HXUCqQ9H3OnN8bFA7r5CEMTIOHnj9ZjO+Tzv3X4tP+JF&#10;vsQBBn2AKNl97kxrHFp7UZxVx9KUdrQIoafKwz0kPVza6Be8i1pGufCZoKNWkapWWJQ/1CB0YQ61&#10;VP15qh5ih4Cs1wvz/YcJErPjmAkriEidrAuUSeCU6u++xDLf9MMmXIxE8aeOdBZRT1Qxt2AMk1MH&#10;MO/rTRA2UiTO4BslxfZ7TcA2b6jhcVnr6K86tuKPSLoGocSFby6SXcyT3RTehmwWigzGamV5mlLJ&#10;FhbVd29jOvE6PHlJY6VNcOB63MRdofkZ4/x0A6tOwGuXYePthu4k6BqOJVUWe+ENHLY9cgSW5POX&#10;BQlN0kRRPMd+hRXesQZ8dv/FeBru3xxtaahDydnSvpvBZ4Zctw6KrhhG99DJpr9jr/p3Tysx/w1Y&#10;uLeP6G40rPHZFTpuATMSKWaz3ip94xzJWhnH7ZwHenA05pxHwnwAkblSS0OfOoPoUcURm7F3gGZc&#10;6liZVo1zO5tnDozroEZbvp9lK6j2o1CvqXsq+uTwlR/sLtdoKr39uKYAtyQHtnGPR4M8CXlfShkL&#10;j2Rb6kNhgaJ1z6CRLU1VqMfev4YvFjaH1K3Peac+wzdFzjd4W4xVLJqYLoYycq1beK7umXX12Qj7&#10;hQhZfJeBldjUw8Vb0bZsy3YOs/hncuwKDaxaIAz5EQulO8PQaKw25dnmnYnCZtu4dy7eN6jlO58Y&#10;YB2lp8klw4OxWwlRGp/OzHE1NQG2BqumushNlycJg08gmbsMg74TUaOi13fQxcpyqY6HkgeZLenm&#10;HJ2As+xAU5qqx1tx1+tTDnk5zXMS1+t3cPIYx/2COyRo/IM9wZngnrlD1bygwrVAapzX9zefGjBL&#10;ty7o6ea6uhwlXr10ME+pmq8aIoIAA/4nhgqnRlJbyDizYoB7fI/KO/peOXvVrFJ6tl44oOLKN6o2&#10;ttXsLkpf0rSpqrSgRqO+qhhkBdPvt4/xipx861IsFMemdupCIDdb/WMHWNlQW4wlWMWqZNqRYGqr&#10;Uu6EXA8iIqVrF68OmBHnJ0P3wWNxqcGdkYHBc+tNxI/mkdIU1T1ru7pgBnUqOmp614QxnvvtxWnU&#10;6HUb+vZjw6x+Y37KAaikdtqprpLhw8m6+6FOv+VbhNcPU1Vns7pqhgv8ZNku9UtSWYXgHn9ZXBdE&#10;dH/pD0rS9THsrP0i8pUDl3zN7rvRUG8Qn/mtKm0qsx6gM/1lR0n0g3l0f+XVqJKMD/s5D+8dFnta&#10;sdegKlcXsd22UmT/RMyx7pEIGd+xrr/eVPax12pNDkzBnc471KaIW3o7AVBkHAp1oqBaq00LhfNw&#10;sHT33dFXHT8/64xvKP0asxtNqilu/d7uPvYVduxGycXvW4LVCu9+frN9POCtocal6IPbe6xNpjm7&#10;VR1u77WAw9M4BR49tFR3Kx5urpgzXfPUqjIoodQSLnatT5uhpqJmjQxflLxE3cJ6J2e3q2psCfrn&#10;7rnnK65moKiRd0X94MQuHlMbMCv9g4xRUhmPfGTrEztdpusV8qztY4LOtdnSJc8jihdJHRhQD7hy&#10;x5e6JBiHfUzOGvCgxxYXpJXq9scG/8J/8OTd+0Dy3zakSneUB0Uu+yGRPdXH8iwvgH264UoKVdrt&#10;DjVX45MAjhGPwbf/4BEZiCQjUTModzt7G0UhY7YRp7/+xBrteCUunBMDNLG9sZ+ffcMX3XU3jNWI&#10;CttmTcTu6dGJMUcR1Ddr2Q/4zmwFHwWSXd5UXBd++86eJjw+YoVtHVJ3R/g7iu7O9f5RZCIpwEO7&#10;z9xVE2xDCKJq8snUtoNvyGitYzJGrTdNr8QA2yt2aOgcwfyJnyiiVmo7kNXD0Zzq4wTZm2emp9FR&#10;dljrWYXYn/M4zSOAA9GqEdXOSM6QN0zkeUtX+0fVOfSc95FcYg9ZySwGofuEV3PgdTHxv16VsyQL&#10;FjqGlNXMiZf0+pRbSbuchvsosNSPoqFANYGsY5YTCpcI7dn/+8vCfpHgrw7iixrW5QvsMPcxcQgW&#10;nDs0JhNQlwb2CoYDQMIJ4Vsi0OpZTBtYu2OJLOpMh+pTV6zt1HaIMWO35K44C+Dmg2/jGnWtBlLH&#10;WA/MsO2bjmoFyejaGatcgje1R2+Gffz0Ac6ef/UzyROZQf+lrC9kza1430rvb1qzW9o7XoLQPS5u&#10;uaOisNGHI825DUviAdoPJ3SfXTNrqQWVhmrdhlnayHXoH40JcJ3VK7n4Cvtk2cVNJ9SoYphp7fW8&#10;oVPqHq0PNUXUvb2WFa9J1UHyJgS23i9cG9TbdRYkO1fI6XzazPeg3ZaQndwwWZlakIxfVUiOgKg7&#10;/Erho6s1DK5b9LgfRlnArbTYm7nPdXq1px5NQ7V+y/bgMAWFocLx589zJDtrAw7lYz6pYFWxlgaG&#10;dLnOIKtE91qedeuQWN48/2F4NDSkT4ALcLU795AtvTwVD937PWEH0h3px57gGvarfPTw9GhODkdb&#10;8DTwLGnG2GNild20XaUe422bf/qikUBszYWUjT964+SL1vo+R9TmVWPW+WtPT97Q/s8o9nTkXN8z&#10;6s8atG2+jH+rDIe5dN8Y2VwL2/12L4Wvtv7EtXsIPJLuHyvvOriRhoRGRdnBXBoTZmOg+w/ZZIHR&#10;pbBb0rvZbmzr7l6ll46PkCED1tDNqTlKIJOYWCoaWtBVfTk9BaehCMJ1WqmchZS999TtDzLXUkWG&#10;yPz0wKHb6ho9JNT8Gz0EWFMr/dYZNKkavwmR/sQPrjLGz/YSsq0gEPY9/Hj1ZjKnW7nJjmizfn1X&#10;uNQ2uzQlcVJsspesIrNqp9470iR9gv9wd1TEhSB3/73FaYaeUID80q449YU8jYO/IjbEvzpMiM6M&#10;IMgGjXmFegAJ/j7pNoLzn1NxHlSLHaH0L5iUDRKF98g8JX4vrVJX6Ilevq1jXHwzocIBoszMph19&#10;p+q+LlOLn/u7IuoTMX8y9Ldu6iWQy2TrIMdG/rXYul2G6b+rZ8KgWsSb52UTHcPSbwLl4OWg5cEN&#10;Wb0ia487VAZNUwWy9fgb5TMu4CjIgsY52abXl31IjpRgjwfPgHhN2ROyiLMn8eVFUThsuHl94H/8&#10;y4ad+zhYdwHx0KNLkTfwUMfA4NmLcLYuyMvUZluktyDP7rtCTiW1ez4Zdd6UoJV03Fj+69NUmpWm&#10;ajEPEa4RrDr2DQ5S9VjXf/FB6MEabeX6J4oxUazaBquxkKinL0vI9OB2ZcQzfHazQT9ThYZgC2zC&#10;rwasoHMDqvnmNZ69Xtlc0cbi8w4aOksNpGYF3XJzsL0JO1AgbluUmKIVPKPXM58YX1NBIDLHrKCN&#10;YncwPlGFLnZaZmCkYx6cNTr8wadv28hD1IN7AWo3Ga5+UviFGHvSK8VLsoIZl5axxrt8B9LeI8zn&#10;PEkf2radUjW38K0JbPEHYI4jMC0Pnf+ngIhJWe2tjLhQYJ2fnTAbkrwxNLhTbjgLUChhjB9G1puq&#10;JYSIPo6atFyrPt5Wh6ea5u83fTyxXK2KZj5x+FTkOQ5xgiQZN7kd+oD7tMP4zorMOa/ZT9/W4FnU&#10;tdbPkw7U7DFUygtw+wkbtZHrqanQYKG9WAqxPLomzgFTl6jMzwBifWtcnTLWpuOd42ZipZ/tQoRR&#10;fcfG+6kKk2evEHtNHM+OKtiak25yOaEuTuukSAKWsiNmn+KN9ysAwqV5tj42sXIMykvmOBF1vo1X&#10;Om+K0sYbzEWR5b5KFiLrHVTnygi6stWsmPTnv4an3rSp0oGo8t4Y2baU2Mzs7GoDTVOT5Ve/HSLr&#10;PG17at70LLBzuq6I5wfTenxIOTyHA1bCd6kOd463xondsmIiY/FHYLeL2Ol7wPHmLIgOoAQ/XbMw&#10;Vml4z3xRbZedZ9DnhFdZ3f1dft/0kdjGxkyn9vETG9i14ex+WUU2e6Mrd8Ou+c4BWb+gok1eho/p&#10;5zzgJX6IY8ye7IeaaD5xXOfRZ+f7l3iXLdYmusEaGjzcfort6kHAp0aPYZtMc7jUrM5NQDyzddYn&#10;Ajcwx1OFeKOgc34/UvB43j9+BHA7lcsq/FGDKcnd7RQTvbUAg76P1kOZY3UJTtEEi9xtD4tdxCML&#10;kZDCZXkON5Gh1bEWIYFIEh6bDw+xc4oAv9dPxJpbUlkaCmBrT8+udgyvSBMq/mlM7HfqfarJbUSO&#10;9jxL6HKhHzS+xgStLfEVmnQHHfQZfzeEoYtl5c5V7U6eb4x3e/8bL+S543bpg529z0kUHfpYFc2r&#10;yu5SxmeCAo82R9ZAq5zSvCrSfGmkh61vNC8LqkDKeF/unaV+xXUSST4Jc6HcT6M51MHbSP89PPX2&#10;75kuB9QD/lS9n9OJxEMDBoyoZbILPNAHcg9ZX+FJ3c/gmkRAGBFqGp31R1uwNpiYvraivDXg/Mjy&#10;U81QRVEmsm3hGEqc5HqfAYgCH+v6BKic/Y7/EOxaKn6KMcO01Y7r6MD9WtHyFSv9LwAdIOLf5nKQ&#10;NzXEK3uVkOqGqVgqMbkyqvFTg+SrJk30k0dk0LisytJWrXKjSj9mpkbjohoNs/pjfoprEt0Z3xEx&#10;FyzIvxSHmY25Y+a/6XVeI7b2v1529zMjo+rJPg9vUjNHIZ19C4c+RZ6yHW/IXKWohlyHpk4qViZT&#10;fjS8tOikdJxzaXw/p3pDRPchR2c/uatf/utrHjInsdCQO7EcJzbk3Ltjp3EfkxlyR3Se5CP1cSfZ&#10;X+PEpFXFaY2r2OOqZGjXOHOZib6jE83vGldljxN7xtFmPk5KQlIkMYfckHSKNLKGjFQsUlVD5kLl&#10;mnzqAfK6of9iDTGJNTSHTLU1HhZxyPxDZpuZkxGrIypjrawcNbmpIfO5MbISu2kNUbBV079+ugkt&#10;pF7yfZyUbYa1fPWpIeGNPpnG+cRnEtY5dGNVr7tzsXqZ+njcaydyd5zcfmaxGkdnpHH9eOhknElH&#10;fmLpONNl5k6SiI80cY0b4d3o3Go4ftfmhKbkekKco+tqUne0I3+cvwqJe78bCHdlh+jkEe8zPOpV&#10;hOy4CZG9R8Uno6JtxHj/kVlJ5EblFem40ESGkVGV1T82dzJMzIjjxJP00x1rsUw58xl9yHdiMVkN&#10;u4zZ3C9zlUVG7HPUsnjUZ4rDikMlN97oAon9Ext1JLFfPeUvKzKTjrqZJiZn1VCRjPlmttiMKnlk&#10;bJXw5jyjiq5i02HimSnejGZtI0erk7HIyalH/Wq5h/xCi8ytok5PZ6ecaU6sn7+UUPEic3I05hvl&#10;peqdnZSlJGUUs/lUarRF4t78MrYjZ/Qu2hyd6m1llFw5qVO6ZMjGSDKmo+mwET3Hi92ZnGlHcc24&#10;0LAT/WYEhc3oPx2uUKGChEX1fhrjkewiZm/MjOM0dvplxMZe5NdxOZWlczTjSdHrxWFW9ciO43KZ&#10;G/XmQmcTq8wOz8mMS5J4SZlC6+3x/4xDZ5ujGy+RkYdPVzrOj0QuoRmX2y3yN5TyyMjncncys0nu&#10;quPUKKsW+ynREe16OZOLb65brKrm1iGWOo66CJFnzpH+JJfpdhvXypR2ZTLObtyx4xyH30/P6Dc0&#10;pJTxdIj8vFlk/BsbGSmzGdOHyOVSrtiQ/CE1pn7YxLE5y5xs5u5jGkbvnc8iRRPRpiJlrQ2Tuiny&#10;ChQfj1LvbNOcUN3/CZEMEl5sGdfhiMwQZVzKN+484/H4zXw8mWO1+DPJMI8z1yMj4qiTzna9p2N3&#10;H/vtaw1PEg2OzBWJ7sxZsUYPq8ZI72ofa1H01vcl/Uc1yJOxuYyNoZqpyaV8R5cbEp8sg+QqVKCY&#10;utE2q/jeE3JByL73LJ3QuCohu7qyCMmQ5uXB10Y0ZxyJ6aps2jpjyYzsTHLxL2tYLXI3fO58zO7J&#10;fe56uH4jmx55zPzhn8vh2nq6jVXd6Y7cDt/VdEronjNediajmta1nHG/4qmZV72OIzY+PNvVt2Gi&#10;lWXmiuIcl9kin5GwTzOXXk5yo6+jjAu5Z5dLRYpm/N7LjlNDG09OVpYctWUjR+RU2bmq64ijyE5S&#10;NEiTUjtGGj3XTTIXbGQiVxQZFbEXTYnI8Ub1jIwe6VKxYWKkIS2mkzOpwZdYISuKs2HWsc1mPh0s&#10;8bnMTGVX1P71epWNlIX10piYw85mFE1YpNG/+rLEV9uWH1ZkftTotZTtu/sMjSr/usEXkaXu/2Lk&#10;Ybv3JedMD1fHgy9ZSVnss7NBkamhDZdE7CgmZy3hPXikln63opsGT97YMF9zunJVRjPufLwbNrGx&#10;8WEdr+N2M3o8k3al8UuNn1DoNZtaxjVoxhsZmw1lyLa9Z6SasEjl0H/ndmWrp4ttbMyytsNj99yD&#10;v7V4J2KsGuZTqyZiLq8zVtNNsYbtzHORt4ZfDnqPin5ZWf40x2yvI6FQSZ3Nliy14X8sNZ5hEe/u&#10;FuJ99RmS+YtKZpwlc9OlKFqb0ymrm12v5Fr+lQ3fyOtz7y/t8FsCgnups96Q88i05jMakdaQH5Gl&#10;5GIkL5VNUsac/Rt+azMzAatSqKRMZ0XUuUyc53kYtxINAAgAQxEAAABIEgpGAyLRhELXAxQABfCY&#10;NizHURgH4SSJclIhAwIAAgCAAAAAAM1+G3FVyfs43lC0w4GLw5mM8lO0nU5xRBtZf5CiforAUSlN&#10;hKV7xfiIrjP/89c9HKly/X5wYY67Xxys4ZFszE9DSiTtSc48+zHUoOqgv6R/RGZXnb0/bDjA/vwl&#10;QIGHmbwWsu0UtID3zVOMiC+k7nFQ/BwTGUs//S++5DugDpSa5vjkGFWWP5O/K5Is7hSdV15DcWsb&#10;5UaU+ebbyPOnl4YI6Hc1lS4PqErbG0kzsw5CBmsYX8Npqc0sdpDNa+NhXdpvPfMA8D2cF1LW0HoC&#10;874iyzs3Nkxsl/dOA2aeDS4/dEWg5SM8HR6/H+gAAh36wwmXkegXDrziiwyOts1Cbpomc3hz3MWh&#10;+A8d5BgrwIGgHSIOAFsCWAVnHRw4GGdFX/ah034MK5dFXUYR3tCTrD5nx3ffMEsa4itOZstRoCLq&#10;s98Pq0+AGxMhgXfOlyhHUU3SkwdxnN8GI+5QS3kGWiJcV1GCBp6juThFD190wJWM3Cw7jY2JCXcn&#10;6eN9rAYF2fbqg0/HShqCkKarpB4wIfWsC/ELpgVGgfcf5+3Ve8iFeV6xoM8SUqgZToWO45tw7Fp5&#10;bFTRFZwqImxax20EuiJaH25rrd8VwMA6Flhxayhpcdyy+7H55RuW9OaB19o03Ns1Ksg/fs1ok9Zy&#10;j2toQjSEdIbh9fiYfmvi7EDyD1IX2Zd5LHIOviTN4vFoRi2moJlIzK0hBiSzoCFopQA18+aP6abm&#10;ZK383FoZKM9fsuiVte4sCpciDD7j5NpQNukyfCHhSVFfhjU7ztsG2R+JZk29ODdpDKl5nch2SEma&#10;vaT8RHmMxGvyVGTwfqho+3UIRWJKUVi3O+Usx8y3Ud6MwDwO+ekublrnGhuiqg9HeAPT/lBeLsda&#10;BFS5ZizwAwIAnHqGuLCa7YvftQPgGpdpJvA5qVbHA4q8d9JZ17nEEbpKX9Tl2NQ5D54bC+9AXBFU&#10;3DDFdPokBoV6DQNZlj7jETG8HXtjKtzaqXPgia4wRCnp/6zN+js3TTKZtADz6SpPQsWRHNLHZL4z&#10;NH0AzuPuyggeiSPGIOzmhZNJC1x1Kzidlc+ofUFpzjklyRDy0QFCKFp8V5hpfJ4FrT9woyW9jaLM&#10;mWFoiBMmK+jzkoACPb+qRa1OHMP6IZvLNz0+jb8r1PcMnAQM3h7ErANd8u1FVN0FD5Tzw9YHAbvA&#10;kbiobRDFg8M1cFZoKJfRbEEG2cn9aUiauNX+Z37rxtf564R9IfnFcLML8KtNiJP2+hYADHqsDscH&#10;4tPaTmfgWpeili/kacjsc13poHs5LzJOWq4/soBRAiFjF0OlI5oaNIA4E13zgCy7pShUzKLc0qdy&#10;wxKIMXnI1O+pCeM6xdTr6sSShMph4EYm7/u+Y8LlWQ8ZqUazJlXr9VTlD6QkzcEtgFN0PMpEZxgn&#10;gNWI6ngqdJItoWenyfa2PPUoLhByvtxFjd5PqDbD9vn5Ane8Lfvl1LF2E3Phslh/+B+I03Qn+jSX&#10;XGS42rcWjm1CO1gjC0EUKXLoly3wYdaQpTRGWE/AKHhGaED4qw6CJqTdCDmXKcU6qYnPip9DeXYV&#10;IXh9LxK2TwCc9b/ftSQWU/yXQb3yFsEbPF8MIW7/JgrfuOhpwI2eW42vN6Mhg3AcHR7GCxcvo4uH&#10;eyrf8euI1hKa2y9G9GG8pJEVF5+ht2PrPHzy4e7qCqqtKqOWwwJFkZM1E59FBKvUMAHG6vu8jkvu&#10;ufJRJdMl+TCtEROojYjfXABOu9ctPGn3+UN52Fl4P3MZyDfUmTgh698oBjSdmDfFiFHQO4aWhFR5&#10;tkIGb1dbRiWs8sS8J+ty3bTgj09+4JsjP7PCGIWxeGlDNG+A3/FqGk5GFTp3XgaGocSAN9zlj4yY&#10;t6C18SG7/qagd4md4UFxAW6b1hxaJvMvwYjAFvhuKjwY2PdBZRx96+EOiRpoGdmMoAnpUfNlqZXF&#10;V+P74BWnFhehBIuq1v8rRuBs6CgUiwnM8FPnv+qWraf+FZMzcA8W6bJMZrj1RxP3ZfQpAWamtA9J&#10;xtUJ8pHOmEum03ehW3hibPxOucXlK75FK25JlLDGyymGk2ojiCFtNUWdiVGgbuUB54M1FwUeMBLv&#10;Rpw/oXufml6KL7p/kzLe9UH6kMvvyiIIU7L0vS6GOpIWrin3WPVmPyLGAvK9WuRtRm0/EPmtxidp&#10;JDa6tDanMrdpQ/1s/gnlGOd8EU7sxywuTh0ZhX3NqkB75oCh+1sngLe1wLF1dldmWKYK5Vl9fGa/&#10;Pe2YiH+eIPinvK5L5du+OjT2bKOo9vJerQURzOWrGeugVNRY8yRUpdpq1+1KoGbZM2rYtOnLIPrN&#10;ysI14ECQgbWVzmouZPRKTQfFqoos7BXr+QlZJrH5QnF04ozI5Nb4umP1vZxdHFYuEQU1swJAnlqs&#10;aSY2IiQ+1fWKcPjbpMlraFMq/rDJ6x+GaLBDMrSDCLVO09LYNHVUdOnjnANQs46NqpD6MMFuqxLL&#10;SFTG6C9UmpI8Gw409oXjoYhPvHto2YOGfZE2i+RlaUpqF5qhUYH7LPWnCUn4D+NTpCPBZjxzS7i9&#10;IQ3TP4D72QVZN+s11GH418u1WOE3R293DkVasGDICIxEp0ioudxYKTfNR/6ew1meyy9+rFIj3B3R&#10;ORfEiYpcYfTUQHmovAIjJO2ROK81M/9Fzy8DyS6eEirLMEBqksfAVK7AxTCiYTtWDdM11jYGHpjb&#10;4606kNaMl+2DTQ0zWmRT3EHqEKtSvkfAl7iDyFnmey1gO5TjB23JQPImDpEBpK4zbXaIX0zpslhW&#10;9niF7Stxut5+GV9s6CsWAprWahyo4RB70bLpapHQYrTf/G7V3b645NrPaT+zR7gfrB/7JIpdRU3w&#10;XNcLQfs/E2S0gnWLQUaC5LFToo2YmjIFuqYzq8OZCxj8Erg8ZyMoXgo7BCtV0QMm5pK92kq+uFEg&#10;V61EKQkU3BW3H7OWzaC9SggH0KGysNvJNS8UUPSfQYQX3aG+Wo68qEgO4DoTQuSKYDGTtMo5SdsI&#10;0dAblCbJymQ9e5ABZ5OxA0JKidfImNXV/yJHDbYE7EuTL3K5RHpBP3n5/pu4yaPn0jiiqAczk/0Z&#10;NTnK0D0tg3JKM27SHSvWgtkml434ND2gTfeudPZeJXEBueP+OLhmC0LGCiEeFouGcjdkF5OC1PqE&#10;NWJX9m+Iq4ekrTv2gmQQ097jcnuhX4qzBmJqgqBV1wgz70E2+/YEWu2HiLKzZq/aI0wh3F8CiM54&#10;HasNWwtKiglhcCwF5+JUAIQXpwu8xGu7umwbuUPiDo2tQqOUo246PiVAKceQMXei7prbHGfjhGNM&#10;/pvOUnkAMDZoZ1QVBCFQ5Nx3uuMLAoYSy9o5NzECZhKP0JCeyueZSxUKvIBebsu9kNcre+kV/F4P&#10;QQNL35vjdNRPp4MRAGIye852YSUQZ5L8BZtyMwL0Gy3avXKGTEbcMu6ymgWUX00WykYI6hZ4f1sU&#10;y/+Y5ECbjswmwFUjzmJmL/5rSVhC0VJVUPpc3Th6AqFkCc6HNK3yW7qKw7AjsX+9SVGR2dPbogcn&#10;AZVamDDwq3AnWLiEIIqoXnNBR1VC4o1+GjWfYmnAbNx3c7Ji6X9YFzrByVBHp5B/85Ro16qEzlot&#10;Fi/6BIprOdR9YaDySdYCKlqGDvoCUSv+Opxw+jfmspzqB/z+RJ15hUXPxZ+ORzsE16yUJquqAI4C&#10;6fWgFWkqABSIVrR3lVYCFg3WMAnKe+7FzocmDFqxATho10cMyGpEKoVdLHfKYCMOqoGn9uwEViLY&#10;czGtekEsNW0Vko/JggJelbJAo2hWa+EsBoydajyo4NbUyraC3NMu9CsuQ62VVWjQDC0Lrcx3V/BF&#10;BRtjmztw9vPDuTxniPvGcNpHDE4ribJIrbtgPxrEEH/1Rd+GdB3Hfa8h3SonqbXfJJLzJvrlsHt+&#10;quLwIZeraJrv6KxQGL23gybdDvstpSVwxPKzSuYHyUjJ7+w0rf0hgARQ0MgT9McI1zUZ2a2it1PV&#10;R7UF4VugPyPSU2Jjl4ms6Kqa8MBCatgK3HznZ47raxVJrVOYZIWlBw+kAXeuog2+d2xHsN+Bi7OI&#10;g4TElA5T4N0lQtc7q3PjWOWQ4NOK7HHC96flAe8SyHqefsIWZwpXM5ix8cB5g9LhX90uML/FrNtr&#10;XKyKRacEru8D4UW92VqppuZTS4ry2o552jx8qoX8DiSbwxTwSHeoq0hK0pocH3CAXjlOtf3jGHWk&#10;ewPZQT9cW/YSlZFfMJR2hXzDVQCai6SM2ffc0GMBjymMMns+cGVkFh8Pe1MurFDWbfamziRxARVz&#10;nG2WdIH9RrHMugay3MHJ/3l8IIy+ouY07I9kAZd+fGAMhLygQLElcjOLlwvp4KQDLufNBt8Sv23Z&#10;aQHpijwBT3QXCOuXlDrAYb8EQtGZP7NrQPEV2xT/FpF/JlnT9w4hKtCNfZU+Tl4h6EYqy+kPuwuY&#10;klaXZ5uyivGfCZPMEGG4fmGygBn6BNNXd+5LIzxYUz/tQgVJunEGAWnaTEwhVUSJlxBIOTMtOvic&#10;z2LoUqWb3VLohC2aE8rYduwZpbKSiaQti6kU87maf3MBKLOw8UkyA6GDbf3AsayNGWJbxsZmtqgM&#10;OdsJe+MUwXQNvWgkK/JjroaM8S1bktHeWHp6sxb1fCE0l4UC3wn8xMU2CF5wDUn9WXIQLXCF4V46&#10;grYMzzWMmXNq7HbDxfiMcYAU5QxLN/90mE0f4UxqAApPA9FGaXML8sWmE+TOrBl35XcThibOxAiN&#10;pbt9q5l/eOeGRVzwQjWek6k1pOtu3j/lsRJVXFCLA7knCU/iD41ol6iTMWf7tDMcnqo2OFGhbn4D&#10;FEVH+sWhRdaGQfzz6TK0Abz9Li24FWpw9P+96ZsPNM2CqJ9cNgqlk20NL2rXHbHQP3WRTD18FzWB&#10;2D5LLEpEPYHE+2eTHvNb67ghZUEBjjhITTiK6Ek23m4Ji75/cRrsdyLxaoqSLrEVr+pS2Ef+rHge&#10;5FX4ovDZPvad4oobviTnCNvESUSDcu2946snX+tjJz7aDcbZOkq9sjvJZLHdQ6GvMg7CELueIg7h&#10;wFkHBpOefLgcghCdTFkINRj0tjdJwYf0jiEZOQlTSSLAHjKaEIHHrSeNWO8DAmaiZ+7P8rjTN4jA&#10;0T2/iA/1a0GzLzw8D7Pxjw6ukGjJ0u5jgB4G/hKSd+vt3KzHGjYk2h1glsabGYy5WlUMhSxH+IOS&#10;QFNkPRubgjQEx/rWpua0PuuJajYs8njL1+4xZplAcgYC8VIUpQneE6VTql1u30vsu0TsUA5tYe8E&#10;wfgBpUhh37it6srb9smiNT7y1tRAX4HyJC1rU/QbkIZIDqLOZaKywXT0WcrWgkuTKjW12xdSbdDY&#10;Fm2OP7kkE1CIQ97frTWbF/NJZJNBEy1AyNO3CJGuFn2RCIeV5SR86hz60f/HOvgP6bjRPqsRBJ4R&#10;6fSINcFwt/xo95aJ6vhnYr7YDxcJKrAeUERdMYRVFn75A8FBhxd0cbvzslH6UZQ3odxoO4YCIIGK&#10;kvwNDae0qytR2YZSH+6Iqfd/os64UcDkX/86eKAeOMoFm4xH70gUxJZAO00MLR0yRG4raOCowpFc&#10;+PXDmKAPkaersO5Fs/2Rp2rXo970ijgGkPRYtoJXnXItgR5MIhVzqKoFNT3MLJGLkoIhKJEBU7n1&#10;4e0AKpfHQYhrJXgBlAnZDQzzBsITIJA+EZQh3Gw1oxoZwd6o52bnILJv4arFk1Fmy24FN8ESgPIp&#10;BGqgZTLpUCG7/xJJbOjF2Na8OskaUCa44aDfiiojbEvTQNZhG0/jhJdeI+KEZ54mZpeWUl9uPTK6&#10;E3lTeBoLQNaJ8+K5TWw6tjicYI8G6NKQIq5CwwfQOA0E+dp6mhNsdAoGB8vMj6javb/0E/3ywA4l&#10;USYyxdJuifdKvzmgJjAkIbAoJDT4whyo1DwD/TwtjaZBynmWjTtq4rGn+0E7A/4IIYlfPr0JGREB&#10;THawfkEvbpHg/QsriBL6LWx3hN7cVTL3WbmOs9GkNvpmfITlmZJBR3UT51Oohfd1F1l1w3DotQQr&#10;P4drTN/zBoYQCFPxh06kGLfj+L3h6vclNoLIw2AEx0X0T8y3VFMAPSybvXX7cfJnWNweWI9FmzdI&#10;vAbltK5ZkjsZFjZ47nQbc9apuEIAOS6/uYltXXG/6mDbmjcE+PP+KKjrSCdUSPgTKMVq/emtsCym&#10;NmL8mZeT8Hedw1VxQs0QBgc67uN7MuErqz2nxuha1dUhg1PqmV9J4ItIS+cGx0kiJGNQEElkkqeO&#10;LeFteBT66ucmSp/FGTADXEf6S+oqCU5TUd/ap/GxA6CGcb0w/le6tdNYweIivQN5CrGGcg6MXgsQ&#10;ErYBEsQyMcTGBn2iENsPgqiXdeMzo5j6YRT0xzZVmPq4R8Lto6nqKoPgErm/QpOIDAzyViDa+tF3&#10;zUSNAonoj9GX+xPkxe+XgzPDKKbKzMDYoBODguTcbZBlAbO6BCSvGZHgrs0Z0P4DFRsgMHsNqZ4W&#10;PX800qE9UgqizmI9N2L5P9ao/SWolIO69emhsM/hLCztWtcvnFL21heuaYASiD4R35spcyWIxruA&#10;evbRY9xPT/cFg2l/3AMiWSOdUEFuJJdM1EUy3Y4pwT0oH+M3fitA/cbFY6Lq6MEqeWPHMZ0VmFIq&#10;Q3/Vst4gISxdCIA9C8ymICmF84hMAynpBSXZ1jO0F/nIG7kckWuxCHFmHUNncysi1YkaZagGiSGn&#10;KuIkfLTwNCGopJockSzpQAVUcICr5SrDkXnDwLIPTTw0HKAID1nobOvIqHfBBYqG5V0mOCJxH3Td&#10;QUG7q0hIFr98THM2YoPJihaIsVa/SVwRDu2S+zL9EqOF4Mh1s50XC2GSdjGMXI4o73GXSwMDQjTA&#10;Zuz4uUG2C6qyh7BeP4u+2SC3EayScZVMAeMMRBHaBGBWnBA/qQwHZVObKhisAf1Ro+0j0bRUEYrT&#10;TmQH7vhNUIziKGhExiJkTUKJyrXk7iP2PIQFGQO1b0+S+K4KqF8OXBHohvH00l8NCiCoW6ueB2ec&#10;yJFAjdg2wgia1ch9wHZku6n/1vSCKhr0qUN7Io8PlhhPcDugCGck3TdizjISQpZBeIhXgFNVMxqE&#10;FRa11ztkeJiBxeE3IGeQDdjsUzOiIph0ORQiNErhAZlXxSepgSs5lVcP6qw3YHvELgVkc8sz99jP&#10;IwI5sW2KbK3PfMqqW2pQeKTmmkr0k9tuBg8IzqmEa4Au2JDyVVKKis3193ojmSXXPq4W2vWR9oEc&#10;CPHh/RjQUqxCqsCaFV+e9500Lv6h1bOQ23VGch4dEMB6NynSmw3pXZP5iZLp8K1NOE0njvyAX0FT&#10;MRs7OQZv1urxfG04nCsgzheuZPTsCY8YiY+j1YZsHtoadBspqSUVpqVceyJE+VysVmnGv0cK66YE&#10;wdnbQw17jbyR/WcWPBjl7I5EaDTXJLYJkx0qmCYkOstT+ujTlmbFPBrGKJu+yRqOD/DB61e3sR3U&#10;EXhT6ZyHxg0trp4Fsvo7xkCjX8o3tRJVu+ssgeon0FNTiwmFx5Y7wUr0+UDhyQfyeS3kq+oXCEMB&#10;Yr8r3Q7N9Qtd8nMY/Ka8paYbYDb2wSpOIE9zODq84HoO9tmxtXMLMpNdAXQevJRxvZwwzT6yMxdY&#10;EyZZ4snuSpzoTT/4DD2b1T4hU6Q6Wq470wUEoSvU5ooYY+kXQC6GMHYQRNDZ6QmMYyss0bmYXl08&#10;brNRJSxWvdND9dnpWegGpJBrY+PuoiraIMGKAJHCUrQmdz6ttol7JkSFFN/+AjM2V4kv1+DKbRrb&#10;reuGy1I1AvDFxNGwb6d16eZW7fM+wiq9Fej3fbfJvlJ0bB8YG0xggMyw5ewlfOWbic3/ZxLHD6EY&#10;4gsqZSyc6WmHJ8lZ+23QYlM3Oofa9sC49+xhkz1CvXqO+14Ez2pxxelWErOiDCmDOXFyZl5ozH2b&#10;pmLTAseMIUfs4/VJJV+Sdxp7l34c4cklB6OmoCpwxdZe1LtwUKaoGkxrcflBUnMMKNXSdSqYlELa&#10;sKMm/vDgEoMNXg4q+Yd3TJJ5FtElmpBBbNUTdu4pQgLRmvINGSqYqTuJB6Iu/50JUfEXS3BXkR4f&#10;+XzHMvAsyF39RLIFYfy864fYTze7tfB0TAF9+Un/S5ZUM+r4ZdOBXf/ABrH8Y1FyIuxRJ1WOuHpH&#10;qF1VTDKAxekTP8tmiux0vZcz7YjOCFdHJQRDLMfaxGCayeBOWMnxT48bxVtH+6fgzRTaKBuIulIF&#10;NjRS2hbwRhQUp3AXcZQAnUQ5mKXIftTIGrvRxjTaV6BYItemFsuZAnQ24TqPuKVO82Axsfzrolx+&#10;pShPURqPmd1dg6q8B73yQz9BRs0GyqxyzUFMHe8HACmG3YavpdoB1jd9qBFf0LxCooWYMOVNkl+u&#10;TPe6aK38fS3BAeBEost+IwAUw+VGHcK+ZtxhbXG34XCJunDkYdUVXDYI/lC0CjabFQgGtyHzK0iM&#10;F5QLI2qGjgCnn6heCFXhPggYqIpHfKTBuGXS2fRmNuVNrN9x0JcVSf2OBeXPItzT5N0V38hRPJhP&#10;WydGQ6igAk4HQitNJDmEy/w/CpRBLpGoRpWOg8oHVVPxHCIKzfMP6AhRMfMYziPbqUOt6xh2iLJd&#10;x0smD0Cx45uWLN3V0qZYLFxB3mDirBJBQ2iyd1eIKbPRLNpRihQ5fNYzmjB7UEjYGlIlhAhGGTfT&#10;ItolCabFleXIVoXkLD9cwjQBB6NqsasdDLkYRR+4C5uCosxuEt8lzjUXaBFZBASLjP48B+oHsoI5&#10;zYj839f6K+AAxc24FZXceZTIJXKqpAdbSRCjpRP6eJOPlEbhPdZjYeZYRHZrRhBl8iHzYlUMCBJV&#10;G4xboUnDrnJzVgATIOzf4Qikqk9FAsqVsgA/6cEohiOcM5JzEvFc3iegC9kUKlLEOk7PZOJAUw9H&#10;FAWJ3u2cqNilFqpwIfqyAE+QgzoxBhRlY2sBI+ACl7lfLFhMgcMyZxATWpUGs9IOYKdyeTQNk4EE&#10;I8HF/bhYnAB/1qgROdxnwb+92UYcm2lDbJ5KqYqYa2sRFVAhFhTF5JY3Z4mjAXloA5MLhHCSIHl3&#10;6JF0iiIQZhEKmT0IrX4mMzyUh868JRlrketyPBok2iO3kqjOIsTVnp7aQnj1b64Oq5eirmgAd68U&#10;0zWNcHrh1oCIxPGpPeZHvbOR3Y/VqgCmkot1ufUYSWCtW/LSscyvt//lpjGfb0D0iIMly2FMJKcU&#10;lIiD0GmqMHSp1ZZDCT+qQb8zfLpkrmxZG2/r80C1wV12JqKWsDkzACTRztSWfmQwypbExF9mLzvf&#10;bLTmQuWq7F+2Ve6ATt6Ejqjm6SzlwK8Y0e6efkP1yXsKDTa03qWOqvQ++Ee2HZp3LQq8uy2u4WHi&#10;JYGFGz5Az7NkCJcciTdJOGXqmKgYxP3E+y5E/OHoLJDwjjmzm9gar1XQIXAklZbI7bWyE4XSKj2G&#10;HzEkBwR+h84/Rj9FRiyY08mhSiTBewQJmWvZiaEMRNag6/qSWbxetJH+Zl3aFOGY2vniSVRGeCGk&#10;6i4CunHV4sz+EvKtHmjmehsRhLnGIyLOb0GVTvGDPoANNnvXeHkZRMuSwy8gSsDrmq51owPZO/3V&#10;rLUtlKYxHwOK3zAJj6QVU4uH/kOFDvPO8AGuaNIhXpzJbRPH2KrxMfjPsW7/ERVRIdFDSXZciVyA&#10;RejmAv4nJbfBoDxqyBJt8puAk+tonFjGiOkK+BwG1vzBStOs4t0xY2iYIRiykrnwTuja+loLcuAq&#10;CWIPWWGU2r4gbyHdFa9S8a4ixogcSgO4TkmVVHnfo4iTg4jQtgVBkYolWWURIuRLX/gMgD5Dnt3H&#10;wJcBHTk1UNDEGnaUXcSA01h2e7mPbF90p681wFiGMtW+48rk2oQSPJ9zJwPp/dX7DEJh14n32nGg&#10;OR1+qY49JLgZSXF7YYTJdWrppx14wNGj9sKOJ9vKCHmmqH1hbRA6aq6GwtOUZfBWa+TyMgFmeUhS&#10;vlieB2zjhhK6XtxcDnwiXCrari/fEoUxT8TIMDsgTUAO9ELCUCw0aJG/KkpvcZ8a+Xx+I4LQOBpG&#10;NcXI5rg16V2Jauunct9Ud2VTYjT0IcakfPfpZOzJP+mh/oFjyyOv8umRvsdT6m5T7Iuc0aUtlns2&#10;EnWXsSLmxL/7jxWd+YnAdj/SqIjhslIu6h1dVk2YEhk0rGypmKpapMNPWJwz2X5HGAN5D7BklPwC&#10;F+ItJMlFakoksSzWloUgOOinh+NkYcVII8QoP2Q0DK6k5DxJYw8gRyAHqoWur2yUnh5SCiL6DEIS&#10;c5ZObPUkEOa7xLTmDG9JCPhhdyD/cehiwAiPhwJsubCQt7AXLJZ25M51otR77Hd5XCTaaved2ikn&#10;wGpmk+g2AtyUpCN2sgFAJs6HNvbtrXHYoSJA5QvzKwILQ81pxoIWilQ8kxHjtd9LlLp7slK+PcNQ&#10;LOqZ7nmqOF+BorZdOmLekcyZ+eILoCiR89lGiV4pTZvMfyxEB5h7bm0NjC7BSdcv1TH/cncrTy6e&#10;d3YsqKiq4K35G0ptcK6GcDLekTLJq+ehDqlyOKY2UNNyLeBMGGhMMdlWlq186N+WN5tE+0BZdBcc&#10;ZadVvIsK5z+RA8+dHEnouusi06CqcVMFR7wXPgi+Tg+d0c8ln3Y4gXwoQx8747my66Z/O0nUzw6P&#10;x0wbfPppGgR6/bV23L5KLJC7VNrJAzWM3Dhzl3cDSecK2inswBRw1RVNzWLt7b6D8c3STIdJ0Gi0&#10;ZFoNmHo0gMIsx1JkK15D3wP4Lf4lM2MfwUypC1I5GoD/RaOB1xDjwzwdJkRxmzsgS8EzME/n/6VZ&#10;I2VkAE0xk3dI9DG1mBviFJDFRNpE9BEXPOCh1FXQGfJLLMd27XP/WGlEtuncRPjHBvmxDh3SR6e6&#10;VTmlyHQnP75BI1MLBBESN/k1zDH0EjWpeAPVI2s5LtfJ784oLYcCTYZr6qnwgRSEOM+hOFSDUJjK&#10;2NUGeJAiuVA/tI+RICypeDqIAqWSUzy/8rkEUdHtlB904LEqEW8KiR1snLjauq+VZtfmxemy4Fl6&#10;ykZhb9JB0YXWtAJzVvOdPEUrmt95UMMfIYu6fOADY+5cuW7+/g7Pi+cMhGqNPXP9nMGBPZ1clu4l&#10;YByfvDIZqPYqiFxUIsn1/GZjwYwIsV0kuy1n/V9I8ktF7AE8ma1ZusfByhRTJ3+x1Bft5QjWa/R3&#10;WqnEuoYvK2JAIMRASWThROslr2dh6yEsWx4dHoNC3VtI4+WgZXdPoS5+Hgd64/jWm10stsXcpqPI&#10;YgDtPaR67FNpAUuy/OA0mqjGVuGBgQBlxt9rlbaVa/BCpS1T17OpGV9YGPmkXJzVinUw8Ce9BVIO&#10;noDQNdjxqyi+hKJU8vQ3UtnafdcLZotprvR7x1C4XDBrGpDczcjX0a/P2E2Ad/8hMiiy3mlaqK5n&#10;9ldH1Uf2RAmdxdUsG+oEQrbzDx5dvGHcLkmaIjCy0KW24XckBuKrJi9blOhub+434XaJ4HSWdcBn&#10;uDqozvuh6DWLmsWqGXE0UTJxS40Q9rSLbiaF8iTunZNIkiMuYLpTLC+EBtjxyt92vwabMX4bAa19&#10;tSiMxVuPVXRIgyCRtFgNWKO5MPhjkcpSk4EV1rJWdeYDMwBHmtcl6ROaZeT7hQpU0IX5IUfhphHd&#10;Kyye6D/3aUIEjK8RQRHezJDkhJm+QLtRsbsOzqCnD/feePMt38qWkIzUwr9Y9QWMqCrmX0BsmQOD&#10;9EKYyHB14CPNLaNqVj6ikphTlra5E8c6uoI5gmBK8ws43cGByzwac4ptfSbOCUyJ2jWOO/gEo9hh&#10;8Q3jBS3lsDSQCSMeOMiZSSJ6PXKVW9lrb0r6G2UbWDY+c2IeTeFkBTqXRAQhclCDU5pmOiQBJinz&#10;TX4/O+hZ14oOFUOLT646BD31SPoQyBQr36vY8by8jLRbbRTZ3ubDMKmwAlzBFF//e42u1mJlBxSU&#10;pYjtofm/EO5Rv67zJoM8WWbkLVm0QrZB7Aww0rNdVIq2OoGMADkLcVb1YAF/5NT+DFZ1BIjEuBqw&#10;Jj04BSt4oP2PMpgdgzNCkXihUIDvMlSOJiQbBLGlVGAJncHiPFjnCpDR3RsFT5VNve38EIcqtcBC&#10;/N0AGuFnmM6PBPE1gZ9FRzeiIDPeAr4jZRzIASD11r/eH1AfpzGBN8Nln477r+Rja4zXUN50VgVZ&#10;D5+ZE9vZoGxFGmu8KJI1yWPWImTJSpxOr7fAch3OPMsykERQfGCBu1owOFsrSaAp1mpnXDSbkeZ5&#10;KQp6ruudrrgozex4zLwd3uOhC4qQ9usGWOQDnd0NGYsO4Ypmmc2SfXR2DRvqjhIV6owMIFRZBYlG&#10;TUrVGZnKrBG9qmvG1uldcPC5AyHOTaa0K3qKKCgSxHHJDYeQr48WoUOCB7cOKvzGYuqdxJrboq5h&#10;kt7J+xQghE9zCjOcBA2D4PB9jTKOnH6otOnkw4fXsfgvVVMhRFIk3uS5ZeO51tSM2cBmfxG47Q4t&#10;37Tk/SvV9Zec15CtmWzu6ORjO9foAXWikkKTaMJPhhBsdyORG4/MdgPRnc4MqdNk9G2Jy9m35NZC&#10;WgJauvzrjjwMRhUQrFtK0SjUkw3/zxqhQKMts/MGFzLUCwUVSdcZQY88USIW+h6oNIhoQXbKT/Eu&#10;g5rZOP9E4gdzaTErEhuQ7/uPXJbZ1XWeyXT1ExlPPsHq7DH6LWSqb/orRxkhzI9NqNVyKEGEtOnb&#10;a5qwAQ1xOw1qXQD+5D0bYJBDvVODX8hCglCKAjKlShQt9QFEVPD4EN0UcBaTmGRjxRB2syVs3x3J&#10;flxM5twvGu/AXIohvexGRq/rBEbWfVxY5fCBzZfubualXbRQL/DFbSrhUqYO5CKEbJ/r0vVFoGAQ&#10;Ak35oF+kHm1tI7qbeLgeL8qQ2jdH97BMk4QIgL+El4Tj429odlg/+ZkyLSf8wSLpRRKBzhjPHZqC&#10;AFfglCLm7QnfMB+p+soD8ZOTbGMqc0j+oNBE+i98x+UjhEPZqC18qGcvdwSb8vuSJXSLUUWkGBYP&#10;gR8bEfgF1VMKRsUYcMciVn5gkJIuDkjBQjDbhCO07CANkLjmU3c4ZcLENhUyZ+VS0EOBA9HOMSIS&#10;D3qqbyTsRCFZZ0Z+kbjm6FBWEQMy1hUbVGjhPqBqTNBW7lyWDyMBZMu+bIiiKCJT/Hmu7sIkyrV2&#10;FmMIidjn9OjoWp7DIvL7+JfUkkYAKtsO/doGvz0aV8hMteWV5TqetkFiMHGD7V4QlSKrpNJhyJtx&#10;9OdYkIsqtAOZn69cdjYPIVSzKN/bCwAYOfUaX+mQGJlk4pZt38YcStCFq2GT+xbb7KPETo8qARlJ&#10;YgEpw4m4Bw+XbSZ4sNyxERLo1avpRjEVtSHdyrmDVksQ56H/vSz+zjyeqIZB/E+dBs3xD3443ohL&#10;UdAufZThL7+1vPh2Kkl+opUYKiCrVeffqe8A8vY6r7Hw/lpTOi3gkSiNwOMRtgvMDemGx/yqKQq+&#10;P+igjsZKMpMDHVoiYzSsxVQmEyYTW36px1Jme4jIdKtFiKo7ZPRFSk7AKeUvW4tiSfv7Hy47sq4O&#10;tfRL++UbugaH+bUIe2jvPdyYWTgTL09J1s1MRej+OOL7bHtxPfoyxfZnWhtVrdTSimLQuuIafx00&#10;/FmSwLfiZ05hVICRo2jMXsUVDFlP2t9Rdm50qAlsLpDH0Wv955ho/WSroXdBY+TyiTGLTgmE4b8p&#10;lyV00nB6z2hHoiNCOc1qxe7a8eAyhBq5lZhQASuhWlEdWxqFiUwj/XNSSg/QoLb/EPbbL5m3IG8h&#10;mnR9Qy0r0uuV5lgjfiYHytyQpr6H+F93I9GYQ8cgWf76MDO4pYuE4nzVKdJZv980/C4AHPHNO1+X&#10;cMS5FodDAFq/UPqhqXpV5nWaP5SDvJz1ZubUYdkFtFpiCBySEgJoEHo6ziUtYrMZxbdEzVL8ogCN&#10;l1Wo+NfwBPk+9AM0AemtDivCxqUiPQFLk4+YAtR18eTwBhH6xw0ogsOLMwcKUFWMke1Ln6K3t5ZG&#10;uUcmdFxkJO0ym6phbFv7k9K9CpCkPFL75Tb11+QviBhaDoYOGljALifvsbhUYx8W5Ekm3UDd/l/w&#10;rRyrrffKHLj+k0RmzOebh8YZYpdH+VAYb3oYFmSTua2PJGlRf//1dsmiRlngYcYNWtMCgN0L2CMV&#10;m0Gg9huT75fE5bI2Lm1f85qhp1LG6q4Me/Ixlbe2653R5pt5R7WRKJQtX2HdkZ/UdFV9PymjEpUy&#10;RsGL/tgg2DnpqTuaPCxQzyaVGpwfBhwDrGBnOzDT2P7AB3nqMcWmgXE4lVBbZ7u2foky3n59Dy4l&#10;d3JPDHtPmjlh2bUq63GHTVK0hwsbXSlyBDoHcBoDN4BmXsMUKqLMt9kUuVtCvTFPSUrDwfLbK02A&#10;/NNjLYA/FDxtmQCRCOlUnIOxu5v0l7wEqP3hRLm1rWGabycswl36cPMBeRjDBqP5GbYaSJdRZRbf&#10;plLRYPQdrNTgsF7ODtLtSTSG6iWTs9QGlS+/xfmCmhysR4DL+c6CgiuteRA+Dcu0vdFiBmKk3sj9&#10;3MhscE+pkbyNYiNuBPihSCOicTqA5j7vxqpAERZB0FS62VCjGGfaMbq1Ug0Uq5d3VkrSgrby3hRA&#10;fsruoZ/5JIzqd0xWMV3Ia1bvaceYqcdw5z6L29jbaVTujpoO+HzeB+B3yjDVWH97lAOmzqIvd9ge&#10;kovDYTX1qyL5YoA4RSjX9EWzWR9eAy/LiYYalX2h4sJX1H+6+0wlIY1itblONNSedQvOoq+fN7AO&#10;6UtPNvHqcNWX132/6Spio70mpTpM3OBgf+QJUjylzazw4BZ4xqncwSCJnv3Lg3EBP+BaF5LCkIhd&#10;fyazi9pFdiBCQHW3OAIr5EHEfgCes3is4EHJjTZTyodHJH2PEF+cG3gUkBoGNrQ0MuJGcy1i93G6&#10;Q977gA2AP7Z2/uoCPoVv8ABQLAuAsvl/2ESJ/FkhVhn/H1WBQBU5JOp91ivfdtWGoSvQc+4VknHN&#10;JijaPvyCNWJUsHWekexEoDSPjzO+6mLDZEwgzEO4h4vYaYFBV5GSS9CGZjTJvNnwAXeSSeKb3oMq&#10;Tzge0lDRapM4hto5msUu80DIvprtqMSEocNd3to3XJDkFRSIqEDo5qBJSnQ3DscyQFCWE1q8gsQH&#10;mTrK1DaVqavJcaXTWjEM9tm7O6G8reEVnxf9nbgzhH4W+a9zHZ1Ou6+lIi1RcycSrI98ifJ8S/md&#10;4jQ3WCLprB8sPnOacUgiagrsc0FJQoQWI5rf7vbd9Fcg3R9RBXH8BEOyKykaHnPf0DnuCwMH6WAJ&#10;685zIuhGw3avatjSnVhylm+OBUBPHkebnPY9qHlXrzma0gwKXIcTXc9aV8KdC4ZB/smFC9KoJdLk&#10;EA39aWY4MNy2QI0YXrgTAqnMja1MAIG/lD0DTWOmWUCIAUmlQccolGNBzGz9lvLDqs0DhpxatNxp&#10;nGvPgpUkyE+quFdzXT29QL+huuUc3m4Ox3H84W3zYLinekHB7CLuL7MEIXg/NcKLStf8yCBvgbHY&#10;JCgEPhvHyaWFfkhUE1cNIE+dFCjkmO834UphSdVDurDe+k1gqPQqxnE3duoeCdOMxoI79R7AieEG&#10;3uBJxI//3JLJ890KG1+fG/a+/9XjmKPk20xBfixmd0Hp+UHSPoAJaNJ7p1YkbvMRYfRjXUyH+sZL&#10;XAXSv//CmZlf4Kd/tRkQ34JUvpsnwQuUtYU3BmRCHvQCwRSVvxfUDNyWT6CAMeo4ELZoVHWWY74y&#10;qdBCuZA8ETaPIUsro+CBHKKEOqQF1d1dqyqeqjEZmYpKwX16R+qib52Rwr/5UGJV8l6pqk0ejGBu&#10;VHfz3xEfAnMbFFGVh3WlfLj9ObQl7NIoqFK/SZ0973IBqL0In8t0VxWFJwjx6SYsCDhhEEUNoVX9&#10;Gq6DnUHctmCLSPg0S8pizjnRIMMdKo2E/xNpvhWlzcerTOrWtxQH+fwpaPLP3WK4nHXP0D/At+Ev&#10;+qrA4XNo1NY8mx70hBSAu3Y+Ch3KAGuvOuyuI98+uQKDKgJZBGlm075TSLA85oCCs50RchQgmSYh&#10;qWcSQZwVwEkGCwhhNx/IVp1RiYfOV3i/KQgtOx/RgITe1z0peTshpWFwq6VJDjb4EoigA2KIjuk1&#10;HQy3MCW9J89/1U3LkLKwLJGBkVGYTLwr6iRQJ2P1EmG2ks+AIjh8P7ZCdYXyiVrLkSb6vh9ut3+b&#10;AWSR2S2PTufFXJ0G8P0xieQCKrQTxlGpuYGMZlrVyI3HIFVYusl3k014Vu8QPE8n7pxMtlJDTkNm&#10;s758omvUbwlMbDq+kkV3nvpR1VsrqklBbxqPVkNQJb/WpQqKemu65elRHq6HtVwIuGr+RsnHhKIY&#10;96mqdGyVFZ0fyQwr4Srunj5Xy9+UkjIt68l0665RpoYgvIzmR4vYj6A5ggB4aA61bZ1YcCJBIJ71&#10;QryDefmhr9L5NGtupLx5b1BjDVyq7KqqInI8tmEkQ88/hXSaS8r0oMVfudonGr0x112XLYOABGq5&#10;IB8r2jNeCvCIx968hCdD3Zw7E/auZCvXh3Qd5POsEneo0jde/D5rgcq5NeRrehTOpN1HUadZMJgx&#10;FaECddEgn9vlRZuQRSfnMvfn7lGNjUgwA3Q656wtUgSydb3UN24PGCZif6YACJTYbzOcBNoqa5Bs&#10;m5RHqUj/rxmhUExk7lOw2HBtXL6kLVGIdREDUjQk66Q2UavsuKz9Y5qWefJTQR+eVAs/zcOvyMe2&#10;E4+hzklLw/KM+Kp7Livu+437q2Tt1QmY4fD0fR+lK08LKc+ysrMhdmt5wwzI4Cn3I19cAcPClfc5&#10;qMYGSjsKkpGdUrk0otvgpfBZpCEWyBE5j+UtzWZ0UNMa3MxOFFGAesDbJ/mrQB1Hnxi7iAEjVPdq&#10;g/VxFAqwd1ts65XYgz1jmYZ1DzYX2cl6hWCJcOdWkTW3Z1K4bjkHB5j4kgEE0Si/8kORc5KpQxQB&#10;oeVBl/Ad+o5+xZGHMUJj01suX3oB/I1FDybYcQXshsTdn3U3IX7dSIMUJlx3eCl8BwBFjCZQ6ZTn&#10;SmLFeyVi4XswC89Jk1SJqFX7Yxi4XVbXeJyjY0jmnXwbxWxAuIr7iRNd5uv5Q574snmUgmCWMauy&#10;suTkIQFEE9QOWNAmOX53B551U8jCT/apkZUzUXao5waJnJyQQO11eVg424QqgUweGbXiu4mFQzhE&#10;zqF5g6OviCjrAYuj8i9++kLq6NQmIufrxaQkxvoTV3UFimHwz87IYhUb5D7tp4XsL6ftjBFL06sr&#10;eeIteIiPcVgmrml+J5JJqGWYQjfclEj3KQWXqIzSkfZIMVtHpiQT1861wk+O4h338kZqczhyXUbz&#10;E0kbDzgqiKL9/BfRLtKkALhshtJYcNZlsWEZAim8VuZBttXMp7DrhFygUeJXhRvld+jLy2QVkRPS&#10;iRJNF0HRp5w/2jBSaMruWxXNwgmYLuksgRUBY95E4B50tk7z/noNo2A2dt2msYplZc95znNI4SQd&#10;E5YlYyaQkTJcLMiBs3T6g2f8xGuCS3pxTC5FLKjz35aNQkNiu6dpRpLSIs/ekmiv/ayNX14BvHoZ&#10;B2BkWBww5TLdXQkt/i86Bi52ySCOEoshtO0SuX/QSEMGD0+WALrjHprM7vrh3y/ffV9JOESiKZo7&#10;vEkUz5NJ0oIl58fkiSOAyzSqrnCMsrvQhtaVf5KbCMZ0lpOB4qxBKsEhR9XhMQmtoZ1iQKGoyYt+&#10;hrGHN1FJlYCBO2Vcedo+ZEu9YkXVpXpaPvVADNNyyKs/AXvc1BNO++AgbqMV7fr9XywLPvdN+n6G&#10;xUoOHSpgDIbe0uVwjQoli4am9xSriG7emee8IswchX2RKkg8ZPavUKAdrOwtyeobprKOWb1VZ9kS&#10;tqTW+cQ2HCBW0qDnH9hQTfIch0iGPdl8riFnyF7jVf6mn+Pa4bx6y4Asm+0w035ZpqMtQf8Yn66Z&#10;9Kk1zH5qE/YAcVldvCmnVVfxR0UPJozRxvK6VGAe5EFcA66RNP+5TBahdGUZZ8UjAGnvdJG6SAfR&#10;9wh1FFutInS2SGdHr05XUMt+dMhkSWGofATRfk2TduuylDqU8U0/NiXF9B49CmyBbZH3ljc0wAIL&#10;A/geZiRYmINn8QYS2jmR59b6EgBg/1HMBu3M/ebv0wm8GM5JJPWlekt8olbl3m7uVPbvPCwK3xN8&#10;9YY3hBX+MF3+sBtiSz/we0dhYZTkk2PYPlmCXQ/hC3yR9L27+bdP6byUJCJoWwyJ7katmin1iqoL&#10;Z4IjNN8i1ciAfzRSW/+JBVpTs6SQQB5UIu7t2Q7eH5pZAvpc6QpeN2vR6dQDVHzkO+66gF9Yqd+p&#10;VKzqen/qruhGOEyyIJfQWKztmDmpUFa/6uI8LOmOeROC3bnS7t4gWihSaQVsjBFs5aDH2+ChLqZM&#10;sazpsbXVFkBVJtWILz2GV1SkiQXj/bo85onEJmQyN9ddzvchxdTS0x5byoskMYS/x216WFK/Gb4I&#10;WXhoslHYk89oOuj3CSgVp9xzxsRubr7QnQco8aEF3kCsR1mMc5KBzzQbaNhBCJmhTttzkUN3n9gP&#10;fJTriYCJzagBJyZw9J3VT2bQ2WtUe8m4VhoZaDWe7iEyCqY82LcIRej1eUC91v6MsqvOtNZXbRX9&#10;ZaPGkQZL6AXV50qQjnO1lw/fDruCyRw4BK9BXeV/nDYyqesA7psh5BCzulFVK+1wPmYRnwXduawW&#10;tstw8nHHt8goBao3PwfeYOJL8AN1Kh8clrtVM6ACIprrEkTstIYE3sdEFgaMNRyV4wA3l5nTPWKY&#10;ZgV/q7vJZkcwx51p/G4gCO8c9Ame3cBTQhVJnFxex67pyYVrAec6m/4o2XBeEi9p2O4QkPjMJRGu&#10;5jrBYVCFf8SpbNdj7f9OPgS8JIsiMhSPhpOanMfUOV3tpRs9DjcMK2buGyp/GT9cT3FmeiEtOp1x&#10;helbv3Z3ILadRPVwWEw7CX9QN2DcMUfGF5YcFUXY6U+rAqyNPhh79Mrww5SJTTuh7T4ZsKl4OVdo&#10;ZNxMTiiKXlRDsnhw1jYh/r9t1wlkb61OMJa3hysdsTXhEWHr3+KmTjf2tuF6GQChcjGydy7JvWF8&#10;hm+E7ketFXnN1f0Kc+3Lq/RiRFSeouMRKvzEVFiWq5U+mBWMRURSNPIR2NvqIuXQv6AovouvikDO&#10;R2eGxZNsBgNXgc2OMBk2U/JBjjDfurbO96h2sYQkaKw6l3XWfJA8lkj0UvPIZ7Eqo7EsblNHEwqm&#10;aWu6Yj7ENZNc6bBFdaFeso3mxoiwLOujY0LwFsONJSUV57Va29SLN1cmyscJrJjgxsNhdCvuSGA4&#10;3SVVjnVsg7m02NfEtX71oTtVs7j2efCXJJ69ai/si/lLy2EHsu6XplHhBGTKMXYPd9SLpY8GXfGJ&#10;sBljJ8smj2wPWRunKo6Vo3ER+EJUatEZ8Ag8GoSuf8ZMhK7/qBvLU3AcuHMlhfUWn7SvzGAP1BXo&#10;EIkCyXHIkyzHWHxBQQQA1mBGpYqeG5co8rBIPkMzat6/LDnkl7DylTvFwQKDic4CnWGvoHKiZD0y&#10;rQR+8/JMfDM4fUowiPxPxRgTk0PgitvxgJLWZNY7I/pjDLlJU9IwafQFvagzO+yDMj3vyLhGGBZQ&#10;3IvGVwkBfAL6thoFdzDOic+uuDNygntyz10GW08RGqzO8pwq4gwkJpqgn17761nZo1OYrWhDOG7/&#10;DlVn7B9mRtw3AOKf5U2t4V2XIdNV4sKVpHgKWBJvYHW1MS+xy5OZn4bsFhdMylpVhbpAmgpaWIfH&#10;6gPBr5a37YWGUYBq8SkWiB0SACUg2t9pCN2qPF3tzqTKimN3JmsT0gfDpvKDu2eE/IQNSxMZupTi&#10;GAb67OW3SlUxHyfrDgHyfSn6rqF7+XLxAKY1SI/cXgft8A7j/wpKJ2eDYOWitrlaq6aHOb6EawZn&#10;kT9Q4KLexRnFHgwI0NZet9msBAS5ZO0iuo7ny8Xeuvr5A5IJmluKkxjTutLsTAoh+Fuqdv9K/g1I&#10;5RTBiMVK7bEB51fGzNR2zNZY0RBKjUSqP1Dj5VaPhkqsYrRqu3OZ9A42H2ZoTLU5+LbM9wSjbc3P&#10;Pv2VuAYUrohKgPFNrxOo7N3YAavrXYppM8sw23+SYC40vdZzB9nLJ8Ts84K0dRdrNGi7svEN5+e0&#10;LP3/d9GCRWOfJbjo766b2tDja/pHC6kdalXqq6euR6+e3VavNU3J7ytgYXpq9ytiAIOHSDDaIgbw&#10;PVHPPcNSeTX0il0Dz7iXrRU1ulx/HJzbEOWZbHqUyjtM1zQkaQ3LHfSRsN1Wnsc/U+4TeZbZb6QS&#10;SxGMYTU+bO2Lj8HbY+r0voxM88fnyBLtT8I9LwjC5RmObIdSaK+m5emMPx97Dh1L7PMdrx5wI+OI&#10;vhUbLqydJhvURww4hxmAixNCy8HFfgGwdODcEeJCJPRJXCDTVFgrHz4inO5XfONTQMKJ1fpxN/1S&#10;jBHx7I2E+p676zL0iIwY44Hf22JpWToEa6TXAUA+Vuim/4uerw5oLAicgwAJdh6dcyzCEELkdhI4&#10;e8XSuHeiRsrm3s5+c9xayKt/TOHslypfGUsJunyIn7bhnYWv3dRq0tUDDMwWVZgFrQYW7XInE/Ze&#10;AMGlyIvCU0FpOZWORBlFQhSeImr7Pk2BYSYDV5XMPC3WIBKPNkfy2Mj5dgec7z2yEVYAqObUsdr3&#10;gNRv9qju6yOlYZ0LPqHDGAGdpXc5RrqIp+BM15rEokgapjYYgycWT9G8nOglEKQcUfsGKl5r0nBu&#10;dQllSbvZkBgqFzeOSDF3lUzANyFhU60QV2raQWLzPXVpZzG5gVWbYCxyYwZ1W3hJi6fiCYtLcrok&#10;7LlMZ1L8gyfgxp1yqYat3bOKm1OxlPy4FeinJKVRUmzV65sGwoo8NoGXwHJS6UoUi/fQNRlGVxL+&#10;7O2FZUQn8Oi4A8yQVy0PgdAndZr1NTNZCtjBeHPR7RsQvM3QrlRhmYkkbbnFknvhketIjEy6FE8T&#10;q4IQRXM1N3HPg4jfPtXaWHwSctW+OuieXHo2B8zTygXTT8IeNtFkPG0+i8aQJk7J8B6BvdBeHOy6&#10;xyl4EBDJCk6lv10brwcSiYmDmnK+CxlOkOSjPCuYDDfcybK4LlK0QVx4qx5FDXgAo6wf/PqknEVg&#10;KtWlnvYVd58Cy413F4IxSGLK/hA87JS5ae1FvJu+rVb5ZY0YaktjlTXWpKf0XV0KNlc8qJSsjYhz&#10;DYAeR1vZS0L/t9nijVYcKSeMh0KBKwoZ3ugk+kMPz8/JWgCogp/WGrKMls+E9HWVRR4G2uqeZX4C&#10;gT7iSqbJU2y3N+gDfTW9BHDvOlsZV+UgvVOkYTYk9w3kBF/y9AOEiJR6PxK/CRhHwsTthcF0zDYe&#10;lJbb6ZMbpw3CsTsbh/1pes9jm6G0AR+Ing0wd0dahtLUNwG9Lg+ZosQSMAn89AdtEhAEo/pUAQ26&#10;nMnr1Z5UGEmXvDIQE5c/tba+aQ11J5Zl5lJ9H4IUs2PEt4RbLrlRqpsG09YP0/yxfWTCUTSvBwtM&#10;OYjYDJ+AZasLC6BGSQDiKPJiov7W3jKlUE4KXw8DpGN7ld6Ffdk/IRVSXPEYZBJVOf+eM5FLfRkR&#10;ZSXPmLTNbKOlLwEBCAlze66w5mtJsxSrXVWLLhOXPvADD6A60VNL6aEiUkGpb6FfFM4UXBri41+m&#10;4hXyXz6JXGJqbVFEATdWC3jh0W4Y4ooWzlAad2GwRWDIISbTlDLfRuqTaWYK7DzbEi24rhN3moub&#10;UKwSV1WWK9mgqs0tiqVDhwotlpL5BXpt0bT8ohTyx024JG9yJG3e0kpudnCZUnK0nqbVDhRY4Wn2&#10;ZVaEZ/7oLVuiICOTnhwSicGNjgUy2SuHf9UnStuDu9365mMTJwG1uCujcPwfdCafvKsDG3TE0phD&#10;3/v4JGTtWF+Ll8BhwQIwIm95l0q/bLNuvNgkfQ17qX8VhrOGePp5AClwn83rKZR8NHOiy9oOf2Uh&#10;zonJ0yVSGGwiwTl1J9uwqdaDo3FXiddsrAw/q6wKoEFgYnuvBANFarVKI6q+UIsfV9pS4Hd8vvX/&#10;Au627r3NyOKXmSASy5yR4P+KqsmxmWOwzFMpuKND1U30qQWka3zldtMlWGuAFZFBPp2IhGCtzUAo&#10;CMpGbJU+AHj/vp24VzNvDwzFZg47icuHyF5zyHz4iVlWO/mUgkWJ/2DvM1gd8kQB3kRQ9VKYUuTs&#10;wYYjtPFJIHNndTb1FmNil9eo55/PUOZp2KSrXgx4u/OCIYcnTnxGQorvsbtp2y/Tmj6CTQh8X4i8&#10;2jKe4eiJvzegu0GVRmGSitFYfEzet2LwWNHeYogXpaH4vWS0SpsLJ+uL9SiH5TKQkI9vdO1GOXXH&#10;jxyjgvl/1aPR8j0Q2XeIvfz/XypKjuYD1c8NZW5kc3RyZWFtDWVuZG9iag0xNyAwIG9iag08PC9M&#10;ZW5ndGggNjU1MzY+PnN0cmVhbQ0KhWBlpM+7GP0rcsW4GEQRdognGzJbmSjsYkQSiSYc/Y/kqxde&#10;5Fqvv4qEfHkqeUdjVYJfQ7QCpBdX1X5MZ4CdoMmodz4dLgjLMgduRdGd4tp0wP4CqbXTs9FeeNoT&#10;u5jac0O9gEYn0t4NjegOBPNjWVA1E1zzX3s+9U7SPPZH2mdBtDwlolB3yiNhpbP8kstgVhWXjSxm&#10;9HOVwjlf2RPuv5TmLeO6BN3WLHbKPzuQOlqvNEhFI9aSL++mxAIqZyqAzjEp6IAGgIVPWd7W4WSg&#10;ica42zFKvFqn5EaquvN7ppbWlLM0PS5VMHfHxyxkdv4dFJpsh9Pg9qXfJOzs4hDNC5L7HyX4lLz4&#10;pOkV0VowpY2iVB7TiomZ0DJASAFixe7N1/RYV9kHXhjQB1n5/HbVuq3lnVZyUQblhLy3jJeIltVx&#10;84radFN/Wiy97wmfMuVC6DQd/S5iu21K7LHFJDG6iGCAFZ14cA1E3SOSI6nZ6UIuTCKqaNFHBIRr&#10;wIbNXHwNORL6znCIsVp8AREY+J8WLxBoEEb/rK/0XhGfJzfL82YMLMDu0o/U8JhOAWzKiQZvZlY4&#10;fHjKoxgR8TWWP/CfMIaIHi+IJigyujhTrqPXdPbU2zrcLstEntRQ7PhT04JwhgkbM+EIoDOOyU+z&#10;JUJuwXbWkJbMl7X6i8az9BEdqROSCEzg9ZzmDtRyslkSqIXrGkLTHlxuzPQ+RBCVJwkbDm3gp3Pj&#10;UoR59L7NnsWHsMRBiySQIvPZcFnuSjtE6AObgF1X8+owNkdmZm9/eqXlO+tmCJoiCzpQWCS5xFWl&#10;Dj720HZp++oqKHGLVQHp8PBfI0tJYy262Cq8Wd1NJEbcOrc1OEl52k98qxh4mGSb+HujgNJQhYfA&#10;64CNVY6l1cTTRO0Iv0PNw+hmXL+6LArAPOBLty3FrqE7ur6epmFXcNiKqiMYtyhn+wV+ydswQdr6&#10;xAF1yxOyJkUGERaPZ2uP2h6nt4cLIlEtv/ubKHpSJtI61uqyVSAIZq6xtiYT9/3bI7jn/ulZU6Wc&#10;DvqGcfc/G0OF/bFlx9Vu3JjnNlFUlrNhTYxgW59tDf0ONdBIoYTmlVbUDRCPeAS4sT8ZMq0WY0by&#10;IZSJ8II+gCVaHafoDFol5JcXZMXNbhNY50m64iBFyp6Z3+FpjHa0OhTaoTGERFIzbujdjVqL/ZSD&#10;nYT45JAYl5PtN3rswpsrBKvBs69tt9aVg93QTOBswbNIQfZogsUksHTiLhJa5vZby5qPZ56+KpPr&#10;t4uxDUoMmKyHSXlfICwY/Nc1h5rQRt/EUp7nJOWq/2jGFb/ynhsRAyt6TJsI/9iXmhp2C4td1GJ3&#10;XKUxtTBVIhmmGcNGkQwmdehQyv+U1FagEQkQgv0xhG4e+ZrV1QKO7qBBAznEf2jHJjXCijTLFCYN&#10;Ll2rNPLHMENdqyE11lFajCiTKmLGoL51YKm+kYIvwTRhyEKKrTJVuVODcSTsHKXuFjEP3s7mnmjD&#10;wvzMSm9oYQ+/AsRNpv0JMo0tvNhw+EYeybZZ1DoGkRRsVP6g3CJJ3BTolg4nD8jI4oErfhDIVafx&#10;DR5WwS9lng8iMM0/2o3eNc2ME6ZEoYU3HjsSoK203YyS8UMXR9xRlzCzW/bDXS2NyCKkBfMvuDHb&#10;BpvIpA+L2YxcIC/FAs4zagab7EwJ/dqYE7SJRFRALY7Po8tAqn6Xts9AqVV2poexNCd1pNL1iBzL&#10;CFE0Lmahyq6Pij/BGkI2NINmmqQzZ+Fwmt/bcis6TQnWhwl0QFjDL/94ttQQwk38OGzA/hFhrPJH&#10;bjVLivlbTbtHrsZKRrPx0zY3qQZFsEtM5UQeOTFa7ZqpkDLz6qiK1UgJjmNMYq2sTQ53bCXGF65F&#10;vi8xpnPBv0FRq0ms39R1PPAhVEIIV12Iv1dHbyugH6hygG//6EkVXEUVZhQWWLLQl97s+yjUUTY0&#10;S15NwuZWtnRAZ5tsVJUC9t9oYXQ7Pjs7GEBxxojUucz8xD9xirEsPutNqht9gk2mbTtGSYV0fwr3&#10;guocaYwc8+irVTE//VkJv2BIrFzjjcFU6JpGNKpTPUjfiXiquaemjV2dTy0OGURMeTFv0klUlcfq&#10;GKcOKEjXm9nk58AW0SN2zCfjjMU0rprfI1WjPXbNnzT5SAJRKc7KvZSncWtDU4V1gOrzfNfo8pzP&#10;EE9cfOJc2o12JYEQZVyfPBBvFKrJQTr1t4ulAg3uXEqaQCiMkerDImEjlvj8/HmRdAdlbNjVh+IV&#10;SUV7e2vwbxedClgrVs5Ixy/CjP8bQr/+ZQQ4U0aVA6qKyAgUk2ChVBapSo/3412sgTSWkN/WM2TP&#10;9NcT65h4+Z34u2wkplmN8U7l1N1sbMeB7pku1CZ6ua0md4p+2F0QlcO2w+N6w58+AA3zqokfa6YF&#10;CJwzw2Znz1g+KpnJ4mEkgW6EVRqdsKOzY1YzTpoL/f+Uxv5weDY+tIoZQCC1E8ttc4rKzXpChRIq&#10;EP6K3mt2P0qLl8K3+RacfldQ6wgCdrkup1wrXKo6rDlNof7+CBIjGUempo7VPTWusvovAx/2fWdd&#10;nrOHrt1HctKYhw2tGVL346cL2XNN+42t7e5eMYcHAd2OkmtQQ3j6Er9MVFGBkLxqXhIunMj+dqGN&#10;fo/l/yPO02z+75hQOAkUlX8wFWRS/P+3hiWbIP/y/4NKDRIDoYMamlb7zINh6YHf1m/vIRKXFHaY&#10;xP+/QbO2Eshf4qoi7jCru3V1GBUEoKlFEMYZyfj/wwmJmhRssMCSiiBkeh7znbS6/QrdosFGvwGR&#10;XJkEk3CSRU8LAUENvLtz7NNM90O5Gs9bpmKsSMMivicksb6xedgNpSI5DOVe1em45Im3kUAAPqpZ&#10;0JWPJaTHVtM0bD/pfk4J1USeht4CYBSMNh5Y+ZUFM2h0duAjOCikD1JggH4WusC+UGrSpthvPR0L&#10;WPUE2uEJrIJ85kACymRCjHF9xHC4Q1jBHZc6flXn73aOeGpM9UqQisTL6R01BwPOt0FaAnAFInuN&#10;yl/hYAcV35AheN4xF+mgZV3wagyflccyTXtV6JfmK8m/NnRdFZXXPZZwsDwtXiVRTibEEBd7ezyb&#10;55XjYVbxQX/p/EilMkVB/S8bIiNz0qAZ1b/444rjuoo8XKXetMbFdudceTgtBpgi0SwHyq1CMIGK&#10;T1dCLj8OX7If8wsIBwMBuALSrYK+qZ4bUJzBUNkcn2ZHiITBu0AeS1WrqKJyYOWtjfyrxsCzlVKF&#10;C2RPlGPgYhUwUgvRxp1MOJDWW1cvxkQ4yFaxN3ANnkm0IbNcjyoGFgxMWKmwytbq1BC4B+vPqL8W&#10;dRVbsKKvcAuZg6c+HsN1GaNTtiR4fl3kMVmIRGdXj/rypyqOTQZhqAuu1N35CzUFDKflTkm41PSp&#10;tTbDYmRH6+eCw5hAhbPlnIunrp1YseCAQj91Xdxha8+aaPupeAANKN+nwy4fPgtTUU9XJrOqgMly&#10;mDIdjjFSxu62jscb2h8a/20GtsWHxQtNyZi9ZpR4I0tDqASATbE6Qe+zkdy2xTcmFJhyzEk3aZ8T&#10;tOcFyMCXTVljWpQ6iPUJI9Nt8augCAB9g7AP4rce2mzlYD+8HTU2cTPeQDIRLqzxEfa3H/cGZh2D&#10;uoinyxAHGT8uD6/HHQBRbgIkdyxsfEUJB5EIa7YACHvm3eFgzxKPJWTxAOrwTqQWIe7NCBrhBxlB&#10;HFZKc7n94aBMjMHYvU+gY9R+jXzecThag9FgscPv8TSOLY4p5GtUdhyxiiDeP2Iq3CJGasnbKzA/&#10;bJiTSyFxBpBrurFO8dH7cZl5jwL7GsyvdCNG01Xpi2DD2RxlXdlBQ8wkGqGMCOLY6CVraAlN8KWN&#10;0BNGHLI4gQx0ZXIFzP6Z7sOdoUXnJdAQGLV/OfXQc/TCefW1HEv+lhbzNpdelBBkeIf1Mka7e4GR&#10;sE4esDU/5R7/leOb1fUCruD+p1z0YXfHRZw6gBfgQ+SDVTQUbbMn4xV2dkqtikh/hytT8F5458tq&#10;mxgzf46/9coEjjA8hdaEHQDkQsyXT/QbiGJkMFt0SYuHNgEfuYCo4Rrb3paGaFQUhyryZ34T2e5S&#10;fYJmH4jMwnMJefSBXtDHWoW1IboTAtEddptPYpiiKCVovYtlYrJAgHf2kbQpjMG0dhdMaZMBweEd&#10;2y2da3SQTy0H0hZ2OuKGrpHeKvElQR5NUyuhN0abYx8w0+ZUaXeaIlbS14xgTxLY4yLbuWCP7IsQ&#10;ms7+mMoJTKivpYPKq+sn5uznZODCb/nYOQMzxCwsRx8SuUZqlkqVZiAmWgRwrwTTl7AzA3yImXn3&#10;XC0NyA3bZEjLn1L/zFnH/gyVTooPvnNImiEw+Xcx+uViRpnJOLZWSDuUGC6rJMhdIxVQMdkfdTEc&#10;XiMEYWhcvN+j+9/O+N8e8LzzHJaz4X5IaWXu2E2MbYvh2kgWUCyLMOiKg7SpYK44dhrHD4BkxaRW&#10;h5xJwyrEKCvS+A1EjZFlwfe/qMncmTj8+nEIdMAugrZqegVJ6YYdYdS6O6Jz3Egdvn30CqryNGGU&#10;IOoVuz9mQM/p8GNLmL+usn0xShtKFt2tMbF65n9OlyQLIee6jr8/x2+Elpt2Yk95xj0wvo9GBq78&#10;x6ZVbzKQjwaxq9fRlbONUCKWP7amJCG66ljNhaHrKrQntrTRyCK5NRhNPuaAny4uW+BwUIGbHJyJ&#10;9E533cdyd0Ee7eoT1O92GAQjZzzcOmmejmWUyyYM/Y+pOVtY1IcFkG1+DIh+QVYpFUNLWAjJ2ANI&#10;a40E+KBtw/w/jSYhkZ614Jn+WujwNGjo3Ax5Xe1liww2JE6caOQ26mQR1rcWvwJCE3YTsG1tuCaS&#10;hWZlIwy6IpBWKpgrxk4b8gMhWalUKpV1qk/7gDabhCaDRVGATqPIAh6EDZnqgc2nTUMmJ8VOCgI2&#10;0tryQACIp3sM8JzSBm7Wn8A141AFIR5loFsD/pusHc1wBJB9rS9EWr+/FVdSyAWSf8g8YZ7P2IaL&#10;J70rsI7XsS3J1AujiIcle+mxrJ4tCOyPhHRnHGOJxbkMiWFHFFaH0QmxIlvnpWBhhKEUStu04Yb1&#10;NbxrC48Cg2Qt9Fwna5ICaYG0AvsKzb2HJuwmMa2dL6CkgigarYGmz3Bd/64GMWaGZOMh6z4UtbQq&#10;EkM/BOuOMR2tlhkhCjeQCFvQk106WKsY04Lk3bKq6EVX+qNKnblJ12ElYCAe34RCAfHPphFYcht6&#10;QGBzUl4AQCWCEmNH9A0J9tgIuJfow6uAs84MSXMmYDGXkIHJsdGprSt6uVUg+8ZYCafYCptREGsC&#10;sYKyDY95KABkI1IbuuO4LXEyKxyBEzZrHV12MSN2xCYbSAO01+fh0vJmSAgUOlLPrzJ6N85lA6Yo&#10;zEJ4SmARZyQhy7mxf0B5eY4BAiXeCRT/rgNbged7eU0WWClUNffE4WExmdd0kJYYh4PKtXELrMRj&#10;Vss4TlmiWZTJmbEWrErvcuR/MUZXq+oWY+bduaDMrQl6hGeYfTH8aNGZRh9dwCgsvMGD1WqBhv4s&#10;HQF1XK7UNavpl7FVxXgsN2/1YaN/GMK4qYwChpopTgIbZBvySAhdPRTel+0F95/NuW+dffH7AR3B&#10;LZ6d1fl8I3gZ/fhyp/tTtQzTt6qJobxUSc4Qm+MPDo3bulEKMEvIWJsxw9MARZBZBIbcrFBtKgzY&#10;Dl8rbVwfbxJ3QHqZo2SEoeLj+9QivwNzp5Cf6eR7p0YeVsHD5EBP7l2buJqGNoZqHuHvXVtnH5wo&#10;SfoRNfP5RRMUPxiOozj56peKsdYmei6YHaTgJnlxUP39KE5rt0bvxwkTu+Sxr32Mm9bJRnHHZ1g2&#10;SFA+m6pyZ3y2wd5ctynUtvhyybhrJlNXD2xETEHFyDoQxAbzd+W9kHLjkU0SLI7QRHt06qBkMkN1&#10;CMsP6cUK1P7obA5hZ4RFstFJA5TJQXbuIuM7B/vKFvs4ymwcE9iXqn5EEVuuPLbQix0q+19E8s+2&#10;MKqiewfpOD3mShPsoF/2f+Q/4bOXO5bxkxIB/lkhoTR/xqxrEwAK3O/2GC8BJ2uYcbJs+e/oZ7ne&#10;juCIIpEFmFVQ1Aenq59M1NhDqAJlz0DT17rp6ASMLbRRzuY85EVool106lBuclbryOMFRFTMmbd9&#10;cCqd3fYdRlCQWX52zoAUMQ32o2+JX6MWgx/yzaVPQk62VW0xopQEEMFnrnl1AYmudfoAMeBRdTO/&#10;mMkf2eIIOxzEf4TkTVm7BIxu+6MOSZkLu04k8o9DssrUByK5qTHCwsfAeMr9yfDjcFIQhPZhyWug&#10;DkxgMvCdLbKGk1WVSGLjYyzwDQBBBln2WmVAOX0c5on56isvR0YKRGemw0Tekv1mBIRicoI0Q1sq&#10;darqnFZmL2VIi8iQfCQsYhVwLT3fSJ1oRAL9Z41vW/7S/oxD2+DsmqwrpIVpyULhMUXozjaypvNN&#10;WD34bssqrFZPEA18WxNRq0viNS7Ygx66B8bHgGmltouQNbExnZFcPKtBCeieQgrCNPecHeTHr4lk&#10;cakYLRvRzVCBlkJIhBOGqiYIPxZ65aAsi5ShJnGUlJUBu6nmtXgRQn/VN9b0OqoybxhBH8osOxID&#10;oG+FuKMdZtUJUMSQmYneioVG1pY+ln/wqNN0tNbfTIWhur1G0sy1jpVdx1jjjAGHZGRZNWR87gyk&#10;M9KYTR40I9QnPjoLFJlYpflY/rQjIO6qfX6uHbumjSJ1qC7nNyoHussOZPMOxxEuEhGdavYv9NN8&#10;cpfl79m7mcxhf5SsQWc5NLsRKJ4dSXrQxgZ9C5ME2pfuNtppNJC2XjYrCIqQOa3ovIHbJDE0c/p1&#10;YnqaX5aD2RmBwtmRpAZtbLA6/W+7kz7IvK1Kuyv826X3q8ZF5v/sYVWhvAm5ET/mS80Sia/ouEDB&#10;CNHcqSriatFYd5vZRjV8IhJhzHVv/U+uHen6U9O8QOPEBZ2MkHDTpNS8TdnPQu+Klm0Ly6Y0/SxI&#10;/CTExcyYZYej+I8j2XnWlhLRHYa0QwBzt9ntAJcLR7izK2kewAoS624j2yiGz5HsblsQKdwSKOB8&#10;6GUiiRgrc++yEkPbRJs9EukJRf/Bus2Bq7QYdzOOqzCj7tZmyxGtu2yyod8+4Wdrhj2p3RYRGWlQ&#10;edYwlygmzgZakDtWBYLmkzR3oNrwU6yMJXqc4rkZoqs9/WKal4UYNb8CvP985+GnmnI/jhVuNHOr&#10;e5umXyztGVvEeqP0JG2F+OjwGtwZmwsKcErAEjGdyFeie91dAQgyI6chF0qflQGfVyAeIDEjHob4&#10;fNCn4PxuxmQD1XMA/a8EncoKWwipEfgDDd571F3ngTGTmDuoSNvk/RVEZl9PBay8eyTqiK+E2rSo&#10;xRTidykjYYP3n5UnOU6OSYaSCxfJAwTEv0MfclZMB30a758Ta/RkS6AGXFM3jZLthf8GkUGA4LrY&#10;c2suxB1GDvgHO2Sxjbx1I0Bk7Zu5PHf4yjHaKCQVd7YSIQ6Fj/w1nyZpQlgoFhMCBhw9iiiXQ+gu&#10;lRQEOWhKOnWdeW9NTuijUOQD0nexHsD4S6Lt0HtcCc6BHVx5u8gLYImZqGh080NPBsCdgmP9Bhe9&#10;5bXDWtUYECQjy5qNKONjzSQWOjwWiZ0MmP0nMr0qMS/KZpzSYilpKCUgkLk6I3aOCjyLi2vAZynV&#10;a4inhdml96RTUMgZxYC0xS82b+mvautx70q3yz2eF5GfowQfVocpkruPpOsb+ZCbYG+FCXlA7ktu&#10;Tkg6I6F4AGWRN0/HOvGt7vhEI1P4uCuISwYXkm7X2uGPG3ok7XJzsNkl4EUXBeQNnDySNl7dbKgh&#10;jUPSbqzVMwUWFJG0tS6C/Sd9VYukZbunjFIoPqsSSRfmaAbKE5IuUHB5+etIrwR/4ttEbJmZ6C2U&#10;boR+pNvg1R36xDzS9AICBMo7jS6p9kh7Q9GY9jcdvl6UYpdH3pb/SKdrP+E6GKD6CnHO5Xef2v9W&#10;1YY50v04wdFlZ9N9wDVq6HKBSEBwxyRW5PDxcnQAgGsZ5hTpq1ejnRQ5iUXafM6c/02vp7zyvJPn&#10;DB25UZymtEizAerANs0v0hiSXkSEOkSajaM3kGb2TqRLmNT1aowkUXQoSH/iM3HGqET6DyPbDxlt&#10;SqSNaCsjddE4kUZ6HzpgDDWkERgz7cG01JDWYoy5ucJ6g3L0DTMtYEjfcb9J2Q9hA1eOQ1zIE2ny&#10;nMzsQpg4Is0pZotalEQieERw+2Pnm7AgewNhP6TZ/m0UcKaWT8TDYxDpki/GUBXlUuLdvhmF3RtE&#10;MtMrIq3V07pZpOEeVB0B5XlIF1xF2smxFWfT0sOuKqCUDw85rsGqaIMXC3UAHyDg32kkGGl/mliv&#10;dcElPKOK2NAuTFsY4oYQRtr0VmhRDzza58FI413+ZV4hi/E+0u7eMjqx8XgpGsGRLrGOsDxrh9oj&#10;TLiDhyCJzBq6h/FGds3WEqUe+VegYBa5YW6msTLkohyrPe+WoUXhKiTW51ql1qRuY71R3zPaCQlV&#10;KdnfwBDDoe3dlzwjr+/PKlNoXzccfeqYrS8SfjFfUmmd58SOyw+Neb9Y0b9HaTh2/k/wBsdNpKIu&#10;3mt8cUrmDvMPzKuq0DsLIpt0LuEJE4liTMRz25MdajJCL0csXUHT5Lj+YxaTmLkCtpz1Y1BnjHRb&#10;kMtICcN4wc4Q8UPZS2v3YZxuXOAoHHSiuakmel3noP/5NVJDU8xYFw4T+G7JRDnSEgH4P2Q7Zjuw&#10;Txl7nsiCA0+jEwSxN9xcUZl6eH83X47MlVpNUSe0T8rtbjaDNrOWICyX+D8KXnnaanbi143H4IEb&#10;SRZwBV11FS3ENj63tscKaMuu1W2b3PfpWQ+Dl7TDIBvBYkd2BhCF8I2lf52YNjvhSFosVGIPnfKw&#10;lBZivYmiEzxc8WXeBVQcc9KGfRbwXmnpwsQaOujFZ/bV3lCqSZRhBuECv2YiWSc2RqCvFMQ2KIFe&#10;j3cqXbXFSOPzC4cP136TddfJhNF3XtiJ2qaVy0DWPXSN4liHpXwlUZPTLU7kt+qIeNJAEYgeibfB&#10;ZaD/D2eXHO8m0nhX/WuYWTUgldo3VZUEOU5abuZ1Y7GnQpOxrjJt5UDrct5L6Ecd02jiV0sBaYnl&#10;yqUuLG6IsWu6HHoKWrHstjAZ3NnEqJu6Xhg8ruGlJ9UkSb7qhd0SRTVlfKoIQNFNXMXPEAIUOAhC&#10;WUDfoDWfKU9M3kbwPGYosbySJyDxxdxd9itSjd5oVvXBy6gkPAiaFYXCDgton0+lbr31UqxqGl2a&#10;zpUyg8dUlBj2RfyNYKF7mfuxZpNRPVRf9pM/iKivS9N0zdltsw7Lz9HlpMGP7eZlrKZqYZgXY5cA&#10;sWmwUfOj+SDnivaoKGX5zmNQE5Ez8Y/EJnxAWjaanU36/BycKOA9OdJFO0qbA4Dn2YPbDV+8N5p7&#10;jxEWmCG/iGqJkTj/B0lGugcpbsrbUDZTXiEiCL+G8cgrGmytMifk1qTdWCoajmu/7gxSPMdhgpvo&#10;e3u0NoY1nnHF4y/t5MKsYWxcBv3w36JngSJ/5FscWBh2YxTbr9e3HrQA8O5UzMyiiUIBGneWE6th&#10;DSpD4yJzJjZhquwRkPVfYObYlrvxjmnDtqOFkCWcjLrrn58M8FSsxNkMyaD7WFiDI+hsFo4OeDkG&#10;e17u4OhHgbHYqsAZLLQwrtOUmWZ3japM4On5i6XpRrenmdq0JTqg4kgDlJdoTw4Q6h8tIBEk9oMO&#10;onnxVdkzflImMl0d3YoMU4SYKMIpZ3LEBg+74cn0IPl9d5vpYvHwXD9UGNzk0tgvjimXpG3Cikd6&#10;SpoHNeQImBoHa4kuqhc+31nDFRl6aXsUQguIlXjTdUU/Q4oH8OpnyhSNCVUYC/B/JwBCB8sIoKiS&#10;oYt80u7MahmgAmFDL6NAqAbeIkXROYfoj9l3BlPO5BSms6nggKOe05mGsZoTkxICYw3u72op/m9Z&#10;Ki3rf8ekyQOSF/63knQwHD2WNZwxU3SKnxZUgUz+wo5Fa/9BeFUMG5q0srx76AITlwxfPb1EFOzu&#10;PAArrW8ie0oOxR+FduwsNs02IwMDvVgxf28LnYg9ssB06ePAEVs1Bh+bY5m9Yg30ecA2wrg1oPwn&#10;LOJXdM1eHYi1aYS8TLMj+JLL6kvkVTAnqt24SQ7SaiqZbuJAT51PDwMWa2sdprn67ckArj/w5Kzk&#10;LHU43NTgz1d9urRypaeb8ZBCLBnvXDsymbx+Kw0M9vSGwWlTll2RIlS21zGd0RMdlLPKW4v2Y38D&#10;4Kzq/KIvnsHMFhMg+4i1pLBB+JMQgQKNNXDCBpKG8MoK98I0mXRPVtTzz9Cxe2tkHxVQppMpokZa&#10;MwHD8vmQ1MLA5DXohGJcjbcyNGESDq1lmgRT4lKLujJUzyp4Lge+nUewRzq3CehJMMBa1WV8swgQ&#10;vZt/Tdkr0gNtGBHnn9qpSNcuouCSICo/4jEACHYJBvOzwzzac+/MPfyR7rL5DZMZzOqdxMk8n0EU&#10;JsyJ5PEeo81V2TC+6P4WywDPufzzVw4lp5KB0roz1zl7TE4EIapA4HakxFL5QJbA38qbIwL/Aeou&#10;5B6y74bhxRPP9+MiCyXJjpXeCTRBW7FF3oZR/8nuIoB/CsOL9hztPxJ/A3P2Zzv1mxhJrX5Qvi5h&#10;9/6EoLyKs0o86WCzUQYM4r2pfDNiRoEop2BDv6cB5MSN6wI+jUF3bN0UxxKkGgmrJwpY7k823RP7&#10;a221fDgkl2lgk23Ih9jN2I57i4U9bkQDpkFHxMHF8PxSvwELszgrnsWSqghufpz3KWqp3LpyIGCR&#10;cvRooILmHDaXRLEwRQAhDhvrZc4/Up17IaBQph0hCPBZU/qvBsK1OHRaRoQuyYBzBeZwM2kW909h&#10;5dk/f+H4EzDo02Nyv69ggm/wf9+KK9NiD6Tmt+IFZsHnfjhiUPF2DK+Yu0KcJmNHj5KRHhH/qEVx&#10;oJV8NNpO/TTlUy0yfzQl2cd/Y2jsMDCWUfk3FFD2GlD1+FWNLFelqshZYFew0VlDPd6y86ecRfty&#10;n645MC0s0/dXp4MgcJ9lcVYJystiSJPxPhREJyMmFeHr328//pXz8JeeEqcX4GxWyRBavLg9D0W1&#10;+7RzzGyx8FD5kwXzA2jKZK1ElUg38saVEBZ/1c91EKNZK2K7PgOO37v+MHjKN5cGwgEIj2oW8ChR&#10;GEEdxSSQ1M6dPzHOJopdwY77LK9NsHAMHHNr9om5Dr3QqsT43M8hnKpQrsA+pkel4ECz7XCxXbkF&#10;frujsz1Vx+YA4vQs1oLospONiueOu6LX4oZSq8FLuJ+SzOt/JmFBPfVoAN8LcZmMT3ZPbbEMvs42&#10;G9MQk08IyrLHGbJQEecRQV72Gb9vtlvlLHLxSzZ043j8BkWN+2Wf4RUVkr2R2TO9gUTsQk1pDK+H&#10;LsH2vzJtv72HYzs7c98tBb+s1bHR12vt2iBuefP6iRtRPmRYtv+jNkZWyubXCxfpIDLZxD5Mz5Tu&#10;v6UyeoyoQswvmKvgX5RUyuovKRQHDP73n/q/Wn6teih7sB5/h/Az/p7TOBSwGJz6PH3/iQce+byh&#10;LJl0HB8CMUBqov74Iu30/wPQ4J8KB4NP7gIaHftWB/4F/AQT0oahQHRmSkwngTlHAwKDX5fA4Jn3&#10;0aVAseBf6wT/xgVhsoR4bZLP1iMs0eWSqOUMSzSuZaxNIrxUlmiuc8lfSaSX+BLFCwx6qXASpfZc&#10;IntPrllAXapJg9KNhFDpn3uaQeEGI9TgybmEGpSM8cjkOEIpDlAUIQ0nBlU3JoSS38SnDWo3FITK&#10;w3p8rkH5jQOhfmuaSoveSEQoft+gdqMjVOLkE4P8imeDyg2BUOY9La1BjXZUVUAovO3SyGlQurEh&#10;lL3zQZsUE+maARksIZR+sv2iEi4wccAAah8SjYJE0YwvUUp/r8zKl41MDj0vr7eyb2i8qZMb2GEQ&#10;AzSkhD3B06l8EmUyy3iwcW4quf5B7g70lLLcpYBCTou77mmWuDu33Mn5aoi3/0V/uju+hXhDIzmu&#10;kVNJ3gyF3ThjPIgrCUNoZtuZ8j9dP94zDtHx2B+csfo5DDzCnB3sJaCS04EObB7EZCp87e39Gu4N&#10;m4rLsiRWimx5pl0/5dBh0NuYmjLT8GPDo70TLdL5t4nlT/waaXON2L1GWvhywj6/NqJ5E7oMDBTB&#10;eg3WaRObN55jqKV1I4KSTHiKhK/4NwU7GcjJmVx+0+RIQIXfFQ0wWOhHfSOUgqOY9CoQdzLSnqsc&#10;qZTKnxltZ6IJShWiDySbsIa9OWS5AHL9xLe/IlPNpPLG4QZ7LG3lKYzrmFAfATFjRg5csoI0f6iD&#10;z7yVhI81nxY9fb8uBBzMbAP4qsKy5CxF+AAJaEsG+KG4QP4R6FfBwqNT+jpC+DAhdyiAgOv0Xe8v&#10;xcnIoDfxptLxJ6ovHpgWdbpdlKiTES6giFhgIv9cTeXs/58+YUUohBM3WJGlkIbb2Tz32WxMppgk&#10;WXYCSqF74czXvZI/Q7aJ4oTCeDU23q9EFqCZmbkm+P7TRk/Lyq925QG4JEKilrrBYH7wfrkwrkg7&#10;yO90TWLbrnDzLx1pRawLfDpMfJTdpbt1J2ZzmTbfWgJqWuM5Pth9Akn4Wd8Hcrf82zzMmOhwRFf1&#10;GKj6AT+UQyNcUEwYrlmsI3ySaoxUWhbCIi7Z21HBH1sMjbaJWWYlh5zsZWIDO7IHlayK6V0bb3hY&#10;S8eipPbXtK4MBw1fyFmb2ZKbBXR0TsOEir2xFvizZFUKtOun5b2TxFd/RgttIG66geYRaEky6qPR&#10;WKZ6n8UaKu9ov6xaI4NRVDbrz1eEQDw/+EkCn0fGHWd8QwbbBZHiogYXe5RQc5lAUGuddLFlG///&#10;jnbMLP1JWFLtFmIkOUvHKoVmWMk73SkzXEZHAx/3b6/HiCmQnpJQjk1suhXgnXBmKtunU/F+vcYJ&#10;cMRMUrrcoaXRWQgZW1tuZdIhA6MTbmRXqG9Kfu+yPkSlPcudGSo2MhChlNiCfpJI/+VETR5aI+Tf&#10;L1cnT9fQmfUIuSxfRYJE9qiq/c4RAFp7RdQKcyzmTmNl65RsUkCm3+yuqE1CPjGEHfJOEYAT9cVz&#10;y6dokywQs7KT0WkZ8FI5dSvIBQKd3Ap/LMY8CO0/X+qxtV/pXHb63/3K8gY3nvSRPDoey7WPAvmP&#10;yr3XjgQ5FwMDgJXXOTblsNbexf+APAbNHhe3WXkC7sLdAIBtX8zErhehAHsxFVdW+su12HfRgQos&#10;WgHn52Wu1Mz/ZKcbZK37yK9F8PrBwVa0mbrKQXoIlpUCrwyABMuG2MqSAGOl8ht+JaSgv+7E71fa&#10;QUTmzCMXbHSpYOGZrB92KtcPDpSmwO356rJ1Hcv2Mpe5L0lg6EsmLAHzXglgYM5C0YfAzApuZgw9&#10;PYpXCDFPp6GuAz6zoLp8CNPFTiOkRTZIkPJiNAa8RZWY/mEueAa7j+sSK73bzBj3cORLAaWGsD87&#10;0MtTecxcpJYUkxaJiq3RJP9beiu2jZBGF0mi59rZCfLVZrchD6KHzKHEowOkr7DY3k3594chQUHL&#10;8pzWmROIWSFtYUTEAQwm1FGFsYl/1aMKzMCzQ105jQdiCOeSiTbnZgH1oXaab4E1OAnfGOFkwKhd&#10;T3KEiJXeEptrxGsa4kH52t6atqwd0N6V+LNe5FynhcGxfxVuAXFA3+FGD6eg6yS1t1MtGS4QtVqY&#10;1eB75MCz2f10lyL50tn/asLi406Iy2Rp7vIU3yxVl0NAUIgQ/THgQ/cKMZfD63cIL8uqoIg8fvLc&#10;+nWpqAXAFA/KG5mQNkgLXgK5BNQMkFlDU4AKhoDqh2gKyP8WxMWK8KNFQyPcU7o+1m/kUN5aASxb&#10;JEKVZfbjAqOsnN0NqIaGN/uLOuOzx0KWnDmGm9bIal8sQlPsiReeThYChGkKafZaQEluQ8dB0Ccg&#10;zOeRnv3EBjZullYP4hYjHXWmyf4BJpPjD2uzHhbguCIaG8lN5vR7LKXyaDmXPE442JPqswtbD9XX&#10;apxDK0SSZK7YFxh/9dj3Peu9B3ufzA7g6G7FgwJOmyAh1R8aGdj3fKz3Xoe9hR6fe4Cz+I7IT9hC&#10;vIu2jitv1lyVzsmfKYJmcrTM74+hp4f3hHTlN6ItNkdb1cpf4qilGOA1LoDswbkq+Ud+WOWht4sI&#10;6ZhT5Lo3RqGMLuQTn/Ss5Ad8ymrkTYgL3akVXF/m2zpn+obOHhs65K6RcJ8h8CQwVkeWeQG+KyIS&#10;j1BzixeOLbeAymg1qQacaFjbp7t1zM3IUqLm+Y+rB14B1lYLAIUyNzwPW17EjvdmOJ4LhMpJIov0&#10;JttDiYQfa4OjaJ/4NQUIMjDpJiGiJ2rOnxoy/xe9Jbnv6FwfXtfbuLCSXlsrEcY2PAa8WhKlkH+G&#10;U+iHZW0u4/HWjzwM4pvDyF+xGCP3aXFJccwEFmZEgrfgFVjCqikXebv81vIQYEHnTNEvUrsY7d1l&#10;q3bDky2yx+bcgEMHhT33LuGudrd18DyaUs4LKV6A6FQuEeEdEvmQJzfuz7B+tBNJPlcGi4ZbE+hd&#10;LjwTrsM3phvL0vtHqBwTmZIr4pyCKjcflggto8vyGclmTZ4NBNK5LZm5ALOYFGkTbTRIuaE0Ftmu&#10;59IGxOjUJ9InV+tTF01ef03xvRTmW33UHKmuJGZFBsFyK7c7INrCoKyDNV3H9b9FWQd4m0gerLNZ&#10;cdC2/2v/ylkZmhL62PFgPMJQ0Qp85xUK2s8qEG2keHmA1xNZ53oW4gotZtx3g2aTfmod0JAj8+LT&#10;yLwbjhyZ9yRldHHgzc7zcxUWJulJ+gH+e/Hqm6caMIrAgKRUBJriEANCsFBhnDK3z2t+t+1V5BAr&#10;1S0AxWkUS5HrP28rirjyiXMyXhyZSt6dNPu4YKVydOQ2hc8pB+qT3UTGH6y8yRIHjhvLyo8PnFj9&#10;V1b5QR8sgNloS/EgoODd7me8tg49Zzt6KdWQ9JubooR0Lg0JCv2+4BWND3ajSjo9A4xE9QUwqqFk&#10;uOAcdaKJUVsbdWrchW34XeTo9Z3/M9sfEn9kv0PkB/tQP9ezGAzL+Quxe54Y4mPEbke5t9DCiVUN&#10;i5obgi0VqHCxDGY80ebHUkf+TyPVbywvb9M6E7/JOgv57DJiCZ31RoUIlsqU0YhBRL/nxxAfR0L3&#10;YAUof68uw+e9/bgp5iSj3QjUB1oOS8YV00LsevhTUlNVCXUeAU6nl+1CdbzMu3wOU2s49OmFK1d8&#10;3Ka8J2JZRKdbB9sYrNcm7jHXFxDeq/UGA5WTn3+d56SvuSDrMEEsAGjSBkmE70J3CPWLYoF4gaT7&#10;Mhvcjsv4i5ZJCK0IDWji9a0BCok0s84D1hG8gVYkQmt5j2wz8iR53zDKIErS4AjJVR+NFkTIeDhC&#10;aP0PWBLxOFw2tdrkHPGqqgL4ce+JuWFWKJfmRESdUb1N1/Cc9IWfAu6gosfv12iNxb0z7IvEyQVp&#10;x21XSCdPhg4MnXA6ddVEDcEopAKQn7x86Gf/V201y//qIaTmpgJ2AXDGHjM4OChVeJVxsUszSwre&#10;6uOdSLBn/IwT0oAc4aWBlDf1EmOX9cVJkEnDwK82IrRqNoA9/rN7ykY4YnKii7EpidxKJ1fGrhwc&#10;3gaePoin1jlh95QNFFKrMh8oUgG81KC6PkMpWhnfC8ZwBLMoj31AGcth7i2IWhdsahlszXOYRf8D&#10;6x/8Mrla7wyU/m+1i/KY7z+BQ2u9/q3E1lOdX58ork/tnzERPBYLK94sVMQ9rUCd8551TyFuerNH&#10;yBTEzvEFCjQZBn6uhVQKG5AnqXQA5AQHtRTBorql+ciUZEpJkiFL73PtMW4KMwpECmRtNj4sOBNF&#10;uS6wKQpZGexRzuiO0kfh5TLsUJHgsdAqUJFiGQ9JNd7HxXbrAIMFKdxZhQdPotEqKpYSFZMJlWhF&#10;WO6YqscssSmQPaaCJmxZCCmiP7j+clQqylQVMTQTQuZXTG0Ss0UHIPBZbq3eAQhk+lgZIwdSDZHz&#10;cJBIF1b8poIprZhJowtHpk6hzlb4GbNfwi7J4S+WNl4IgxQHmLknrGiHXedqQov1iDAzdUXDiw2T&#10;HYcDY7OE01zEsRk5UQfgf4sbtUtMOm4oB1UXQghAUCFesXlQDL2C22SC3KuN0AQJdlH1OEmUKhEu&#10;5qpGe5URIfukMK2TSNCnYdYJB3MO0/GYiCpf3jdnEVEZb28EopBpfsDBKGYmT00MR0WKYE2glJAC&#10;kR4Ssoyiow2JBCkhu6KiXXexIVwDU0mNUhLdqvQ7QkZUWRvoRkh+YDCAgJBbpGoyq89n4zxV9uTI&#10;OKF6TKcTetBXViuZMclYpI2HmlJUoBkPWo3u4zrRsjrIYAABi4rTRRq+7vaFK9XUeCpTqsI3k/Qx&#10;iTsiVKCSRZ04MDElUyISJg1JZyL/gYw45ssUYFGgmAEDGEBAay0ZRwd+Gq11zRWLlBQqbN4E+eF3&#10;ZfrSROMvqRhUSHJsaITI+YPPy0M8j4aKgSIqOi8+AxJbkKgK1LjcPi+RnWGTDcMxRDkR9UM9GZC+&#10;TsAVpRLTamUDIb1QVhFaPo4SmYdW5aXcRRXSaOhq0vpSD7bFEle6FhvsceBuWehGPJ9irW5PnzHH&#10;axSRcuYlUnGk1zYlJpZQ2UBJTeH4PC06bFSaMJmIESAyDyoKIYEg8kiG6impkL78iDpzCtb8nEj4&#10;6V+YcUsvwETcmEjkFKQcJR+ZSticm+5vmAuiNEJNsGYEVWPGrQaLqiSjLXQ5MFHl8bmQBxlwSyGK&#10;FVMGydMPST2iZBBAMG95CcITywsxYzNEzUvKJQRm7oxLp5TIwESc81aDzGlGg2y6aK02Al71JSxZ&#10;Y/EJYyhBCVeMhOyaCGtjjljLSaJTIQvZabJfTDRUwTUrIadM8pEUFuJilvkcLBu9E0FHjFYUfNKk&#10;+RHBM1S/3ffhUqeguiRg+bBEBmgXlwSPqTo3GyzRYCHW+MKqQJtvRDjmcFZ1ymJ8GmBgKUao1OpB&#10;5UaDCvC24ZA4kItW1hM+7WbkjKqgRXgsFjKkkgWN+K2YVpVDZ6SkMYuHztBd9RUSeNDi0JnoJ1jF&#10;mGEEzy2euyO7XBz55RE/rWah8wEGpoEmXgxZPNCQ0MxZLXELz039lEtoM8IhmVIeaDoTczHH/Fzu&#10;eWJihsLQTBhaGJJ0OJI5QJlxsVzD15TsXExEZRt6eb/UWuRAZKfV7lX7AWuKGg5C2Wt+GlJ8HiI0&#10;lDsEZWLo4MwNEVNMZ5paVDuGEamHmnsLKfoFiYA3C5SfaIA2nYvrf4DARTSxhsTDIkSKaEYWJh9g&#10;oEiTshakTE7CZIbxBqn6PqeQzlA+lZKoBhGamoSRYNdHpVuUrCb+yqxYvAE5DYdoRNyKcIQRIv4P&#10;xG4nHUTKZlDJE2GpS1SIjhbWrIoSpE40w1XjMXkYPUIGWcz/KoeDLAboUvFQml4Tep4xlZmLUD/B&#10;T4fGESoy5M6WYec04JCZPwyRsJoq6ArDVqcchA0WVYrC0GAAAaEYUMA+HtZhD7PSJDTnVJit1I8V&#10;hg5HeOlD85TvkADpRBfxIpyEiMKfaNsbKHOXujMpxYoFSDYGdYyDRNP6yIlBp2M0rpVOmtEi9KKR&#10;cJeqoqM0cbkc8YlCVzBEBR9jieU+RNF4RCLx00yooPKcM/ZRFCrOzVRJiLQmGGw54+Qf6eOcaoSQ&#10;Oo10CAyFJoGm5mPiZJuxa+oU19UJReYbSmY1RFoNhnlPhYfNCJ/UDBK7xp4wF1UWdxydQsUKkrA8&#10;OIaex+cd8fJxFTH0GxsSa4so/FGR8Q0OJZC5oVDy4xSTg0LW3WvLICpwxh81YAADDCq8YdZn08P4&#10;qOGBDAjQahLjQOfcfgx3cYrK9q0SlwTHR2DRGNJITduIWRJWjlHoTHwkwa83nAzZVDhZxBZNo4mH&#10;VHjHjlm8o/Ai0m51AIHRtEK41upPVRV98mlYQsT5fRYsHoUqD6kREXyKmlDB8JxaFPPjUMUmVZZG&#10;UQURkUaBBTpFNH72g8S5+cwcOXwiljCkw/ndWZHKSxW6vtw/nLam0LDJtDl4Ko56C54hCe1IhJcE&#10;K/NnwstiR8kfVfMGpUoqmaiZEHEEF6kdB9N1Vt/YyQN0qhH7raow4dA9QV7NxHjiQBalSV7CXrwH&#10;FHD9oEegjMUSxZcnUD4hFR0HFnmoJhIHlsvRaq+iwG5MMdZtGS2YgKifcKt177XmMZZaTkWtLOOE&#10;mTpiH6kXaUujl+RhhmnClMsy03WmEGMNlS1vomVim3CvBikbsAiFvZk0ZF5yJ7rdnRR5KpQ4jDNM&#10;cYIoQTY4v5BKW2CVctFm+oi8CwJd591zK/wiEiIyYkW9pnO1SZEhbRc0L+NEWVEs/r9o4jyw7Q9i&#10;Hriivsat1ahKNToCJbtmZSEi9uoRx9BAMEkQhUpTQeJExTvTGWIUF4ollXIpLq2p53pOTyZUdSzg&#10;ShBGmVoxKG6IwvOqmGlTL8XrH31gOVFEfnGchsYnDASOXgZFzODU2xj2oqYMDBmycsUDqrBBUEWc&#10;wIzLcWPydiY2w8/HQLS/kD6ISlcItWMxwCg/SnIGxiXqPoggZ/PAO3jxkIlQpzRqT9EEiU2as6CF&#10;D7X0qNNpIm0sSlEh0jBxqRogkMo7NQtbnSkmTuqIJ0zcQFZUCa+y7qMTJKKiE3zzf4ggqgs9jqIX&#10;1aLryGPGWQI1zA7fYBSj/TDMq30F3j/pI72ceYlkFLnBIjknjOuZZnG7egSRgcTV1EO54wI9phah&#10;JshiDsXoSbWn0BpbGZqNqpwoQwjJNJMnFhI+ULF2TTUYnzpxZBHIE69Qm1TjoFN9MiJuxcRODlQJ&#10;ei1rAs3KoR5inV/EK9RFJDNhOLE+TZYqkRe9pRAtRIQUIZfwhHJpNWTmTHyHOo4Ki1J06oHz2khb&#10;jcx+P+bR22ZUXCJj+2kay0riF+lCNCbhoJiNIhUniVB3gJHNJeThWoQWCZFMhwSZGkq7ItQWbx57&#10;1LdCNTS2hJv8BFFMdFN72L+kj3/4uAI/IYWqrapCfSrcEBt/VvQuEziPx6O1oRvBk0ph9RBl1jzK&#10;l+11j+Uh4hFBqmQTjV++oKm5YhzMuREYE2PyVWQNXXmwZ96ZXRxsqVtjR7Ah0oUrXhGki7oYsrj6&#10;TxUhj1dFq7WxJLlQQ0SJ3Ay8P1KhGD2yUrGiPaZKNnNV0MJKVq/EajSOOdkSoihf4o63EopladFW&#10;mGJSntejLHkwJGSmQnGU8FkVuXbX6/bUhJzqMJVRlxEZC43Eh54mG1IGFMDAYKMgl4oKn6nZX0kp&#10;4SxiZZV4mHDL5/QHs0ZKLj3G2IP9IBrpe4rgZxTx/jmJNAwmd7o4c7pJRuptJZjea3h6ZMnDoolV&#10;uRmRlgUzZgAjINzfmgyq2vzExhUGk0KamakJq9GQi8VgDuezUYOJpKAhaXQElCGS+oh5VAin4xqx&#10;SPYKNojgxXMRkXiMVVt7wwc5BF2qQuMeI4wpkTEnwkuijIQ8RkYiQt+V4XCCnZLVX6gYl+UIqpqx&#10;Vw0Sqg3NXenpOYvaoiFSEA9ldQWF7nLYa0QWzi/JK0SyCFNlYVY/pApJeKpIhQhNX1kji1bVDyqJ&#10;ceKCHkNzk+avqhAnlbxwWUiM3kuwp+lkVlV1U82YbEgq2EExFDQVYkiIwlvz/4e/hmb3kEOitPhj&#10;sZYREsKaipFaei91Gh8eMfV6OxT5nXlcDUUhn8jOBRGTqUHjEMWJvkgRXopownqUsVg6z+ihDMoI&#10;IiISxRMtE5MgHM1p6GNUmRpBs7CWQierDfvVJ/G7buS6aUkoJNHG3yJhWL8phYrkdQkiUiAviHf8&#10;nIqqVpRNgcLliaTsiYnDijWBCtyqqeYhI5ONZ8EzWUzyYO3eR8rUCdf0YfE4HfU68GpCSlwOFPto&#10;pbqMxiNVipbI42MnJm5HntlYZmdJaHqWyIxQWCxsnThlSIc1eEiJzynqLZMfLSm5N6WnLVIVXurR&#10;ZZVRkXxdLve4wxWFgx70IV4aYwzjJFn5hjk9FINYYciiCpL0EsvsyqmhGjGdcJ3TqXSNqLiIr1FQ&#10;AUSpfx4SL0nVChF61Gta5So9GBP7uqCp9BIyROFIVSywxjaL2yhKZIRGEhbXHPiQuXOhM8gnKZFk&#10;U+Q9sroRQdzC1Pjiaj16qRBSuN3jXHyk/hXjIfKFTDN3k5AwRdnQiTaYklgulRqGuB4x6k3qJqg1&#10;T/UmyTwOc+EIFW0hYWREaBLoQyRR9AcpUngRIpIlx4hoCnRMNJpPIylOEEdFRfA580bWojRaiZjg&#10;Kd3CKrtTqOh291QnmNRRVURmnVWsAtmBaFV+tyEzPnnFM5Igf5J21JGjD7seJmirjsEk4iKkVEOv&#10;tjBcShaUF71D1cl8NJ0Rq80kEyFR+w4OVcjCp+QWisTMtLUmNAtSxPofitSL/Dti/FCEjQq6Dy8v&#10;JjV7RMmnFhlNyMTWUX2barUoj9JGNJRykKpwCIN2aqEKWpC0KirmSwzNYrKIDIMohmq1kDhVqIqp&#10;1FBEHRWENp7SO5+T56A1UcTKglS0Bq8iKbJnj/qZIPY4v+eWEFXhteCuIJGNnL5QIzSSCDVsBQlJ&#10;LCIreYSLLI15/aGKjzIlyrkxMq+OKEzN75CYx8OnNvT6ORRbXxGmK4kNVRZFNKZpFL0xlMa/ToUa&#10;E+GLiCiKiatpFRVzGsPD1C/j8Ja/IqEdrt++E/MJBW9m0xpZzhejkDfibeW4WgkmssTj9JV7gmEa&#10;PgVvJg1Tp8wszJkKnoqhyTKRKZ6c+0C0EytW07tS87MwXf5vKDgMBk/Eqpba5ptOEt8hj6B2veen&#10;kcOM3FVFXdOYYU6rojBFekxK6jUTVmQ79OTXToXMQfRdqnzO7NSXOHapERJHyziucnfZYYpTU1TG&#10;VJiiFH2jSi1MtaJeDw7/OYVCYYq1O6bb4uGpu+6E2GBiIoKCVRPm8Vzh/+5Cc3amRVJVgq0PioiI&#10;8Rfscy+IUyrxF9vQF2WXtDAvkSEimT0a1mJUzS92KysPq73sEu/BzQvy0L5QHNIwT+NCswIpjjyM&#10;VIe98H8deDw7pMTAgCFcH/IlRTX1KmIHUb3dfmM/IH5VCwmFeTJoRhNhJqmiUlApiO4w700DqaiF&#10;sDoh2lQfP0hDnYjAoCmZzHKlImQCfyJPWetw/b2HjZCHyvdhk0lWiEs4UXHOQ1iITFaGaEyHKFcF&#10;+pt9kpQTPgOjSJdUrZUQFSN/L1ERycQqQuyu2OifO+Q4p1iuqtMMBasTSgrVxBbxLwKNFE/JCfSK&#10;FGM8/MeVLgk0UXvEtkrQJrRT7Xql6DKi0Lbtqj7uqa+oA1HUM1HyUNiT4IWQ0SKz5skcaETWCSIL&#10;sR+TOChhIatC6C+hhWhT9UWeELWY+hEXkVqZJk5F18UPNoVhj9QnSvXaTiyrNtqk2MZ9XMqyIL2A&#10;pTPRN4pMXmGRszw1a4SaoKCwixVeR0W9pZAQn4ucWHjN1zj7CCVRczqtHeWPCLVWda26RcZBS5yB&#10;JCKODm2m6CA2p1CHW1M00oSeVronjpd+9k05XA5aixNKxWE9uG1ipIQoImGZIlaB++ILkyRyCD1Q&#10;TI48lQRLihQ4200VxygfspMokogyuKjNe1NPu1MVvYKOhcP9TMYQ4w92xr2CZC7/WVWGnkjK0nRN&#10;MrSakpOIiUTJiGq6+jUlrctYPjlh1T6ZMxW6mnIhxqlIf6g3gllyP4LjkqFfJqLE9VnLo/IeivGS&#10;8b6lMXGsfahzggJZ9iInZhsL9bQomKLX1EhIj6TgoDlKBn8lV1bx68WYBrVSM7QK+w3vqFjWp0Oh&#10;Plq4W3HJrQcTO2TNDfUK+9WCQp1eIO2DWAeeuKB64B3d5TNJ8TLhrCir+vZXQVHDySMkTHE1DSz5&#10;Y6FSNfSZFQpJXeegKhvOTJBERJCnRDb0UBEnwoyb0Di9EabIPvSeSb2kOD7NPTn66Za5+HIcozaC&#10;j1VZRgYKnvYaT5BhRUI6Hr5eSTgVJNoiIdsaTCxcvZmhb/JA9i5BSkFpyQ8MSrUpR1kTsqbEMVrk&#10;v4WEISRdvgaHPqoxBanikKj9TA4GFBAwFtFxTDQmiqIZJFsEm8ZREbN1Xg4ScZYEqZD1gxSF7hjT&#10;AkAgIkRbRlwdFBsgcHAuper2hRjF0HMoDi3X0vHOjxfHJ2MbIswYCbpFrp7aMhuWCpR4+I7NyOFy&#10;x36VgHRYr4hOEtopl1SRidYEspDwu9TM8PPx3+KKUkxFRCtPRbIt1EnxChJ/1VCdpYgQUZvGQrVT&#10;KKLBjw34dcQlRIoqSLGBjVZtz2lRzmeCD3GKB4kd4p9CV6M4VCIx6yooM5ZUdHr/qfKlYXZTUS2r&#10;sqdchdndek34Yi+kEVrQMk+pJmrhE5V/qiwhNrSJh5qpDCcTaoifiMoMPRFkZSmqmKmXJhHBCnPR&#10;giJsl8lEEMeIIPui9cLsW71CLt357wuuOqOUWCwmtSRMDTEhCktwXoQaTojV5a2EwuwrNcxOs2CY&#10;vbsBSdGQAPl9UR8PmXXO212oEysVSXWzimD+VbfpE0/sTRvGR1HZwxeEBKpUndjgzkJqXLCjEvEs&#10;xkYpcCc3s+FeGbYUj3trUmdIvK+my6szw5GVWLmzxhX7RAh0KCUZyqqIp6oR862h+T6Hz8wmn3l5&#10;KHweRDPBS8TISE/hj1w63L3A3cWoZ3YSCjEkJvJCo+SGgPMTfchSHt16kNRG8k1mxl0Y4yAHKzgn&#10;6YqXXBk9JESxxdI+EVY06yI0HJbY4oYSI8qauxO2dtaoBKpyWFEh5dJj0yMeL56UEgoVQ5FKUELI&#10;Kg6fCXNG9WI9xqdgSMfhLYeQ0/Amta+IoI9oiXJjI5Pd0QEIKhNjzqM+ReGLIiIhQkwSWCwZJopq&#10;1o7PpjZyFiQaEaIYrY8/mo15Ih2iSN8msqgGFsXQxeHFCCaQ+ow94EAxcB2HQzmMy8MaiqFaeGGb&#10;EWuVcjvAqmT8HL5Z0awTneNCElutbk+r5h0W4zKlPOOwIGroYv6aKPXcDwwtTHQUdE50+niFOBdp&#10;EqGKQfPGsFTyAIGULtPgov/SD+RYfIPpenEgaKpenKKRhEokSMPzGstkJCbMej6iUW5KMaXbbGce&#10;Z0rGQWpD7u8K7ZXGy08d5/uiDYMUEyJ0DSOoYiLbwijO6tRD61Mi6nwcwkedfMmrGJ1AH3BgpBKz&#10;+ieCPxJkv+cth8Gpwmv2kgnPzCq42LC8KlD/qDjJhdoBXvNFEDEsHoH6jUT1/QADApogaRCNwoDK&#10;geJxV7egmF5KpkSCdJbUWhKucLe4J7Y5K04JpimbEbzGEDFUkETKjoy1mQWvlop/1tsmMG1uVjzc&#10;Q3dovCp6H6037k1DEMkWxs7qrmn24Fyz6ktihrFECkTYE4FGmzTdlL3Ux11NaXl0oeuAA0KBq7tH&#10;aZ1PMRy4Tm3Sn8ZdvGMecwoyp4fThgsI+JhbmY/2LRhSFGRHHIF3RFGLjAWpAtmHS6aObgPn8yKO&#10;TASDAtmZ01UTEUMVyHb1AzMM82JfctCzX3YAgtZsAtiaKio6dSd2hP44SRD2Z4Ut9CCkqXeiYVgq&#10;zVhvwlhG+NRTGB0sPQw7AIEM1XgUk1wTdTEVujoqYoEW/FoBBFvwyr4rBZtovkB0djpxXQQgCLZD&#10;0tTGI9ScWl8OmnodgKDb3z9wC8qsIuZz+n1IJa+ilTz0eUkoUYjJZ2tK3h1jhasHennJrFFkk8YM&#10;FVY1NGRWIWcoSPCqSRnC7xkNW0hBfDnskHKZp3MmnxiQxEz4ZkrQPAowLTglRJdbKLfHJFIlrWhc&#10;vK04qb52cshEPd5VjcayJ96plJhq/tsFJ0LtRDWLCkNG2FPFOkGbOaeqRuoiKv5wxBMhiyAGnUsc&#10;pFrRhKDBysWwgoaiFqFmICdAJ8pLq25tFdeZMSdbi4cADUkhLDcs1ZPUnoo1zUimRqJWUIpGs4bM&#10;5yGbVsoTFyqRGMrj9RxMNJmxt9No6q6ZsZCHpo0igks2ivoc9B5RIxDvumSSkL8yJfdRDZJIV9Mf&#10;l1Rditosn6GlGBHT+w2RmMTzopB4OSjIm3fUvLOa652VxM/t5GFzVEQXRjFOSdLXx+UJ3UHzKuGo&#10;Usac3piNnUxNFCxz+HKJVTx6CimLGRxuwiMry/hjbuhTezloibpfHJX1+DxeEOQmn9sf6Ux8sYY0&#10;OEu1GpWIAhZRSSUxHDWkwIyHoh7XXhLl0zfTCyZTZEbFoqIgKFERJSMU58ojIzUVjcUqKkg8SlyK&#10;KCqAxlG3lORtOB6mSffwlPlywSJS/Fk0kSqixRTNT1z1DbPbmxElBdVQycmi+mb4U/woKk4aNZiJ&#10;7iEaGwVMBpmKg3W78zuKVZAUZxQPpdnUq86iiKDZK3mI7uDLFqtgFVSxqodIbzDkmMp0JCHTm0qK&#10;5XZ+6xUjIteYwwgqvqY7+ZQZkwiOjGm9GbsGCWUzKUWiYGMRah+EN4UhsplPTCYOv6Giks3fIKxg&#10;1bRMfe/L3ERiU9T9xaYiglmbKVNblijEtYQsLodvmsbKhVDNjz6UZ2uyzRLNTMXm0YaDHB7xTIin&#10;xKuh9BIUZJmzYRVJjaad+3PLlSIn3JFPKGagp1amGLdjmOhpiMmVWrXkEsafaq7VJ2gvMqUsjXRc&#10;0aCfnFaGYoRGLjqGzA1rJT19GDNElk2s55Aoz0FBHdAtUbl5N3rxJnrZqMsXW0yiJI/HrPJyZkFU&#10;wIoXGFl1NApSwc/o83MmPjHlenJqfplLHLuG7uJIheoVhuHGZjrnSaRRLorJSx8Z1/2qxkR9M+W2&#10;VKEGCklRc6pQgsRJWeEh01esinDpFdqUlB4LuU1BQ1W1kqylGlU5lGZKLLFv9BNlTzRmjddDxBdf&#10;QPKF4/X9iI6nYPljsS6d8hCHMZsVWrwmO8M3gpw+Ylo3XZJKATQO5yOEDgrc2cRlnwrVw65nQ2gs&#10;QRF9g6YXkFdMpKWtZq2QKglquSNS4lr4YJRil/Y7Kzqi2DyQlFwT9KcWJst4wZPn2IxrOA2iEVeb&#10;qT40vk4tqvhX1QtX++4I2RTVKF6x4v0YJx/GV71JdNjbNrKXN6KfrtDlfAzzCQkiEhYMvy5cTs1W&#10;/gYGIy/Df/PUjJ9xo1ZVvUaqwHwTzM9QiBDJ/pxo7Yv6LSSKNGxxc4vlJJOJkzxEaF7oQoJR5F+f&#10;EsVuKVFKSkLnhcRkMXGkFlEEUS3mIML4ijtDU0BkBn8VEL6gih66njFZcYtqNuIqCiowxY6ZYOyA&#10;9HNatZd4osCcwwWVBOItxc4xNqlWMMWQrxNCU0EjlXZ8yx6ltdMRQpY6uaiAAlM7f0HwHCFK2BaD&#10;lvZJuDyTHjhqTLZ2zFuqKOIqBM+iD8Ou/CWTYUMNK6jG2KbuSbQWc1JFzQiNZLvI0Ih8xLHJgU34&#10;ONRQjAuyWdX2jU3RoqUx9Zg+Ma5y8Ge/WMhFDNp8amSmpOISv8PnawS5qQt+AZ4FRt+LKbDxsXyN&#10;CwqplrCVaWgJUVgW5QhTaJxjoAW5x6cx8UZYOGUWCH4kH4vg8ZptdTqi2IX6UF5hCi1E/DHxuFsR&#10;8jBjuov8wpKYI2jya23UFPoCi+rgIvKWV+oE2QmyF75FFiJyoLIHCAAAG0cyNVEaluIbsyssY5HN&#10;EIN1Onlh/9e4KdPSdbY3tdhR5A1OdCLiWzQPeayIhMNyhH2xqkLTuvdBSjypCfHouFVB5nK1ZjJk&#10;UV5nhTrCcVj1ZWg4CqmsJePqhKma4bRGJsJBKsglJVYzDjNUsaAvFkX8OJKfe5HOiY+G+sOubUYm&#10;MZ7M03MxU1mxZjFlKFPk8kQZ1nB8IhMmUzPFiU/ToZDl7ggxaFtQhcVrxu5NJaOKojIsXWahGKm+&#10;DRmLebFIil84SJSgkFJLdWe6sBJjVUkF3BTq35ge2jIsiQwMMs2EjOojEjpULn1CJyVXGZyhmCFS&#10;9qGRsPMsZV9ioTMTofmgkSZxJA1/9EXzZy5f5uKStZEiscJB0qqhZUY5iIgjK5qXwi+8N6r69NLV&#10;q5ZIyFt6RuFew6FRSZJAdI1Rn8VLKLFVIk6zungvx/wYko2Mcoqaj2kPREB18fdUIk3Q4VUyre8Z&#10;NdToYxzhVCEpixQVZRziccgMHu4lMvRJqdpK+FDJFf/oe4EnaMJKYlgpxE+1moNTUzOPsOGURkGS&#10;n0q208dEEhj2+xBBFoGVqrBRKah2qR+SvKAZZCHUGoWdkFPNiIqnQP7mUHcPp+bRmfWaCIXbKZJM&#10;Wq9YPhnGV/OpkSN0FaRctijrvwO/UwhHX5+4YzH2vudb+XyGVnVXdYoY5YYQkZfKVs0mpXbEmQlp&#10;d4qFhghv/ooGYnwqN83KfZ3mT+n4Vh2WkEjmzTSBGJtA5ZIQkbUq2kSgMUTR6SPTadh75G8EYU36&#10;5zTycVSo76lSFIg0ZcQZU6Ha668QReKbHTmfEPIpCbER66cRTRU7CRN6xpPZoV+HNlsz0dgG8xNq&#10;Z2iMRwACkhhliKpfaaw+glN+JliUUPtYn4m2ZoFjinsmhoRKFsYaSktluYgXh4koTMRrDWbQupEQ&#10;FZuQBJ9n0CZQUC61VGV6mSDTluaRR4zpMyxDI0ImeofME/rKM4Y0VL2+81EWe1QyasKqzldqLDYn&#10;KAzbChLdY2aQ67MgpwaFUlgUEiTKnziTok83Y71HffhANVL+KQLFwmXDS1Z3XGLGeP3NV9+ZkiEd&#10;onqDSoItUzUV4XLFCLfCWaHVlMb8x4b8jn5e/1zE5Kkw2tdFqIrbdNF5vVwESwWzGhaqZw/FI0i8&#10;ohbMT5EuQ+FPSRVSTKw12CiG060JtRMsU40nmyxcJUEoRuTZzEhBr8EFoU/81bdKQNHDDs2KqXeq&#10;Biq1B7pQbE4AQe0bqVEmhUaT+uh3iD6k70+7hFPgXeAYNSkBdhzIiARWpWPrzkBh3K2BolPzq6hm&#10;FvHidEWK1hKLKAM9WhJoW0yYEjCB9p9KcQxb3KhcRPUfFFoMi95qU3tmxTCxw1JoMmGIOjrC7fZx&#10;K7V61ERRwyCfMSM05AeKCKKzE6cSyxENFUU39HLMZUZITrnUOxeZUbylEMkSTio/vDWX8PBicaKS&#10;U1B4yDQEfUBBKVTJqTTCBk8ztw+FeHqtEdXg6EGkWmnbGFnHDpOFsqckOOL7omSVogqvfm/jnjcq&#10;Qq2WwodYJYURmRRNNSIwus5KKD4dCZ3xvN74VUJjzW8JlXLW2Crumw5PvGoph7wHFqMMkyJXH0ga&#10;qwRLKfyMphOaUJ4wCYZoEBFTQhhCEvJKkWsytPtfKQ5ahBEKcVjGKnmB2gUAAIUWZrM7lbEU0Srj&#10;iboaNU6EFyn07hfln8tbhj9elcA6kSj8osU8KlRNUPGjMEWhwkLS/CUxd8qFYVDVTIkeafkwfspP&#10;lMWB3phhm3hzVlgUo0hkpEInZtkkM0MqqMKKrQJlRRTUWUemmupkyYLCYiTFsN1C+3ZZbKQkRuwb&#10;feNvo7xYlpFmLCP/Q/QSifB/Mnrxz4iEqs6HpKqRkV1MpKJTYTxNeJGSEGYr/i0RwqO/QYsK5YlO&#10;UFVN2IxqI3cDS11HZGDLOklVFBhlo1VbXFgiFY3TKkIpSFjjqlJEZILUiCA5PJ1GIJM2kvyKbj6h&#10;C9scUV9JiWx7vLRLDKcaJCYseZCiYrfRXj8Tbd8415m8Cv2omTRLiJKJ+0JO6ockdJglBkc7W2iN&#10;RCmhpqr4BAc9DE5qd5DshU4HzhLuRkL36KsoJQpVBKpM1Qxbn0SYFkJ3hLguKIpkKB6IM32NYKQq&#10;RqoskXpScpX2ItWwQ1REH0+si+6nEJYax68ZG8Nm+o/G076JhnqRX1UUMbSYuv0qCmUzIyS9ynhD&#10;4GhJ8ONQsf3zej81iZnQqoxhXT6JlAJfgaJTSkum5mflfTSTQA3cOxEoWiSb+FCTlMSAAqokNCwV&#10;d0xMOYSkSkadGhr1tCMxcTBaT1isdVnR1Qo5fwmNMKvG0c0sKUfDUGOsLkHlY7c4JCPb8GyQqGeE&#10;r2GR0TB0GrpbU8Eoq/UnTMo+fELi56ONHshVteb04iZIIhzCYJSGA63qIApSCkM0FC/ymArVWmlD&#10;coBiTUKjYIS0Kqi+YpGe66GZ6sKFYoX98YeiGx9RO1MzE8gvwwu0YMpMkVNFEhZDSIcKjkwMNXwm&#10;qijUOkqiYYgMY8QiLkU+wsqFeIZmpiSHdsKEzBNIk0YFo0XFUYKC9Jx+sxBOWEcCaaSIQ3toiK8O&#10;SSbGc2DLInSFJKwhbuuoshNGCXy9yh+MiQnrS/5ZE/P5lGsOjGlZ45ps1VM88ORAUpAu8mSmRmw5&#10;sEqR2sJ6X0ZExSma6GWuSXyB0TJR9RZKWIxEMXUVQ1AvEdPTwqu7qPvHgsKjFY+DYmj9YUXkYzQ5&#10;hekX4pMTaRDeEWFxITeCRuHH6yFJhcSo5qmqsdhznlhq5GQTKCsr1x2hzpUEykpOtsREMPsp7wmO&#10;ah5hbrSkpnGgVD5O2CSISIkQT+E9YYqUUBFPasyyamFt+KDxnmAVnSgW2lk8CFmIX3s6DHkF/vpQ&#10;mJpbC0e5K1zH4PJQdYaCN5XyHuGxuHIrEUW4aZ2pqOx2/1TIyGFrhUNFA401guHXhYOjec3npkyZ&#10;F13IDjT1aYyQiSQWpNa40ES+4urTqKSQSXZB1ZKoiphRV3Bq0lVCnFZSlifEKXhxiWoQJTznggzo&#10;jIgbrA7ewA+MzmbxfrRfzPEE7sHSaWYSS8mc2lBGMWQ2mopQy6SNkvuEWkMhflpJkJdsQo3ukTBV&#10;NRXmyoKCrSAvF9ffKWrkUIuVVXqYjAhbIbktoYLMI7G5MqdvShZ4h1qwwwq/rtViUYnKVGJ6+kPN&#10;QayohQ49+yU0/lhWxEbEEO0kphA30UcxE6fO0hfiRKxQo8t0QvC3LMRdGeoeJgAEcYmGst+2hgiK&#10;xk2E1mv0We2TfISCBIBAaI9wsy7THPWnGu56FcaF7RGt4WaMMbbERE2sTGlIBFvEYWNWI3eE5C+Q&#10;I5DDOLUpPuFGIC9OLxLafCozlNaMoYQOIABBhUuY5YZx6IwKT8QC7YowNoElenIWRKeTCCeUyyt3&#10;kosYlytEbM+snjF5TgmWl2T2H4IhKPujTIpANgHLwaInhK4Hj99LNA+HlvzHGo/WZYZAG7ahhsP9&#10;ysI4ogSpCxA5TVUPNORm2jYzM41g0UYMCL/AtSvnoeM6wAAZgZ+SMGt5FRPsXMYVj50RVZ6iofiN&#10;SARKuGnsK+KqeT2MRDKkwZOLhvr2hS3OzQh2KPYgVs4yOWZKiU4c4iaoCEeYpEWvB3mS9lfVN+I7&#10;ApFkKWfEREWmo8No/nCMathwS6dCgdbW/KNMuGeqiv0ox8gWhKWEw0QhqhtTnKEgrKNmgKB601BK&#10;5SjUTxs5GyuhNdRWwQl3SUW+qK82QLChySSoeSMKpKklYjr1jHkBDFyljLxjqXBnH9UE46ZRzXsC&#10;caiIvig4KuZpoJ405clJDSKlSl0KIlSqcDodcRDpR4cSK42H9VSNIFmoMNkuelN9yw2OzilD0aFg&#10;fETKKFwFhylcnDMiX08sFKMVdDuXEYgoaDUZWs2QseChs0omu+7RvMKja0ywovfOCLs2y9eGR2Mk&#10;FBcMIhEKKftUqUo9w0RNpSdaeCZ8oNRCdQkUsiWiM5TGFCHqFoyrJ4ZeqOVUxCbUeKginKGxfKpC&#10;pQMQXKqkRLBIN5YGfQ2WCPq0tMwIhi/8KTW8guHSAQgmc5erAivj3D+Fq24Y+pBUFUaGyYW0klJJ&#10;R6ojIhWZKcKEdrmodBWbtmT6fRaqpJ1jbOsNzqSP4CCAoELZiH8fuFQ0VjqlKOg0fn0aKERGPhV1&#10;SkgFuzLWLMKcmsTlCsslDWlVatWXVEWOZ0iULNQI5FOSJ4YuYV+xJGpQyYLUsGgu4xesmXMPj6KJ&#10;qSJiHeSMyAon9lwgUsXU8MPKXCjIkY6eeg2p9oACKPNIm8DjVlSQCN8EFIQhY2chWHT5DnO5bqg0&#10;kIpm0iSWzmoCAGMQGIQCQoFIOCKV1QrnARQAAxWZJLGGQJCHHFJMIQMAAAGAFIQBAVpb6KfX8xf/&#10;+iXiaNTrBmKHxhwYz1kOWh9FzWxos3y+on0q7nM2cQWekNx2rOFhdkNuXEuTFelhKm33+PK3inX4&#10;O+x+dJRCb60xi40dbGuBEZfgRH/eiIJnFY+m/K+KC4+qY2SyMeF+8VGsjotoOJt8SEnaqzOgvgj7&#10;v6gFWAMLUl23XLBNlBHFXEwTWkN2JbyuIEwHdxu4uh77pxyqKgJwzbDn5LxcrOpi7heyiSMjX2ws&#10;xeq4UHK5F04y2Vu6eg188sxnJn7eP1G2v6e4hwhx2HojOGzxeihYNzoqE0DZkgw3iCjvE1E+lxE8&#10;2/BaTkZAwgLqidRobLaRtFhqlgTUi4KMHI5QSPaPjAAfIODfddVh5lnUlBbRaGXwmdAXDO70eZwG&#10;Nyx32CP2BLhQaNZKBm7EZhlElDYvtmuui4qxHWIGuDT2It6hHvZv2UFD/ZQL/NKPmDgBpCiOZC4y&#10;KeXS2Bh/8gMVKWEOBVUgtvFed0XkTkpxbpvwkDi/n7GFDVHKO1ogW1a8HXOyYl9kuu9ZbSotlhzP&#10;OaPARpid/NmlUhGdGuf8qBAopFKyBYQFLyBVOrgDHLotSJicz0aI7Bg3BcPFCMJvauLjboazmvIZ&#10;CmDW64iFJ6AJIj61S08bzO21fkkkCdoGWGG7ZpePgvaCV7kYVFyj0d2cMRocURQZwQRGH+JQI6XJ&#10;1MGJ5i1Y75goyEFW87DF9K20gwjVSDvn49vec72K1axp2/s6HjNWjIaFyTFNWRlen2JdMNb/fgCt&#10;iHYVeOkMFocY6KsBOvrnAc4s6OfAYtNg7ZhCPWJl8AdiXszpavD4bcLRm9rNSMXVGJKMSIHQxaRX&#10;0ijZqapcNe6gTjDWe0eso1FZO3zg3XiBp24NJGx0+xfpMEBAxwC6lBmMsYSvRD90QuaOOEBXa1FC&#10;Vo58nsNrHOLoWkC9f6iCMlvf7Ls1x2TmpBGqNB/DjJ3z4C21jjRjKwrFiYhGW/HSOfUQ93BQmLr4&#10;G2tz/YIs4Q53gJwecmqLGRFrggyeWrR7FhA7CnoxjGrq/DCJpUyH4LUE0aiZ6+6xXh2LsbUSkdqm&#10;AzaeRoAC30lsHniLnKk1Ppr8MnR8pMJ89JQLu6rBd/6Dd6OcR1a40IGRm9EpQPJZtuIZZjG4EMsW&#10;7+2k24LZGTgxrZwg2tboocqH7QaO/sOOIGSF5FYwxaVMeDLPC3DisJFgME2XUbheo1ZyCQjtsiQD&#10;fGtZaVnuDWPAPjEooZk0+xWZDvDruLxZaT6+Yqcyp2w9lV5MI5pliTsP2w4lFHByDPWsx6Nd74Zo&#10;AyurV3OR07OaUeQfLW55S08fzPoGfS8zZ0W/rcJhMC1nj/FI8kaqGIPQrDvI9KzlbCRNQtgfuCXk&#10;Szex2QZUvmnwcQgl0pjBAkzwVGRXCducmSo/SUfdlVFmw+yU6GZmHTvtv5U4fvciIkhTId4YlpLU&#10;6Z05iFvMeqCFd5tjGcFSYRS4wJF0e9O0jh9TiIJH8IP6CfZjLXkFrLqYoqhxGryo+1sV+8I96CLv&#10;I9aPWqAKczUUtLw7TtYw2pDNobOSqep8xdZG+5hUzjnl6QEsfJgLwQhSwygyKJ7JShG9OqBn22Zg&#10;qd+dJXasqQSA3inKFRnL+xj5JIRjktYm70sMOrhhkxxEpV2V+vfKCKaLb2dgKJbAls+U3rI45eKS&#10;LnY2zmxVtFT1IVIWwYZG9qryRbWFtYFN9hCYtbOenTXnDxSN7oolhqa6xk+EuhNUd5DBysgB3vvC&#10;tqBce8vPVel9iBUSk0l7wWI+Bp+E3bgJ46mefu8gXoAim9SEPDNbwg6N22zg/jr+vkWURGaxliXt&#10;GopTuRYCHOn1CfN7P78HxYHp7XHnW9RcBKALZ9pQkO41aBDkQIQKLksDNJDPiyMywF03bMJHCBAa&#10;+Ls/7sZQZJM9k98TF7srNzWUW5sgx30bMNIopshbgxjjnCSAIkP4qKb1bQeT48Ide2UDCXm/HoAe&#10;7HLF0Q09nKhSfz02HgS7HuIhirDCIw6pi2lbJmSWZEqNULn3mpHCrPPciJoGAOag1fFtlLcpWYwt&#10;MS2m0W9SSSL+2B+tJERHFCCXJnaLGrgG7opSlCe9WHV/EmKxbHH2NtRL/WZyAYnvADRyXDHiuHfS&#10;4X4sSdAPB9VozSN4MeJpeg0S1cCIitA1mmhrVR8kpY4lCwNGo8cBFoLre/k0HYCMRkSpO0EGf9EA&#10;LNJxjp/gohu5HEeb+EUT5iVGedMj7qq/0jcB85VqXMj5r19oggAnxWs0qK/RogU13OjN8ij1altY&#10;S4HPyPlcKV8CzGUbtcQhOD4cvuaaAXoEoCf7kWzv2CjphhvS3Aa9GvUb+V8rliv2+GmxpLwGp968&#10;QjxMUyzilVN2urVS5zMtjjIsLtu5LRt/n7c+7irtEunR67nVh4U10VSrCt7zY5stbO6q3Eyh39qp&#10;zPm96tOqy6Z3o7THU7TK0Kj4acSeOACu7oVEbjMBHZtNdTAYTJfWSCuc3jbMlJlMsG955AhsEPuI&#10;qzZDBNMZkhEnY3BE7vAhbmr+AJ2tLuJ64TRjyUhFUFzRDH+4grD3c7OKXKD5oKkDj+5t4e8SN9pB&#10;04ytXpNnQFBMiCwvlMyn6NHd/YeJdwlUkB+pqojed43sjuIupCa10ysETBGD16kMhNA1pHGkpPQG&#10;ys+Daqn4j4aCMzsWUekhRryAQQsRjDqkMZjhjADrS/KEfBXSH/8gfHcL5ayc2JIbDKWSfIqjaoL2&#10;Hzjrl6MoyJDu5zn+Wfs6eJpbcVlKuWK7OCQFpAApMceeX+Yy/wEbEKBSd+Brw8qxAmFA1NGUHAQa&#10;m8qNClFW0jJoS7p1EC3hxYhQxcU62bnZHwVch8YihMfXp+PlPrULQdcE0H2WWKX4TMsxSoWUcFMD&#10;vSHpdlaRVULFYMaJpgkAefo6wD3vqNR7+zRtGIc0+1LC8oTvhWq1WmlxNFJAno0cg8xOaNvxDqgW&#10;BhANtHYYCL8AXilIIBYZQ7f2Do+55UYrZkWqSC8tDLRacucpLkAWTzAD3h9KxBQ7uCzqhIzjq0Iu&#10;QaklOmX8ycLzGReHM2TIiU+T6RKQbQVDmqFmsFpyQoYv7hDDcu2MleyuBd8UkvWgN1X1SzWMNYVW&#10;8VAWu4AvAbJ4c1wlzqBae42QQcYc83uXDF/CH+SE93y4Xv7H83VG6LCeVAW/wp6VKd2y0Tk4nulE&#10;YtLk2IJ9T/eoIA3VO99aSjLs5Rfe+9kqgODvj4YxJhrAI4b9jHVAPT6iL8NormYKXH7t+sOYN1+C&#10;1GRTcB3DHNq4fGOrbE3pEkoZj4xqpdye6fuWciUJ94LvHbiw9lhzstM2BI9P2FZ0Qr3OW0TKjqje&#10;LVk7X3Zmp0WDsWt5MzPrxxHxwDooYofVDoPEZiwknwRYpYCJC1s0dly8CjLjIM3WiPtyjLr8WEbd&#10;fJYTFQ6gwwLii351ZNtm4OWxVUYpHgxko/z1hl2p+hVCW3bhK2HQujGI0ElVdpEGzhz3yBrpvb6d&#10;YMlcraTM7jDbmG03KhNqpsKgYjiXvkVG6WKLLKNbTACcvadAkVJUVt2oRAowBuRgJjskQIyUMCt0&#10;cLhYVgnfhNFr0WYRwWyAzXLJye8cHViFD9XWwdmbbG828jN+iy3SAXy5BFo4Y2kK1FjSJ5qSt9OF&#10;aBfHs/5thoSM6o0NLfjy8C8vkkHQSPMncwHVnYDW+FkB8tymlqbu2xv7RJkTbOlPiqPShzVFZYye&#10;a2CM/vsa8Q2JaA25cQI10M88Pwkv29HplyYzkgT+6v/uLRXy736nYrRpRL7P0kf5C2HvbEF54dAH&#10;i4R6HnAepUBfjhoTdWctDnJbMUxRiVWUUv64lEO0kAOnMb0CgmE9HC0Y91ASt7iYt+vWzsMl9P+y&#10;wVFyzcJqilrJExKrEVWKZ/WqsUw+y2AHTH1ahLX45uSzQS3bolvWhB9q2GBwNoX9bKDQOjom1YXJ&#10;JqZXCxI3G6a9FauAmarAV4qqyutPirqRITaTpynBsSl6vKkJehTht9h9VzTW8iI97IMWVqcrypFR&#10;IOkKBcYloOKPv9iH5KvBzFebyEnvqYlAQKaSzWpHkNfn+0n8dLP9DFpr/nHjeKX4B9m/T8HuHmAc&#10;YFu4wdJEGL4C5CAndeQP+yw4OkwTn6E7R9dCtralJ+pWtT3cyt1AVdjPQi4kPP6rAFFV67JaYK3X&#10;qJidDNPDXxNQDqaDSWAtRum5MAlbqrcId//R6/6i0MfEmufSYwHJjkbE6XcIrKameWO/BCFidboF&#10;CIDGehu8o1wl6fiSiyJs4qvMF6RRjKQrmJTGKzjDXbg6hWVrj4GKuiU0C1C8K53tqicpS0V4eZFd&#10;QBiaU3dWO1FuIJbPat8hO9a6j5WzwpZ8RRGdM+pgyCzIWBcXcd4lUTAzHVAYBBUijAro4hnq5w4p&#10;bYaeSUMgkyvpj0ylNGraDBkB5XZMO/30vBqe6FyI2ik0yrOtCVTTzBckMjXlzJ67KgXib9L5jIqR&#10;n9GxVUUPrPqHJZc4FNshl9Ssqm8gBx82TDlLDVj9w08eGy/Nc0zoJ8S10mGVhcJBYZmvAcz5LQZr&#10;R217+vbUd8H5qJ9Ch4DrXF6qkK/aVvlFfIsCdboV418kq+3Bz0C1lvcYBX4TSo0he40sYtyx4a04&#10;d1vRJxe8bpYXB+W2jCLwM0Czy2MBdGjdwVGwbyB4wAbhkC1JGc4WcBezJbgrRRbKQtsJvXmTV/sW&#10;bxdFHrsEHXZ82ntNbXwo25iS++CnUzMLV3nBOON2cEb+UcBLVS8MSuzOb98XazbmZ5I2FtoYR0Ai&#10;oy8arZL5IKVlCUo1g0KvIpSKViQdv7haidAgyBFML0ZB/N21wP/1lx/kpjFsmaE0Z0BgmXUwF6U1&#10;fYFIvfoUSZVYIqd36f2xZ1RN1v6GPzrAzACcsLnQcmdy6HTsd8RYYW/7qJzZgdiqrtz2QIYKCYtg&#10;i0RJcL8/h5NmQGA0h/ppU62Gu+cK84rCmeTGRysqlKwwIg2GM8RiH4qmHev3aBkLZ+0Y+MEx6DAN&#10;VQ39pZTub+6IPRgae1PAfJ7ZZuXAY5cW6CK/5WPzwb42oP44M4kkk/Gt57qyV0WgVKE8EgKEQTGd&#10;z0ieoMUs5aPZ94vbei7su6oRj9vlR6HUUF/ghZphFQ1Ss5DvF0YWGRjq4ky0GbRBXnFbKDyy4X5G&#10;4W0DKluoGcgvEFthmcghAxZGoW3eNXrW7kAm/GikHgqBwoCjf0Zrw9yGsIKBACiacHRNph3fkIor&#10;7gVy7b/lL4Banu2Xk8DUv4EdGcwaADEQKgREaDQjHW31wz1w3+4sEL3qKfXVH4NWKZ0gjzlQLr58&#10;TGSvUH8DtXvZsnX1/d/CNN65fbd2bbLXsU6cwJVtY/hqrPOEIXoX0nQ4LnoV/qW9G5W2xU3dsENU&#10;Z4E69pL80vCZZmV/rGoB1VaT3p9SzJ1UOq3sl/zYVCbWA+MEW32lQFpwcUuMtnWQ4bCNOE4MABcZ&#10;dVRxSfwmq2vouzRzQnKgqsWRuv85xer5W0VbbgjmidEZdsTxH/a9mLZ+jY3uREbyuXh0YgCYeJ0O&#10;NmQrhuby0AxfwG2Hc5CrskA/k5ni8eHu5JfApbabbKXYzpnsrS9kwH8MlpaORqsClL2RkWClRq/p&#10;CUlJc2WI6UdEo8Y8I0r0Rt7rsGMA3EbMfvS2NFl19Vsk21iojBq+VoRFkLSDTGejWBnFWg0uLiee&#10;VHglFQlTCB5q+alwucNDcM5S/RzKiGRF+Ob07Z/pXOtpwdqkw7Fv1AqweZoipPxxCLiCXgUig/Ob&#10;wF2yp5ejOPYXKmATf46RcQZgIJMCHXeperaVKXWUqpaUit4sAITXtN68424kM0MGBiBIRKrOShww&#10;1p9MidlvduUNgD1PzgAyhx91uy+dHYVETGQP7R0PNWCpwHYzIZPVKFBerYIVaaXfWoy6Mxtm8Ahg&#10;ydMSN1l+YCadP7GgjRmODsv1EAOrjgGO99TzVJGf1JwaapGmkOYbzWqzxSsgruyejcglKtAh0ays&#10;BJjFPR+sCaSKyRcI0CIrQfPuiXBZuLMH7gsU0V5YC/pLo7y5GAE8UEraepf6iihwFrOhirBqaTE1&#10;GGhyi1K5QTQyowE1/ILYSVt9wCH+C0PzNDTGlJR9tDsrkXHBrZu86dwr8TDWpWrYlyV1jaSJFZ9m&#10;qh6i7IUFq6LcEy1O05oyJ0G2XKGy+auWp2s4MHtMNK7cC5SeND7jd9zOjro02xRIE2f+tnmZo9Ss&#10;ZJAly7ezkSRKFlbLsIk48dXWEzxgor1Xn2UincVhZMmnD8LV9nPMeMYyEFaK3A5cYCYX8sXCEkRg&#10;EgBURXZEQtTkepU4yb0bmTXa7pysKmLY2BbjdouLSORP1FQHZd0/XRWEwm9t3UP8l2BFd4neFGR4&#10;ceXCByU5Nnw3pq8I5GPIE1EUDhpOnyYwTMxHHm8iKvaLz7ZZakN9Luh7Ku1CTqVupD8R/u4AY+Iq&#10;PCzDHJObjtflDHnScohs/NzGrjdahEAjkSD8T741mMHXhLEPx8bC6pMn/spBA7iV1hFjkt0Ab9q3&#10;whjnazZLLPOpbJfH1PLq8uMx0WGFGevOI5ZpWNkD4DWjx2mSBO65WDOUK+K2X64T5dP6m/cvyxnw&#10;zUBzwI+Bi4poSVGj/0aB+hcCoBqOc64IjL6e3HHVciGljrVDvO3dInKvTvjd05kmMRDlQWJuv7yO&#10;xVAw3xfwODZ4IlRpakcZWMowBcpZSfz3mS+yTCxR9SzNs2Gvyn94mXE+m6weGDqfoUR8xEwrx6H9&#10;NiJaSt7No3WcyBtvTZXBtTNdWUglq6vX16al4fD5oOWVbV8Z8B7YjEi2x7uX6TdjAtWtqHpboUV5&#10;HOwDqIWZZEoTJow/n+3fFDcui84KDaHbdhGYaTYvQWCpvv/WKSPOTIueFTxCHggP//n/wa1f5mpT&#10;mSoAhYzOtSsZ5Bt8PUXFBz/pDSl5pBMhHqvojQ2FZEkMH2O58gpCXGp/sLhIy6NgjY6lkoeKLDpj&#10;B0c6Y15PIegjHOEKoSRqmYKsOySJpHI+lvgDsN8Ea8ZVXeW6HX6k+/N1q4Sg2FJbi+t6AoOTxto/&#10;TJlRK3GGwm9vkJUHzo3gwX9Mup9Cy7ZTCrgR0aMyne6bMueF4l27SGc1asfBr0JTCiuejHu8fCsQ&#10;heSB5QrFJgR5SzyorGd2RdxyHcuU3x4gR1D6OwZIZ0HZUGXJ6CeXpV6ZjH8iunzoUELzZJfKEKlg&#10;LyXP32vPMIZ7c4mJw4BeC2O5NndMt7S7SRcgKgeTJ6hBUq2OMy9KeqJqg8Li8r/uFXhOIwMc7wNG&#10;E6kKTL2j3DKcyGSTb9GAisPExRWdNYl+CXNKMR6OWNoIZAKvuygdmyQgMPmu+x+s91ysgLU/Z1Nf&#10;NEp7JgZdtxyr0WXhqAFVpd4oIzvrzBbsGLX0uXiJGSjHUIs2eLr9oscUAI3we5PQYq0bhBDLqcGc&#10;WkTjbSD7nrcHlYJuUzEkySb2aks3iqokIg4qNf3heyC2k05bCOZKt9hJl925x9HUZTfJnZ7YrH2g&#10;cuJa94+UApGsAbKQWl0lPl93EHyfE9hfbANaB464UZxhITM0YxE7HGvWGlRS0P1NKMpqeDjBZ2GC&#10;zeYAa3kmINeWXynwwQZxBPzj4m92rQKJYJVP+2Gu48YED8hh6FMSchVhc7zm0rqkiUfGuHcPEqek&#10;rYkkBhf69ljRKfqVOIWYPrXfWE193wajeVpkpBeK+PthFhENiMJOyBtpxPnNPh8ldu/u1tBGiFeA&#10;dzW/ivZrzF7g9SCz0ML9dfT8KQPIU6QQy2N4M74GFfl4TYIKyw3DqKaGVo8q2cZyzwpK1gombFKN&#10;7JNpiV8+Ytje5FVb52DiMe+Ietkl+kTAHR/AVaAn2TIdBkck5QEH84Z/oDvH31NHFIMCuArsp3OZ&#10;LB+rDQIwj80m1W0lXsTKTwrp6GSoV9H8HhLs7IWeog2pDuw3GpB6xawLiaxUokjtckra5iKPefSC&#10;5NdFavcf8AeaT8AR1lrLDEPFycHOJ+G850WZbwTY6GlfzZjxEuCOfejamqqu5WKSX7/renMdK+id&#10;KmVOfO16m/yWb/I7Oz3Z1UQ8mVVtQbO+MlJqweuSAExQ1K5RkE2HAo8IENbIPMoMVk5GWbl1GH/S&#10;fkqXik9EqT4qTAgjT74PCqlQ3hE7Y5jrtAy6AkNbMEIM3cwFW8XbH3oGHDOZhEjZTXRHqAIZJwl0&#10;ivETTHsC2bHAum7leGbsTQTlhcxOMIQN9/DE2X6tnyNt4nJE0GazYOfhV6lBZsBGwUESUVUcC1aC&#10;hBttQrKqmfxSQvjz1F61BDAYNLFXr3kV0p2CoER6dz0QERkwuw7bWZM9KuclYqWEkU6uuMhAJEvb&#10;iP60ujwZNXwFp4X/5tIjITdwpe1oHbI6PRjeV2Yyjl5fhO8UuxD8a099u1roUnEgVjcbB6LD7hTI&#10;ClpstLDqd3ogxQMMBkEvRwKoAbfOnUnKlhxeicY8ENVLbI+MNvErNtPUDyXO7P8N2sv2M2jK5oSU&#10;RBAt3UoX9j7ZF6uu4qrUu/j/5ia6AtIWn0MGTPPCzgIyHyIq/nI35f2cDMCsAK0UenVZaDEvMAJx&#10;U1Ry76a1Q5Z//o19OdpjgNFgULiStsbFcecNfaBYBZV09hY675ge9HPxLUemK/ABUwfbslK33SBh&#10;I2QbwGrTZMMVhbzNRV5APZih++BPi4U2wjpfaOKkPsYp4EEBjriY7348Bz58FLDxYc1klizVkQ8U&#10;CHyUqtIBp1ozumw8a/MyZJX8pD+Zy7D38//a/PocT8GguY3Mx7gvpd2pBpw7khPyJO4AZSN01nGX&#10;zo69LVRlWTtpqi9iCuwKw21cJitLRne0soySAzAadBfRyTHSUHzqFTeNROXSLwr72tuSZqEjp6ly&#10;G7QvsaN1/trr6WMwH1LT2bgZ98pEta5EbdkGhMIIh1Ry29TL4fKNWstuLxPCLKLoVUJrt+WdPMT4&#10;dgem6KpYbLFI6AodpOVAvY26GL2iY8bUq1DUwDRovde4goUIo5Ca8fOQ5hoVFxAnad25BJFliQA4&#10;esSgARg//h0PznQtkgEhKy4KRNncYPBBJKFBCmvk0T3k03xq9eKxWrIxP8ufC7si53TJpVxkPJ3B&#10;u6NNnOAazFpdTuZG5JXG0h+PNumMEGi71hIYb7ds1hjZc4yqrToUp6hanYlBPa8DrXMxEhlraBK3&#10;NkRhJvfQOyCU6ozP2jQ+JNbc6YKis9XJou2xG8UF0gBaKVA67kyzS4IPmbS4Tee3DyZCm42rGl60&#10;mJSHKZyCYyqNzm0UMrIZ2mBiJG+uK5BsrmtA54Uo9m1DsGyTzDIi0hSS8Diu0CZydh1opSzRjgH1&#10;Ugfv/oMKOkstjf1fNC4gT5gBNcopqL2jEmoU4K1+hJwgld5ZsDEJsm85DhM5dUULNEAzIvbwxKhh&#10;nnm9O0mjsC+yUfIMb2FZCiDkn/bKrMY/HGGJhgncy72LEZ0mS60AJqpVM3FvO4VRNsf+9i4qohjs&#10;c+CRwCfwPgBEJV1q6ZflnbMAIX5bCuhr72PaIUPX1no06sINWnnx1s2Vuakc8PHYabMBr3M1N+p/&#10;MujOucGTGWrOplBNFBF3HXBxDjed5DbZbERw/F1bUGalLCZLy2r+JkZtSjO25Ky3bf0gN9MzRQ49&#10;huXHd/KnK1o6HRPp9UQTvswU1kIReXxzgXwsVq44M1lxLjnnpgwKu304DFTYtfpaa7siRTMsGYhA&#10;Xz30c5xl8prCPLvmaucMiAf3dk0msa05trRc86XBhgIq9g2Mx+5rUe6b82T+ZbAuacALG9k3I9L0&#10;PqRuzQKqe/6kluAcFWzVHnhE44BSxf3RITKXnls3kVB1Jh8IyEQ1Q5eA3WK0QjdaDvsmrPSG8/zB&#10;YTOzxDM3BsAsn/BOzKnUm+xRbl1kq85Vgdw7SFMxhiIFhkRfgPAQDtpQypfac8uRDKrPd3L/tP2W&#10;ZtBrm8g3TrLQgkpwqw/QfKjfaoo7AjikzuuZNIjJSxTSIPzfjXlQdD+JJRmMxbCU8k1OnSxYdezS&#10;raWnyPBoSHuIOq6DSVnWP/BbeuZYLuMFFODyKVwoS/ikV8urXXIAtmLxpjI4q7GJyGINOkjtUODW&#10;pA7ZREdyRIjPvJkrdlk9SswC7+7iXaovLuZtO84y0kD3bumgSyQQeI/bo7lwUdwDq2wEEkcyW87r&#10;2jox4l2QDuQsMQvgpE9W8LyltMRcSRxc9ho3dcJIlK+dFaB3uFIgzleY607j7CGMoRQugAkOE6lf&#10;8b/RhHGMupWj/iPklK0lYZ2E+/58VRzCh4KxoYLaQBsiOCGMaFTCBneEmR95qFRWwfgjRffekGlF&#10;6NWI/0M4drqcBFTTAdwuUTmz4KrDr9QA8GbLgJv35UCuxZhOdqtszAQ5EzHbfQPmaPZrdKyUsgbz&#10;M2gG+Up0UUkdOF2Qx4JFgL9Ko/TYPT1gwfDhBbmcjaax01JT5tftbj7E9g8dzzYm2DDM2Fc+5Bmo&#10;Dg9lUDFXdihdDoKzg++cd/cTRcKD+tyE4n04lvAKcoCNGlUjpeX42B/uf+WcsHJM0JPAEMHojy+s&#10;ixrMhgapClo5affOKU8rvgBNDFBb7ZUE0xgG4ukOkLV3SeuK75vFvcqFgquZCMjHhtiIMro5m9Zs&#10;cdK4LlnG1YYAFpkBFXxzrFTzfosOYwz9yEQogVKMyWYHgrqtWLKkp7xTN9y6D+3dS7tYu6nYx2Pq&#10;DSg8/BfAGWXqPiraBWf2LzCXjcaOcehqKU9VMoU0XOhQP+XBdR7Hs0cwnzXlgDrOJ4kzhOZB+4vG&#10;YDnlSD5JFfojabqRQuOzSO+nJHSVDfnKFcix+oZUFPGXwTfl+gCfu7lN/euyZzeBnjTOTxcw+KKu&#10;ZQO7zU0tQo3u7lZ6M1oSZUn8xyT9JJDtBp52Ifv54yGrEoi8Rqr/RAj/0FwHxWGlStpGrPaHgbOC&#10;GDoDHyzVXSRh9FEqy1rOQQ3Uc8YqFJfYVzGmOUSA+A2/AcQQclkyL73gN3+IqTdDJv1dlc5leW0w&#10;MkiP9sRJxfaPkClzoqPo2R+XhjFQNkks+6A6QQYvl4ZNN2j23cgrHlGNMd3w7ydB4dkJNygbdOUF&#10;nFd4IujfPRl5BKvIbqARpFkgQ4lSpVvzxS4CWSTL26GjJYRoobhXnpZd6NGOkv0rhlQdm+7Gh1IW&#10;9Ed56EKklsoJbFU/vfGjehmAPgCHAIJPMxAmShSgSMMvlOOqF1g7FJaoYsgTcnoBpunqJJ5N0I3k&#10;Mpy9CGH7azNOvmwkMKQOFJopZmTvjeQcIocKqugWBYAZCf4HdMEsZLg+tkw8eV4GlAjgABkg5t+1&#10;E9rJp/LyFBwMCxVyMMlqZmc18YOrt61qxj+MIJnYsDktepKRq7Vl698BQGAahzr73Xy/aEakLCEG&#10;nfghZHYcR1LY4yozyWFPL9J596rEDiQG0qog4Eg6Iy1TPZ7pCI9OIiLiK4XrtJBQ+Uxbew0ZtlTl&#10;6u5oSEKWO34ZyvpMG+OH3rxZSi9kr37uRB2XaMAJ1IjlNwZKGWId0QoWixcTr+sdA7VYinc0b5ht&#10;8ytN0OIovJ97oY5x0EgB2+1zNl02Z7YXgXKyYmnnwWN/51+j3OGBt62tb05qM+RsoedaUTmF16Jr&#10;SSzkatkrYupKRn6JyYpfIy/ubrLOFMz+1k+YSRkh5jJ4iWy2pHHqQ2lTVqdKponP+xZof79mmCyn&#10;v8hyhOnDuztyN64ZtzcD1vEOLXVFMUcOj0mjPC59aebwayT3J/fZVVtqObE1f6/Sz/FmIhxql+hm&#10;/Cyj+2TkKEhJCAXak93WoTtaGIjZHhScwyeb6ZIVXG7QSLEEqlDm6zJk6cKlKeCF9lzVGwN2Lu+q&#10;z0RvlKZoMm5SNbihtCU1fDpE9RFiAZXImwbWqHiWKBZvYGYZy1kmtOHImrjjwg963CZGhwqKnhm9&#10;qp3C3Zfb18NHsJF3u47ejoRDzmyb4LSAclFO2z8DE6Xlo0nIwZZoPB18P+yODLLeASlTXyEBo/ah&#10;qwQZhm14m/E5iZTqpvYl54xTzaWl0CXGXC7MPSJix2xvJm88R2DgmU4KClaFVbrlePJOrrni3b8B&#10;f83/OjF/nh/8GEOmOdMSQuhMyhnBv9U4MeJShOgJUrYfX+5VlfbpV2rxLcVQY9tOPvUizfXvLewq&#10;k+rp/lOAREZ3EDl9/aw4E8WBckV/b1pckVUJid3/hez/boFQD0XR1WnF8DfGyRD3RmIQ6G9jowqp&#10;/52gCLM7TBbxeLncSAnuSPGrOQdKgyutOaKz8ga28DyTdYzG3ZH584X1lAOW+IEjRy2wqEomlWtr&#10;V2/8uV/DuodTxuiQDQ3ifQC0diAMt2y0i+33htmfbolCeuwUpMwvJwx1dVKhCnMTnbMzu4o4UL1P&#10;M3muMrxG50kOmuQx1iF6HTyeMbXfIfIpsej9ABaXX/074bj8erPWrPz/XaTN7xRDZaCzhA9zOnIc&#10;UKALicUAWmmk/QqK8yQeXH6rQkv/azL2ozsUl8m71aWszvdhgbuM+1th+tKe+VxEaVq8U2G3MVEy&#10;uMiJy76kKTahA84/fXQVcETBnSpY8QphNp1WxgsSRVXTFmoc8SlKBoc8fqfaWKGKNPB/r5x5B9q7&#10;hLa8iIGyqzsQSn9MznmtmqEkgqMLYwYntseI8YHH52yC+dtVitegdnf4lABmL1ikyz6MLjIXoQYh&#10;6cRGZoK+QT8lVMTGRE/MOYxjCimxnr+tpMqtNVUBtyEnoYCeakPG7rt3h6v6JgtoJYH4n9fnr38Q&#10;w5X/47MeH/l3oQXAsmLbfI4wU+KOMAHrMfDvafBwYoppTK/O7jU01fcftCaPdjLDmrVvp2RPB0L6&#10;AbS2YpHJx4JbPD46UWdPEnJ9bWim1lcbXKo6JJk8dU2B1HLxTsSu2lgBB8xQxCoqXuZGiLEoF4kN&#10;ouqOd6D1wrrblVkgKYSOHvBWZc4fgP8Z9lsBspJY++ySySle0bh0xrAeJavgaMujQgCUAp8oqa05&#10;j4yTzoKWkIdR/6Y+W1rKi5ns8XBcqWH1mkiK/JGnXlfJFXNMRCJqWonzpipKcUyByz8ozItQvKCf&#10;fqukEcaSGzDbGDN1+PpSFr815715nI+90dHrLUkoB3qAbC2tpJKJ93ZZRtzkuT3ZC5Zp/gOY0Sey&#10;iV+1c5DLzggn6tc7EAH/9RloZpEW820pzsZB0PcuyO7sBCcMhovckDOMTWmDzF7GdWpZb22CkjQt&#10;pxKF8aHgI8cGMBpsGiSVIbjQyuE+Js2e+VwD9z60LMBaNQFJfd/KPX4zrnmfsY0QrJ5R38w+gHOB&#10;hxF+DE9jZ5gWvUTOwc34eGjN9dqmRm5r7KKYmsBxKuf7V1HiklKOK20Hd5ARuoCvN5Ibupa4jRSX&#10;DQU28za5tXrBJHnBlYQSdmtldmrk1k7N32sr2Yn/2dop843BOANwRbhH8FKyFrYBd28QfcNtbE/6&#10;WAPGjc/woz2ctkwZAxXI80W/vzJTaNHOU2OiqqvX6To9fcNsXGt3nA+rua4R7gs3RUT0maH0QPDl&#10;piuSjdIGEQ7ytAajOE+U6TpnjInXMQotiixiuPwzOBN0+aABov5PrYudcAUbBPrqSY9uBJ/uEsFT&#10;Q18r8px1zeZAQGY1ldOMoYIGw14q6aBayvU6K6CmA+MPHekWsOdXxo6QqN15mhSKvOo6Wec33WQe&#10;YPlH9R8kCBwVcCQdr7KqsPQMkOdKwEU+0pxIvSmHOCtiF7NvYjiJWQ2o+bw4ktMOEhoy3rD+ooEm&#10;w5DQh66u/piIhQ56R+cN6S7CX18VVZA6lzS+IN8lqIUCnzXN3XRvFjI7r33EMmq4bkad78AeNaTr&#10;H0nnbA9dhXk3tnz6IfPkwF4s9lf2h/WjlQmxDObMzGiqjMcOVXFIguA46MiOsHhzM9nff/0JpUgb&#10;qzYFUjyOxNTKGQS96yAyMXkOhSpofoM8/oQ6Thd1kNgSosmbnIjIaGNUEYqiYZ5yGMYzYyMSPARP&#10;Elcc9spk9wIePCtQzSShW9R+VKQdOC32IqFCe+uAlI2TYyqnmJFtGpYbpq7rmkOVsyRQarMOsZbV&#10;vkVzbewKlK3OaXtxA1iZ8qjdbgVqKeh0pXh7XRRtO0wS0OMtvmmSIvfSZ6ZtNQjH543/zDHKti18&#10;PwTViK7isZXPuSw5SscTsH+HMp7fj1LykZcr9Egl/DrjKGyQo/lYQFEdSuktghO3OcdkAj21T4LO&#10;+x1oR0tnj4YnrPhAuFxb1z5REMgWQcNfepqtwzXNUONZ0MCI6ghODUFVNF6dYA9kBaGyS8yTcObT&#10;k0g/S53XRanpIdTBGQnjlGfT8Q5mB2DQT+NuP1wcxuuXTzHSpkyfGrgJslg4/pQ9RK7UDGPzHxCo&#10;o+ra/12eUC+psGQuCguEBKzQvCpflHaPZKSC/wSMnP68DQD9eyc2bmrHNN5SEprEjzF+wQymx0nE&#10;EfNMVkgJxZNiKgdIoNAFfEhCrI18wZTk8cgeW37pCWjwCFvWLDbvkcOR1XNRV0QGfwhYK7lcaLjV&#10;fIOzSCaX/31sDG7wppIYCcZPQqOUGpk7VSEnxaZOePxYbhJPCAnW1OSK8dF2SJAWuNLEpScuri69&#10;lojiQ1MKslu4RnApvEthkJq2rQx691XvB/WByhrwnUsciKqf9VdDNW4A+gjFMaGUDVtH7WNHlP2t&#10;SYeDdDPcS04zTeRuqaXkvstnTn8BZubUdUdeC4ALAXL77rATtTcScBeJBJa5iecuzYNwHEpUbtar&#10;cyw4vcuoDIDQsjWUTUf1XGRF8X2/prFnzdn60cwTGuNi90rCTgj3vB37MPrdwTiZUeYJDfGR+I3P&#10;kcLzBzoD+wndpqtTjbBtHqWZl6EzZhdWpLjgWlht/7aQbnKJuweWGsFsz0qtnGobBRcNO3zocCFF&#10;a/nW5FSB58MuDP/eIEJAhKkPQGkG6UnKEWZ9CiSYiJbJ3w6k7XQNWNB0LL36iwDcY70IYsScIBG0&#10;8n9FBl8PE+dyKCGjIVHiytui2KkTDEKSzmXIYpvgpka5JWHV6fNrMk3YUUZSZxJU3+Jgig79Krw0&#10;/wNWtbZESjGUcE68YXaHgGiGLt/QysBNTAfSJRTbHwF3hVHskYiSaoCuGAphiROXUIiz94TmUJvZ&#10;OE0J0dW0D+Z9tNKpihzqLPlkGcvO+gjJzVkyy2gpEj40hAvoHnvCv+GLOm4AtEUdYM42UUM5B/Ze&#10;5yiH/nunU2Ixf1xjdWQJ7YwuuMUmHUHx8Ke3s91lFWhUnUlmuOBOILYaItnC5W9KuTG6+zOfdtYL&#10;LDdbr4cUin0pqDy7dQr9y218GJctrVBQSMxXtx4pw5W2HYpCgdH/+H0sZrT2kAO050bQyUj6WPzw&#10;iB68oSMcYFZPliyNE/dQ5cgcUdXL7FKcSTwG43gGCSFQpRMhduV2Kc/pc1kMTMKzEiGtrRKJJIGb&#10;/6xDah+gNxr8VBjcSBZFB3OUYBAq0aB2xWcnSBugZEGHXfam96EgfK5DyO2nM9qz5aQifNlUUvBK&#10;0NIsPmZEZ8itg3ZqcdWkDWmKZ2iiXsJZQDyWumFBdf/X6meGvfroTCMsySzU2HyXuGN32iVLqxWN&#10;uNznjjxfiqlivboLHeJiCyXIsUTUGqlxhR3ejEgybV6nKFIbHDWfoIXH4QmjNYsSHBS9j7/yzgqV&#10;uFAT2+4J2TdJ0t2G5fS2G4fyLI80gYAbv/pmotjBNUV0gAaJc1Ki48o81ZgIOCUpeG08AemorxPj&#10;RIEGfEPJA7ond5xUOnMyhl+dWADZE0B9X1SYcIiadaFIk+geFdzAAaF46ojSrH18REE6VgqWGNlD&#10;7A5F5a+mvx1CsgvYxWMBwS8zSIEdp7s26Mx431UHSv/TayOt8O0RGP6kSj8xHKfM7re4YeEMmsvk&#10;Qy0feHpPz3KGzlrxntq1yaHLJy17Vnv7hj7gdXBF8A6AzJ5KpRwwBD0OechlBsZP88C7pyyLg+Jd&#10;Ra2VH6grsyLRvf0Mb31akWYX3+1CKWbHmRnsParRAuA0iBR7DDxk65oDLJ40QVHH7fBu/gURAr18&#10;2C29t+NG8VNObgJ2GVozO6U+l9z122Tol9dGqd/At4yo4Dd/Yw3HWLxrZ+x4d8bcj3v7OnDwuu+7&#10;romfzE48hHBFDdJVDd41ItbF4X/Hsj+5qrLbfV0pnlYLT0xqagbpAt/Jv7N59098MHg85MQ7QRhZ&#10;3ijGNvlV7NvVxwGJ+NT6IZEsjgkwD7xRx0ZMYP9dh2kJvvBsvzbVEXXENCjhH9+gs9AdfJBmT7xX&#10;svQaQHBQSO38dmqhj2xGyB8nf0Um+LaYDeLga53i+SDbBS6b1QG2Yb/At233e30wvR2WifdXEzpX&#10;M307Gu3bf6uVhYNavh1qw9ld19obkX4Zx3fB6zI8TwXo7TxOuqZ6ec+E9+UfA0+EOxE0ktMzeTXe&#10;wGJEwRQVwKZ4fiv1IFggk3WnY9/AuzJKdU95KIt3lv4K8HKlDK3B9b0936PKu2aCH3ad2UsPNVf6&#10;DgS0Lg4+Y3mxUbcvLn3Il+rMZW18D2IO/4LIU6QZ0T7JxuQbIV4U6dq0MREmUUtj9oyBToPTr8D/&#10;b+BVhNrIDW7k8G6yP+LJFwxyzMS3z9ttCXBcILZWa/h0ADF7WlMmAE+l62rBgazrToBC2IFkyPyb&#10;kLpRfZFydLjX7zDiqEA1lipKYgN91e3ampbRMcaU2XnXSrhFW8nZuh1Pry9aa+UUfhq58PDlIqht&#10;DTJON9+NTJayX6MRHRDQHasnwDY2xUyvsHboVNte+VZ02KWfGcpDgWqGZU33baybEUGURqvdoo0B&#10;dfxgvGTM1xLNv1ENRzcPxT8oX4gBnAMmutGSqV7eMmDPgpqyfljatuP9Yra3CJIgklSK4ecW18y0&#10;xrzqQaK+3wdz/vor1cl/0CvQHWZl2vxeGQXIblpntY+1r+JmpC/hsMOi3I/MhmcXFGWdMNhzVsEu&#10;LY0yQf2TIE/IAjhXNcrDFAZGEE1OmMnryzLnDvGBEcooHieZXsXiBsO6F/ger9XBTBeewzsFUgB6&#10;4KkR0P/x1tuti5jaulDc6BIBzX7Vr/46OknBkBysu27eKm5jr/BGLRw31XFLZlArzAGRS/9I7JLf&#10;1AByHVzxxIsfKxW0ESXPMHiwuQTeUIb7638zdpIS3hvcN3kU1HOfUXk7ULGhvxX6ZXZWYuUFj/Mq&#10;dt1na6HTbNo49STVPRBaGhfc1HO6RiIoJE8reRF2Wzb85a8TH92Heb69Fwg8LeK6FA40uLtUeIej&#10;iSZYzpo3GV7engSzIzLNhyYRs5eLyFE26lA5ytZ1SCXONagKMH78xKjuxVb/6dCEahacDTmLUCR3&#10;rFDy5iBrwBdVGIb8NfETpWtOERs4WWQCbzvcpJSgHHR3E95ho+TsircCM99IdN5uagKdV5jI05tA&#10;orQJs0uj0huyr5lp0vV6YkNbjDoQz9pQ3fIZuCdmOdErk6VRVhGukO+DQFs75SolbKGpmnsVuXO+&#10;ocu9IsuH2pOFPlkw3siGrG3CfbgRDVv8Sv5sWBQHHoL5A8y8rWIR3cu4wp+qxAQbtuL6Md0fG99r&#10;yIU8OFET3gs7d05fo4DQ232r9kDGleniYi7s5sq3nDCAinwyfZQtHxEyJZWpoyUxq42Hd+HgVNwJ&#10;734HTPg4LJ7M4FSTggy+oy9ZwFwzfaQmNHOH36FQDxRjE59vy96nHU0UXNzBTvhhg9xGqGuiUqy3&#10;r9BO0Dc7+umVmFLgZxmADICoNHQUBGdZknzZUbJQdGKXeCrx+E72BKzP3/bvAh5m4SCX2IDMuDni&#10;e++uL87BHHXTc27rdrif67U0Ge66BbNTSpmlXiLfRQl1HfGWmJb1YCe1jlTXYZam7AfNJDSIR0QI&#10;uSXv8+0f61tl77wcig+l5uSiBmnolpIC3y79Eawa+hGyruG9QrClhJyac9JZyMj09hoQVfT1Ql8e&#10;yewY7UusqZ8ZnPd1ppr9cCLkeyH3vntCyp9UENAlLXuX4grMJug3TVbO5eXHgYq3qHbF6Bx2vKu7&#10;0YzYmfaDHhje6zLyKbJqzlznu17TcD5B91E/pxMUJteOfwG4ffp0SjHyLsVuf7vJqkB6UCBj1res&#10;OVZCUWQD2Ya6f8ZTb+ptLh/dHKbH+SmeKYB83zo14693VvgO+pMf9H5HAPi//CY09R7PJZgejwem&#10;bGz0h5jhY2/r7fyYEPAhBWXX9wBay1e6m06DWkToaVjf7to5ptYsZnEIH0ifC8kIPmctSAG+blm3&#10;1cjgSMCSamQLdaAHN0d8bLWg4WC8+Oh3FSW8vpDXixiUA9VinvzLNSpww0fTFb+V4zPUgTu/kwje&#10;a8wILwQ+YVmPl7zXdUStv78ddzJ9lU0lZuHTSUw45sTrwIwmoZoJGsgE+lT9ZvZoK5/UeGTNiWkn&#10;D5ApDvGj1vmRt+KhJi1mCf5igN0Q/HR8poqcHJy8D9NJ7xBDxEDg91lLYFmx/2926G5u+XjdQUyz&#10;ydMwUyqYqpvTiUWajE513L1KiO8RDWgQRJi8vWkYaCiKcWj2oHggLPkizMO8wFd4cO2Q2NS4PMQd&#10;MN6Vj4JOyd++v1fOZz/VzMo4u13jOH/ndbNbdTbPBoFcy6y6acg4nx0CAW6QA8XHBwE7s9TJRrtN&#10;w/uztwckmkFrf3PNcoY9xuhKkwWUF7nfpnubbfebhoOss+OwzRyo0EOWH/3vUSX2CcNdm20KSK+y&#10;ZN1w5zOQMyJ70S6uqtTFAuHdsx74SG7hcjRlZ4BJGO8JatPQcrV6JwtJk283Vb3rsxcKUOxJavbx&#10;mnxcLuUTnFAAgq/ewzuKcxTWeP52exiyB4mrAoZ3Zht2r+VVg4W+tzkaYkL5MLoLGvBi5fqEmGWu&#10;HcpxntGEQuJjRC6NxO7WVaL43txIp8MVJR0jimxCAGahzKJyRJq0dOHxYEXbmEYN4Lud6NPwrBMU&#10;1cnG7otbtX1HNhyi2pIHGXBUZG+O7usavIkOIc8b0Jm1oyAbSANA3wdjROy7oYnae7FzEnv/Gcs6&#10;jK2O7r03MagXwHXSnkUlA8HGICggT2fy6incbzQM/UFYivcOXctslH13hjnwpoWGQkxTMW+uRd4B&#10;5hHmTHT2BKhiSeZ+O5+L545gEvFODrXZzS5TwhSXpwjg9byvOkhJFB94DqPqRnON5C4EWKcLJIJG&#10;cnomb8IkWbcZcfyP/SjeBIBCbwKG2z3RCzwBeW0AgWfB4t01+r7GOE7wo8O3A3fURG5fdXjUNLtN&#10;Obaiq4s43tx1QMscAhuuwtNmh9YjUMFFykhBuDNcmyBM8QC6JP0y8OFmJDyR48J7Eo939raVqYVf&#10;aKdQ5r89LbpfuLFyLneoZk8weC+THDYNUYfucV1vGo6yZWbTnfKun+HVA6Cu+LKAb7VawkjfmYv7&#10;4kb1fe7wGqmYb/Enr/Sq3evElim9OgeGZEIIWdbvVA3Gyl4Ksnw/NbzabJhzOXeU1JE+AAKpLw1O&#10;1X4kbHBpTwL13G/R6AYA4rPkt8X43vjmzmlBc5y0au6wZIDaxFBDWqUJuNTO8rP341rZ+UOXTKAQ&#10;PZFoJ/n6lQR5dYyDbIqJT3OC35/USLXbEHiBRbO21fMJ3muUXoreg9qvwN3e3EgecqTVv9fLrrjn&#10;c/16WJjzc7q+LbjzlpVkqCw/VM87fb/oFeiCycGBLOPn/K0pOTnJX+8gDd/HJ/u6L/FV4T6I9XCU&#10;yVvAe/SY2asluuTI+N1NLBhmKyJNu12J2pmjC/YYUPJlp1Mik/jZC6jrSR/O/2tGbnTlF9XZf29G&#10;cf8pwrD3SOswOLR5MsKSN0oXgsgQOkCGTeG719U/9YhJx/D4DhM2QaI9irm5+5dyk0ZRlHOW76id&#10;RrPAAbFEANNBrJ2wAz44/BvW0U0rZN7stT2dgOE3Dnm8XUflN6cJR+tMpOnyAHzBvxcDDM8XOd5D&#10;wQg9c/1l4al9a4t5+1ISB/IdwLm7c3OEQ4sFNvfqfQHIeV1R7bZpFn/yQ+Gw5zLTgY5g/miskxsE&#10;iP4sDcKnx6CFTQOk0iG9le4IxRMJlTwAArbOBcEPjjE78QFmgs/WUO/UTQg8wcjQX1yzbhIAvLcn&#10;7zXewc1PeNUlcyzLFhEaAE5wIXDZEZQcbDHCH2l26/Kj63/ygAU9D92dIoZA9bnNQ647EKcpkoWo&#10;v1E2Jb+U/qmpj755QCY+Ual+YDrViwe8tbl99MF4CJ8d4D3lkSyTAIjd3pKkBnHgz/Mx57JDMmcI&#10;O4Gj6wVH/XHDwBG+VKB6xJU5gEGeTdBCPpGlyurGX/cAz5jqgzY04fMUB4GhGrbBEnwHE4M8iX4F&#10;0Ny3x5wBuRKd7kOp9jKowzlAdN6AlRD798pXPu6tpWrgk/Uqa/3fxaU8zyMkyu81+LTz3Xq50ABG&#10;RUbBdO4wwbkGGdLbO7XvBS7QpcQwfXQddcxyGEORIKOGUMkv6FrGjxMfc4gTpw4yBObpMCSB3/IW&#10;GZQ8XXJmg/fBg4SZv3U33nq3++53P7OBVoaAlx3K5wpT5sGZ1ft1vZOrHeShgrwsOarDfG8PhcHl&#10;YFzzOcJR4HzQ3KXF9BK/ljykHuM+AyBXw+RP/DD0eFxa9QQeROrBNtt8IMkO3lsYEnFCv/+zhnq3&#10;L7xYXCTzlWZrvex31yEKPqAFvJSuKxksppJ2LlpjFNUX3unOkvcDlu7SgXQ20JLOgFnnXi1CekSW&#10;WPLG/l7idy1JTnxlsxcM64xjcXmkLeGI5isjt6byhHcNW4Sx/z39ES9vh+CooWzVISxHzA4UtIrn&#10;Q3Ljvy4BK0vplv6kJ9XdTdK7FxSkffMvptsCCHKH8TnsSNbuGpMOil+moTVuaTmnwBsJnCBepXjh&#10;fU0sLM+eV7ydHPHZ86uT3YnG7CYrhbLbDm/S/1yVAloAEvPH9mpxBnnQ+r9XiHhHD2TZAcWVHhIE&#10;PYiAcn7YDTaQ+eU7k/PHiWyoO4/fwCuQ0m970oZbhkdGcod+2nDSd8QEL/AOGarZM0N3gLma42Hj&#10;tsDJoq09DcEQJpLDib0YziPqeaDUNO8s66VS9k3kAPVnimy7UA/HhUo6dO/M3rxHj9rrQtWDXNJa&#10;Z5R4I+/koAfh6ThXsJYRq1wwv1gKFJxDzuzq40Ed5CAL1x7dWsPXn0Ako0/c2vebMTaFvbKT/Cl1&#10;h0Awi0UdwiwPzFbYbqTceJ+xdffd/mI30WB8zNnRsMizDmTLY0aX0lWYE/UEEps9dd0DMDtBerhs&#10;hsSptqstHVwiHY9URpSvY5EhVwtMA57+lhha/NmXWPvZpGuzXlLw3TsBMMO8UzO6agUBUL5hgruR&#10;l+cfceHDV+jswrFOcfAHZJXc8Eivo8ww9ruqbafjrDqIHl++lBx8WvcjfSejifLO6vKsvpJ2u8F9&#10;3FuLpzZSIKXP/pZ1NCQFX2G8glRQRiW5OfPua5FrBHt3FxW3SucE986mXBvEDA1TR2cHv1ohLGjw&#10;XfwNFL3uaXk6jCVvRDLaVr0QkkIcEH7HLIqZOo0hDiXMEuXhdwreLGHDUlHX4tVaXZPn3GGWGhS8&#10;Lz+gq7ACjkSAAMjypUaPPjsO7hi7EHBXHUPG7M4OknKcdS/lMLL1ekpCDEgknbvq/j3DbqxBQBKJ&#10;ouwIaA1CqE9RyPa9YgmMipTlc11jumzYCdYVEz7QdYqod4quxA4eYu7Td/iNvRlYz6hYsqf8wDwH&#10;GMMpSxDe7QnjPyfaFU7ay5dIqRo8iobljrfgOtwX6L21g70DDABZzoMj7mJtBSqmTm0fhHZwqv3H&#10;rTwa0Avv62/Zn7lwiFVKCdHq3YiyEZ8V2WHrJm36sJiEtJ3Oor2JrWks7lLrNlH7AgzhxR1wDOpM&#10;eTk+X5HFXacS6UyneRp20xZ3WrM90kzJAO1Qcxn443Iq+FKkCq/bnpywPi0+2kjrVAOpdI871l3j&#10;/aAAYtaUBxN9bl5osEVSmn/xrY48zktCzknc5hq8RDoTdwxLZnZvPOzt7BUgE9BFea57QnHfao+d&#10;/K7XPtBfExXaJzisHdGk0MxA2K8b9e4yeI9Ivr6yWr3CqMMeIhMaJCSihCwqbxx/qRpaJBriN4xP&#10;XgpYKEjOUlFs8LtlV7BdegBrmTa9u/iYEaphHsu4z0HiDp4vBeH0RGJ05YN2zJvCHwPIaHmr2Ne1&#10;LBSUmyBIJGVItPqYF1D2x1ixSovPo2ZBl5WUxxrLeXIRFWqZodBdfOGhX9NIOgX+oxMyg29Z+7Zk&#10;QeZue016D68BZWsyENlbeeJuEtgqjD6JfHU+tKMBDPtlKeZsr//6iZlM6c59y60OJENB65iPFD5b&#10;gqPTSNxNJ4wAJSDa3+id5TlXty7dZF4CLYrqVDYIeY/7O/nsJaKB3T80D2/AqevgYwHGF/pdam5t&#10;WGzVFxxrhUpdd3fs2Cdun3pstoOLKDrpx51jx18kX8qm2LXWy5H9GJiCMPEGBaR+Bh9GKqn2JH2w&#10;/96VFTAB5tsRWBqR1SdaRXkY0I2xDqCmE8W3eOfQfRL0lJXC2MnqCn5gIGvmu6OegotldT3vCEA1&#10;zZpGgOE+j/F2tS895H528758dglh0NctQQfPp6BLeaAGFevK6jH+GX5oWoOKdJgsI+V9hjreF/71&#10;XDwN6I2+qxa8jrmYDq9sXvedTHDeW6flZrZGEWpFH0jC3VKIzLLgFYtnf2sQb4tggW67ba8nRWXh&#10;EniX5pLr0lXXZ3L0kMirdHyB/4gyWhjzk96L3rShH68dzJnClhiJPDi86af2zbAn8q2u4HcroXmQ&#10;qaIb4aPpDpTEXXYmm7n9tRelKD9ZoYWwEhp7Mdg6SWxH3rQeKjUiCUvdqqhzEn7Ugqgup/a4ji0J&#10;NxHS8DYNK83vbuWPANX3iiJBP4hepLuBRZTvGQnAmChgO8SjI1dbamP/TcTYRcon6oXL3TZmkZhX&#10;DZgpVz2G/kne0TlAyR5zZ3CHTGzw4u1ZpHoT9B5ninSGgb5YF+1fx+HhqEE8ufqvxMK2/XdbVPU3&#10;z0vsit1Zb8PaR8wPU4dPH5wfSs6kCqRb7NbvWydlT0oqi05CXPcOHLOgFRklTUZybbKdEhKpesP+&#10;EMcOu62LEwIheSdrHcbRbO0doOj25KhD6MP2DEKsbgT0MhdtumrUHO4AYZaXTWDYbD9nto8II71p&#10;UK5LeCAtb1JUBh8poUaHlImMIuUtFi7dMVzrxcXH8dRQaaHM8lrwRmmtk+X2xQhUnvdKwibs4k00&#10;I+cP90lUikstI9xFq/OzJ7Vc8Tp1RMIR9nxd1zzCNTRqODMdKqFarG4REdpgs5AFYSlEc3XPvEN+&#10;Vr9LSdLDHlR7htMe4AS9Vw8zwH7bL9qjNA02jHq4ZU3EXb1up15gZkuG+za6oU1jsDZijYcf/yqF&#10;M87nLXP7Hdw1ry5UIyyTW667cU1HrKguLNuh5rc6OQ+UPXas9V14m9h7fVDYegXfEkSKND7cNwWk&#10;nn+fv+lycmeabN6S7fMfKjw6CJE5SLYLhAiaWrn10hhQS/POZaQYh1wji6Tl4u8kAhMdFB/+E28U&#10;H4I4cmIor1qAbXkrYFNmaPGaGsY+jYBw1XTFVvCVvAIOIqyWYeGb9yCBPyM0WvWp4eBeT2FZUK6k&#10;SjRmZ59CF/NRFwqZy+t1JQKYB74NFBY4A9GqYzJnIZk2+df9lqLuh2ZIhKB8nQyzalsMkaCvW7wt&#10;ukcsKLlwOfm2QAU/k0leyfHs1L15199SjaXjje/Xwd1enOCDZLgMcJ7d2ISG/eSBY3OvA0dOrt1B&#10;gZRr6FXXHbkP9Me364JKMIq1C+jFPLkPZ7UQaL8xuW/KvY/va+FXesvyz9i86Q6HT1sMAnXsnMDD&#10;7+bEQSGedX8QarqbmOEcHdu5D0b12vN0QiPU8/vxydiB1yZoynBQ5IhHWmc6RXB9aVxEpBX1KjqU&#10;kBu5IvXN+8EcM0OkM1IP8pgfROCGAQWpCQf7ePQBsGxbozU8FdQq+qMI0STfve/GJNj2Kgdl73QH&#10;E4tm/7v2YDkbGyp2TWJN8CP/64h/1kO+MX8BtmGBEOpQf18iDCIDBwLkaUScS2gJ5cHpeh8RqjHJ&#10;l1t81HCBxAf9PpoV/FAPYG84cNOr5h2wrufrtM1etFfZ4N70fV6yaoHaENjZB5tqdjO9XN1crye5&#10;VJ/FC1ui0KpTnAs5d7pek4TI+IhgCsZEeQzhiVEA5HhmMi1+r8/eRL1uYpaFgscsJRnRELTIvBuX&#10;OU6pxoZdQjhJ+jIYPjQx+wOeZxdhM1oxbO11IEcFPKYaVxDssPpWAEFMCxl2L6JF666NHpANobx9&#10;3/oHqmyppFIWP53q2jPm7kq5VPA4oY7PnNT9QUc17/SuhMkvd+yV08kx3CGrDA5XJ9siHGgH98m9&#10;6g0gg7JfNyS7PtIxJM7B4+q7gXmJEtgiQoB7QmIAXehAHfKuoIYTaz788C4E8BrQ4PXoPH+3fGzZ&#10;JPJ2lTU1dv8/h8ZeM2NuD1+0ffL+6IyblkiXPc7Mj11TkJsCN1kvB1brmgL6IPQVbUKnyCk+RCfZ&#10;+Duydh8niMuZ9sjFdZeMGRC40wHsVD8HA9nu7VP7d64BEDoTUe2l9/PJrvHJoV5qKu1xN745Pc6m&#10;c5h5hf/4/vhoMwo0JoPWcGrPVpP66EviCuCzWeFL0DIgVzLWjC6LxVhC3jkSgHHbqkfbfPh58cdx&#10;osYIgA7+TtktnL2s5HCywe7UH9cYyGyXrnfhppZpqYk4gzl20DNJ0sd/FYMtnarWhxy+uKj34p6p&#10;ZexRZ2gVVfcHLJC4m0ItzR0EH4jLdc/IFGSk/tqvJHFXRiQiElsOMH1le67C9oOTvB3P1sWVdmRH&#10;o4PjeNQ9XbeAzzDsLuNHOk9GuMobe6Deeag3xk8fbL0Qq6zXklkFUdgOHoPXHEkNBOYpc/Vu7M34&#10;Zmr/ru7052Vxh3YjHRcx2KHd4JRxSSpVrzfp14ko+Bp11jN/MqpWTzVN8PXbMJ/u0gginyVSeVIh&#10;zb+nLyeMd7PKf3LSEYDIfDf4XicKM7hDLu6foN6bnW+/SS2oP6mKOzizhxhq1TYhZjO0Q0sAM5dR&#10;+/XipFW29Z0/DEFr9WBDJVEjBZufItCInknUKV+B9O++WHzn2gPG26eXPO4AIxo8kpIxA8JeMwN2&#10;endk/4Ceh0f3I5q4g+e6py8yMInEDtrxcgBr7ynt67TSn6xng0OFblZfQuLYwjkvtQHxKYsldXlU&#10;/BSMV9zhplAmoDwezOBFShAsLQ4bBpzT+4WbkaIlVJswb3HPESacvdxQjk1n09cIvTeEE4e3NLzX&#10;cR3ujVmGBzQ2UMShDaCuuS0GedotraWaY73DRxnX2qYd3tz9+9350dk4u+CKxrzuPRB0pLnp/dWX&#10;ZTvrHf3l5gDruLKxQ2/mqpwPM9jwpPV9T2KgBAz8U2NYDj5IuD3x+3YiVfATaGUpL3Wf8+of0rp1&#10;Dz5aGrbDMDkECyAjbHICxpRyEXAkUThUlLfdUI5T69FSIGvxEAYCNPO5TVRmVPB2VRPkBvPUqfDO&#10;u/T1Q2wTjs3PP+EOwmZmFgEsm5LKs4947XyeRtjYaa+DXlF3aoUi7qoPXpIXJCSHSckUZD2ffD7f&#10;BdBOK3EsXpD5hAxVCDyMbRM8cmAt9tmMcynviCDLO+UDK235OrdXHri322ybBT6xE105O9OkZXqf&#10;jZpk6vV2sRQdPilqtOxVBxIclNjbAuNgpEyitdCDvHRZ4LvAlz+UhnlEsJkZQc0jaqyPB5Nv0fTY&#10;KcWGz79hDKnVhH3n42+6z4dCduchpfsAftTjIhlTYLtCmIFky74YO9Kdh7OyG/s7Aq0royDML76Z&#10;LD9VUZf/tKgqPKGHlB8h/RoFXvmcz6Go3uaxI/0l4n6xeYXuPA9C00eO57tcDHEboVL5B6YNbcRz&#10;zRyGmFj2nR61t0BdG8UMmJH3kvKU34wjy+Tcn5QXr3pumXQuwSVCnoRY8GWS43EHY24EwoV5nySC&#10;6ijbTUck/R96CPf2Gv6jfD0898Hjsw/pObqXjS9w1fZ6VUziW+gXE9AKoce818w1G9m2uGmaeQet&#10;HuTUFpPJMMy7uUH1CEXSgZZSmHdJjpM/V0hGKL+4mBPvvrYQ6KiPsz7yTFXqsrVHXLS4hbgEspgY&#10;TRIZG44Wq5Q4C1HV5OJBqoHQGzV7Tnc7Ea2NVLsZp3uWhNZ2vIwRF1H3TIONh0kpuMVWORiOukuI&#10;VAHZMkhl9p63UPeRI8hOcsamL79R98sqRnnMoWAwHuouEBksoUeOhxt1R8nO070AGZkE1L03Guzx&#10;8Jj62fCLujMCoojMh++nRN3tTs+jwU9GIvM6l6GM3cdeLkjOKFtp/y/qDmPGCl6qfXoRcdRd1Q8X&#10;kZtsPQBR99PM1uTCTg3BqbuM3l+Xb6WPo9TdWLNcopD8UGSVXlP3oD1fEYlmAaNqRSCfLr848706&#10;pKh7W8/4H/Oiirozv2epLbrmi7q/9PdMgh0n93xQ97fteMeLni9cdQaeUHcWg1NhHRJPXSmj7peC&#10;MBwZqBF1/3Et/fOuOZQGXVQDdSdXIH8oNM2VAVDgukHd5bwq0CHQ055g99GizlFM2Wij+anfxGSu&#10;PNlucyHkL2wozSM8VltMguNC4t9DINu5k867kkqZbSENhrASoFBWc7N7mUwWfmpSbPQN5hqiGere&#10;obqq2h/HSAqMugwQTQ0cMwkRRYR9VFbiFTtv2G02qnEqRegSZlXzo75pEI2m7H0O4c+KRDiF8PU2&#10;hbF3kk18dU4YWLAeXE2ftruFYnGusYoKbO5r+R7aMokNJe7B2q6jLvImqgHZe+h8lY/ILHqZUN6Q&#10;PMbxZ42zQJOw0UJDZP6h89wPXnecGtkR6zHV913Ba/8di75c5tem/vjQVa/OKFKn+IWhOvt1uAzi&#10;htX3DnTSQn4BeitVqtd4dNCCzr2z9KPZuKW3aO7sZA2jQv3xSWAgo6Cwi/Qb0p+IFQVkDDqHKheY&#10;7hH/Fi91LYPEBtlmCYQL1Hv4lk9k16VBDELLOBWgAGwENl6EGujcbV0u/cDcbOkyeenBHU5jcTn2&#10;07yVdD155dA3F529NGcXJkTL7WY2ZUuDlaJYbj6oBsNGYF5KTb6tb5Z6RvTiU22kOpqym7e44tTD&#10;gq6UubrMgXgVrBGBUykTd7aEmwViDQyiCtTKgJXyJk5d3p2BNxSZPmNtspTbFCAnvFwmdYxZE+es&#10;6zOpZs/nkYqBLvaggYwiwnQQDbjyBW77ShTlZsM6Xq2t8cEMWR3yZZvR5ywDw6Y5kznoEPM1MJxa&#10;vJi1EhkmTyQ+A7U4cGN/cMX8bnKgBg/jBrpOMv3FZ8h7zknRD6EA5Ea51kOgMVJ7MGJSU7YVihYs&#10;me2dyDVWn7gPA5+sNO6YwdRjFZqo+HiFihMWEOmMRf+uSYnYrOZurtx1flGffr+cB64SIocdduEJ&#10;OZxo9CLFNCOSBczOONylblcOcM9lawAuzRB9W3ekQNuC6aFq5GMJl7jrcoOL7YqY5dzyeWTKG7+/&#10;BmXUH6BGYGeBjYgPHl2KUb5m0q9a2u7bD8QwYJjCs6UvIY6rfTKuZTpTPk0Xx1cHYglqk4K+wTLV&#10;IiACMCdcyRiHL9hJZQjBYltBRBRCeZ5rB5F1FqB1BlRInh/2pEcX5tFuQZfIl2j6wwMR9IOY2D/w&#10;PE3wZtg4kSVW70UCteTiwPsZaMQ+TM6GsBDbljXa9IDWi1b/5vabtwieEaN7zwLMO5GJocQF2UzH&#10;vLPTzWH2MhPJl1YX96jGJXq/giCet85ugznnnIYa3N35kkTc01I+nfv+vi7IBWNYJWSuU2ixKgBt&#10;dWYC6tGsjpusYWtxOC5xjpA6dQHwk2WWNtBNnp9A5e5+usItREU3cqtSJjvePfTMu9oqHZF/IuAH&#10;3RQyXvwsR1OKhOt/bl9tlBoWS1qw8mhoJNM3uM8NJiKNF0j52Tjv5/fVtUOFo3qjkyigNOj1ZMXs&#10;URKSYYQIISs66FNQc10TDbmJNT5kmC1Rgt3hq2nqFBfDQmut09aX3ML+AM+AVpPAdg/9ijF+0wZi&#10;CVqjk3behnCWiQxtNZA3FrZ7BvzyIiqMbymlRAgOgoAQHjLW4l5Ntj6w1GTBvp9DeLOGX2h/P3ZI&#10;aQTkf4pkQ4sc5prFP4E+Tsjx5mEvHumsKnzLugzlt0gRezqiGVFP3BziHGNE1rzKVv7J5PaETI8j&#10;38fGKDBSuKQX2ymZj3tBipJauWVd8zn2SVruLGCPMKxhgTT2vI4zTalq12nIEWhoRE1+WpIMnTo2&#10;o6EzSWDwZonDUGsQOPjLExnewzprItmrailpirl5Jq0sq8QkBmBe3XkbbLCEyPVtmvlyOQZFQrt4&#10;UWgt55hoG0zfhfX+qMBWSJQP06DjxLnt9dbTJ0dNfHxwvEEqqVrB237iO0ErgbmmZIX3CApoYR3W&#10;bujcSMP3u1sDGrtpxBUvCEPh4HOxiCPNU0k+s58nMOs7XvCnQKhkRttpNK6NBWPrD+ZN+HRgn3NT&#10;UqAlFi7ZYXEsXKnuUBwLso9njTa3DlbK8vWMPBCtjI3YejPuLVTfL5H9aaywXOWI9stF80OYGVgD&#10;iPAMQ3XqSYYsiqXukYrFfrkSw+Q7cS5Hg58SvgsEkYtivjY1/RllZ5hZIfKgEzuoo2B5pggpFsoU&#10;ZHhWwh4qmlxq3wA6P4Ylpq9IbGkybHJCmTMwkYBtrZZqfsHx9B7Yq19SP4vfMMnAC6/Clf6oL1w4&#10;VoKp94gtEuSPWfz+dQqwAtl44vnuxTduQgmFxKVyAA2wwcCa2J6C1/pI5h+Mk2I6U3H2M0xtBsBg&#10;FQ0fs6YPWKVNy680HHBpRnY+hf0R+3GRE7ZEndpiUjHOI4Sf0vYy8682fozuPuL/3TO+r1cGdAgI&#10;ruAo9QdCO7cY4rUe440hSJCCIM3SdBYETGZ60DcEU+AuflkML7Ek5knuUXKCDDmxEa5DpAXDqpb6&#10;MioymTPpEPSbUp+Pzu+ifanVlFedbJD28otPFvhCS5LIE7PP5tZDOvyzCFypuCCzb9+mmAZHU234&#10;pAImiPNAGqK6lP0eK61IFhe7KmzP0nm/Va5Qg7Hmh0EGow9huhFOmmXPqyUPT4QkOGAk1oSuvSP/&#10;Q9jqWku4ys5yZ3nPlbcTVqGLJLwXh9j6YOYn6N0aFu9LWrY0V6bYCQ0EjoaMmHI1bRrAUri8mMmd&#10;3OPSlrQqaHdmZPJ8yqJeIadbaPNp6sobIs2nIqoCmZ0gnhA/Ej7xSyradX8M+/KdkWjoeRXyZTqu&#10;93NTLTePT/v3AD4mSp2xx6yqF6W/3acqi74WJhQqHUpb2N0zAKyBi1vS4RpKQYC/n64CmtGcNP2V&#10;AlIbZ15SKDL3jUExwu89ZaTOkMd/emdqgS0RmvEMDxAoGxP0YpprigT85JE957foRtt79hotQl9p&#10;ZpnXe2ksv4hcH8LM0b8wwA6J18INzPM6cKQUT3PLiunxiaUd6h4zDcGgJeczJlx8P+/RIfBpdgwy&#10;WzgZWJ2XqUWFLoXE4nF2fBKUAEItRITcDh2psiwHcTJsl7unJ0nCP0JmGyl3NrkqbCUnpf8r7TJ8&#10;Lii3kSScgz8kuK8jheVPlIkO7UYUQO2FpZZIhLOSqQRnC+uWtAEj2WKhfcfNtN6pgvQ4vkzoLwGe&#10;oApzCIOzU2Ciy4KUNxtJkvNMIcZKgPfGJQTwfG7vj2+nmkUKInOBPr+QrqBDU6HFn7kp3MBDyc91&#10;OG7SjNF2JmSX+IamC2FMJANH0Zh0/u3l50BM3LXOsGW80V2Iy4Qj3w8BFPqgksIgjGgfLud+0Vei&#10;yg94w8bruzHJpXNEN0hhOBMB2iImC9EctF/vHWl1NsOgryT3SGYU07AJMV7VmfcbUrZXBB1FKxQv&#10;fNIlyIrI6fJRSL+wt4YB2pPADWtPF1SdMgA4ocGfklMxTYryg/8SAPzy8VCZGcYLLJeX2VPJi+EK&#10;z3eq4f4sQk2Bh7EzxFFq+PQU7tVlRFqCChSgeDcOlQUrgfhzDjJuGm4XNYUd6DkCNpfCHJBcy/3t&#10;eEXE3k+VNuSnUM47GHjgSeC0x/es8YqZFh2yriSWguESNahBvfMmekxa7bPC4GLGgQv4kr6SKiZV&#10;SQRCwXt0ZEPvuNJyOOb2f0llAQaOuCc/kTFYM0bAPZv3tZtO1xeqNIyUJ/uxdZkBj/QwmQCNYPKg&#10;QTKaAVuFrxLXp558RLZil8ZzEgb1t03etY1SzQjG/x5WVasMqsLZ/bu1V6/C30rGaH/8X/DhyWN0&#10;s+wmDkjYgXC/wollcXf08JRgjmUX1qSDIYscblS9WquAhtKqXhT54wcxdLdZyq9ilAJinBDNMq4c&#10;gWusr7cS7vulw9UyZ3LO0huanCUmVg8d7J/ijVsErQMnuwb/o0wljzcS/ADMUeP+LCxj5pnjk80B&#10;MrNl3d6sRR1HXJUx00x2WIki7lH3fS0Z78jbDNFaswFOG84XffD3vYwVFofZY8EXWZntbBDscFjr&#10;1XCPY+l4BUHslYOhUffANmybdYEp+QJCCdTttHSjP09gmSynCxyVaUd9x+XGUaIEzWCqnVf0PnVB&#10;/boIEP9YO+AtP4WWZY1EQEQPe8SokFpEcWhuQVa87rR8i67KIGMrk0iKhUUcbW8HiaR5kI5tQpgl&#10;KkAJNIwd94DSAVxRZ2SGUqX34qmZxuLP8oIeuuu9rkBe3HU0mKTJD1NXjDYvFoJWFUn0vMNQy6tY&#10;KhlxLfiZMTPQNVjvoiLwHSyEyoBFiMIv7ts78xlAKYWcBr6V7c3EyMqXsgiW5yFawEIOB0EtFZmB&#10;ao00Rap+5DRi9rhyYZBpzRwtIHbxFLK5w/0ZEjJrzvipYMqwU1ADnvpRY1QNkYDb9vqQOLOMPRIq&#10;f/4vN7zYJZRcjCjEMDzXs++AJU7mQIU0GxSCtQbXoiMHaFiQSRnMMFMXmrDHxtwhnkIbqvIZ0Kly&#10;VUGy3r3zwslKLazPOgZs0bs/ESVODGzDu4vJ9Mk6TOP6vgJFxrNgCNmY3d2xd94cTisYMPkX3DT6&#10;A98FgpidSEelU/oP0TRhCjIvCrr8SDX1bGzKA5SOhRP0JENJNCWaniThrE3piC/vdZDC1nSzrS5e&#10;IDo6/nTFv1KUJb8iQRp0SfWy6AhrOxbf9T8MEDy9oTNRVlQVyFQ3DGZ7caU4ETScXAfbpHeHrM/X&#10;uwyJN9aE2cAZAeFJeg5+l3JSmW4DfZW7rlsHXyljUCVLXdmGJ6/xBzCH1ec+285yKBq7BYsKQOP0&#10;g2sZt96PGM6FNQ9ReG7tBq4r3AKeoFWcUcSdAJVVKbisUh07h1sciktpuGIIZLnSmE6vJM2sP7h/&#10;GDxUY1JwAGlTHpoyhEsv6WswaxItFnAme/EQQMrbKapCOJjUUnHwrZSJWRDFjaNPQSAhH8O+QR4z&#10;8SVRBV3ynHuYC6S2Ob2KNSkGBjI3jmQdgZ0FSQfKhjyY/BEhyisEThfRYCtFxWLBZLfcj4e4MVf8&#10;qDcRNOFeTsDYtasSQHwLi/3y5TfxGmioSIMTSFe8WntbIoL+sS3jcg3k8FiPQcH54uF4VbjPEIgh&#10;tHBGhcmcgpILqaHUk4gv7InWGdwhC51FiKh6dDxQUXydkJbPJBrGkJhVQnyt1Fm5L2m+g77iNxly&#10;qxH8G4n7LWSALDC8nU/GSI2rwoPeWcmETeReT5qW2fSFmDts8uAPDExcbPnzBjQvuiLL1YFh9Nka&#10;duRYXFfI2edwSrJ0pnzDGJrw+KEVHNyxPmgA7Oa0L60ayNCGRGsyY8/HGds0rJR0m9N01Glao6VY&#10;+HAd4bKLxZ5Zfwik7sgBmSCf02wy6/lScbltuDBRs1UOohOAWBbLoTIIaoEwpyeHWXc0VsMBtR7f&#10;F9rgxzH8hRj7lIjAc3ccZXDtx3JgdFfghR3skfUWm38IbQA7U0loxEBrwusFABZeLWVSIpfwEqIT&#10;WADqAsfEcBEuNxWexV6NYBPij6Uy5AYZeMudRrhry1Bn09uoYB8s/NdhlwFzCHlnegH0ib0pZQy+&#10;AfwYcwX4yEMXzNfaS9daRUAcsLRmNI7BaV0vwEDheeFkTTApSRA4Jkaxw3LXac+EqEhP0mJm6oJ1&#10;BkqrWeigIAR/skAodji5FnmzP03Sf8jW6rjmHjsEb+Ccj230ZhoQDPN0gg1wPoZd3kGX7A6TgS8G&#10;CVwGKoI5gqFmYXAVz2XzK2BSXpWodCd6qXU298l0jr0KXJef/fFzgJtOju9VK5aryufzCAzD1Pfy&#10;GF5TO2M6rTaL4qR6G6n4MyfRtj9Fg/oiqcrO+pyA72gc726+hDHBmN8HEqaHYVNFTU5XkcNNaE+D&#10;Qp0cu54TG7VVUaI8HsL00CoHbvn79/d4C09Xe+bvli/dUhXKWJahScfXogR+Wevyj8o5utn716Rz&#10;hvkaL8BcvWt+GMozz22iC8hx0depGu+XPdQzzf5/rQ0a9nPBZp+/Q2kSkgbxecwZ2B0JDFt9pXQ0&#10;GvA0Q49lpSiarOLWeA1jCFjiUADvIOFI6BjP8xcxW6UWl9U3CRdmALobpBSkY4AA+nq08lU43uAp&#10;354JyI+A3/XACckHRb6xMHz97iUWOznFNIc4pvSxkLd36WLd72XyFiojnhXNVDCQQSCQvpGM4jnt&#10;F6u5aW0wl9A2/KneDaKnZRy2Fg4L1Rz1uokxxw/CklxrlVYDcwssrSwCUa5k5jVLjJUXquGGWJHg&#10;Gmm4/qZHRvAi3GEmuwGLs0lJVvMIWyyaDxjhFEbMhsaBgTZo7DBE8umVNCFFriDCJKBxjGcxVG+Z&#10;2WRtiZtkOqndjtZvBO1gFRWwReoW2b8DE+wkwccH5QXRboIeiJ8zNXWjgQT5cYNx2PslDpbFdn//&#10;zlkU0rCZhkh0jdO7A2GLph6keZGslWjgSgsFMFgG1Uz46NKzlW+U54uSzkMDbUlidfW7GKJGSRkH&#10;9zYkO8H/ajK4HiAKd0zUQ6yVkMpAQll//agK2ntR4RUmyKxSQHioAGalG4CMnePt01tZ5ppKKrfA&#10;v0zRst5Ip3jkhqnWU03xfG+huq+PTQqTU+YHNGad+zysa2ZXFQLa6+QGRY61gxFMAMnCNmlFlCf9&#10;scDfFWInuBGr92UE9Jq55w6oTn7w2QGrJj5djW0Id/50lNdxGhBjuXXOhVfqYwUjhgP+khlxC6En&#10;GQVU4twuhTaimhNcRGi+sDfXYMMOSgVij0Gsly+FQsGWvovXtdFzCmyWdvEz0aMq7QhgUibTkILI&#10;OyEijhIhnoQONQ7eKQIViSsJtX876Zd6sd/EedziKpQIIKIujpa1rca+a2Qw24tMLWYFx1D45lq/&#10;Bu6tioSG49vOEYMYH+HYPdJx0yFGps0LW5/OEFxpFUtYiQAfIODf+WpUYTt6A4AQJDJUeC44h/9c&#10;S+4YNM9HY9KXJVjuvW/ElQQM+k13k2hGodq9flLY/6nj9BvNTkWAdAnw9scFC/zpcN4Vkb3kc40F&#10;Y9XSosDbJxfIdVO6H44XE7LivEjFWxWKCaEUeLgV9uBJu/xElqIcWkHlddZZorssevC0S+NfnBWH&#10;t3SR1C7wZTpQbiHT8TM7hW9rXgux41umtE7UhVZBBEvHwHunB9LQ5uUsHlEziIBUX+GK2ujmL/Z/&#10;DeamdzA+PVoLM3FLML4iZkQidIqxODq4gwCUBY5gh8iYyo5cSGBuhecNx0aampwt2HaYy6BrqdFc&#10;T9MU+ly28YK7pgBCp21OeLLPOjEn6Xd4V1Juak8ZkVcS+2ZNLUtO5DYdY4zyB1ZtJTFDqRadxH7C&#10;UuSa0RXd+Ww60q8o/6O3S3Of5vI+/TKd/08Vf6SteAIu/aHzdwqlery3i7tSoLWadVlGE6KM3Q2K&#10;E1pFOJGGjWnZJ+DNHKitYVVa+WAorsWK5olGYSXwozCndS/SFwjkx9sohgnwpUzf5pMknw4mFb15&#10;8chIquunc/xHNti51SF5X9fBz8EA4c7ITGqDM2/bMCOBgigc9VkWWQyvSIkC5MU1pUxQFVUfFzp8&#10;nYO1MsiG3FiYAAwVfcq8JOmdudmcX6Fd6SuRucTHgWQpFI0BkQO2vexLfIuK2TZG+dgMwMvJu+SS&#10;aYdOPDU1MDL09dNe0pZmWFeLzDooXi2y4DsWfTEjT7jQNqEG94g5Z7ynYSG13J5gAQBL+yiQ3mjN&#10;DJnZFsR+NwuqwUJoRX/gLsWZw34s3wdqdxOQ/pgKHbdWq0+vRVrvj48z+xYaje8B7qNlD7lofGFz&#10;qJeB5W6cjwVnBfx6Qv0dVKDVgfXKm2E5SuSo5YgEa/nkP/0wuq2Q/fTFqFiMtoEr+t2x+yFk5Yrp&#10;ILYJFTKKG7Ol+A/AoG5e0vPIIkxeTsNC/mSN5v/DoC0oZWrHekHVs4jqN95tI+WrftvZmzUGQ6SW&#10;WYewam1ebBpJ6c9nQR1pZDBevDQ4Wdonz+607UgiMMuqnc2T5TqZ6V/Fe2DPlix8564vJc6mxA0d&#10;kH7IvubVBg9WAGsQq+Ch1U6Q3IOGhJ5WzU5mTEQS/qomuIOWbVlx72KiF0CKyBZcqawB4mnsnHV6&#10;UDb6q84eqe3JvZBs+soTgPX8btHOTI1SZ7QhXSXhVxgRhMSNH1DROd33O9n/7PDvicigrUPOEIE9&#10;AVcpwxvv5ybtyMlnYI3UHjmsUCG946gWNZ6Sib6o68lYw8PHmxoumHEf90YkTmZredvm5H6q3kA0&#10;IeZVGPlPhvvgzc0geH+eAGnB+IQmFbF+gClKoi6U14TJiARCBKURXaDvmg5DFZZvacYGEf08dwhT&#10;bt+EwR4mQenDpeLRc3N2FEZbiYJAXnV9LOV8FnTdrL+kuxjk41BBMF9WXs3aZKl3IVXVwBWxUaBM&#10;ATKZsPwISSQo4kuUV/A2ty65FBFQ9vBz/vzrHZOq1Z9bg/b42CHYvzM/m7TJZJ6uCWGYJusLw9Uo&#10;b21sa/MR0hhXeAPfxDpEOcMHiRx3eksHA2ZyU5RqND4knAxAV6TOGoonqbiS6rgW2ERTZcOlGeYF&#10;tQA1IY9Kh0W0icHuhmeRKUEjwjWXAZ4cQy9Jc6is9tG19zrHJZN417YLDgnBNQxQASIuxxaJLwDg&#10;K6h1HCcglOxqQhDCWxpGzRIhrMLGT3aMOeeFteuAyJTwXf6oOCALtXTbkjwziD4tGkYa0Qvi8haw&#10;RpbBrtKE9DLqFeU7ofQLkI2EoX4yNyP+gCFDh4Nsx8Ew0XXQAonFNT4C73xlD/zCgsGHhBmJAe2A&#10;wE33d1QfQMdZ0bqUiYva9pjj1H4+hgyd/JsqCFmAV/ouBAkpoQsRwqTUQnhsHiUnv8TwX5NEI36s&#10;gbLyEZJtsRgXWQC2vo/imi7L0tjIY/+a2LjK9iYGW9PNAKZMthIN/q+pFmkXRUJWAi1aMEWZCTDD&#10;p7Xmv9lB4krZBqbr/0eL/RUrM6zsYvvwjUu9wlTvZTvB0gIqvL2yjC2xbFydmk+eLDMW5/uQIrNq&#10;3kh8aTjJcu4D9qs98VTa/BJItizvPmb/J7qc/sgbWYkFDeETTMj/ZDRHaN9xaEEjicBK6ACQtsW7&#10;8Rlh0gzeZZ/KHrN+I7xwpDYMrnclSvp6oVlCs+30sTllGBeJ+UhbYuQV90ZlDU4vkBhLLMjZ719R&#10;o35JXzd5ISGS0gp2MFkuTTB6T6ACVYoi5rfJpSAr++A4qXwsxd9IOGq22mW+b2os2eQWsxL7JKTb&#10;1Q11yUeLdNZ4s6XKwtDSjTeSuOnO4R3CJxWcS1B0daLlHSfuB3CTNInsBGhPPuIyAiqgdfgfAei7&#10;GIJR7FjVJGQCtvpD4OC6lFuaYejxt0/EN7rsl7fNiGIIlZKQAiWYphpXSbBigN+vyqyYtIqj4MLr&#10;tNVtToIjmxWhVkNowXzu8smFEOgUVnxYqBKFL6FfDhNEdRWwx86GsIbFqiFLAIaa0GpXBmF0zJVC&#10;k5BYJkYXl9AGGUh/5LOk4S05smc0QSJsJlk5dkxuxrsakit8o36tZZKSuj5x2lnjnBnGbWNK1sPt&#10;6J3WoW/tNmAthI6W79R0oo4B1b7k6Gthz1BcWWSusA2cTQp9iUgf6MHPrM6sHH+JbX7FY2mxsi0H&#10;SnNDrHFWaqswToM6fVlBGkEi72DtSXL3SA7gls6cgislzkgwE0HQgZ50NsqhPeEy0BHn4Sunk5Nn&#10;Md0Bb0pmW3Jv4HLxQIbJyHOXfil0xHXiH+ucEQbxqT6CvdzZLQ+aVZmOp+SevRZIYtf0vk4j+8gk&#10;oXPps5yUrnBHiSxk4GdtRw0UN1yOt5zytMlgWEKzgV/Y1jUVw84y9Li4Ini20I2LSCxFZUYQCjn+&#10;7ctVDaSuCxSY9MIVPu/XnkamOqB4FWp192O6m6nj/QFFoqOS9j9INLQplIf0fEuWFdfQLAEx3btC&#10;EO5dtmfsO6Eu2ky1OwBALFqgjbILqw0Q/MnwaWBh7R8XZY/16Wc2rKoBxGwymgRliTmYes0lA88Z&#10;fmJQynrwC2UT/N4uh0EjOo8stvg9CPlzWPDqJMIzBnwB00zqtoATi1j6bOBR98GagjpqaPDyf2+P&#10;Cpdqlv60PttUfet+CXIF+SkFLUnCrUwZ8m6qe4k7vOtdbD+cGiwRmWOlltB8u/Je0DP/IxZRZ0cN&#10;24z7Usg2YgERh4X3eddUzc1fdxNTWjhuK8BAgYfOLSMd58HrIMZWwt7WQDSpQOehkwRJ5G6HFV1P&#10;4Fwt4uDu2csddVSOLebTNBEpYYdXi5lQvY57VFde2EEvlGVA+xmy+NVkAwuJzr0HMq1tFTArlF8G&#10;m0nouNGkutVufupElfYIbstpbwViDLanFHgNF4ypHCYtseREbk6cEHYPjSvW682OGZrgiP/V/leD&#10;JJKeiaab/4BDagq3420A8szkKYnbfGAfcqVM9nAijF5OAH9ragY5y1y0jN9JMafBjiKEktT6cuMw&#10;kkg5p20m4PwqhcGXO1Sh1wq1hbFuVZPybYoJhyi6ZOohET4ma7+9pliCCAhOIjaz5DQPb0TgiLMK&#10;1LMIdpabP2kKRHvBDJ+mZrU1gaYVDaTVR7SPu2JS3dW1NOwowepFgMjlkKLZa33sGyMTGHQxxntU&#10;1KBw2IO3HzNwVvcDU8BO1Lvw4h0JtXKEGV9CvzRdrDGvDDeyrla9UvyYzoMWgiaCbSEDFN7LdKDX&#10;96Huk2ZvKbsKbc5EmHFGyKwRM8FH6Sv7667kfKLtT7GsWbmpAfVPCKth+y+kBlw1UTfR732Ihct6&#10;DFRF0hhoCqD5ruFkp0MGRk5YW7xeaLpGTrFzeFAitDPIP47WmmL1LIqGHZ5O02wqNdzRn2d9hVv0&#10;9vpDPlQt+2f2dFCp3aRPkmarYUSvMCAdeM06wxkdaFUOdKRntbmTZY54d1zspP6q3czDm1Y6n6Mb&#10;S4URxWUBzU39kF8p6Z52k0OyhFk6m0kYLcVnhuIzn+M4yf3l/+qV6/1XWCij3IKVgMg2B3AuFeWQ&#10;bCjiCyDZdGWPZd0wXBTHODkVuURicgG0gM74P+jGztq6SmL9C8fzBhzxWoFujygRAuAydPCppsOc&#10;tG4lgBd0kqOIMHSETyHNf3Bw99zCmZ624ZlYKhfCCsY2Bfy+DuqgQbdbe+PkHzQZ+2GDQgYDqm9N&#10;kEsC4dNLFkWqLO/hu4JWcp5pYWxeHqRsh3lN0kkkPHH+VngQsMRDF9ZFPJpKZaPjOtSzONzlJEH/&#10;bWeHyDqo7mYPSw+pxY1IH0PfGkEuzhb0l1b2fwVrO31Qak6ibyr19kec4OHhE4bawVPEUEKlyCvC&#10;dHUHr2HQoCuyeA2l/5JmXbuwhewvA1RINT6UmtEDDVpfpPBzyW4gF1+MSh8N57/3QQbJV1s3x8XO&#10;5pBCUy8ixP0FyO5AePOUJuklImiPxLYh1IxmYf/+TdFXkRO/dwLDf9D4SjWiNdPU5YCBIvfWONw+&#10;I0zrBsG04FrccOa1kC1vvEzFP10zBdITHA6c8Va5Nee1RiAE9OPQHycE87W9cygdPwpqugYmPn0T&#10;GiSkfe8enxZ7YtSbae/7TEwbNkQ0nK+XXLM0AwQ/i5TRFDb3Yv+Mcaf1E9MQG5vujsgf+NIlAV4l&#10;lmGWN7kZEX3FhQlbIrxuBnJvhW1A4hBcenbYl5c8KHEK5rsk2ar4H6EncOcqDDh2HGfhyOkQuLWD&#10;hqgNLfT9jDB1P/aF+ysdL3rnCBJVHgR2KFAfdJKRcMtMdCUebLlV3D6mQFLpR9y3YJh0HX0TmzX9&#10;QMDmEeFQDgIgYvO4EibwOX4ovLr2exbQUMRTxvsB3BotLikv/aDFyoqmvdvgK1BRCGKmarOtmlvE&#10;XAIUCeFE9glQT3gS9Fukz6z4xPMlKullNleIjnbuwoyMEZT/xsy+kHP3guDEUe56Q+aEPLMVdWDO&#10;MVn+gZHKnJBwmF06UOnIjkgXzSFiWgZlJeCE1MYDXuA7jFMVaaqJ4THTRni3BxsPnvOhHSq7ptUd&#10;sgBi/nhqzARQTYlqjaHrn8VeuUQY4jHEjCg1Kx1teghh4uQlg2HmtpgXttuMerBWYeKfCRbadq58&#10;cs5PSwMZuYivz5J7gABzWjYeoYuph3SVEA0f1YJmADFQGlWifzkvoLlGkgBKfnzdvRaiP+lUxbA7&#10;YWMzHwizWcLaIOym0TOHsLGWwFZgpIUUzRas9uavpaBAog16Cll1cG2DrkSHBawt/bGjATe76qWJ&#10;YpgcoQD/rqXScrPZNPb6S+6z9aS4ZuoCGxD762nKF0MDqCW6evLpm7zZ7f4Q+jMQoFRaiXEga7Zr&#10;kYGqUg7LXy2kVpA4zjAUp7ndNKyEsbmGMYiVaXzb0jYl35jg4hIJ2nr8SY8W2cygpV3g2XFnA/Be&#10;pNdJ8STF4kyMoy1F7BMKF5XDjtPSISoP/NOEjvSJOyOuhu1QwoodT6WZN1azzvj+dbINtLVS0ZsP&#10;3V48Q+XQFQ8k/8Pj43RVGo+nG2EdTiT6JwZigg7oIuCqLRTjixO7DJE37WsvtSvMxtvuAjxkhDUl&#10;XpiOSBR2LMISgxXYWCSW8W339HymNeCCQB2lbgS5h8IKwYI62ARqVkuptSaHVS+Nsy699ZL8HRTJ&#10;qO2cCQflXuxT0L3P62SxPLgOzg5z4XGMywW0MyKdLUGdn5X/IadKhHD0chHPjrB/8MjsccxyMgHk&#10;YZ+6ruXl4VPbu93YGGHmLhQfE22Yr7IsZ1MMmTHSXUGPx4kOJOlC65PgZ1SuStYFf2Knu73e4X2C&#10;pa+KP5twgagWtJFFiytwAOsbeEhkl8u7k8tywAfNLpM6wnL3zPGcWzoSntiFaqMQFNLgC1dMyMTi&#10;Jfok5LU9h9EP3O6rZbaG3FJ9v2FA6cCsojCe9Kh9atvKWny7DpeCBeKE/A1AQMGJshsLm5yCIN2P&#10;vXcipXJzIZgiiocZJEsDbUPTcrFlBbiTmdUmqLUMT98/SfCVnZvsASgfceoiHw9DyiAQYLxaKc/i&#10;nBR4PvAp151NAj00lgMwxwP5JdgfGv8B0JcgNCgrwgUIPtaQuyeJSnij4IkcB7yMOIG3mZumvShz&#10;4JU9nheJne3w54SJgdBpXhTDywbAWb3ZYyYE7o/JsYaCdnxVzmPpBzQnAUBDOSXvF7nJ3E5bue4Y&#10;oJHVX6xpTSYFrhWdS8IU8E4c/zpcbgLXPoO2YP/h5xDIGcQgrQ7SDU+h7kuTlv+6Q4He1LEzF4Im&#10;TqcyTtAmOlXkP2kidXvw+/U63DWKqd7S7DJsaQ19ivB5/pUxAWcNUAZIekCiAsneR+fQWgBIRVTk&#10;LMFUWw9HDJBwfmjr5yIgqBRA8jgZrqeg29kMAJIdgjVJQr4eSABgOWVVMxJHnQSpMGuwxD/128sj&#10;SLHDQfMzlOE1NIL9IEi09yoJUIP5MKkFyZByJZfnkecsSNKeT3tDymE0WuGeTuYOCdIR9Iq2/w1l&#10;dRKkAkYQVjVi0Rl/6vwIEo9FPbDGmaUgMU0a3BtY88U+zSDVbERYEJZXT9NBShBV5XtCAofo2yFc&#10;GgQJqddQqWJpjEWDhL2Jsn5/ARqksz5RaFoCRNS55oSK6H3aDxJxrM1FIlL7KdZBouqGDuesu3EY&#10;hAT9IE+Y//WEICHpQGcZ8aP3C+kC0vOAdqOiPWIhtcPhaNyRoMPLQoq2/Ac2qdg3JKUkZvI9OGVT&#10;0cKQYOqOlODwFJXIMDckRxLM8DIkFul5UNL6b7McYUjsuVL+ir9sSPj98j3ggkqpwSGNWs8N4P/a&#10;QIE/JPZoGq39/T6HdFrBZqbC4yFVpVtYqEMQgvMhMcwSsFDqjHH0ez2IpItJ5SyhiK8XiBSpY5Cb&#10;/pDscI6veqMc2UQ2/JBK7hrswtdD/yHJUl0xgQQ8AICiHJKxZBmscJGTh7TUu9EtAzHFDA6p3pcv&#10;Q3Xis3T6I4OT+pDmk59A0z4kJdWm351+EQ1zSDm6Apg2rW0TXEA/V0V3SITVAaoouX5fAWuLHxLS&#10;IEPsoHh+SOjxevdPIKcBOM4h+TEznoa+lspM+SHpThGxIcfcUF92SB9futXbhFk/7SCSB4bpBbk1&#10;1QMiAdxZI4LdsuOuQKTTgkOzZ0GDSCPN8P2PQik1XAKR2IEez5vB+kPDBx0g0iftHxFFYLhDymsZ&#10;4Fov9D2keQ233pHdBx72kECYJV01nytySDXPzB2mSP8hGSt9Q8tP82j2F6vRcEiLB1G16ld1DB85&#10;JFOu1TecPPkhUSFPI4RHJjqkqcxj7Z7xPz0ktw4iQ5oafJQbkjQKFDPyh4m+34/tt5ygQrPvbbNc&#10;VBhBuUq32Ly7Kwl/k+l0sOnHVi0F44dIPutu5MeGQyGk4hcivHR+bFIyHOLokGuXw48No/Bhk7/3&#10;Q55zP7YaiBbxym7pAz4/NvesaS8FP2qawv3YisAEAn+2emBzfmwAP/IjO2e19GOrkio2gl3Djy3f&#10;X6OK8Uv92MBuKAi7bJvQduPHtr8L+xEiIPuxMZnWGzICnjnzjw1sYvH654CiLTF6g7wHnNKsDfTX&#10;+LGF+GKnemfTu3mAHWKOna/6wXxAst6ldXxs+G1+DHjQNB8b7AwRt7mGqo+tY6BBGkJV/cawjw29&#10;GH4/whAPiPrYVqvfBHDt6/rYGokfOwt19LGRXmjVyfMc6+hjs5rdZxPeabi9j+3t5I+4waJ9bHza&#10;ginYCNBAMPw+NmYK4R/bFNs+NoaHyCHqQa2P7W5E28cGXrJS87hJ28e2DHUV9FK/3cdGuO0uNW76&#10;VuHFNPQSFQU0gMudgfNjAzbswHL94aUE2I8NJotZSmAl82Mz3EtJiFBHJI3Dgv0ejduVIZTxWyaE&#10;s2vYBPMnRC4e6KxI9rHdhLP2dIo+F3RPz/mfPraZEtVEXcUn/Ni+JFApbminccB4/hCnmNj9sTVY&#10;VOc/EmiOP7Z+ocDGeiZBLbyU7B/bD6K2Dwcj3/HQ/GNzV0i6hGTj8McmofYLVayv7hn2x0byFWcg&#10;dUbNj82c1cb729X5sU0YxtVuTEH5sa2GDa6UnXokQWI2IzfHYffYUElhqLclsQe9e4MB34AP9KE0&#10;N/KejCDAv/VmbniCFvW1/ZJ6zQdYEw1NmElIQiTSjZrQDQkSE8rvJfCsucgMuoVf+bHVDcsvDfaV&#10;6rBbigYxnoETONo1UKzHH1gXZkesI4ECStMYf1LLDlB7ChIN9NuExGpjzuTVdbM4+Hav4QqGA1fQ&#10;9GvqShyJslu6igYKHidwpxdAYW+fuPNuuSaVf1xB4eLXTGBNSM5Fq58JNW4su9Jck17p0kd9Mtmf&#10;IQUw51kdaXDOHP1/nMfESKZfaJBsN+mzmXlf3WewWX6zsImpmthgWDGlG5QDfSzJprOygpTIsyJS&#10;FtYETQImsLC6rS2qtVFJmSd1cKzkM/3bMz//KXLs5lwibZd+N3qjsMCVvrqt7tzXyHV5bZBLDsi6&#10;4MOtEMNaStYYuSKeIayxyk6VOJccn6P4NW1FzfZ8qUCpw3baBRm5pQ2BIHRejbot9GL2ZIQ4UWm+&#10;IIbp6uRX1XON3jtbNAA2cY8xAxF/i/XUA/wlMZdlUWhUiRVvdSxoxnxPQVemwgaKF1MEZnm9InZF&#10;fx8i7u2HxufF1aMZxU1bidNjnItO6d0PxgrxKH+KwagqYHPdvINkfxVo4Xrox/3C+yFzT2xnfZA8&#10;ZIU4iAMuqy1hIyX7X5GPNKx2+yHtxj53ghn/UGvGeysF583x+JY2oDwPYL+4AXlxJvSnZ1WdvnlL&#10;07cgtGxoHZXDsvMu8u21WmFFuMQrTQVtJ0WAQhiYN99X4QvLXZjJgI1CCpQ3Md5fy0GRh9aYnBlY&#10;8F7TCDmSkSaVEq+7PWGGY2zfwnirpzPgvasbBFxGBjbkccG0AhU3hwoSdxIl9wfZHv+CPXKzeMBH&#10;Ln/9XVDDBiHj5KOi41PkBuFHcMU9qlFwA7BXXJSDdNQG97WaX2hKGOigAWhrAD6cX5gJvs1VpbH5&#10;GgYrNIR4t5zVXioZDyve2pEJf44L5bKzY61jhr6TG7ssH4WfD8yubV63vG7EPNx6cBX/+xoPDivi&#10;CWEfh2pTMpk/m9i13cj6l/KtSGeESwVTGGMLbbtw4p/eSSBDBHWyu/LBOX2j20MmF6SgVrHrN6eK&#10;QFy8HVECCXTn2O7y0f2b2OkRWB1OP/D1iWXvHYmuinjG7z1q4bXz+zN8WhV/EDCAfS9I7TMydZrX&#10;oy9F7sPP6hG8kjgYy1Q2YvrhBlgrdhZv1TeuTnlfZo83PTkuXDk2lguc+4jt6HYJo4rBOQDY5Cap&#10;pglikiBOIfffDoWb6kimhU7AqNtNShdsdfwOFaMoIoDMxclTHnOu1bbRb1SQqYs38K/GAZqPHIPF&#10;DcoR+0QfvzM0KvnpslupZym64jAmHRLEwd33Cms46U3e6ExLsdURIsOvEmX2ItiaERdU6feCyntc&#10;hksbZEI6BSsyhzCf/FECtRMcsQfIBQoiC49oqF8/Dgcte0xVSrvVSSYVF46XFD0ByeCTCz6Be4Db&#10;I2LNqtaovdHUcVtpBHUSavvUmB9vlktsAQ4orBbFDO1IgVz93l8F2GtX36/EYX06rOr29qkq12W2&#10;22/A1tQRKOy05sOTjho3bxZGV8lAahnln2UebaV2Ur51fXzS7qQb5ou6PetPpXFe8QJ8/7OIpjXP&#10;XX4SnVnlcz+Ergh24deb/zWHZ7Vx7LgDhIDrx0PwIpXtwNt3gbMRv0KF7aAnEUpMuTmvsZH3EzzO&#10;682TGqAD7kux5ETIOKr1hRLgPo4uXT+dZINuzQcZV9Oq5vEMtRFru7PzJhX39kxXuDkdZlZoNvmE&#10;5T0lKeThsj+kEdVG0U/EdxnMEfvthOUDT8SB+UsnQwIBBXQHc3ee7SNonEN2sFtDPA89kLolZ1e8&#10;H6DYuVKIf4CrNMvlb8g9zL6e0nQjV5lMhIK9iUXsCamJ0ePNiwyrpqgfCis8V0Rkd6ZwS2njjZIp&#10;EC4p7SwNUGL07lEZ6zgzSs4UqOKpKyR+IiEc7JUbvJhXomLt2WS2Be1nJxiKRoMNEqvR4IjrzPUy&#10;ffKvvKclQhK1Cm4CqI8hUsOIj8Lf0JpocbXBdPkRRP1aIEf7PEd8PESiP0DiCeWDQtZI2XOZeaz8&#10;Bg+UQSho2Z5jdnL9aW86qky/YaaQT6D0xbI2LqOzDOhy65twtfKzKLRW1i+OPpeUr+sB+Du0cYh+&#10;8XNVqmbgc3GWiLTjilQFwOVWLKvPBnXbhznx/kwHJ33dGnKLU68JlIBsCHpykkMiL4bub04jrJjV&#10;mEnPycHBys62+nV0gBck3kCKWypZVWsu2AY1XYBFb2Zni79GNvg+25jaMrJe8a1FrEGATPO69YyB&#10;lY4WoxJulQSBXqRf5wbn0ZgUbHKEBpKb02V//HG7i4CwOvmgWacSLy2hpEpG9zX13ZaCK/xeR4Pu&#10;sd7EmjDSG0XkH6Mp7IgcneSRdQa/xBMQ0R1tcWBcZBjqQgEJg+6Fig0ULL3jHNNDgzOK01MLY4EE&#10;4FCSNfbePxQWj15XxsvoZKPB6D+6PEnnyzIYxqL0B+c76IFfkpwcCnLG1JdJNkY7QCOqb89TRRn/&#10;wytOogrDm1aj0oPoXj60d0TaXHxSMTJWL/f5xpVczpLLzHAIr4ns0i/L1LVnpACc+2N+2Wj/GEms&#10;hnkHutuCL+tiNFEZtDYB1h56DWwmDEf+RmHZI0SC9svIyg6kAOL8g4pARBeRVCZwNc65HK/Z9lyH&#10;JrYQ9A6j9b4GXLNRQBOFkgW/2b2pp8AdAsHFJachoHwYncTwtsW71pSlXxzZ3HwTrQQ9D7462pqZ&#10;WFPgyAFf/uwTKQyK9wxzSQq4NKrLm3eZk5cTicp3rPFJ5dv0+wDrMZAOUpv2Sn20v+ciEDb0l2Hz&#10;Vf966gUzEGAlkg2iZ0umM755ikkYGwkLd7iJ9s6ocnggh0Lv4xDh1vCiAq8Jt6ng7QrG87vZACEg&#10;3t8r06PKdXxrvhVnAJpmHefq6K5P6VgequJxhpI7FFBu8tJ/9mqXPAiUyQVz/SYX67KvFVMub7gW&#10;XzJfLHynqYQvutKLnRfSVpS8rCdzTBsICMdeyXrt+Ww5vCDbfcF3fmUDaB4vKh51S/I0nkfpMjaK&#10;q2mgOVsAyvYjzUyb0w7eGXyBYcWVKKfEFuSJDpq766AA727ScG+yB3nyUy2XAS17Me3A4SWNW4sW&#10;XKmrmvTdxRzSi+WoeVNWwXil/goAWMra/9bJxOB3qqmnoV8niD2Jz6LoJUIyFgZhQl5RBl8XVOBc&#10;2FV0OgZoijqfWWfSHvN1Sv3oGClw2z5oV+tuGTB1pqO9SSmY8nPHXeCU6z9yEyuUJlO7r4E6Z6Q0&#10;q72WF/mB7PPjKBEMSjZoxeVIG4P5QCH6INlGCHzeyKQaJPhwICgQo6X+z5Zfcwxg8QTctWkcmadB&#10;1V2RSdcltcQ08J3rZeHKuq5bkzyyTO+BaWFY9QRFahd8iyBXcjL80c32DofJllXXtQlwMCNsF732&#10;7NFQNpCkc4mPw1cYNz+LfAXTs/PVsXzliuxoOVjmE6TyG4y6PY81ae9Rgd+RJj5CJV6T31m4oDoj&#10;zVpQOVIm0JawLhvOwSfIVSZ9iYfxWaAYSTxsxESG0VEh/IvJw+/xb4Xx3YGYrRtFygKar/iCC+Ww&#10;Gl3qjfY+NyH9GGXmld5AblKon9C1a9RzEuuiR2EY85tqblHc8nDMwo9puJC9KCdbvnJht/Hm5fKy&#10;qIjy2Nslybdc8YWVui8RJ4q5ArlbRzLsVH9MMUJX9/+Bg9TrQ4eUv5lpZBQmTdMKnDp2mn9Nvw9P&#10;K/rkNGGFLjkvFUxsKq8aLMK8MFcJc3PmAQwVpHnoEm6Ewez96kchVRwv7kKDZN+0z3UCM5MjNwPI&#10;u53pCxbBj5XfDhhodAs58AJhXiTy1nQaZfKO2qEDrnCFL+THYx5mLinmh7BhsYgSp5+pkbwqEWaW&#10;ZQRIu1YvjV0Z2qcdKseVB5IwAnRXgUBz82LoROs80H8Nkm9WCrS2rjBIR5P1o9Q2xILS6gBbaZ6B&#10;EIxxBCNJpQG4JTRBx+QppsYSqXjs5b6ULkZkee2/UjGo5WPRRorl4I3rMhIgASCPTrsUwwylt8DI&#10;p835EyWSr9Zsm1Fi6thmoasE9unM/J7rwWhRsegT6z6RbI5QDhuufoV0Sc2H72bvbXbccPTeDRWB&#10;h8L0wVx5p1gv3SjhBCKLuLnx5O+lAwfwNwKLDb9CIpp6DYRHLPJKA15bF2ZuwtIQc+xPvhjuWx40&#10;AORhr1gz7j0tJQr7/eB4164cC4KW4AMUL+gm51sK/rbwhMprdOBNd1eSg4TvHZu75JgCVggx890j&#10;MFLPKM2Rivfj1brapCZ6qke1M+I1csHwB+ti14WU7ZR2AeXcZzTBolThLZFNVRmTEdARoDPRp68f&#10;s3jsSmKZuHowVLvPowQpLq4g0DIED6nv+Byjiq391Mq2z3HDsqYjf+UuwGwCqMpTelweys/+omkQ&#10;y/v+EWR8x7ifspQhUjxJUHs++3BGS69wPGmz6iIRqaufjxxjorxk6C98XilyMWbWjYr34nlBbsS8&#10;6o5EfmDmCzEqgx5B7z32fKqSFXWLDKPIhfgao2uxlb6yMkW3H0+C0AgTWi+lbBiOiDzPGu8CZBVS&#10;A+RNnHZwP9qlJPm2iFap3pbH929CHT7QuGSmT16OwWj8MQqD5wSrXe8ypDhoqonikM5XyKbCa3ra&#10;/wyZ6nWbCInN2K+E1X6V2KANlHAlyfkAKDV6cYtHA+YLsNT2LMZhjR0nxvREc31za96ayfh8Txm7&#10;haq2AG3Tw1EE/xMik/Itsn3ADIbpQpvJYtQN/liGfQldWNgGmgcp7wUJatNYNTooDxgyF1nlWMA/&#10;U9N3ruE2bwcJbfa4yIVzG0z4RtFrAyv5MyCWw8pSD3foxjPMpoTGt/9Pj72VrkQDoRG15PcHxvMx&#10;w4sASEu1rjWcsE4NrVpbRSiVSpYm9d30AehwLnJB7h8A3vdAICY3/gU1E/CIMQsyxlLLAaquoLTs&#10;u4X0IX5DCTgZTKj90gkHndq2gNyhW1H7up3/eML8aNWFnBgOTwU3jEcOyk20+sn9q+WImFo7ELwZ&#10;yQwWlcbwUGcrk9r2yZBZr2bLgv7z1i5DSBZW69EpF3oZpI1NUsaBX6a6tFHIGmhy+MvRsg4kO4Z1&#10;xno3Mg+4vPOjL2/3fIsuzIRS54yiGhGYMfoagS2zSQgk7X3vEYy/LiNYIgPlKkalERGhc/f6+zEC&#10;H+V7JyfAXR6Xhr/RVfX2aGzmyiakFYCNbqdnGp/Zh7JeOWfboajx1StRgwttJSSNI2Ii/UnANIJ1&#10;M5UX6C2r47g6jx6Szox+anGe/isnmSLgLOCLwRUDZVwpClOsxlbD7okaVYIvDr14JjXezOOn9ahs&#10;Sg0tD1cwx+gdn7GRhf6uSe2r4Z8QWs/8QoA2QFQw5R6nC33mpIxDpQyIQFHllWG97GJz7gfq3+pH&#10;59iCSdtE/STAkFbsOmg16u01ACkkuQzU1p0RVB393U3pb1CosZRD8Rxv0tXs6YeusV2yBQ+iYgIj&#10;09o6Q5Yl2DEPEaV04ZrQvHUNvBYjY4PLMRqiRLhl7KzxRIpHA4jy9J81mzAfqxUxujIUefQcOcwf&#10;BEoA26xXGXpJZnlM1PevLmT4ox2E+i9aXwoXW9y6f363kjisWYyILV4HkktWrzvqBFm27J0Fjl6P&#10;eCIcMlC2RUz8hS924r0GZMCnKjOTGFKshAsBzW4XCGio9kCTwQKnD9W/aRl6gRzrBjvFhBFjy4r8&#10;lyWUtdMGbU1EeDGAVxLPIYpRxltzZbqSaW++wWJTgXvuZSZqERXRn0KPOZmsDvxzN6/XhTWGw9LA&#10;w6GE5V/GTDbxqeM+DnK6S0ZNywPCvW4lbawlZ05H5J8Rn/CTtZSiz18whkdSBiMgkaA8/4sucZ3S&#10;aSiClevppBKml0dHgxDYkJOeebr29ZR652Fu+nCEu/INAMwHndkxYdhwjEckBmeYlljtuxPgXOJs&#10;vIcyidkRcR7gTztzsfaaaQMsglvE82xvlCB3VIDXPkyjgqr7hdfPbu/fdDLkxllv6BEDq/A0RLiT&#10;MJ6IH4hY30dygGJaSW5gCeDNUXIIl83kYfwoOeWbY7ocrlinLdJUGrineEsoFfO2vSgTGEys7elI&#10;wTLCFj8BQRmUU27DxmpgSlbodvi5E4le4KYq9nPstN9pFVhIISo1CeSZnrhBFub/Z9aO0YnW1RFm&#10;WSu+Ovp7av3RpQZuI5UIM8fqDAggMLshqOWYLEZHkR2d1ZTGIp8X9GwoFutxiLzgnOp3SyYLG1dB&#10;lAoNdH8F5CmEl1/YJShbZiWNJiGCs/SkeZi0zctnrw+GouUFQ4qQWcFwXg6hv2mILIp90PvqJCD6&#10;Rd84F5LF2dx/TDSwtn2bLXPvFDZ0C8YbCLdrcEaAEVQSzoVPIyMS3cu4aKh4zL4hvQpSRH8FsW5d&#10;bWvv6+PjNWZ10bPVN41WFLeke1wjUSRfknVEcCILSeTnCCbePHZIzoe3wHJre5wgSpaPCs589K56&#10;+JCOqywYaIT9MBNluo5mYSKrgF8v4WZxhagpwoP+XyGiz5jCtcpqfZzd9oVEPc2G+cmoiu0Bgq/1&#10;fgxgPdg6NIPUsASVmx36p3YjJimDU/hbBTxg0ytjDHOnaUfxitREBi4zNP/dwPGuhImVrq1qkLl0&#10;EGJxFJ2Ng82sjYH8HidF4+sk6NVELDuJhPHBCUqMY6X94sAU7MZjCDXUO6QYxmnSY6tHL+mzt96+&#10;WnRMjedq034ZQ7OlPSIgCEYrT7S0pFH3jNlmCD9N5aSZUJAhcXa65H1A+KrMZmbVd7kV/4IBDNMy&#10;MC1BB06fjpKNN4Qp5+t/NcoDzL3qBWHk8rfH0Ht3ZhP6aQL70yveSMztA3TH+X6HaYGcdEKg0gjI&#10;IKPdMUIyikRtDwYrU0ruWKi0VHphlz1I7nwUeY2jq8z6fCqVpo34VZ6zsmkYe2qkew31S+Ponyho&#10;NYcmhiyc+VzoTJQ8l5dp+V5Vd2VGMgvTFYqP0eyipMZbipChrfwrsq9EiUIuY0qSd9mrDOa3QerI&#10;X8wyRC8qVViOMGLYomf2EaDFC2Xfw2fhmwq2lZqoihUHt52kiwPKnrz6bfxEqft6MNUGb127opUI&#10;gCbgrp0+aHxGmMo3VucViAAQFPA3jwixIyz/kiTWQ+scyuBup9r4CSkzpcO0k7FbENI2w/JTGoMU&#10;5Q/+X6PAadQBUh95LLOpU9r2QtG4CTZgyAJKGOte/UsiHDpI7Wqb3Szlhxm2JCo6uapHa6C+a/3T&#10;Tlk0eGQ0cUu1hSFY8ZeODGtbKBmMgG2ZD+oppNj7GiFK+w7Vi0CQQdVtHCEBKCH5xmWPIYNouTxQ&#10;4Lfo4I0vkIDO6hkgnMF28CROr4N8p9zqpK+iwKDM/MLTsQL6mwkBjzb+dacIHO9u+RXA5Ukwg8yS&#10;SpuCozMTcjDzkfFY9PodySCyZYTFUreZmcqbgeCri8Kl4PhXQ+8DdY9NyExGEgWfLDuMRuJZBovL&#10;x2084rEEex+MewaBVMHjOPbhS3Bp3nvfWIhHIS+d+3cR1++5DUiqvxSkSF9VK91XQbw5H0dNid/P&#10;pYwqf9zxC64KIgvnQvRuvzOfZ6xS2B+O8KOMGTfyXNpHR7TabM4kaeN9AmpvbwDozEvqNrvnYyrN&#10;YOQMTdfgQ0kBRB2z9edw5sOR/9xyIphpCA6FQwOQS1SoqtVnPEAnNOkQoOCTWrZAZxvdp+sZ5l2P&#10;Rpuos8v9xaHy62gRXBkTB0JBPvERZq8M73gXxVH9rpXRNI8q6thAicakNfqohJaKh9KjAOXGddHc&#10;njps1oCJeT9i0pAQPVPvEBUCloKLH+qJ3VO1wj3ppRGYnxr5Ux3OwC9nyDt/GSohQyEhYKPRrgeC&#10;cacPO4SwsbQmgP61KqbVQe1km8HveGI8RN+ZG6wsktnFfQ+zRykWFguYKwETsO5rdzOe9vWMrSPp&#10;z8r1tLhBPGauObYQ1JwITYBubdliHAy6I+BrpRj99BDbHCASEYYsZyF3c/I9ZgBkJXYETpUstm9S&#10;A1HPoBOt99SsxhiI2nL31bRE9M2degQqkachy8QZTS5Cod65ibkk81fUtqRvrVZzTNn+TFGJdl5F&#10;VLcyUTJpAAnXcPuhRTd7v1hWAAhQXWBDDVtoRdzo0yoM/lyLzdOeoRN6XdwtWM7CR8BynI2tZcgr&#10;pu+X7VPMasz+13irWDsRsMBQqwc62NxzCOX69ODsyGzozZKzxEJ6G7bM+8J+D4Dl0Eo5YuBnx334&#10;D+xgT2O7D7MR3OgaD4pADgrISkw/t8DglR83nj3ULFnlabTQI8skAak7Kwh8LOSWXxJQGX5rLHSb&#10;5Ve5lkqDrxUkB2hDDPVvNVsreKPwF17GK56VfhRXYiFG8Z8ZHjMYmMB6O/VP1LJehz9tLRi8DfTg&#10;L0J/slwRVa9xdMvLyfEExpPxmD9/abEqiSb6XeAU1jL7eWy1otzP4Mp4wpq2088pPQ8jvsdgfCy3&#10;6bB792hoYb3c84L+CUIUnyHYM75D5akyReUqGlU1rb/LAv6iCfVo2s5aNz/WhQlkFMQlsIonStfb&#10;Le8R/zbuxAbdxWnYSdq31G3N1pTDG/lKqbByqpXRYLkFByxQBNOea5EvAt3vPINvBFDryoyNfYHL&#10;02YEQT7uvShNPUuIFst/zvPczfMlrcIybSsT4RldgnkDd7+SI+Q37jzfH0Vwj8IQ/DshhTD/Z3eM&#10;6UsVRb2KocHKaMIZKzY8ae8Pfkn0Ly1xCh1IvhRCaOF1evsd4+xTH9XMacdWubAogm0UnAYOr6XD&#10;Wr0zLVprMPzqZDHUB+Jyjhi7KpoWCZJDx9tMwzi1qq4ECYQPVDvLovDjhKyu2nEdqeTW7B31/W+J&#10;kZfJjiXKSB6JVhGLHbm/6z//0l6CfwXTWJWIybYywd526Zj9TJEwhUysvhU6CfxrkLxlWjcQTKM4&#10;BY5+Wdw2KduSM+FBdiH+jMjw17AYKHTHew0KYOZH61LhD11SiuHuHUs0gxgWaMunmjcyM2SsbgdL&#10;F99bXYUS/qnR3qiyude7rFNlxqFUwoSG+9qsyw44SxqluluBbeV7+3BVqYakwJ3cx8KbYP6lgD3r&#10;YomMoU2MZZ6jUmJYYJBYbkWZGL4V4KAOijWG/HZoVhK/L0Q86ZrwukVwOuMl/YQ+Q6SsFlpXmtYS&#10;hP00SJxmJCISdUiVSz16+dhONJIA4Ck6Du3kDYC3B3mI2M1EtDHC6azIk5WVxOR+XHcZm9eUG26p&#10;trRQmmyNbnDphLRU/tEvhp4W1boB+0gITcKt29zSeu5WGqTrRGo8Eh0cy06v82LfvPQwsZZLNbUA&#10;AOceP849ISiAkqjLIFKDnLeOVYNcD9tnmC1vhrt1zn8SvoNJ8UeO/1epZZ/9/XVzICN0mAD1l7Or&#10;AvgHxOCy4TEtANIhwcn13QHhwMyFDk9s64MisNu6w13xH63kCbeEDduXRfhBW+l1gxuW2zkKYf01&#10;Gi+D4RL5Uwx5BLLxCAJSvXbWnawmVFNH0qjJLNf2pyJJ/xx6v9kHZNPRuXjdLiggaUAhKII/5F5Y&#10;Pd/PXe8fIYDFtQDtaLORiAD2yalCPwg09borBryUtJqJ8zsCY0MaWG+JMkVgF1aV4xHFn/LEQ7oj&#10;UZWPfKVR74HQwkU8qaoYRx9zDUmwAC/3BuQjwWhdVTmdIsDxEGghIWmI/FfHvmx/cLd552DrY20Q&#10;CctxBTmEoTb9/UrC+ll18X40EUaGdzexZEJIAouUDFqkaNOxGYqUPdBDlqFKK1J6ZBPmYb+RXKTM&#10;2fFzdCOmYyWgYWI+RZtSfuyePYEjqTVWsvEJBto0yd+nclT5ICFyU3I+2kUefsxBZxTuQbDDLTKA&#10;LMLDUoTHhM338JrekaulvBA6AG4tj7AJaAvuem9FakFDv04DjQbVhg80G7APTrFcYE3ClPeRzw5o&#10;NqLN53qb4w4GStefmHtGfmqEdk9simS6lxPLEFFXxhpUGa7zMbpLsyKxvvxQOsrz9d2qsnVA9MXL&#10;tHmJvXUhyIGlnrVq2cq70Pipd6aiUiabEhAzIu9VKfhAbOuuyJyagW6D3FDLYdTaQPdbUM7zK5VM&#10;sC4EdTB5IzL2NEQNSYCBY5hGQnbwHe9UWYccjS8i/jIrKL145+ijsGhFw54LjKV2X7qfXhw6hjKT&#10;6P8uHSFFYVeQLjzGRCeKkbjALp4kdJnBwWKJKN4MvUene07Lsrw6JSBtkQzIJSuG68ZIU4FC+8ZS&#10;puYs4MubfJ8nVECCKjjewS3929icEqNxhZRU1VX5hBb0qUjnWD4tH1coQ485wr9vOgDPWyuydS+l&#10;NMx54hzzyn0L9gryt36ODs6VwS8LwFakzASbbvHwMGl7bLM66l1MyQhHl1GLMP9z2e4Cxa7SpzOT&#10;/vFa01xsSfOLRoqUV55qiphepNn5jugARoGo7YGmuV81zwQcN1aRytOK65aak/36+bXajruTi6jR&#10;NGiHBmWKV03dyYK4MWKq1vexHKFi/A1Cw6cqnMVVo7BOgy7pfFmu9FtyCHeqsQt4Mvx7qk//GIY7&#10;i8ouKAkV8b7N61cdnMLkeIZksvLBZMkiCWkYij8/Z9ZLBitQVu/AN48kvo3gUl5behcHM5G3WYqV&#10;tl1OuHTsyiIv+TrFAxHlWUTwz5+4IT/OFJ1iHi9xsuR4T76lWxaq15Mt1ggthXoD+mSg0IfHBido&#10;iuPLYlYCXJ1W9Z+/YDvRu37Xpmf4d/OYU6G9Uj52o5pfe4iF2iDoDPJiLaFwtX3jqnq7ehna7REV&#10;gmbFYXgy5yKE2MBmSmirEmnPgE33xZTNsrj0GibNQeq59xbEhM59m3MpmUH4G2r+blsLCliVZnen&#10;mboEFCeNZLH7X2MGMq76uRBWwFZXtWTejfqpZ6pH8P3LpRKdwbAKYtM/kQ5TuUBofjiPmgN214TB&#10;O4RUpsKNia3A0q7PbyeTUCnmHuRMToWMPEX3EqmeEUL7Btm5o4yBiAMmqEV5apf/+QnZFb31c4Uo&#10;lLYRFNj9FRReTN0vbSgAU1BzyrCQ+cug0NrU4mfLHSsqzjBF+D17GcM/kknxHztjnVVISWdMIOXm&#10;2Kw85QJBcK6ap4fwpb05QC8cbXwvRBd3pu7zZ+vXbnQ0U7rP38CvL30i0T41/13IdtSnbDq1rgJV&#10;7/5EACQSzTwQBM8FDm6EEQgboCWpdADYi0N/eE4KLs6LUkqZZEqJLnNAVgYGBggbCBEIQXaYSdE1&#10;OqY8REEKVL4fhgIxKiKcmECzYEmbECHLNmUhxqKhJtMhqCHKfD7BUKOZIcoTdFlJXxpKVczqnyVu&#10;/8G8418oJ3hzEjOpTeabtrbiqSWjKoPj1MOaqq6rkSAUh9NQaUaQYrE0khkVgvWRX0w5whkRT0sz&#10;i9koMJPzYZcsQzZZboaSUk9KXRNE47LlwvhNSSYFRy1bwhFItj6OXEJTmsl47hWQMNhFp9Ys0aZV&#10;dGLoFZFi5XuMxDE6BUa3CI9jMTMr0hGPISK9FS9Bfy9dGJ8NE8QdI2cZOgzjn1qeZ2gcbdEPERqR&#10;3x6v7HiGH1/C6RjjoXKGEhIL7Ef1OxjskospLsa8WsNws2Y1M/NS1KjinkUJAWdMCf64QnpoFKhx&#10;fJx7kMB8RYMWVU7EY7HatL2JSvhV7Jjgir07jZkIKXId3et96IGCpsQgOlIWmxhLeAoDggpeypuQ&#10;hzJli1fUTGqhH4l+FYq2PCMJRfNwa2UUhTs1JKPMqHLJanzRXqNDDprzUw2xIStaLQAEozY4byDB&#10;Gmqx3I0Qy2QWsUkImtcOYybkfKkYIvhfcHB6GtP0URRBLh+T0EXV4lpDU5SNfJtnc2llFSchbyQ2&#10;81cKXnn2xLBAuSYogSiEiGOisdBEOMZuFbWxfhVo3s/sUlEVhN56eZ0/SKQgIZtQ0iFFhYSq06hi&#10;PCRkSlAqQydtgo6dwvaIsfyOctjKI0OsfhphFaqiVJZYTcO08vmcCENDooxQqODmJS1l0h3owTpN&#10;6jlx6n0JmY+HIhkwoMvK3GcRyvssUyGVWqhiaBpD/0ciM2VeQo0+TAW1qjwbGU4DxXzuqNibUCw4&#10;rEBUNfRooMUIzykvFgxUEvUYqOIjQXNnZqbCFWEm7PLDCG0qKoridI18WMEpbZAzqiDbhSbidJt0&#10;y0MvjNCfe163ZHSKLf85VCIZFENYUeEjP3xEloe3QzXhFIktiBoRiwWNwjdTkslcEFIiRCJMUVmh&#10;oQYZEVmK/LrhUlcpolxeDWeHF1XR985lRGQvWSuUta6NyMiRCTRgQPOa54GGIeHbJw3k8uGvMk3V&#10;uwkxj3PRwyJ6wRUFJxGxIRPM9iiLeZcVjDpnoaTo1hWorxWNpJ+KmRAzVVwjgcYzqXnq9Y4+tbtM&#10;8pmxKYnpwS+ndLTI46g+9C+CTxuRnIHGMyoej6ht409StsgSc5Df0L1oWJQQJbNik+CZHvr1M5hW&#10;Uje7w1ATOl6VMm3iwSVFcgTRDVFDMQuSLZAyhtLSP3TlTuy6GRaN78DWcMF44OgRU47EiIRu7t2N&#10;pnUJeyIxsTF1yrQgblQRtur0zlBaN9VVGBHMpGLCHFNQJOYtWNRQdTZMUVktHzprKPYFoQf9gZ8g&#10;G5GO6p0SR03LC3SF7i6n4xhGnBcVoiRyCgvRazaPCsEG14U4Uz2nSDMxJ6Ik+aWb/RAh49NeEmq+&#10;CaGU1LGMDYnHjwo6+DWuapFSItrmFI3GZIS4AnVM0Gb+jaskbKbdJibnROwgE8NTtORBVvZrLAst&#10;scx7Bs3sDVlJ4jfIzEzZvYG26opMcVB5Tws9+Ckn0JCUKOGaywYYR8h5TVXGiNQ8JETfSkB2BjPk&#10;EzcXzjmE9nhBtEZFhGvmMlLpXT0uXzP3DA15Q6qaFe8yUZwzq0P3czqe4LWMWWZCFxGN0DApZtAW&#10;QR9/hMLMH0o4mWVfiUwYORKkwhNRYxktVC3iuGNWNYpQDhefprtQg+vXLISzyVLxTPEliwrZkLsq&#10;snArB47Q413Iai2mcBQ6ZikpFkCZKgrZDiUybcLvhyhERU+j9xP1vGMEClMNMqz0iphqqa3qnCp3&#10;AVFVgY4KUcOqCKGgJ3Qb8cujHZu8KFB1Si4loYpENaFR/5+qPzELq779AZXgasEuHYF2dWJRE9aq&#10;QEfMqZfWmLWX6HTFoT7R2QIR+QduTrWIasM8Il4Sx4lCBwz8CJ6Rq0wU5vTpxEDoOWlSQnSEP+Yc&#10;epCwVH1qUxIhNE6E/SMOG/sDCOoyUemFiEHihsZJZCbOZwYTrzA+G0Q2mBnxhYMoiDtlL2pBcR8R&#10;Mpq5J+Ig0zecKjxKnbC8VZ2Eh6Ktg6yxg8ttQ6aTTZQ2Sw7zdqhfFcXMQkk1moda/QJP8ZGpoClL&#10;VCPWCaLQChGc4BeInZcZiKeJ8ITDnDJCvMh0gvAy/KXmCoNMJQhvIk41RMThCEGiyaZH2ZRkms1c&#10;Yv5QRhRpvpmC6yoxRsFCMz1HWI0rZvMKaj1AK7bZrQd9Q4aiCoVoTQ+dyFEpkgYp1thI+LfYEJQR&#10;urI/phdWfWqE4ZYif4I+7Z/QoNirJGPlB/liGOiKmCaNS8LUB6iKIstkSkaVlUJ1U+gDA/hDnw4M&#10;QAd6YmSCjC98p0TcQJ7FnjIKMiOtcLERFwUxzMhjXowiJlBcvhrOQwueEmofMD1tpEY6Bc+MXAqx&#10;rAJk1DTZEIdF4wI5XvRgSyDX8EK11/WNUR9WI5BLLEX9OIJP49hUe9kxQ6FfWRYT+rEc5ZGK2VZ9&#10;ircI3VShMyQ+LjOM8FRojGzCL2cldsLUiWxhv2e1cRhlasMiEokn5CMT5hDumCpshsksKuoEivcz&#10;DkRxk+uJMUd3VE+0u8gcx5CnJpD38cNjVmxQjUNtM3SFCpctmk4nKlaxRJ9LHiKIRBbbt9PkuIOD&#10;yNM0OBu9KLJzsoaMPRq/brxVJgAqINXf0cWpiIXH7DNCGYmPiVgl+GptIaKALRnZzZDWvAyKJUQj&#10;ARRWURPE60fDiDQCUabKaVAYOgYK5iZhJ2FaCcKSuAQJsXQqQiYvrhXOediwRCSUrG6JylRjIyI2&#10;P2BNQa4dTOoCkeZB5UYSIgpxjZWTWDx5PZSTWX7rQeYPMroML8EgIUKfaFYXb6gcUWVxx+AqWlSx&#10;XHJ66CmooRxXqHwAwSpmJB9AEHzFUxYGA2symRAJk7b+AQQ1xc9QKA9Pqgg722B/FMPDfJV7LJV7&#10;8RrSxaHuz7HOxBURH7Aaq62WKNAMnZHIoQ2aSqjwlArDrGAhkY5RCKp7irClwuVVFmX6IPLbVcVN&#10;EBkXKBbDi0le62HoWsy+oAvNyF7cG52FBLlJrAh1WEQVrLCikIyL8gECCFjREhCpRgzF8rp9MwCC&#10;1kLYwY9O0xkl2NFEJCxQT6AlYoK9IfmgYMRgUR8UVKAL1JBLC5ME2SduI4Rfjr3w56WRhIMhvAli&#10;l3xiuQT7c8getfAKd9ieKWEgs1/gY9EtBvphocdRmvK9oEXGf11LmB6JKkpoqTB3Fodd/CmaAh1u&#10;Q3kjFKilPmgq1YIdJA2ekSFoTD6IgQJlYh1VMJ16sFkMhzok0PWiQFclGuoIdbE2mIjtNcbBCnkI&#10;004XWhUQvEwgG5AwzORAe8JCcrkQN9TkSmmOYRA52K0jhHf3wTZJ0pDDVL8lapmi2UBTPIa91jwj&#10;mctGhaT3gnuZ0M4RpsCeKxDzguuoSm0hWmQ0SvIpMvCHk6lUTCPszYr5TIlfHUaRLRNeraDwLgQH&#10;DCK8e8tVQ0H6KnqFt+qSa/Go9d1bgwt/6RNT/kKUasi1CXFWkEY9dWslI4sJUxoowBqTKlZilwNb&#10;gXWJDpOgPxq1wIYD61IRmVZzqOBUWN2yOTZFQ0u8sBZ2KqwtCiNNkYaElOPTkYqMtHMmuHRLd4h2&#10;4OBTBeoFa/teqDEdKXZcUxMwMP+WaYJkQUqWk5hYwa5f9F0RqDRQYE5RUwR2gtSyojRDEVYaMPhZ&#10;Yq2uPLTkS1hpKGikQJFa5Irc74RoWyXl0lBwQ5RYUIEdh7YldvgKLN1WaOPuQx5qFnyryidXRqO3&#10;ds/ILMxIKAV2qhqHiYWKm3tREH0mRAYJi1vi2nyINSmpMohqAynk2HbnkjWhmKyZFKqtF7uEoppr&#10;EUaJiSClEkSGMqo4TqMcDUoQ3zC6SCpHqqqbrobypWozG5+hLBemVxwXTBoo0M5pdmqEV/kgdHj6&#10;sYRTHUJKEZVnRXd0GCFsboiXoCD/Y3aYUbspbv4arezy/aJZVNEp+CmqojXQ+AstaOSrRCtaLL8P&#10;qal2PqM6jar/sPEgIndYn0VkxN8KeawYW1Cg0QsITzAbSn/UWqgy2l0fPUYDBmVXjaj0LBthlbVw&#10;hBiNZCYKU31SfETyK2kRcUKNCmY1FYYZFVelCs1MxowzIwYaTWNiZahQNAk1Qg8SzZR5hqlnKsj4&#10;Ggk5+qntqYJMJuEfxnU/gsxjjPkRKkpOqYOBApf3QPVqyM0HJd4W5m4FqRDPJEZqOJxvJZqNalaV&#10;VEK9JkidB80UZMamwkbbcKGjdmYsYaNQ81DU1cvTKPHfjiGPZC5RM6wJqXfeqJAhSuiIJS1SQyrV&#10;UgzuX+OYoUq8MQuSCLMWCQqfgyZcuHVs93ZJSbceqBKjdWXLNLr4MkFRR4UaE6KiGCPJ3wrmCWLq&#10;5wvSt/8CkV9Rlp37JKYC9WRTgyR+8gsSUblImJHI+yGPIsHdJxTRqJvhXdWHPBk3ag5lxagJFZtb&#10;+4dq5jVZBOIOGAuzw6Ya0wViSgxHpKQNdzr9Q8wkRnqBQh/YYUtoHOuIVpSWWGZm1gbj85kpNKgq&#10;qXhFVKiTRqRiyuIfLSA8sggceTQdGRCFKDkaRWr+pnYMNE6NkGlqokjevPoBBGRpSHiRfJZ2Trau&#10;Cb5VRBVJ4RfW0/qXEPcgYdg2J2GIchMUz1AjUN2Sg0KVtMdV4OiiUQ4/XN1NYsjVVwUXbchYQYSf&#10;ooxMrCQVigsXT9PNafwABLCimnvyQBRmGC2JxUSnunElhQ8g4jJ9vlDTQMEMSfVsCFsqoQaXfGim&#10;Q8ne2mRlQsxL0plepIIULiktWN6pl5Q2jrU7PaJTaXhBqZYyjZHLIAYREmVBWKsVuOSJX04zmLQ6&#10;oGFlOPPWEGMeYTyu1FRJiAEmyndFmtbwa/Y5BX/ChhOaTV4kK4VEignn2Jo7fD4gHjtpPkDIx+aB&#10;pIGDtWAUqFgR48eSCVUJPaOMJqJiRVw+ZO+2zC7TumhqPDoFIsqQTIpeldKsxwANZW5kc3RyZWFt&#10;DWVuZG9iag0xOCAwIG9iag08PC9MZW5ndGggNjU1MzY+PnN0cmVhbQ0KjZmaoCXa4UjPiKNm5HeD&#10;qBUJ206uqGOQd90ikupEoyGXiiNFQXNUzf3W6cFRGGEetXGlhPGql0Qrl/ZVFFVWZ5yuNydQxXSt&#10;qmmEyUnG1duSjsrUQIw4ww3BhTUqDC84QWatiUQ/YTVjll5lfRwJXKdCVYmH0iQmGjFROuSmweXK&#10;FiS2w2VSTibiSl81V0y9TkN/REwDtxhyvIYUVX6melxqw1oryDUeFUnKI5qo2228W0JONPOayNyG&#10;FPjway0P5Q99bRxmCBAE6TL1p3EgjakrEuEmTCVFkmxBIFa7K7ya1JQkeTjRwoJUEwIEYj7kDK87&#10;jEphj8iv3GsrHx8s4hSFRlLEf0zSPQx+9YRqcrooGk08vLqDVE2xI2D3SSZ8CdU0qnaKMT1qXmpJ&#10;OPQV5ifsMXQfwAKtc0FmKsRmIQ4XW2/eng8OfYa4iN7hTFkYUVDO+dD9ETrFJUQ8iY2oiOYho4hi&#10;dadAK0d+kTvkU03iG4F+KMYjAw1EtZZBJCFkAgRTMrQwJCgaMQvHTpZVF4EiUDzmMATzklPvwpOT&#10;qsQkq8ooiV0PhcsUEHQD1XrTXsUIRDR7eRh2uesE1VA0k3QM1VYpEK0OFB7LSUCFiBPxLmFQSLhj&#10;itEqOdfRxSSqMV/eVJF1YXNeIvNuKIpGxEk1snA/7qmK1MhAEeMlgupBgEQNmSIUgyhIFftyRxxE&#10;QZmZmmuQGM0fRIhgJh8JjN0TRkiTVcWMoNUMuaYUGPxckVL78jISxq64lAjV4GCRxINFRbOdYBwb&#10;WqCgVLj4KgHPMUWeGAlkkqAZKFZnhRYfzTriLRuSPYtUMFx0mShfrPZBjQdx5nGR0C6hUWSZ2p0R&#10;7VKYVwyFOc23vcz8NcE10Ew0QU4e4mDVVCYAkDin7L4TI+J/tMtLzoeSC6enUOFvZpQnTLV21faj&#10;5FOhO6RmbpAlz1hKVJiZGKEqUytMUIe6hbGDNEIkFJsg0dcSFCGTfO/MoypcYqaIgiI1RBKzRwVH&#10;c1DYFEK08KDWhKmhGnKYCJImwrT4hw0RUyZ5eWVWTfRSEjzlBz9SMk3haCxKHpvQu2JiE15fkemL&#10;Ha4olCDSG54vpAiM4bvZxycaPdzFhhyiCSpfAqOCG1qiqsRXYDSElmrQDeWQRYre6TT0EZNZvbrL&#10;sRiSkaVnV3e37W+huE5BPpVYDkVSnNqERBXVkwxjf407RlnLbc5xatS8yp89wsSMMBQNQGTPjQeF&#10;DkV2B5qROdjVsAcwI2v4SRhzOUg4JhzEIPGQ7XRd5sPwAMqjWUTPtIgM4eBtJMhkGr08l35NQIRj&#10;kNaMJMxzWhmauYsmoSxjuiU1+ShNqA0ylZBFecQtU8hd43EWJ0jtf2poJlYhoWZcFftR/0JdtE+l&#10;0qfekIZoitUpQB8gQQABnWiNM+p9SAgcN7XxkXbJoy5qRwwRdm0zi0n4JcyZSETRVCouitK4mgJj&#10;KMpSiOdBokxlmcXDaH6Iw2HXEKPtI0xQ5xALFf0TCkJ7AjV8BkvOm+gizFMZ7jFHlYv1aIgtiW64&#10;U5gocWJM7ghl7o5MZUYUGdZGlt77q+ZemUQoSN/glqalolUoGc9qYEtc3zaMqWlFmK49vTDLRUZe&#10;pWD0U2KZRqipokhqSGY9TUeG/5mZDLn8CGtoO6XSTEx9jdqk8lT9pjKqwjQPU0tl6nChFT/qYXVY&#10;yd85ExWr32OaG9GDAgOYAjs4ciCDFgpBziVWi1qCnJLo0auHzJRMVUf1KU/IzYJs6FGimFFMRTBo&#10;E6Q+M+Y+ucM13h4LmRYS+V1D5NpgoTgFEpEQERnjWi1UlP3kLJFZj4o9JfRHNIhOZaIIGUniqPkU&#10;SXZmEkOxjDwyamP4WM1MUrcnAsXEdlIiEUWi8WROoceWXlpTtnBrWOQLWUjJNNRtRVNyTqMaiZiJ&#10;kHkO+ryIUNWSCDynxmFnfAIZHTmjOoWFhM7WaspCDGz4OPCmVLxhMtvqEqHGemh5GEkPg1T0ikQa&#10;xtvtfpFQ5sNGFDJ8oZAPCiw2wkCSG3MNTXikAYNT3BxGfRweSFs3AIIJESe7lXZ6qBqZrDE6w4ye&#10;C3iyCQKpvwiC7hXZq8JsSEn5SZ0WKA+zGlInq08DMECBu3rE482/uRFOk6AoSpDPBHEf3L/RVR2x&#10;ViqmosIanhBSKEptqjWuj4MoGKYaJhT5MkE4nihaSXV2IpzaxCwT4e3/qSFKycnNi/1CbRAn5sDx&#10;n4hl+suxRG18RS4SUSFSjwgfr0ImxClkwkxqKET9iFWIb4E2dfa1/lTUmzo1h+flHbmQVt9NQU73&#10;SPMwcioljkqNLg0zTp5+OIpSVBqNyhrk5Vt6fGQWoiL5RKROY3eC4ec4849JhBTXPPMYUphFa5Qu&#10;8TZS/PAUsyDkVeyHIoZhhin7lF++eMaj7JR/MEEtJLRF1QhTvSH6ipeiwWjQBwMUjCREHXV06LpY&#10;bipWkcx1MOkNirMPqdEZJFS+BLU+fj4f5p7qdBLvxvDMaIKckxcFeXQ2LDooU8RcpJ2F/0Ept2r1&#10;hHhV364VshFpiJ/CcbnCYk9YsiiQJ0gj20zeCv/Q2q3RkqCivUEpT2OJThVVFUVhvqDpJxWBEAdn&#10;NZXnCL1DSyF5QztBob1LbgputPOovO/fhdddNRqdIdkqIkTZyaqLg1I+gDhqgOLrBY7SflmgE+0u&#10;lj2mV2yIP/8IGWar3GOaEj0m+koF1a0XQ0HFYkWQsNsK/lXB/4Chcgs1XzYqSRthhH+Oh584jjug&#10;jRQISQiSyEP8MpkQ/wC36nQgHp01D6WGwnojaBeSC7vKW3cbfhMNd0JiYgpTIyMkElrGIeQwI/0U&#10;ClK0IP8g8ZSL4V3rhMTtkCQrrxqm9kIUx1oMK0byvCI4hGQSxFSKw0S3UaEoAzVOBhq56RXmDHOp&#10;i7db1keFOi2sk8Iz1KUxNIb6JRbqDvRqDUPCPMhJJAwHes2BfjrQo5eDRf0LaYaqWqZ66vCRoHCS&#10;BGlEFKMRohLKJ3LLKRQLL4a4i+P6dbmpI4FCrElMBYVN1OqjFDpSOqlSB5IE9KHDVToniEgwbOIj&#10;Bons4eMa2ZAuDiVcUFQrHkungtl6gaTmC/BdVGcBBSB4fDr7hkIak9S0RuXDcMQJQ3wg1pdKievZ&#10;Rg+WqgmVCSHh7hj1qYfzMhePZER4izI1SUKQJcSDAFpOGXOzGez5Qn1W1yfJ8woUOqWqGMYTGIY0&#10;gUKTm6XRJ0Ro96TC5OMQEx0QQBAR6q+TPlScecOkDD8yjjokBrKt5dhmTGEd8YjCKrETJoOIUGyj&#10;CJhkZtsnPxzlkJEVkSgUW3OZGbJGdR7rkKl1hSxYxVljESO/yOIG4i1UfFz2EPoEWcIVneRRM6sW&#10;lU7VER0SJsrGKiHSRTIUPgTi1SK615eLpML5k0hWFROahbMXGp/07TCx/F4IutDDagg6j+iXOLmi&#10;T5V8UkVjDTWwpp6+SqZ6kxeaTjo0dQvJzEZkg41aQxJfyucISNFd8ZR8FVyzNYLOkApRa9Q44ZXo&#10;+7ctYoXXzLMX80wFnTY1rM/LVbkpFkUaUhFvjYsuP8VchGJqOqpvaKJnyCY+UmzuMIinIZ4GDFhk&#10;4EbKKV7prCZwnUv1RHXnjoYTYlToyB0Jz1LYwXvDwaMKriJ4xOmCLqZRcSISE3xIkGWyVSJ9wKDm&#10;e+GjcUgc4Wtrbk74yPJR+GQhpco6NH+QKQkJsiATGQjJ7DNaw9DKYW6WRBjxOyFhRhS1ItKILs8Y&#10;pCHLRouKoJntERGqePkJHaE2sokUeao56N8pbFiUS4swkpL4HSJh200jrWXvhdwNZFGFx8l8r2QT&#10;G5WkkJgpd4ivdlMRsYe6oaSYbxbMTbCLYPlMglnzRkRlBHOcg8GqNqrKdPJPrMujRdRCJuZZuDGN&#10;xNq2tZ0+QrFLvoxEOOWkoctPwtrHMR29OibHCelOpiJPciUImYosRVmd4xsbVzityeFLzVTMkCMK&#10;KZpNt/EmOIZpLcuJjpxPUGsqDTpqupNbJhR/q6sxxo3tpIzWSOk/haJ4bxDVpdwQEVdSnKidKog6&#10;FtNCCYNhR2WTaq/jN7owmB9VsBnteOgReU0EUzp6lK+gELOKr8lHMkMPmXo4SJtT1YI7rqlEBMtE&#10;LRSiFGFiFV3G8zRFDSnmVN6edd+SM/zh6iShBL8M8pLcBIddrrZCOHNUmOzGIKrBjh0kr+E/hmlp&#10;dpNnptKIzcwidqCS5qeIEFWKEhGoRJ5ApYrdlwhKFXYqEmwNq4+viBLsfyJLk4ToWIlEcfPMvbPG&#10;ZoTMTXKGTAXOxo1UnJiXIo18rykSidCiliykktxU2+WWYC/o5Etub6agUwghm2WpJfdWcvWDNUoF&#10;8iqpskqjtw4yCoa2JiLu0kbjhaGDRZuNmUW+GOtJKDeNeDnKeKRMyExLPPJGjxclsXoUh4EcMf/I&#10;fakRsw4YRJAChWmPXBZuOZQs3ZuCEsqvDqnyEWOWlO4sobnCesfU4jYlUphmaoUYfgWFb8pWPI2c&#10;IkbwxMMHk4YoIQ80hzKceX0WgpROYAiy5jeF1BCxvKg3DTL7GiVooqbh3DpBJDkZLGESshhDUxAO&#10;VxJlTX3mo8Fz88mUpC5BdRRn3D3jKIqMgk+mELMhCkS+xGJ9FYiMiNV1BGvqRQmZmrASYlHysCas&#10;l/OzohKHMrS+DDPtEgx7zTqGUeZT9FrrLfQgujBaL3eXcXR3Igs+802E+LOZR21oaN4R47hCxU2l&#10;2REScyi6yufComEvmokJiw1tGDEOoRrTrRiKkOyBZ5X80uiD6Eu7l1gzgWfI6CXF16ViwjVLILEo&#10;M6sQtWTmptUrIjYGBDBQQJOq1Wy8TGky1AlSP0IhnD2wYSnXWFaxQnxoISOM0oxD0GOCQtYzwRTd&#10;iCFI6qhAsURE46BFYmljhvewrDTE8tgyJlaWKZoxNKns2ZyKJi0RPngsU9OlqpoIiSg7crgTbFzW&#10;u2qiylSORvH1aGZm1Y+AR4TTi8b9RUxK1p+uI1NkhT+qnLkABgggGJoQS/KkInVlsJDWYaEtqQcn&#10;3iGslIS9VvIw3w4hCmHQJhRaomiSB1UF3SW1ME0Sr5mq+tSUZmDbFuMHsWCIrNMGdiKsNeUy0FQ5&#10;M72bEK7lCyNqU1KEWIpTHyk2DOzLc5igwEbQYvGogZ0XlHkfeeyMaKqBEkEM7MsRGLTAEiWIUqRo&#10;TKdmQkqBZUselpcal0RqeM+MxRLtpNpyQcicGItdnburcfqWa0iDpITHsh4u1bRz4+MI7iaEiOGG&#10;CK3mEUzt7UPGJ0qocj8gaAsV1VtQHVTEsHuAAAAgUHUG3pePxxJ44u/qYiH00JnFiH5qamo/WsJB&#10;NTR/WF6jMJx6rC7ygyoM2VnRiPBTlfrUtoNCNfH1aUuKQ/OVkbrXWFHkFEIPPA25YhZqvIiaB3Yq&#10;RJ3/Q6MaiZLt7kdHAs+P2HbgH3iJR2v+jUp0KcoEflwZ+lnfKrph8xxVbQJ/PiSGJ49HhNVhx2XF&#10;fGrRDwVFV3dVKGGQ6G8nN6cuEVpxMiRSzUScLFZK6ks4EgrzoNyUioqFOscVW5gXHzNTIgutWgfF&#10;kbjHMWMvqqRCPGQYiKtQVW6od0MRUicodp4+TvH6MgPNl6mYXatAdfd4mJEQXys40kWJJHmkIxdV&#10;TFMlmZJ5UIKEvKcBH1XGnOYUEYie73ADSY0wxFESFHr5pUL6iaFHHPzP7S42RRroQntjswYaKey1&#10;KzWDIlRIbY5QMZc/c1X9RnbZZBpIqKdHflOM5SxFEmNxVYOPmmqmREqjdKt0WNLKIeWG8ukMCSKi&#10;eoZCSdkgZmKZoppfKBEUGysuwZtCNaZTZcXMpq353I+5hJRrYSW6bDeIiHK+lcK+V9UXFORXVFXW&#10;w5ApOmGvw4LC/85H0SkrobdqknIqwi6dV48Sjxpr9sb4IVUPtewRwy5EQe6PMkQzJclKWH6jExJB&#10;2/SWBqpWJSIcKBaxoQO4mqgUcctGul462gACcxAAAAjAcDggFIlGBILxsOwHFIACE5soo2QQCMNQ&#10;lkRZydAAQAAAAAAAgYAAnFT1N20koCUPs03BW4c4/a2ESC82lDuhzyyS+rkQeIRXPUaxb9CkMU3r&#10;L/b1+yq0VC+Sa3lihT9b1h7hRqjOLo0ZChYSNfOYmChOI3G0i1HF1knjV0h51dswART92QZZ6cd9&#10;EUHM5hpDv75Dwp/o8Iq/9ObSjWvLNaXGcvo0UHvzHTa7qL3iDHpQ6yUsddiwGRoDbJB+1SijtCTt&#10;h4V2AZbffRhW4IPSwEfjlyXTLliofaa0gm/6Jjv4F5IFzDM010EajrG0CYhMoJAz/GZZiVrnoTeO&#10;sAPMTy5ah3WDIYX2Fl+jNYkN9OvyIHI0aHuqEjcYWg4ktBdUgBRIfLS+uOQPX4MdMt/4czblV8mv&#10;1FSmJti6hqDapNcRPt1imTO5LJTtUsyAOPN7HSQWbWrPU2GkCifd31mpxCf6aWOgaI0gbEiI5Qli&#10;zfQGOjYrKWErpiqKjZ6Y2V8u11MqgqvEF/eobC9XhiwiknH3JGut8p4DlE+v2BGMX76heblWkqyZ&#10;0xyy6q9Cb/tXRJuKSTdjsmRJjeUhzJFYKW0HU6QKtynJJ0Y6qG+k+cw9zyNVzaGIEhDkiw88XMuf&#10;+N/qRCYy4R5yXXusSiW2FlVM0DJO8A8sBxmJmG+ZE3BX4CfvlaQZEBVAXhFvNxhy9GgDSEvXFnEf&#10;FTyCO7QSrjjHIFacBI0zBaeXtJH8SQqO0bnamCekAwPcb0jExXiWZUAyicRCgMm+WZ1MLf64gR5B&#10;Roxrzmc+sJcwHle1YRvkfEJQr7xWLI1bEhtnCBCKINqpZOkwHjKgXm77CF2LlIWR+DfE/AdTgqIU&#10;rGusLZvpdaS0VId4+tMm51fgHMYrwqnJRNDJuE0egmu5JkLeMjMnpQgrlLmCkVZ94WVxMIcmbIFe&#10;vY7Mml6Y//Mr+KgPneFoCuYE3fceg+tEdTEQ09HhiBTFtECSBrxSrDky4+tCcbHWdoDsgUQgUtT2&#10;FCfkJLRS7SnAUOgQyBgdgobST6M3Iiy5yRpuZnU0mnY1fWvG4O+llGQJJBLzFlRFuXaSd9b5+487&#10;R2jw4kExXbxiZkJrByU1oHqZOsZSDmoUrAMMpZYJAXUS1x2z4AHQaqZRVxtKU1pdGyDAjQLLQxwS&#10;+p1hvBA/Zqpl3Pz9SVcprsAj+TX5Aq6MdbUYIOUttAKy+fvytWrCJb5Imo1PR5X9Bx8cfVajkn8P&#10;USRM8duSEcLCBTUIVdjJjYT2t2nni3LqAnJ0XA90/K89ksUEScUN9cobIxkxPKRTYnZy67OYYXHa&#10;zgDgPEG76cmGKahe7Zs++8PUIB5Kmwu7RhBXq2TXNT1BmdNE2eCeDbidmRPxPyPZtWjTwhLeko6v&#10;RTbNB+lJ44jyZdBykjan5zmF+bkbnyqoyoDuOuHO7ZR7xZRaxbgCaA6vLptCcjH48I7ZWV6buLK2&#10;+PxDgoMobsiMUt5Vmu1t9bRdL1SOcYJCyqXaCsF8zUYEhIwoyfdxc3MFKs9dPooXrd4zpltAREBR&#10;hhp0PgrE/RZtLDQDGyrIMIP8sg7tuhQyaD98qu1EP1i1etCNntyTl7zQSlyRbxBXMOIyeuLE2eCq&#10;6Q5bFGOV7URNjSTgLFRAHvDvXAiuQY5hqX5tGnF8f1ovijIJjfZlUsRNTtTEIXefTisBHyQVRUze&#10;zSywvW+fOl2mGfZR/oVlBWuEH4DD/ITNaleRW+mVvxYxrh3ys1i0GG7JAghrbTbdcr6iu9YGNW3T&#10;V1YyXlawKFF/HqIcxAYlVD252IS3k1DrEN8V3EczGI7O4v2bvcwDbBZaoOf/wu2AiG5Ql/8vY0oo&#10;mjnikDOIbNVpTZ5jumK8EG2WqVQUn560KMuBjzV9Bnvc3bVS20CbSDxrjPIAAMbQ4lOKBCDSCN25&#10;GtqbvzEmjdb6CUHRSVmADKM16Bb9mXHjfeHdrzIVPkjSGIWI00l47QnH35gBR0P5rngSpmsftR8d&#10;rspXNZ8QBvvItnqJtAV1rBxeykxN4SobbZ/+vnCE0h4Ov+iAgIBtq5VyMmwEys4d6LN5i13oUaT+&#10;daR/WoqxfPbzZVFJCZIil5W/JozCc+UR6Qxq7Uw8OAgxenRSela09OGKamsvDlczuzJSK9/y2Ux3&#10;+J6XUVfkXcoZI9fyxLwot9It6kDBYJJWhtwhKmlhiFRx+jld4bFtjTU97QWq7hxMzhrFdHxe6nnQ&#10;02kj49+ms0DUa/U48ldllcJtxyhks1u14h+bjLnDwZcSSZqrkId8NZM9fK71cqyd8wwqVyJa5WVk&#10;b0EGpTEH8YYN3VEwhXBMKBXUyRBEWFinJe6BEGEk7aqpy2Ak1TXL5DoWR98EvVPZvFsil/EkFAyK&#10;PB25qoXno/Xzf6E4E/6qKpZDh3tXGPIXztnZOLJQ4xe6gqwNHTgOTxuYg+xRaywA51L9BTDwAUIv&#10;go5Ui2IHeJZcix2gf0YIKha/xZd1eI0VBCrE8umILSeDv8aqkEV397pNNtG+Ru/sjfa5NykgGlLN&#10;1/UaM4Yoobti7eahMHihgPdMRTljJ26Bjam3ZlMT/7No/gZLJcbBf/+T0umIF2SoGUEAIyDc32E9&#10;Vg4DEgErKLGNsUhjUK8FmVGtaRVv02ZDKghgfq/PgvRMtOMgYx6XPMFklS8z1Uox7UlW9M+rkCgz&#10;KUOKqi6O6yDDRYBOEX8FZG7bLtepIeMA4ZyIaNdExvK7zUAyo+tJCOkAhz0TAeaz5UDPyVWgSidu&#10;SrhDUcdkiZLp5uKufBkMHeovgqL+u91/SIMLVFg8GaRX8WYAgg2Yk+u4I9Ok8Oq9ZullnoBqScQ4&#10;iMAnCLB7gZxj3p3BqfoX0MW56jrXDCcodtUVOxUksgEBKnU34N4Jwp/cLqLiitSxnwV6nqsTxchj&#10;o59ylkB8MYvcTJLyCEn2N7gYUdbLhQXAvNySSI3LwCZF4bX5TuUM3tJ+iUVcYaA5jRKbcqM12qSL&#10;X1ZFS93LFMhOHQFpN/tNg8CkVzCAQlzYxyoe6gfp3veyu4pzLRLJbwWibwwsItH852ha9ErdlPac&#10;VAN01alOBJUfk8DkutyMYAvpUqMUfZxgS1JjQMeMUAiyRKQG5gbPqJWUrSrZIu6K37QcFI0yndgP&#10;8JAm1SuGHnYFJFtLEjfIshcUF7tAisBF89PBaBwwpkSBWyOIyzjRSXteGk9HX651GklptWCfGGFf&#10;GexaBGirufGi5XVVFq2CBknQkjD2McTNU7wDJz5fDsHzLNsUvPkNeEv/9lVAT3/7nEFrACWlu+ge&#10;T+A4Iegi6ucv93M+YsMZitulQu6DerooOTzXLu5ylzLU3ZrNa8erU9lMx81ZdttfDh+W7N/DI1Cx&#10;fgCSosGgyxMG2KyW4DJOyQcIa/1QrKFQPNsIXmo8fteZ4KrrkSU7IygQB/1z/mFJxvJf1YGdpV2T&#10;6wY2qDLBZma/2aeELVKk3IMhUh5BubvfPocPCU/V9kQl05unDrx4s3iezq/CTdP+a24V2oIm6Fyg&#10;XqWxXnqKbAKaN71wXKvzNOxdLiu6YHXRUmqHpq44vhZ3eT3e4CLbmVeKJh3E0pnPTSsWNCdHrnad&#10;xKyYH0aIrC15ohuQF4GV7kDECj9CXcQ8m/N2LOIK6vrLIAiGk8SoWxPsq1bKT4/oQW4uQLiduJCY&#10;rdhG+y4takFYO++C34WiBaKRTntY2q8Egh7hVpoHS/rrX6p5lL35w0Y36tFqjr9r1PSThrqJpB80&#10;7AnPEuwiJkNWVvRz8G7Q4bNMRI2/kviAhtfKC0m73lfxbTg5AE+a7KNLqIqiA60h3d+QJBya8gIP&#10;Z+wSvBgkS3hA7K59t91xf9KiVjGXe8NpZ3e8hcQ2yIv3gdSYalRiKVb/LLOPus+F74UeKhAl+vsI&#10;IVwOqwVMeSW4kHja/JMJjOTMnB5z1KSDD+bcjgU9Q2AYRga6aNMBEe775kH4KqAzupKlBsxsTt/l&#10;tVeEVX6RDPZM5T4+7TDicYehf0yD24XQyDbeY8kjsD/AYx1uhqreuoHlK/qe0hFl7GzdpXmg8Rnw&#10;/mNerBVYV/ueYpDffQ5p1uUlauBy9aQP9Tt92Sv/tPSXPfPsogGnkptRXIEo0o27BU1WR4c8xSVI&#10;bQJOpGt7KERhFryc1t6uZh/uEb8oiJHS/JTKSNJtMtzaOhqBoadjGeZmVXDZcTNoAGDS+GP1aoyi&#10;kcM3kXsXJuf1poalWwRrhTI8pUvFNDganLOlo5JOkfc+Ej0vilKWcXh10yXbsa4MqCVJ3LTCryal&#10;RQ2GGHkhRxpyF5H0GCK0Z43EyErGNOlbYRXznnNXukTmDlc5HVDEETtVLHXpDgEGyJRzxX5zQASb&#10;cDW6/D6mnWrvg1bwCq0y8JYOiJUCI9L7tAG8K0eBjtFFVYERoJC4oWXbbUy7eKw5Ey1iMTpQLRd8&#10;VFyorY6TLz2AgCYpaIq9Ko0DaMSh6v6Whnrf0MIt5ASpmLqhw/3zZZ2oqUhkRzTwQlJGBMuzNuhX&#10;zQSXuoNnoOiti4mwgRRdUl3yGABFZpcVagy86kibVfxTLOvOEV4wsuITaEVMdR9/Eoix9TZi3HZR&#10;X2iT6V+AzG7kaoFOUWmRQ3AZEPgDdW76/uuYom+qa6pB3F/3LxETKyJBZcD/vLIh/mWjKYMAs/Zn&#10;lDBM51QFchEuCW45RfB8IwNZTX5fy52A4ryE02OLc4aXQ9h3jxeuN9sn2uKg53yA1evh7vNfb/gB&#10;g2uNrpiPI4nP7S77HBvCxqDd5PsM0ROEx0FKDg0r6LRJU6lQm6gKfLhjBhEKoGlRfmCNpdPULmEH&#10;s50iisTvPWSnHADAZ1wjnAoNAOPG8O+9Y8nD0hVu4Xy2BFv9jlRscq0wFbl3ZWKVCAagng5yzuVE&#10;4P+qiNgigeau/eDYqfW3ZzOb6mGR4cELzkoVwHzijSgT4AlHpJm/GCnzi7Lvx24d7pC3559elYRI&#10;s284NFtSKuL6fmk17HiUFLmPZ6Ye6ILiX0iYhkb4g6i6FEQ/KpXKK1Uo7YchoCiHcLtVinKPZ7NJ&#10;Cp79vRH6k5tLPQUCRVlydxfgs8NE0tjSJ6jtzXtfYA/KXrsYQzm84gbaI91KE+kkyDTOzFPgQQ0E&#10;hzY9TAZaR9VVeCT4pwJt/Joun7xSmo3wYZJ51VgJVg0D/Qrwi8WBo/1aCIz0TgZFkxM8VeB550+1&#10;27cqlKE7hdWjedXqqHzxEIpTmt/msDPOr6yZsTaQjVxiFJdXZtP+cjXlU4OP4fTNjzJkuy6TRv9d&#10;Aye7l2N8eBtNGMaCED9lidsGI5kEyOccQaHh89mmMLc/9VO6nECH/EFlUHQkXE/jMxAINU1KuiVt&#10;oOw6wqSo8huGaqUZoqnT0Z1hS+kaXMT0Y6Zic73+RQgCFg0p54VgfjcXQV399jMEj7ex/btcCj6O&#10;pxF19szGRNR1IVhy9VKRJ2y85ldXgggyY1YIt47WTdQlpcX95+FKpGS2RyMBohXFYTQ2G+/86QEM&#10;R09R0V6pBWRmAUVkRlRSzwuzVj/sZXwaErCSAW8/l52nwMaFVerZJBrZP1h0LvcBxLqK9ikwYkV/&#10;Kt1qbxjql5fyzzkthBrHTS/VC49HqahHfzgVyRT59SfNKt2MXf8qzrG2obctRxT80bHJVqC53wRo&#10;QH6JzTPH4NxOHk+jlMd5NTQEP9LJdCeuEgMRyi/ENrxuXIJ0bUADZymGAiHJ+JHgD/HuiBQosh1a&#10;YvYGdLLeAU8FxpmfI7raWYhQja4KqUm+xCYQ4ddKVFs9Jiwg+WbPPGYCdJcgaOwGHr4D8D4FwIv5&#10;DKauOyIvigtPRe3KYvyUKsRtCdaVvfb1waF1i5ojIrsE7KiwBmkrA8hLFGTbixUVVbZnd0IgMncB&#10;qT4OVvcxxnKtC1g+tonneeBfYj18AUh0AnqQdL3PrUS7xHKrl/9kwW5EsvfQn8ExwxWLlo7LYsAB&#10;xO6cYd781bK9rPIbT2d4rdpDc+le+OouiNbhTBRL5pmjaVBJ57Qygwe9yO2Z1cveiSucyV8O0FvV&#10;NX3ojfpfa468z8g08xsctaAHi3JlH124kX9JXKdexd2fdIyzJ2P23m5xiuTKPn7jaVqMV1r0Uxre&#10;3Nha/XxgC8+exvqHOaZV1jrtcWNoeTe5Nv0QwcxFiG7IOc4Gt/4YWss01mE+FtK/G1RX792Qrrhk&#10;1Ca4U8ZCXLkpscihmAJbB3VOMaaYzd6x3gLE0xoE3c7CQ97y3OYC7VERPmAQqtyl8244FZeZOxH0&#10;JepgeXUkdb8PtZJn0gaoUeFNYNPAZmEw2CQykI0ygUHo3xJT0Ai0n7p4ZVPPAXzsAWrVMmeZeehy&#10;uOkKPMMmprta2uP6kRQRfisAjNABbEsG3G4frDqHtCx3WCvVnt9bhqqH6suqelXmkTlkrlRt/nau&#10;DM7HRpY8Hy2h8C9XGo8FK1cRaYgOSQj/i1AlPGxfqTDSVhJPPD9pusajOiEw7eqUwzYD1ZDn+psK&#10;V+ZY2XoOro/8ExNK2LUAmI1CZowyiZB6Uu3RepoNobusk9l5+ii1+Aj/VUjcghzI16rWEP275h2t&#10;ZksEHt2zqGjqFVAZNHoHi5pNdFThRPhd9fp78Sl1vv9QKCnTqs9JsD8F23PoN+0FLUS8JA/C6B23&#10;VuZ7MdFdMkYQf7LG/SgyPjcCObe158wnmjj1XaBgzeF4yJ0AcHlV3zYjnhJUC7IVN1Hk1u+F4+Zp&#10;0F38lXMQm7NCs8ZDLgZsojToUuliolvLQEb61sl2Hx7N25+mqhIcrmVEzJzUl9DTSumxiJcKtZc1&#10;s/86TT0NdaUThkkwU2JwZpMEFCLtRTUYy1uRdEr8D3tuH2N5PN/QtOFUkoVhJzSjfQNbQUyz8TkL&#10;D2ETq6vFDcOpjiU9vnculXIB42+CAmrcq8JcWX1H0lCXkdxRCaP/b4EAKz74e6OOJA9iSbrGEPtF&#10;JQygUXnW3KgOJFoNHIar7PbKrdYmYPUqtpg49nbSNJzfjb8R6VRR6NSevb1z3FMzZp8Y0vmTqR74&#10;+72CuvIx2LMlry9DYHb89C4FFtdZtJk9rDjeDS9mUgj4QDRhuj4j7E505nBhBuVdUkNy2N6S9Skp&#10;yz26t9KQmE37NMdZsKBsCxovZhdEZw8cAEdnPTAM4vYlfvN+haQApGeryxhLpmD1pwDEGt4dJ9db&#10;011ZAgRmFLx7NhsnvZFeD6KK8e3Fgf1+4x0dthMPF7Kzd3IN8ZAKaYgMOxDZ5dBrww2DYkwB3wgt&#10;sASJXfeNtcrpn3UkeTEmaz273GJKGQna6DgMfFUFpbkQaMTJ4nNc2ZZ+cZyn9jrv7mDV6I1yhi8s&#10;p6jUDJCN+/3j8SLJDvwP6wBWehkyEdhQD7coJhTLtoeD4dlsA+gb3mjIfEh/7BKTHHHJWpISqd4n&#10;D7S1joHfVx9siL0upLpj059uL5cHp7mZCgAJOhfdUpARV1Lx96Inx5kzyxu2K8q7mOw3huRKaduy&#10;wHt556IxPvpER3Q9nXwaCXmokwi9QJsnidst+gT9PIUx4ikrZAP1syrg7SdIqR8hmwTprZJkFYN6&#10;i/ZAGyThTMiaIDjSTSB1x8EjMjijyJ3ajtcjwhB6186Zm1L6cWbp0pyCmsgivjhK5I5jbbbrgD2s&#10;eC5JiYqH3mH4wJoaYrgk+wtbmhWv5xLiMb11fCr3NtDxNbWNAOxmtweYzd3oGX5nEWwQ8ItsymsY&#10;5YbgGWIsVQ+cl+Qe3dvmU9GTkDwl3VHOEf/GlRxBS4bU92vaWKxB1JIloQUFppXFowLb81cQvX2q&#10;T8LNYAdU7mruSk6aetSDeVkKsCFjYwyjAJMe9ypARxJ6+wtGRHvjxai8E5FO+igQzDqa/oGBy3JO&#10;p16MTCLSt76+DPxy1jvcvJ6MtTj72l4s3L0nppMsem6jo5fIhHJb0hvlVTBbKUiHC6RiMjA06/D8&#10;4tjrFgH9Bu3GManH/bV8I6FUsp24qPqsqKlApwFnQDEU0wME8yaUAKoVCTuMEiaJ4VjIa9Knui1b&#10;cV8lYb0YRPy90cHRogO3FCTeeJXO4MJSXvJRA4NxnRtLdXI8nGMpyPIbPuxa04merHtW2m2ogTsP&#10;nC9TOVKyLiepGWjqQvSzRUgkMjcIh1II4G+bG6GD8+ym4CTN6bwqYTZhAIfrTybz9VFxGmfixccU&#10;V/+ZhdbLGpuXBsgkQaQcGzknaevvn4yHt6J2+30n71tHWSsQofZYBCy+3CJKySdsowCfrlz9n8E+&#10;rhnxL7ysuFlKI8bD0odmXNcir9vGVfDs2spz8HmAE7d4fPJ080pGXzwmPrs2xkuzPnEL+voBMPqf&#10;icxH2JrnUZF7OdvwH4ARWc1DLN5NhWamdM27r1Wkc0F9avjoeC+5ZzILoqGcTOiiu6rE6nbd8bYv&#10;4qj0MsBJojbyay4VOWuBKOVG4DnCSo1b3Z8OyBdUBTXkaWSY1URW8f+MRKVvXwfV54Y7hfeoEuI4&#10;dt2R2e3UshQcdNxxfzzVFQkxoLPcMkswwYWNNgsgggtszHMnQV1uWxptsO/wrrQ948cBr1absWMt&#10;r6JuP/+2p+H38YMOCIjjsFD+C7mU3Yy5HTWO1hAPEune2z1VyHcLW7ioadEQNBjRUTVC55yq1Ux8&#10;I3FxBhJEvnsL+2cjNKKokauC24uc4IdPMZIEQZce9H3nTlA9Jj3lBRj545ubi0nvexRf63Xrukbt&#10;8jqArwRUOdJRJFuWzgNGh2vF5MJewNZFwij24HWKYM6WAB2R2/r7ckVGqrxaE0IRz5r/P7ynFI/a&#10;GgujfqqSTS+Klmh852RzzUKHs8twALAbfLWVhQLlI+KBNk6N6F9yGqDFJj4NGYGlGuJq/jVF5hE7&#10;cc+H0xeVr6cgKA1f4y+Ygt1fx5BTxxKnuwzZ36FgElI0zOaXYFLkl8prRmWWHOVWsJ+b1v0VkbeE&#10;GJPFkSrvpYNswlYBXB8hLP5adgjBQX0igX1D/mYVUFz+AJurFgRHxERo5C7dB2copfoMNBBK25eL&#10;6/fyQywKAqR+GH1RtjfLl9nHiWPg4qGgcjxefrrBYrx34O+QzbgcnMoJfDLPcJOmUgl7BwvvvPou&#10;7c8Jc4YG1IjFJWIyejcUUEeTW6RA2iFhu1sRX66wuSRUPqFdeKCbCBjQvvYtKX/towefYOAAHiyv&#10;PFbArb/Gb13SIhxuLBkaLEK1h48KOwtftxzbp0rBfIgrlmVxlsfbPUDQvcROhYwbTWnd/5B9nqQm&#10;OhKygmWLXKHW9Lo+QYR4AyuwYWM4GnDWKBkBZ60PlZJEVMnIy5smeCSbZtQvf0ADfWGMdlgGwQ6t&#10;EFW0492krCE2zO6dv2+XKuCLot/TVNBX7aQLxNlKz6HFyMPYj0Ok4M/3fUs2XyEGyiZUREr4EFA5&#10;yvgZtPJyFZyGTI3lCItmlFMAdl1f9xhorWyFk1dDqkmllVbJVIu+XgbJ85JtnCRhoAwyZTCm5AEH&#10;yKgtIBkJvOllXYvpt3kBS5y4VDdQEhVO9LMp281Ju1GjsxZhspYcKMGAWsTQIadf8F3Acjx1yZUL&#10;wxDMKasuE6bPFfi8Zb5wXVA4XlJ50LUU3PRO1dRTkncvKXIzmrQObsZue+i4896UWpyRdlerTANk&#10;XrQELb1Y2VUGV9FBChOxR/MdA0SCoLlky/5gIP0QB99nrNMsKXLNhGPmYCbKz40NvoTOkOIIhAw9&#10;cNzpRcm2L6uaWW1jP1bAskN8sv4KKRwzoQDPrexome43qvTIXAkcaXvGpKxnXJTK3QBNz7Ly5ixX&#10;9TYSEGHGLusvNuoVVbWb/eVN9DKI6VNLtg+Pl6GNtKLWFFSxnUhukX26BY0y3eYPwJS0l4guRHsG&#10;iijU1QoUJ+Kgimel/mQBuuYlc1uVlwXIaMJSJRXVYhRr/JxKw1uyN8bPUM4K+4PBjFiBYdYt7hlR&#10;5kes+v/b/IFGLrrmoJbkgCZ1wyIflvjXi3u2XEIZRq95yhenuR/9QucTnlih7bAd6UkKE4I4I5u1&#10;LJmCLDUIJFGeGaoYfhs0c0ezvtdlUbhpRD5YBQasRVg/6Pb8kuA06rfGuRKyZppe0xzzSxrn508s&#10;F/ozx9B3r5VxQAamdMrUUxNpTHoFG2gZHQQGPJOvdGBKwH2VClHqGeBodD2zTQoIutqc8shZ1rxH&#10;8NTXCTxGaVSFY7GzzfB3RB/QDLBy+Xfl3Z9ThSBYrXwkpI6rf4SCD6saQBmpFeVqUoz2uEawFiOu&#10;OfkN7qU5MDM0x/ftNeq2IUmPbwkgLG/yEPRoPyxgCM8w/bSs5nvEogcvNUs9s2aCg1WEN0nyARG8&#10;lQ/uJp5FkBr2YXLOFdTtuWFKaMtoFbwUm4XxwHzRqq4SsU7X7F5X4Tl8qLs4eX7CA1SPDZqbuigk&#10;Zt8DzspuzPn4dKraKH+FIlWJNbaV+XCvUFmt69MRciJzsGxbX8ygt3YSD4s0RcX8ku7Nk+D9jWVf&#10;Y+C1SD0+lcx581ofytXg98xp8wK3MeaZoj59JmZjTC7XuX01O4Eug1YVNd4kGVWxSafBjlG6ADPy&#10;kJIX73EBvYMowAcaIy7s8NtfwWig5FdulJtg1SrL+4XaiIg6IbV7kvgkHW0g3sGOGls9YrJYg1Cd&#10;w33PJ8+0pAA6zbnB5r8QmjuoKgRT2O0DyYG2qAI1FRzhGSnT42+dL5jNTGABaugflwMNBntBAEja&#10;jilcBJz2H7OoGgqovxdDMfqRFlka5NOp0B4gI2G8U273yU5OWYScifDfcBaI4gzXQQDvNZtG51iV&#10;f4NlaDeNhDi4Gk+WDEy7iCWtUgd4rgoezpYmGUD/DBrPRpZRsbjc27ifM3U0pMdAGMbyCEr7JVnj&#10;77J3nxoWs4tuqAUkiNHv0Oewr9GsBvamo1JQhGhRW2y7OeZbsXbaF+d0D2QnFkN6geUngmrJAUDf&#10;mJvu01EOOws3K55djmZpkwjnPky3YRzakllGETk6E1qMsikih6sAjx1A7D+9B3jTJtCXZAz+bxnQ&#10;yjM94BAq3FCUsQhuTOXwzml2SxXBfHhVOhhKQIbAMrtV234i5MVu0xfwmBGAgc/JUapcFp+APvlW&#10;GzEOdwCLKxXYkXT0WuMfUD8ZxAjKmlepkN6p5pnToBCWU24gMW4OnYQhDLLat+BmDIOIYe3YRmQz&#10;6gaSGrswnvYJHa90gCiYgoQKNLUqhjdWR/44U1K7qYUrVNapXRMorJ2Z3wcN0nTySDeVZg+xyCb5&#10;dirTpOegv8XWDnt6JcuqPKQYntBCB4sHrL2Yr1xSVbjbgt3HcJ8DXrqKoKJFkHg8MWollgBCqqja&#10;PepAr61OLAJ+FWg4ZOuW0Nds05pBTQocIadqn0yhpITem/5hqfZjIISh8cUqL0/sQ7HB82Zl36Lh&#10;RWFSpkc/i3MzdAsnACJxb/nAibKYChRLbFiAQJ8I4h5aceLv9vqWcCoNMXHufbctsQ5Wvp2Q9jUK&#10;FxAhmLLqqIKcd3Xcmt0xJWe/dcf1aUrh58PgGJzdvHRJgoCbTS9U0AiNEaw1NYtYmexPfB2KO0AN&#10;Uc3SiI1PhfxoyXxjGA+yMVv/lHA1MzeuHiVJ891F2OJygi959/yLNKcJ+dYssPwTPB2xPE1cyuY7&#10;lzhtbDb86ztEgZTRfRafL++8aoQTaHER2MefEORibXVBbNrkIAzre8UZCJ4/oznAkOV/JFEc2huF&#10;Onw7MswoaIrUuTx9R89OW1PdhxwUMo5C6cga0Ha+bJEwVSrztyxNEeo0QL7NZx+C2aQAvOLlAc1u&#10;53XtBv5rdJTlDE6VlnQAtPdvWYhtpK8PNN+pcSCf3i4brwdutsbKM4tb5zC20MM2H4DytIP9FObQ&#10;XrFGiVlwyHOG4RaWmqcb5myDl7eb6olRjCGL12MkdY8qwQ2sehFa542JGyRWlmmFsyA6t7VmPqBA&#10;xtk4S0jhIc+DBC7eRRqv7O9dbxXFbENUXfHg78PgAxU9nREsrkLcdd5ejwroql+uXEqwSWYZAZFb&#10;grWeNLJID5TP0L6JIo8sdb87IdkRcSFJF7yPRjDrqceF5M4EMhZD23lNa9EeQTfjqyz8GIpRVNQt&#10;dmVjoU8mpG1G4JBogNZmokCraBqJEIDOsp5cBIb7XE7sCibZL4ZbLR05CgRAip34SLW4ActAhOjf&#10;so2vq5sttAIzd8cExsWFMp6pEjhZWqNYG+SwYqKa9FhilQBh+t7NifdiPgs/0jyy+vC1s9SeCzxg&#10;dQAp/x+CQam6hFKe1oeqOKpRn7fhNUQk6VkV8T2GX3NkEj8QvlxiYW3CK09mut8lFQaVRb3AXZsJ&#10;sLI8a3Dd1OIc+utOP7OSTKjfYFquXMwthrwcr5P5TJwSCu0mFJoJUs8EK7eLkkcWpE68vnwjVY6d&#10;XKMc+MGDpeebgQHMmoVRQm1iYRvpQnQFFwcAp2wMrgthCZjCZUw92KywY8KsbM585CXh9uorUxdh&#10;9rbmmsUzMIpNc/odn7WcVyTmk9HpwqGkWuzgcJSXOmFdeDVNIk5Jt4Fv6AtwshwSZtk7dMfdkFhy&#10;GAORyah74OacE8SiJEtfsq4UPc36ovMlOqgtl/StLFBKCI6j2drENaM+lAflrcy6ClEZIL66BUkk&#10;G+63EPjsNNS8Ti3f1k+LUvOzDtv/YkKKJoYOuDawJe1jj+klLaPSY189jbXbslYvs3LRSRw6RKtm&#10;Acn3pgWJzCqRBZ6HO2stODUSK0L9KhuE/jg820Dl557/hfWssvMic0cbTBo7fGNpXJcbmM7ps7w3&#10;8nzcDQ5bZr/OmZNw5xLURCYt+fEQM430ePCJ1jWzKpTSATW/huPurFD4NpEN6FpN/Z/Ijsoi+CDs&#10;mR8U2+rMbb8jCu3+YVlifnogfSJHdvKe94JUjGhNDqNoi9bCSFhaqwNMpdd4ZOG/wWluuttgTKtA&#10;jP6U2mjCwy1p2oJQBDj1BXQOEAbEr6X0SuS/8V1R9/+ZZYagXYaRJtFzw6IoAYeAKKiH1Rd9Y5PA&#10;NIJey7Ob6tUmipAvrokaAsYtCY6pBR/GjV6URn7SeRp4nRGEB6EA18InRIh1PsMTAnhEb8NMcDya&#10;S4XZHpsFiIBSwNS2gbIr/fhQEinRVCGUM/xZPnYwZ6A/aO/5SAF3gWEmuMDxjko16MdQH/flw/0E&#10;2CyOCWuHRsdq1MjY61p2e9qxNKQtrek9bUZsBUhxouGL/sBnzadof26DwEkKCMJWkPZBOGlMBgzP&#10;1RgDLLcEUoEldKpGRyWUTajhyKKN0MHOuImmW0AkiOjMyEBt6bellgIJoaJwpmnOLrFeTEHKjoNs&#10;YoydOYFRk+HnM+h0Vck6N1N2FfijNHbTxvVKncwQPZbTHs89lFGcaRw+wICExhK2uImf7wxJdYJ3&#10;txaOgU8eMi5RY1YYF+bsQW8fGT4B7fyUgfhXiHhplMOMLpxPN0I6g1/dIUT86fVdHm+UWY5ztYwa&#10;6Z5exTACulQ7j8CnzrzRyXrdx7zcuOr/M+mvTE2ghxDKOpiEZ0hvMup+0+h8li09IG7b7rPHfoLK&#10;UIG1Gxr7j/MaGgpxq07RToEmY6vciBYY/dzFLs20r0Ad5obp4EwO5doykxxyDrxfELt4sYW0UCER&#10;72R1wdM/TGoyGx5wROPYCIUADyDw38h581TElXpXpjCDUtpiMPs+4SAuoj/zOx6oOZjnf8+buUVC&#10;Nw18KFsQd4AruUGKuA4by34vaNmogcD478cEMQRV+Wnhu+EumyRKELqlfEjAWhY9T3AXOUJiCHzN&#10;ofhnmfTKMa16JhXf/RHzikGGaeaboVSk2paDcL5YjGujKCUh4Cxi8BpkZ55sAh4IL96kHzaJTYN0&#10;YGbmCXG0KvNQhCgkjo8YwHTOgTI7upoP2zxT2TKE2bRRuyPPQ7i7iYn7GEU+LVuoJ8KFIhiCGC3e&#10;GZNcCE3eA8tG81whHh1ul2wx13c53FKJfGRFrHwFyZNO/8LqoHWxgzaflI+NAmZQRIVfVnVYCcCF&#10;n6yjrclVzVKe/7g1iqoqo72g400t+992Kbj5i8JdjR5VP1AYM3IWkWPEC/D/NY/Ab+9XMwrOGdGv&#10;HUC4jXfp/w1S3CswcAw6bMw4XHZs6zHlEmuSdLXsJOmImISPXe7FUTpGnCwMLYxgV9vP9G2fCbrk&#10;wQEBUB0OnBmwG5X30IwTjwmsNNVJaBi6JFOopF6hNTD8dI7kplet1mgYhsaRLf5jurJ+ebvbsL1i&#10;1gwTXC2UCLjXAvxFKCgbhdzXqVMnmfvPuBKERFEh2wzxncoVVyvI2yS/cTC+4zIJpyqTCzQNMagP&#10;vMZv9sqaCuu0s018SXxV4qlnGgha4Jhhg1TxFeDgIhonlg6MMiM/44A593GTZVTaj9pOKOBAgfd5&#10;CDZTeE4rO+Y311c+kqi5WHP54dLiLvdUXFuVtrOUmQjnEemCkgvPmbUeY0UA5j22xNQ17Ah0DFqM&#10;XXX/cN9oIcdCT9QPK/AUP1oGrHkwuqDENnIHa5h3I1BEgUN1S2sIgSPz3RetZx05qmdsJ+IKI94T&#10;8Pzzq2dz8cZ4PyL+qTvSr04iL5aAdvbeo3jpxsXHHk4l/gpNsonsYPWgR/ZeeLdduBZVGZ4YKzCc&#10;C3i0mah+RsGm+V6eTRGn+WX2Blixy0GUsiECQxGnwbdGACcxBamj7HBDm44OBTvjEnO4UR6RDlV5&#10;CdJCw5j6msTnd+TOxH3tvO3BejlnomgUl8E58nemB/nk9G4Q6u8x7ZGTfXDE5WtJPtpndxJHkHI0&#10;dG2SYXLDYqkbU25bwjXNHaCod4sc5I3IsbgjrrAbhEB+NdfitmbML1hExhJjB/Re5zk4yZWNbV6P&#10;Puib6qkotzFZSQiweTusGMD0XIEtIDOhNhtKX5U+YsH2QDmNc11xI7HoBDMuhuB5GHnvIw4QWHmE&#10;uqHV4oHwiO9d1CNYVIz7mhioIyBt6JJPbZ5tjCVJx9JiBDVJe/J7wQKovdjfRRdRD3F0Dhhte5As&#10;CeH4XIQFucEQDkOG+m9VsuW0g55nrX91pUDziQx0UZTVTU4cGVOkB1ofmsMaMHqOQSdrReoe8Bx7&#10;e2tw5hfG32S549SXeK2PkP6kBpkMk4e0s7uMN9qf/XokFQwkro9xFQr0ZNFh1s96EVor7TXHZ2aA&#10;exeKnEgYpsNg+7B3Fg4sk/oJqCcMoD9naCu+qQ6XIEKE1vyk4xwulHFXF202cQTnLnB3cCbucabw&#10;P6S2JHOvEJfAgBVCWe/MhZxQQcQcGU+hrKqQcD29eucB81dvhtJeKmp0mjTlhOVZ5a6DQ8uXD7bW&#10;zMrwkcY4cc57rjveRmVh96liqpsyph0nuJuNrquk1VT05x07bNKoQED9N/Lj0caSyaj7YAal4e8g&#10;pH/amrcK9Rl4szKXXcMCytmWESo+XiPgxS9lBsWIIcR4CMMM8T3mceJ8nUlauf9ddQ6gz2SxEGxl&#10;CdqSP4BM0eL+MPYHO6aDUZRO2c5r7T6EGeRxjYxkbJ+EdgEOiOMuUbCZ2hkNTfQAj7KysTrh4o33&#10;bxV0Fj1rkPXbrto9on2hh4AMbOlPnVn8jMGICw2haIWkL+0lMwH7BFFDRdCLWaKmMEPQNkJx/8mi&#10;wP/6KW0vxwb9UWJN2c6QupY7mkLs8N9v8AXRwVaf3MXxBNeSHRC2LrQvOTnLhaJJ3iVotKtoGsdP&#10;QOkR0B+N7GgfV7ARvJTO25uoSgTpg344IJXhsYS+TM7WlCvgyoB4sdhuR+ywZufexIjD+zWCOaST&#10;RZYnw81B0/yK5PILMrwb2ZTQPvXGcSTuVihxVfQftGlsDYnSi7nzWFRPJ5jXohGnJ+AKvuA7I0j0&#10;PIvsqBd8Jv8UA4eF4LSRnuAR5wVBzNaqt69uhgqe0ETAPRsxqXLcLRGgf5IQuBNJr5v0Bj0iMf2C&#10;yspL1OYKIUZj8FQLCUKmhbqfQVERzpxEkZ9Jxq7cJKZ7Nrz/DKS7PTPkrbnAQBvyiLcNDLXCKepl&#10;f3lRkEzT9a2QEUWAcSjOYHoWOTJTOvK7ChQ5S3dLok6MhNf8xbPhHJyR6E+hj7nZZmq4G4NRXQ2O&#10;mQxVGxTIk4K9R+Jxk+w7PwmsrdVjFFJUfPxWb4eECoBiBRE3LDY0PiC6RBBrFsAlUaRHLqvVJIJm&#10;vNv6fiEVv9VEqhykFeD55rEXr4tTAKOG8tFHwOyehPd8ot/IvBDNW0eh98mANIj0d7LbKA/IgmgC&#10;sygfhMjVEsctpvdJbuvs1gu0siSsR+5WFYruiDwUQgIYJ0c0KqJ4WvVIT1B/tWwJBHFudMgZ+HmQ&#10;nkC9whLNwBtICti3PTnWMKVkRgifSuxYBFPO2wx31DLcIllIuXZ3OkCjQMFlAFmyBa952DD38W5v&#10;GCSy2eszrhN+2lmNkMdAV20f2DKvt0VvV1qiEVGwjkU2+PNxWqxkGViRvgEA1PrXZ1Yx6sI7xuZP&#10;IVOLTye6H59XfeQQ/nS5TyJ7/8S/oUKLWt0mzECMifTN9y9gS4FOiD94NWzmHMLud2kA3NGiItsS&#10;umoNAA0SsTk9F7GP1HoMDC4fCOsvf9ryvlKlhtBvpImJYAJk864h8dTRfgmPKN0LWmRhPzOo+/+D&#10;tyBf2rkzDwGI1u5IzNjTpCnmMu2Vp9RbWdQrgGPYCiSpTSdFMxiLSiOqSkDqf1j2cOHSyaTR2ifW&#10;wjTUQefEDhAFTAj0t2uPJ3XXp84tcJC05nRxJpTMw9MZpk2J1rGQ5JCQqJaCioCY+TzdnwCFRT3m&#10;FkECB4JtMuKduwbwdoQ9DVqlh/OCQ4dqEveeYrkmbHHLOumDEujYFltIM/eVYB43doBu8uoBDUiB&#10;FVMWi2m+a7fJHOrU+XnMt35kZ0tkYpKVlN2f4RTsUE8BZ31AYJmEHujUoXd/N+RRVUwY17XhG12f&#10;AjzOVuAH4UuyodHiRQwLC1dMaohQGdWDHnHB0phmdBCTWVT48tJeVCJi+V9WMC3TCqYV5JcEDn+a&#10;wb7i2jXGtB6tG0+XMNIg4uv7wy+2PZg2EQvyhKWDMkuNtmCmWWlaMtu+00AwSHA0pMkGR3mXL5Wm&#10;3vyguhjNA59rHxaaxBDZ3JMu3TqER7gYGhErap3fT99jPYvPIIbIvmKqAl18kRh0UpIeDLL2TWlJ&#10;soVhSU/orCkzdmgu+/62CodL4funR5Uez6eRhxHXefFvMrmcAeeEqfNhYUAHF8NDbKABAEla0RWy&#10;+60hnN5XVe/w6F2pl9W3j1vZiuActOI7d8AdF3iz+OU+KFsnw/wp2RZlAFJZ8W6QezvHRs4C/CEc&#10;n4X682Je+zTRc4nFlaZA4DYOLDWG+vv1wmkixr6eABgNZSspSmACPNjLM+2Wh10g+DePQo1uVuBj&#10;GqyZK3XEgqerjEtgKGOYcleOHgLUKCdy11SAAVkrzMRetzzWl/ISavqb2FCcd6Gx4GGcACGkRZvO&#10;QPKyvAb65kfxQzSqvQerhl5i17dt7L+jG09f8pfSXU5haFYhAAp9FDwbld0GKrmI4souij0VADKk&#10;2P8z6oCweef4rSigQySjTvh1ROTMQKKjjeMoVtJav+/PSm4I4SP9NpgG2t24x5oJ0jQsdA/Q/0V/&#10;+DvrNqxVUOitRTEF6W+HXxPbsJSitACT87SoiynyVazq6/dkgc5pMepgDgXvKsg/BBSQMC8Xad7+&#10;Tp+SNa15+8WPyzugqXW/zhAEyENfNmIliRSUBshm4EjgaciqVYIQq67Jr653Y1a3baevj3rpWjMA&#10;myRZJL2WUj2UOuSu9i7cENHDnuKjzSnb8rJQeMVjmItFwTXdMVnMyBr7dteiUQQrwYJInphE/xlC&#10;yQZxNVxwscfb2mLcLxwk0JjOOq4/np5FSz73Uo5GykJ6AT4skB+GKVNVHSiD4QgDDIgjrVqQ5uCm&#10;ggKi96jHe+ZiDmgvAuftiXkIkqqvVav3Sb8QeioookC5mrAUx/aM5yCyK5TxLcHqi0e4aO3sxVTE&#10;6PuHTV9WQHAAy3m7BsUCjOfIZY9vE7U9rH7EeeTKBGHAzmX7dME9H9U4wiAZiJt9PaIbFRnuFv9c&#10;iB0a21DsmF2zYomNUkSTOF2cJjbizjXzXLxyohfvUrXUoO+mWjZNm5wzQE2VuQMPMPVL8zJ7FHP6&#10;2KIoprVjnHlHx4OaWM9Vx3GXJoZbSFUnlisAhtG6kYDJ2IlTX6IbKhpiCI7T4QI6F+hkLkXaqODf&#10;mvBELGosKKsNL/bBubMoNunjsdYTHqeu2p5xAHtrogIRSIe3ENhsLEehQBPqItg9P3fPWM8rnNlr&#10;TvtHJ2UWcXRqDFFruu8Kc4Wgtm/1Ub38cM+wURVGgEUKaXY/dNNnx7QE6UUarmeAn073f4B+gjpT&#10;A4LcejqBAqjRJHiKsAZ9cS03LxtOn8uucpQwhkpHGfWdhHtoqJL6WIAoTpBPBW8bsP5a5pQeLDC7&#10;0j0BdkO8ruowBCibqU7DzW08457kJIwlLAX9Efx4cf82i0lodJhZl/fT3eS67dzFiufjfuvaTQbl&#10;v6GgYMfJ0X733/XDroAqEYphhxh4duUgy0/ZpY5GIu7LRSMKzTsondofSOsE0ToinV1dyT2hNYu2&#10;w96qpmCV0FEqnHHn0viAk8CLWzwz7tZBWNM4pBG6t02AOKkP3H+2txGACIUx/4iJZkGWRQrSa86V&#10;zsJhhZCFQiAjut5H0RA/CCQKm6ZJCQH5NBaFWS1fuj1XMgcKLwI9y9vJYcBUovCI4rszn2x/FFZw&#10;jN8azjWgEErNu+mc2bKHG4V9Y+JRJTulKKTm4gNElmIf9Z8zyBQUnhVBczwgSTVjoP7tGzIKEyV6&#10;R3OprOHLLCj8wVYd00JiFgqlv97hsYBWhfILFHJo5VlRLP5QiHm7kNLhtjh0TJh+f4IZBIysYELC&#10;87OwkWYWE+q6OV7hGELD9rgJjSrU5YkU1PK2G5jUqKeRKgY8E3bzpljbR2DTxyVUp4csRtwqFyW0&#10;faJCfGleEj8oF8pTGzwl/DlEp24X25dwqadJucXfeAnZDMXLdDGUPi2oEPpa414j4X0Iu03lV77R&#10;LtpeJVyv5QgxPHDzhaAhMMIIDtCt0NZ/R9jYWdo3PXrt8K/AxCOs1IuEC93Kj5l7hOrEcW/YoAPT&#10;Suwo0xXTN2XICKnGTi+G2O0Y5kaE7EmaFqaYgRbAFE7jig08EAOVpIhnEa4eytq7uzEk4rZHQlQb&#10;TCphEC0TIZjICtYzM0xJiLDQxiehRPjf90cWtmEmgBoRXjgLXeMQFIBWEWHfHQ6m4Gh1EqE41EH3&#10;bRtF5XbmQ7hk/9NyKNqv/tC6KIR0QraAPd5bshtCI5hLlsFn/rB0fQhdSRG2xfBZLAmXEF7ZdsZR&#10;s7yDFuwQ6p63U2MVrkXQEFqpim4tnc9PhZAauUDkckV+c+kKwQ5hZLADGssQZ+1uh5BIxTPwGvZ4&#10;C8sdwpb9k0V7gpgfLgthREJT21yd4ESoFZR9NCv8Y4T/BssPKg4dEGrY8qUoRd5HeEeCXr0RTi61&#10;CcnaJbUKN3osmU6FZ0W5V2FCsPZ90qlFzGEqLC4Ot4v0VCe5qEICxLYCFQLVjl9Z4Ud7Klq8p3K8&#10;X6dXiGI7jC0B810dFcMKxWTRrIEkorrL7gqFtS+/1aBpsIBghZmv67X+7svSc+IVOmOhY9sh0lo+&#10;LIgZdPNf7AbV63uJi5JpkwRFcVjQ5TJrPJTBVKkrZV2sEyxuX09YU6FbpADa3URdlVFOo9QZU257&#10;/xHq5lBfKdLJmCloQhfWiFQjpcIprIy+HwjQ89HNivNC9/0Gaz0silBTPyLhEGAdZgKbgMjLOAbX&#10;QqCPzKGnQiOhMihl9JsWggBjU7LxWw3NQsp0YLGhLl0sXn+nIISos2+WUCNcHh6WnJUsu52QuRdd&#10;Aa6OFiCLm9jjBa5eZY5GvIvUCH75TnUYHz21mwuHm/FqpAz3woR+WceT6euiYTl6P4Rz8THMkKe3&#10;sX+orNzA6wAn8JkP7zkY5V7hoCWZujMTzABTdXSEkUByeJQSl1k8cJ/lzE0AvJ9rAgeg6HhSMKUw&#10;0gT9/q/L1ui2GKXcwQ0ZHg4SvoNt4xR4w+4fIPeMR+CSXwr3TKrWWkX4RpE+bnXtIJwjQOur/KX4&#10;yTBai2k11tMrwexmvWfHkFqOn4CGBeaObXEe/XIUhRvGmRD6uQ/ZesmMJkzjLjhKqdup6/74+ULB&#10;pM2yClK1K//+auk13aGOW7+7olljQmmIXyCo3K7CS6qeopGZUCfvJz8JHflXS6bJ8qXBu+IyeJUX&#10;QdKbiP44CyTgR5u1eL/ZOkdO67EkcVBhX3oo3vlxtFq143meDv9ryc3GRmrzOrmoNJ30FbVHDJlm&#10;k5bZYdTvZOxFimPDhVTZDmguZ302j4xx2afcPAJ1U7HngkLSe2uL4Uwhx7jGyqBXkCKKU2BVoEIF&#10;KZoPCX2NskbWzERdEkugxA129dJ25jWnXvMpoWxP4hig0d8ISdZT8Gc0HsJhHLENMPGVzgGKBxoy&#10;XfDOQEZAFyuqEcylyuD2q8jnasAOTNmSe2ZFxvewhHEp+ZoSKbElXWsGIqUVmBnLbEEj/zNHEo6o&#10;Si3fsFh4oaD4W85K9313Nr406AAU1eL+4/PvhwDjUT0FlLAEUEeyC6VqLsGgt3braEm/2F6mW+nQ&#10;q8AtI9IN/VQTxqhwkBQEEEevEy800W+E4AHZ5T19POxnfMPZwTQNp5w8bnOObEm6h4LPY40akJ3a&#10;z7FIXwG3lKkoPpLz06WnCBqvuQNvz11juuwYrMC8pkAEeYKc+w5ASYy30ZIf1dk/glja+tsPGLo7&#10;8jvscScoJ6Ox2QtFMKSh7jNIWPIIJZce4ItOtTcbYIFnHIespiXVIU3v4KSfXN9rH2aKsPpbMj+n&#10;gwb6T37gsazSM5ZlE09L/cqiCKb5Gpj67K1FEn6AYCxKDDjM74XfyJX5YuAdWCY6CcX9hOo8xAQI&#10;gEo7HZgwcXJTNMWU7zk8aFL6SLp9WPHsXA0+lWAoy+FkhIZDmisgYTOxqPf3mO3tVaE70gQ0Ln60&#10;hdz0GsFkLvPz3jaFQEpziDz3+eP49Az6u099I1+Sw6XWz+OpdRkiUd5n2C8rRI3UZqLYEK95HbaI&#10;2/adLvnkVGCoRhQiJCRGy/NhBh0ThqYmll3VYNbNHlg9Wi5ejkbU0th6quGpzFrVjxMNUmBUli3o&#10;z8M2C+miCO3ag0N5y1wJf7xqhJcuKFM1V3E34yGKPtoRN+8os8zBJhigQDAmMJC5MeaHUd7LkUk7&#10;FGYb0bolwJeYDTqHD7LScIi0HZ7iWtGrtkdc+MysF+EJ0WGcRrJMfEM8j33vpjWyfQUH9OLgC2HP&#10;l/zsakAEIbmBwzue+Qy1h7KRJbXTmLFP5CHEFvzIXENGFxhNHchw+RorCD1mcZFrO15O76rY7LK6&#10;b2hbIw0ywFsyHbQvfuDPJlKOxpDlJjR3rzlAv8LUAi50lgokJUIGpRmNNDBLJJle4Q9WE+FLXVof&#10;nCqKBDzPHPu1GxMHQCOYK+PhtwmwWme2WXFn1gQtQreKxVjPe+FagGTtAuD5Leqcocu9bspVuXOB&#10;cauaPdsGKjb5nHZoOm1ttI5NlGqOqAVYUFjJwAhdxOc9l7mWdyN42SDnRtnlxCmL8euK6xeU249d&#10;gT/EfuLOxhLtOBNkX/NooDMhNgmsId+Ss8yAJlMWfm8AlCJd4Er1eLCgdmeUXYEJFfjdJHAile/H&#10;7ZsnApgYllyA3zYclTTYnBuWIA6A0+ag4fV7QA9c+ii7nBa9dYKobuVQNDMvMNaQHNe3z0J5IBYK&#10;PvlMskuC5FAn1D/mswCfVcxvJ2plElCNGHQ3C+6r1dYX0k4fDAhZKRnPxJNPC6hog10KaNAC8rzb&#10;BJux0wBdFFNSH8rQhNWetY+fHYfXTQFS9+jsxuBxMLcPfDylVI6ohG6uy5yDFc86ZOWIwp1vIuyS&#10;OveN1KJBr/CpaVvcjJT43qBkW3mzNfS3WUoH+COjAX9stPkxLNkspuSxq/xbeqGSK8N79DgK4EMw&#10;UbHgH9VU+W3V1haGE4dnYzpT4WXVlsMLFeLWQVOmlFP8ROxF9NXqSwmbrajxOERUjYXBSgys8k8Y&#10;73Cb8Mqwmucsl19S1bNsVRII4mx84U6KCr+/+8l4Hwm4xbpunTAzFMSQ6wXzt2s/T1f8AV4z2lMB&#10;RzGYrMMNqaF8wOLEXU973vgLVLgy5ln/pJ868v/A65zU5a8t5XVc79WKFAJjGyui/nO0ayg+LUf4&#10;aT3EDFJuQkm43pbG00AP5Ww6AK+ixcZi2owINzQmev9ikflTx3sn4T0nCutMQmf/c02Cvurb8MMc&#10;AnlobBvC+ehlm9gKXxE+ZMtcvirUji75JAC17zB0aax8iM9AAVqKeNZJDziPptfUFXzXfm1mX3hO&#10;dJoVAcMeWrSLDnniZqw9CKBIVL1LajsU071IBPtR7piOAtElvsGa+wKKXQHjCdGQYuRM/Z0V/pmo&#10;IqQGLWhwLYi1qIIEEmQlUI0WLA0lteX9SGmfNGgp2HAa+/TY2MpEl2X2A09GMwh13gGFn5BcTatV&#10;rFQ8MSjTy25JjRZaQY+aR6UZonzANXWVVeFJ/pSb7om656+sA9Bq/o4ITLQO2r4wz9hM6m8Bt1f6&#10;oWwq45Bu1yJXEMHc6WQsrLKN5CuwEMUkbV/KArJK7ohkYFJZb4uk0vfxp7HEzZO0Fak/1rPNuXJq&#10;QoGWA18WKKcRUp0Ef+n9ZYt+jcTWz/QsIp7jGvWLagYvE8HcoNYqR6m4FYWSwBF/BlprFxBXNYFk&#10;raLE38BceHNY8nzn1IKIHRGGjpa/ObOpM3lu0oF5k6+FD8SjAz7DY3ZjfoAIFLPlCEBvpNAw/W7m&#10;gsJXZmfHCc+vx03mjEvCjjILQ6gJ+YWqVqGsmmugTSUQaRRQm7LreZGhP+uR2heZMFJCBDnROjId&#10;XXDhoYOFf8Ia6E5etIxpQgQGLxzuogQfsqoN8qWnft/SiQzQng4y5lqHZ7Dej3B//G6VXw86AVyn&#10;6wD8W/kQHXvWC7NGd2wo0+SWZo1KylN8z8VHRvO5qS9giI+Pyz6BNeheLMbr5GZRovmTNyKKnZ47&#10;QcFMNreTpv8U7kdrjmiHjU0RBlEdp9aIcP5dzrTvaNwUODDIExhF3gDrZ9Hor5po0Nx7XJIe6eS0&#10;///9yVsStQaYUzWd+VgfBUbWdrKkVp2w3iSJ6wXRMtMUwagJfVeUZyq8X/Vi+oVcpKIiM/D3RImA&#10;ZRN0NfZzi8j4suCIb10os79ACjmDJ6N8CEo7iFYCLR9ANyacpLZXHhDNEw09yKsZAeoOjETJJihC&#10;/HsWSPvolwCXCk1Q4M77TdoRlLI1fNJza/9xXhhiaMN+Lb5b999DUjORW++29QOmR6mBn070WTET&#10;eqNm7CeHs71CpuyVfVmuydMQcN8Ux2jXawrHnu2R9YNoXWBH4BN+LVTzQlxP1M1R6WMikz9Io8eM&#10;DHwbaRqcidkEeQdPippcRiKkAU8hV0Av333AGBsmIWRxOhOI6ypkMD4B0wIr+JwKE4H3+qyqAwop&#10;vLZw3B+/xr5laTFSBoJEdLD2AzxWyej35/C3TohCi0qIJhQiWCqxDzRFAVHWEPbOq1tdq/U6jhEv&#10;bDjr+CCBlNDLNUbwI2UCpo1c3tM8WyBi43P3zZec+F9lyCMm/FLNdhiqmPzfkYn95smQY9IVjQiV&#10;fcKPfoDdZOTdeTePAjpqR7iZxJ3Ip1uqLWElELb48iGUu7CV69Xks8YNxZLR3uX82Vb9pFZkURzD&#10;EWdkiHOtQYrHZjXm4qkjhvlvbyuqf44RbAayHDPa9ABAmMx4UEupVMQf4a4LpDIE7ZoqXLJplszu&#10;0yGVsqnDsNUEXty3BC7G7vtzuTXSeJTu3iTCDIpl8UWjHTYhcUPt4yP0UuEYN5O1JpsEOYhwFRcL&#10;60viqQdlbzzRhh93SPYqruxIid8+uNtRk2RXxbUzcMmDIIYLXE/RG53RDiSe6P/tbGn7y9kxNNAH&#10;UtRQjY8Ud5/uSqbemO11JW3J+p7YcYCyAeLrCQwM+KD5Iqcv1uiaPjOq2dStSQZCIJ9GuLHZtz/g&#10;5PXVXmZMICDBn/BGcuy21XjXMavMqDneySNdIN1LGNvtrfN1o27e06VPBrd3X7haP8+QWkxVLItK&#10;J21emue2OMKf+PGKtFPYLxGJkL3EXJ9B8d7g+uSSWtI8QJ03n/TDxxKukLkB/puz5J6QbY5Un/pS&#10;ZQiKqkM5mvkMbirbEduLq7t2goqtFXm4z+27KZOfaeuuwwim8dMJQ1G1AYK/nculgDQAgX5jKDP3&#10;c1IAGpIgrKyJ5YU5U4Eob7s5ZysOQxhhPlwNB8MblLEgkskvYcxDyV5aDa9S5Ff1KwWXWZK7JjAD&#10;vm9aVQUv1GzliKpPnJjtp2ogzhO6aRBCRv1gNhzRB6LgDaBfWzkIx+9uOI9IBP0X1QirDRU0imwY&#10;GiNJVj3+RiufYBEfrXpEmZwHux2u38mB3V+MRGen0IS50zXUbGPTjnivhsFHMEsZBD3irGDdOGRX&#10;Y4t46fFlSxvPfOuDArdFjU2GuTV6r433fR31qIw/qSUw838VjvbwHoyF6KpFZxbH+ly6fFN/Xr2d&#10;a/YUwPkUy9TkWMAcjhXo0Ury0pdjACcg2N+QwUOeEvrT4rft7A7FVJXiIL3cZNehAljzfXof+m9A&#10;ieWqu6FE5zil1ijuDo6WMQRYv/VwLQoBOGQIegl4G4CtCIlNwPaUa2YIE/K+LFUdZsExUI9hibRz&#10;weKyoqdewG0uYmJzZybEnGr/KtvIgMDZvtGKpOWTuolIv7NKU7ribrRrxe0Ak9g3yWVxWCIlQgTk&#10;5scpHOg7NbFFxvlNe+nRA8m9jn3l/zPOqHriGCYuB/vwMslXbVCnZrM0UkKcytgCrnbrGua38W2d&#10;Ct6FU9UK2Mnu07yS3LgOfZvxg8aJVw9t+q1Vhc7sgaA6pYQfiinnx4tNYO5AJ6nQ0LDAgVKBLjxP&#10;SVUD8+u9dRw/meS23nNFIjOOsVmn6CwBwlbkPqOQnn1zeuuorl+lmZ8552gFPeoiQ4gM9/z+0UmZ&#10;5E/GxYp4aKGbbqAMHah9G/vCidBx53mlTPydRH534ZfSt2vSPIDnCIJvoKryAyKZXLHpJML0Babc&#10;FcDRDAyRqlqpwH+7NMxHFhccEoet52o2c/pjAEX1XP5HEpsGwlsTsntnMF+Ua89bmaeoWECnMeA/&#10;Q8SmZc19lIjNrGqCXhq2OWoqczNfwdLsKKxrTP/EXqXJ3B5RK21Mnug4aGhDqnoi3W66RUMfnPKV&#10;Z17cz9H9M+f7cLENZXwk25mDRay3ljTZXSpZFP/nc9iUfDoshipxPnwCRFYtJu4Fs269xcqI+VDz&#10;+DJaDG4mkq1IxxgzOBNRee6n+xqAF0btSVPBuzV4CX6XbguwGAUrm/lxiFWNfXkaB623DYHy6XFd&#10;mH310Sbyv2GTaCz4dvNJ4kbosLTx8hBMs68h7wS6O/vZmwPGPU9oP54jwbMxHL4uGDQ947BkAjT9&#10;614dPF+ERra6/vxSj2cUbBLc8b+3ulvFOuyDiXLZyj3NXoOdNdaq/M3eSfn7MZTFh/iaB5uuLPMT&#10;zwOuzqNNK4EYwpANCrGyyLohGv2JMwqr6hJ3hlGNPDtDIQS6UsQRwcgtS59NdsbEOI9IMNOl1cQv&#10;gYIPrINvXcNnI3V5A2ekXNNW84zZN1q/0AkbBZaO4oFzQ1u3AkluwxK6LMufQC4A8B5g44WHuYRh&#10;bALojbl60X94M87JzG1ZyfgE+n3wTVoe8m9fpkhHkADFaqM6xdEuGkvOsetV9Tm93PxvX/IBu+PB&#10;s/4BD42WWaBCMLRcMtrDEQNduOhYspRvjjVCKH4HIREkSGP0eIuYxyt7UUNEne2rx2VM60kbpZ6t&#10;qk+ugjt2MaSb0pmgMzv7UwaUJDmwOu65lz2Znw/gV6JFbsX6Dud07sLAlHL0m1UcCYWBXDThRbEU&#10;Ja7yY3tFpQSDMjetsNGEz2RMboJVJDWKqjEYmf7sCE01ujoxbW95gZ0SQZvkKM0Ny9rCmcdLI1EE&#10;jn94hl+6VYPI+Vc9Mt0xJllkYmxIzJmghRD2nspW6vq/ngsCnVwjFBRzSIPQRPXtrLgUcRavDGfL&#10;rZVBHkb9mkXJ+E0fAg/gTdqda9deiFJjM65MVmQxPS0gxNEjz0lBSwHpWGSwoHuC0PWafzPaAgx7&#10;3bsFwA6gxCoGoKeDB8We8QU09cyNB9yxUbhemFIuIH3tJZ79NMqOS4OJgkIIq6hOCOqHqPdYd7xo&#10;JOsQaMBaLT/DIzKY1SKXWPOpVpCBTuINKy2I8W5dMsUZozN+IT7bglXyLYrCkzsL1iEQQMS72WMj&#10;6MxDSG7VqAJrxSQCZdSyYtUkrroJXQEUrEFMgZSzC0ErgjVXmOEJs0EFx1gwArWSYA41c6KHBQ0a&#10;Cg8saetT8wIpQ3cmfAW3SnzYxnEVN0VUJie4B0Axv8L0BlBpj6vQrWc4PJh6yvZuzKRQlSMXpoFj&#10;eutatV0UDHikDx+llUUDTDInwt81FmU5QGqh3Rgm7WHWwVKC+tiv+b2mOUHwRigLMnCy9CSALB4K&#10;lCsMu+sWAat4YtXlp92JbUWjgVJj7HGLBH+wt0Gg4GcJlLMdhRpaXKagem87bvK7lPYMhhbQPxUz&#10;IMg+GXJbjotQ1YOqrN6aVo+7JpnkN3Pl2YzTFm480UGKNHg7uXGqrA1wj4BzFKii8XroYwHkMD1z&#10;iOS4lOggh9/B/h71bqMG15AuP4327NAC5TM6kOBloSB0H+xMoTkONrZb4vqfnSDBVP28Goj0NA91&#10;LJw9Jp8Xm8zG6RT/XjKx1iSsj0gAyW5kRgDa2aru2erCud83P2vr251SZotJ0rfbcrCaAQgvppzZ&#10;uLEpgdVsiid8entTXVa/koV8tn4QTzSDJhPuJhgeoNbMAx4GgzFQ0rQxftvBGh2KPd+HvKrzO0U2&#10;cfqelQb4M6a1IPQNnHNSPrUN26ouHNRqGbT4KPQmVlHmkXwiBzv+kFns1OILkhoXyRH8ZxBVdLN8&#10;lqbguBYKrfF/+JJw0IP/gGdmD/Jk2uSOeUSVWygrPnoEOdnCMXAZadxQPjyE4r9nXpCCeaTdOIV/&#10;dGgb4O/8Cg/LCM71pj91NEmDZZCvX6ImbWmaOIuDqOULDpgp0eY5Bk1qdvxQaiBUir6qxP8UpkDN&#10;C8EPiJPf2dB6E4Zqs5WWroHNAsvUE8UhrWMkfdlK88MwRtvG7aVe232R2lNDSyT9FMaqwBrxGuTa&#10;3teArtnGXZLos3PKxzRQ7TROpSCDI8qLaZW8oOlM1ZHdZRtEWOwpncKH96EA60gffCVq8V3COx5X&#10;Tit5y9Rn1IR3T8TvfXPO35KnEQ41po33EfSG36xMfIW5dn4wJUxOpc0EOgIVuja0iHszlPuKSFgg&#10;sgGQLYIRWPWJOwVtMdnNvQbSRh2XE0cxfSvYy3nTHJylgvh04cYiJMQrJA031/u8ttmUrdOPsIc6&#10;O5saADHhPcihS83nKbsN7CADKbZzaNLL0ZAyCOEQakuWsBDhx1UywdvmuiRa2hJDW6yjYmdmPD5/&#10;BV5EorDIs6X3jhnbimNc4+9jWie18mGvASJklrzzCxathliuM1YeZPi31BTYxeJLWQylkLtOhAVo&#10;pbLuVtcZH7jJPTXQGywg8qQYc0m8XzRKaLqfoMZY843tXQTfmFzmbDCJlV7DlLUdTc8OKiI99h6/&#10;ly4wA7fIwl2mEcvrDPlDyGNrkA4sqmQAzW0B2S8C9zM9ngBenZBZwC4nqlbe0Gk/C3ZtBdUrEDtS&#10;+klYY2BjoE7q/UrIQb8pO+ekJscv083UWiUEhDAofXuRli+bhmmqYzNnV6Bk6sJjOJBSFZyrHvhG&#10;PR8QsB8yqPJWrbPQ4dTrGSRSrh7EA2z/MhbnncxC09oVQ3Up+xq50EkjpSW7Ngkb9CAVTvqkXNd1&#10;GQbXqdAeNF8kRfcDRbIzIVvalGegcBvsnfgTI6qQMPC2RXMTBbkcmgmrONC3QO2qVh+XZENi0f24&#10;JkdwkKvVCze7GCYlWbiq1NeWwihP3to1gjVV/KENR7LpnZmEysBFevPJaj7iFyQFYHMj17YYwJS4&#10;AZQ6QB414rPltAbkXElw1FJiHKLRoAcaTTOKM9W/0itTViOJfN2KMrv9YoropcRgSLhOUY8z5T1y&#10;rAb/sj2QOKJQj9ST6SKH5EtiQae29EjDXIWeAi8BhPF+phN+rmemal8hlTBEgySo4kkPF4MHPXGZ&#10;RnzgyBlrV1vexRBCQWCmE0ogNjPcM6aKRfvc06EHs4M2txqmmQ4YeBWsbNCW0IMqWCXCfMP45QCS&#10;iZ45NiuShBkJBebLQqRUWRBTyXT0lbEByNTHpAiDL8gi0WCVi8A/aGhCphoBJWmG3wK+4gQmIcQ5&#10;ZJMwIdW+zE9DAHOHMTm6VQ+/nDzUI/UlSqJ/Uqrl2CThxSyhwQwPikBe8SaX3Iml+Yb+Osyw69Qo&#10;DDgA1hI97hHmJ283E4wf6Q8UptZR8DUe/Fictl8BgTnWDuGeDZVkINUcAaEEeB7EqCnoGGNMWIm5&#10;LeiXYxP2r8siATdhhGxGni8mdbQVX2LaMmPnT4M2wOxS03Gya6/3fvYdC5eCSziREgKG5VBWiqND&#10;RTus1cvYcEWmhxOVMgolkOyMwzSK7T8RvAnrxnWN6XatN8EyEAsJYT1jc19YCcBK+R5CmMbY4swo&#10;UUjqKjOtQ3GHfGLFlz8W+h3BrLtavj5eE+ofQ8NV0FrEBTZACj0IxaLFkzqGlMDg0QMw8FGWRDbc&#10;19ILWPVp2OkaBsWMHraXleqDvaWzGRBhZZLkfjvJZCMoGUmm8mCoLN2AA0t4Q95WxR7c8ArCHXIg&#10;HIFmugOJDZkhCnKiLe9r6mT0EQ3wBUtf6rprqPWYlyY+typdrA2cJkeD23+PTrHydvVLcUnUoxFV&#10;b1uSjaX2hIEudyy+vWH/zxS7o9eG/GAdNjksvbFYJjMQKMs7bjh+/0h3NZYAH3Kj9x4gC6H+2G7A&#10;EGQz02DalbeVaa5f6cqvbViCFadatUghT7czLM7vjCA/BAAEkgA6zjPVAUavnfsTU+Wl8TZooDev&#10;iK92ajhOmIujHeQpDVtqGuUNmbVIdLQfJntgo6ORV1yziNjTxYHsCepay1glpc59J7AaeFb8GrZ2&#10;GiLzAUXbVfZ/ABoJUc+wJGc29m6LaAiSxDp4prBkmelJwL+rcKiXqXKffsVRFQbzPsNLnSlRsaJZ&#10;+xchcmy+RqoXKigyWr+9q+qls71EBDIhtpjDPAwmwE9lpbnxY4bgL/j6hGWZ6RKXyfDkDEv4k6U0&#10;jo1P6l6DH+ECKwk3rhKL5RjHQV6LjigzfHYqiR4KmvxJNRvCSMEMYrj8hRiwI8nQKLGfmlSEiu5S&#10;5jjx08lTyZdJdSQxc+us3G13sWU4bGZ0PAaOLlN8BVPS8Hc/Idi0lHmDOhVle2zCB2UuP8hD2xyz&#10;CIE/rqDIMIffDiHurF21OPJk3MnTl014/b5hNMPtQTKVcsz3YRojKeVCSyjTx/ny/mAUJUMy7Gnb&#10;+vIhS9GwQNgbQ4EvqPKqypTxZAxcMwq3rZEPLKw6M0vgNPtlGp9skXZAzEuBpvg65ezjzzunYziZ&#10;N/+O2Voq3+DZRyAGf/aNfKLEakOZuxedwJHx4PAi+XF+IDU/k12bI0nB0JjpY6t1FqYsb7i72T+M&#10;ATDdYYYx7Ol5gFuebZiChqnJfxrMLLZthp0sGqo8l+kDf1jjmqkuEWol+PGsMTdwkOEmLmxRxiXi&#10;luv8BkGpCJNWh3tDEmPpKYqdMHeurp9De0pW44IyCwhuLa+DJuvohRVYQMNjaYmSShaWlaGdWcCt&#10;pM7wFlBhx2oX7wr33If1EY4YthmY23BXeDDw67WcG86ofyxA0jC/IoGfWvqHZ4Tg0nswZbjahwwB&#10;35LvBVWcAlBTqlQnLyKjQqEhtbzdIBIBBhEJZtTVQwR0V9VKi3OCW2stoRR+aTHvGma7zuBT7BJn&#10;G7k1OUh94R0oG+F1WCzLBIhyGGLHymQ+IHhroIV1bUr0nfQulSdH5zzOjEmMSyw+r4nFNsjDIdEa&#10;Tj+0JAVZfWr4lMmZNFn1jK3W1rDf1s+N2vDZ/NRbOeUj17k81OAuHkLmn/tX0WNzasAJ0AEQ3YYa&#10;VVmiGj+Ge+N0x/7jdVZY0JExGdAtXc8jacIh8XZOZhWjkdRBn0MLJ2+wOd5iBvTnFTwRa5OyjlSG&#10;L6xwwQS/VXXKgW+YKl4NkQsJOQE9Q9r0JDMajrUFpcGoV+gAxECxhF+JbwPDT60opch+PDNW5l4f&#10;Ue1XUjmIhqU2nKAPU+LYRDJ+7RE+GjtoS9nyfkcBjcZ0fzSCJPxrDVXIVaRD5aWwDpAc3I7JbSPf&#10;xsT0zgJLclBiMqYhNm8drXbeRfz4apkpLPZBYNkUmOLw/vQYOviEDh86ZB04UzhjsuoWRpVPmmWR&#10;bpQZ5j+EPmTYwJgpi20bmLnXaZlchmNlhMXHK9gPF++GGigqYx/CmKn5QYi/YX42jTxHb9wgIHkb&#10;TgstHQxQH/Ttgh2OldgAhPx+m0+FDcssgUpq+EWxEJhRKjsdTJk0un9L7ttwDQ9rs7Nt1e5wJBsZ&#10;b/TicsMEprjHGROEfcOUoCRW9oqXWy4WG8hbPG0dZzQGkCDevgIjXsrgsLeMt8tU+tkzg8PhWwai&#10;H8F/CHeajsPja5w77kkb6nAsgABhc9g4GRyejSqJkJevc/4spab5DTfExGqaw3u9qAI+1ao77Etp&#10;1fjOLHmkPHblrTtcw4vVE9FEU6ewi2bv7nDUz4FIL7Fkzn2QR+XOX+vOKtnwJAvms9HGT+bXqN4z&#10;8YydssOSZ5F92RqfMzliUz0a1g6fiEgDnJaIyw4zuc+4+vwdmHeLeJuymkDjPOx5V1cqGBriYoYC&#10;1zIUNCLA+Sgn3hQ/YciN1qz0q/SHENV82dPXxRl0moamoy1njcSJHUtl2Q/tQ0U7utFlSqbj5zNw&#10;UNZhqzvDYNvQXlzmFAEWXuQyO0KNS6+RV112acFfnk+LGhDsAxRTGgMIxpkmaVXnsClNzxRGL5Ru&#10;EjHiEbidw8Fj6TlfREySw/cfqXobz/+/DxuKN0ScnD/KxOuPrDwGfMNViA075KNBm1lbA9fEoE7H&#10;a8vjl+Spr8hCefYKsuZIaBCCwwMii6K85AQHB5zH6MXs9xmAqp4dN8B56crbckWXjC+cCHfDUVxw&#10;FKM9LJXU9S9XCwVLxXgebU1OVlOjjEtZDm/xC0Vx5Aws/78kyLRgoBi4wQ+Okw87QzGLOm5zn8od&#10;elxBpM8GPeaHURkaZRGXv07ux707EgzI/fmpw9NCYJQi+y2AWM4Ax3MmskzYNq9/BGJFfAtlw4PJ&#10;1AcSiLcRELPvlygQog5qeHH9iHqoMUfJYn21FdmFK7/r3Vdq+6nohu1CU2z2OCyVq8X2nkPusDDl&#10;LxETVglUBIzXhXb7oMqLZmFFO7IAKb9GvVOTS5ODRDRNRGOesaHM+rxs1OvlOVY6QmhCyeutdPTX&#10;jR5lBoIhTOKuDYWCA8ozUqhDnFaAIVVlh5TxhKds82K/+U49xD8ofSxFMsSeZcl2U4S1n2cNMdom&#10;h7Co7dEgEcQxrcE6y7asTmyhv6dkWTKYIZukxv5WaKOsqTqlKBC92BZBI1g3IJrMYZkpkqrMOaL2&#10;hmqWARE9ZnyMeH6ID+22ZkZts2bZj6vxLTD2M1iNAkOp74oHaexFP+0/Nh/dfJaN6VnTdfC+sC3L&#10;IlUYMEa5lLJsE8ODyS/I44DPwDLSMHEHk1Aokyxz2UxfaS7L5BwcbWNGKzezcjb0E2clZ9l4fXR7&#10;HQII6JQQpnxMuHSUWkzCCYucvBjT5ihND5P5YCcvWQZs0jRVBqzXHpb1tCgYwumpnWRcFjgNdhcB&#10;6A8P2YCKqc9HOUFbiFh7Y9lbYIlb2+dwB2RABpNm0cmNAdoRa271IEN8bqZl/KJ3Ty2TlzYDOeGC&#10;ajFOT6M0DmqGda9Qcq4UwnkCQo+kXjf1DIz1EY4aFhqYfXjTeRTYgtzrw6PbuJV3dYvuKHw4gD/F&#10;f+Yf8Sm5PV21AnkiXdbD4xJDjq7ctirxLgsOIuaskGBUfl7S8xiLC+Y2OzctjkGrSJvzcOWo9sZx&#10;K/WRR3m4WbnyTZHXkElaT8wRHBRAUsaGAeA17EhXI4gIvxpAcZ/MHp6E0V5/oA5fWpdVRM3UdpQ6&#10;WX+cLKSPKfRzYJo9fkw4LFIc1fnsYHJJPR6W+3rFpDS/Ie+Eb5iqOW6i8kG1543p4g8xb3jvTON3&#10;d0YOKDxLZJ4apxfpjogARJnwBcPqC3FAg2GMKd1XfRqcawsqVL10Nb6f7s29nwLeCNsJ8vNWLy84&#10;UfeLrp18HohsBU9MuBwQ4n5pq9f+QFM6mWW4z5ANL5Czj3b7anmnOa4CyIS2VXEFOWGT3rD85344&#10;Ef3BjPvX4qzzDxv3R8ouiBJ6ApgMbQhBDPJR9XXTkfk9681krEgJqA7KNRxJexlK8ZCu4lZEumqM&#10;Wj/oazKDCzsnwORtZdIW+WOADRAnszrSlCslBQf9xpB7MsNcYRqz94ykrV6ZmRmn5fYlaB0JMDof&#10;/s3PCLy/p+pmGWEyodp4t56AL4d3w5WmgXwMKRtFgWPtbLe2rownGyOBdABbw8nI37AC3ZQIAtpj&#10;cQksSNEr1bZMoX7s4BDW3/DCHwBUxQS2Q0ynt/A3d+Z1nO3gcAi4iNYy9qYWFThsMKYlsIc2pyGG&#10;d/2snK5Tk/nwEOdSVGaQGBZDOMyt/tzJ+ys1xI8X6I+KSK8Z6XWI+9JRg+sAFnlrZkw/b1O0jVZW&#10;AC20jU9fnWw6QLyDAudiyRakhxlw+EvJaq0YgF601xcg/g8kT6ajIirlg8Oml3gJ86WBLAPxZ1e/&#10;3c+CYyCWPexNFmeUMkDsQ7UJrKUkA2KsVNexBbF2PTTCAkiRQARxlS62m10+2slUtQxKhBLQNF4j&#10;k5gaKrSFVgq26PK3hkEs4U+yBxbrHszSBXw02EXa7B7D8pC1bT8jkdGKbsDae3PZw3QuiNsRb9a1&#10;IrA+8cNVoQVCbCCjD6mFGAutoqhIjQ5EO2hpqPUvzfA6r7AyeMH7aXbE+qXzgL5cppF65U67ZIKC&#10;/D4Ot1tsQgNWz6PlRtM+Y5uGQJeg+NV3tEDQ8+GaDUedsz68DKwgNsojAq4SkrnJ3UspyXoI9c1C&#10;w/fb/Bsd9VpqHBUbwxnpgAaq/TR32jZ/mP1djj6aAvZI9Ueo7zw8xlTKmzqSdDl8vaaqe3QYcYJh&#10;KUb+I2h/SBcZyFBH9o+8w9Ka+v2xLV6UD2MzwFEdJc/4S3sOkHS8LW4pN8yYBrBxzSpdRXDDPtyG&#10;AkXEzsoRP7TXxgRA8HYI8w0wOJ6vhZqhQxQ7c6jEN9jinH1RkGbg9vB8UXb1lc67fHVKiE/IKmkg&#10;Aszulyp7SrsAO1YJe7UxhnOChph6Yzi+EBSwmwRF31W79SwsJlBvd3WHQwmHdRgrderXFAUZOIyx&#10;x7mvzssIMQr1poBXdDA0PYahZlZD8Gkd6fUh3G+IR9mxejoawtHcQm08T8aaaNAIYVA1xJ7ZbFY7&#10;uNVka1U3DcDi1E5yjQflPO/asZRIPH75Yr94J9MDTQW1KAUug9duP/55ynk1BOMxUUiq8zQjg3NJ&#10;peYpcPE8phuR9HRZ+JQyrSEKNYfGmEsi2eZPvCpsL4rDl9wpukGZgbcyluP3Pwi9wddzkcBrOXBY&#10;Ma3fD9eAP+4IFnxspuk/pJ1Q5kvU3CfbSxMcJzMN9wnU1GNzLprs6v6YW2lwVj2XnuGOM+L5+OGd&#10;JpuIBY+6yT4ybQHt7KUbTq/JFqNzpLG70k02zExoyrXoLG+b7Gn3cVDr0/wILhMSkJrcQCOsyNMU&#10;NvCot1ANgmW/Ee+nG5VtOgMNK2JmcXUmy/yLD8q699u5+onpTCgbzVkn9fa9HsmGKJOXK9ZfCEEy&#10;fKXD0v/Ps7cfibLSAUePFI1NMFiyRz+JMm3WiDJ1NTJVkTKCcMC+jyNkU5mmvqwhUK7exlbZsEE5&#10;TexuqdjQv1JZbpiTXDQ2IRhYYs/c5aOSA83sBZ6nZpPKOMeG+4DJbRqJQiLd0iOyR94JHK3JwFAt&#10;2MhgSXgvstvtnaSAmpS9BLb5IgcOUdWGIzsLN7f2g4r4NBtOypjAG048FSlqkCI0ZODxYvI3eFSf&#10;VoIf1V3azSZow1brnmbkn0gN86hb6UsKmDMYa9gMTKMf5pS4xnrjVRnlqu3eIdjGGeIMp3uVwu8T&#10;ykGSHXgagwgqtq+C1JCNI78ClNxwhs9NmF/dfz/TjORHvrvh7oDlQ4QeqYzr8bk2f3yREEC4C/tU&#10;tEBJxvOwwByJpuZ1HMhaqjni+jzKIyQ8CFRfa31afBDbE3rD1AXEgqi5H0sA3HDq8C6Vg/hvw79r&#10;7x3RRmS24XZIqXKZnp3vDv9zgw3XHdsX7BtDmN1fcZ1pdOzO1YNpwvuk8aQxQLDJZgabGn5F/v8a&#10;K81wEDS1/MpWzb2ohl0BLomBVcWYMWil4Uu4945RObCnPHyl31zdIBLveGeADdR4xWh0Z1/OIooU&#10;JS2r0ygHIgekyV5e6CByNsSj3a9ou4eqqd7Lw2mYh2FQURSCMYa/QCiLhQkuDe8Ce9YCzspphJWg&#10;4Wn2/q1InPMByMEkCLmJeUtTXDJMhuhc9QsOsb8IwoYGG4l5r74YtI/cy1C2kN71rOe4glwJmpFF&#10;UkYbPMxGsyfnHq0zq6Cq/Tl8TwbSU7mpbfwjMXP8TeSsJNK7Kt4g3MCJWDQkSxWloW9fGVeIucFm&#10;96ereS4NOdGYO7kdkl8KeQ2GdZc2h+HCx9RogGF4RWbVdHTlcHgvDJcOtCoSclgWYTiaYHaItQjS&#10;uckFDO+D8Z/iwrLCcFwkdqnWo9sw7JQRbODt7bSE0MLwZ3sJFdrMIAjD22ZUn4WHw2a+1m4Mpzna&#10;Wu/nT4suCKsIDWaYy85QmjrgbHWf4ayCmEFXToTvDIM2y+yUeG6bYVGLj26b8mhohh0iOCpbyzpt&#10;CWdYqwTFoTgB2s4waxvbO3wTCe8Z5mb5LLW93vvZcxCRhkcnjSEmfxFu1mlswnSqQhT+UqTRBuoE&#10;MgHiljzQwNJHQrWANiHkBNKpE5vgFljG5zYGTsWdwsFxkBV1kWeHNQRTFjIJfCa5aUpRKpPQwAxt&#10;Swe3EZT+KeY1cbp4J3iMAgHFn5oYksEZoJyF2kPGUX/Jr3BchGdAjWwjeUm1UZcReKnh6EEhRVl2&#10;D8xwZYDBD6JpvYdhJ1aR6EP+UYuTXX1ieLc3Xw28Y5NhWQVdI7b5V5GC6iDj38iFSBT0s05scBPx&#10;+VPsBurf8P26xZcsHhGbrqSl3xZWHIgEPMUv+d0HQUukgR9xPS0CMFT2oH2+nWKCrDEUigBl46jH&#10;fIoWQoSH74on8M3xLik4HiTJ7DgseSn7+eRTy5+JbvfEXvQ1+IcBo6/7pkkdx3uqyntJ582+ED82&#10;8yEy+rJc1GekzmkUoyoHJuGsZy9w1QffPuNAY04HmhGBhDbv6A6cnzeHsgt6L9v/gXGlh5AeOFi4&#10;/KZVj+fD6VnFTeHRYszA4AgSqY5Z2pCQlKRn2aeY5SZMJIWC9OAAC7sxAOQKLnoclQAXIOjfu5M/&#10;j61JNsq7DotCVA2VN2AJx+yDgKKUMbifTRE/Es7n+uU8a5UB3h3pVogsetHzIIIbwigRJSFHjhE3&#10;h53UE4FNWksWzqq28trW1YPsvXlxbpbXlvWCWatP6qxQ1+KWh8AbSo7Axtfl2VI3924jjeUB3eKV&#10;bK2CNlapvBG3HFUJjsflTUC/ZmiQ56C8Wd4GyhuK22Q2b4sjdd8xBFTeiW4PRqVuOVhvo72otRu7&#10;yc0GxFJC/0lxPMs3h1V0R6C8ECXnZR/Wk1cQiMjtvKMlAoWmojCJ/wHIzrNeWo91RA9wg5uoDr4J&#10;Uh1IkjBKcKLJYEyR5QimbhFEJQPYZaJoc6wjCrJZCgTMB34UKtOuMbvPgpOQK/tSnkpZ3iXuOtxa&#10;Wjls3FmhRzktrAzOIabvoQybeRO7T8yVW0eboNiyk11blmGf1sEMUXTVVUp0hcfJwhn9tEL39HsO&#10;Oh138z7sYEXE0PbqQeWGli+mDq0sq68ZrH1wqQM9f7o7fKPaF4v1O2Ihd4+03fgnyU1fCH5Wtjzw&#10;y/9ppzKYSBEZTvYOeuIG+z6dhkb+Rdvz8ReXvZyDEO14fEWrBNO1OgDLgvHfTyTwCWBiZUtU9yut&#10;TCnfIAs0YkXcyZsp8l95TqjDUk9H1wXp6iaYIWjfRiD+fLrZS2ZVezK22HR3JzzzA2jjp3GISkf6&#10;OfmyVsRf0rBKpAK+YKdj6JCCEGVI1l0Ozd/4/zW0zVL305eO/eW7oUgBDRfr8XFI+Uoey7CUmapF&#10;qEZDC6h4DjtDaBk8Jp0h8bnTyKBUS3dCp1d2TQPCtRQOBi1BJ1EgNv8eaBmrTdCSX23yMOVMDchi&#10;mW7Xk4cL5S0HZ4jpqgo+TidAu6qxFWMlanUryDY5tUmKoEeAcYT8mC6UB02/Im2EDytdQmwlGAUi&#10;OMBdTLeHl+auU8Jh2DUrTz+T5tH9ZkyZugHZQltjzyyfSZTC5ep349gUfx6QMnZcDjVcolP/T3TT&#10;PPLwgPVfeY/QjnOvrlshzZt03PBk4FcV2YYp/+HyFuqs7M7AX8GQrlx1OvIawGgP440YSmgb59cC&#10;xlhdvBh2mvQdF9PMWRAwXMFkMhWuIK4wrJUbJvQHBjbtXLuULIWFKeZMlo+uSHESpUkOlfbTrKti&#10;q9fVEQWNNqEp29M/qM3Ii9JZYFtg3ZNeFtMsGqI51JE+CImjhJbVAeTWBjoEbdVWGd5yT9EWxjfC&#10;eXbXHM37Q+LwtGfNXm6xSVH5k4KTDrEPYkRw8Y8vJKMVjvNF3Mo8yAhFT2Na7Sa/+Fc+a+CKeKg6&#10;rURmNoUVFs9AHR4wu/Q5DLlWoW8bn26NJ545THnh4UW3y1fqazClvtFPo/lmEHpMbZNMR3h6AAaY&#10;PIQHUplh8EoVHyEXebtTZ4HNiLlqLDkYIvzKQ0q2XxuFfcwCI1c5OPcTbbOrxvtq3zdaLvZY4ap9&#10;+Q97SzJ0F1Yu/my3N3ME2EszXP2Gesrp0e8FFIo1lyX9ZYlw4bDlIHZIxpvXaNNQpsQZ5ZgXwHdq&#10;1mP3GAfcbdta8VFSaO4XfgaiKsZKR5DWESFcQeV5q7IgAiZNjJG3NmNNCwU/4FWthOXAkGAMiSpG&#10;dz/Y74M5jIlfqC0+UelGMXovY2kGzm4madNZ920BHq+KI4H4xTZsQiHI1sDDtTtEteesN9r6A9XP&#10;i+gZPWmwiNwVChzHHUTlT7so1XJIvzr5eBlE+nKNPVgqX8bSnjVogRD/lEo0vbNJRe7XJDWs1P8J&#10;Wwc5G3ujbmVy60ByAejuZG1ncCX+yo1GhpH0TIAR3Jdol6YvScE625ItFAArgUhAox9k5cdaH2Cu&#10;44FEae1CDpCnvdD1tXe6LwpB8p3zu+IIYRq7KTCwq1Axq5GCTRXOK7e5AeqSR1am4aI0g8WrMNsq&#10;2g0l6nrXxV8JKUkZCdJuzdp174ID34RcpoPQnGnZnWstSQAe5LSt2eD6wIr5VKdiHNAmrQQ7ZA+c&#10;FKTtaqYxEHBtw5N1a6uFkej1p3LhAWkIs2/6FXgtODBn7jzZ9np0KVhDRLVisnCK24cXn4wkeuiY&#10;QXbajBcuLbHx/jJMsF71vIkl0jarM8zmBQ/uO0/LAJWSxodHChLn3c6hs3VNUqaTl0ipMdjwo43z&#10;QPmg21bC/CDIsI17m8MLQB3ZhatijC+veHsWAXjq16RnvGgJ1Q1Ypdw3FTyGdS3fpJtKy55uIEey&#10;cu8TeFuCL1QnoTyRJSWA2Hc7T16JeKA7r3fQOu+PsNLMEkoUUXxMLh9Azs5pO8FiflqV6RFZfcXk&#10;ZcB7uFHFvZumtFmqmKs9Tf1XDtGonvtmhEcnXUct/vcAXGodqz38aQBmVyDXcbdh0K+4s8WusS3V&#10;6xKa+CRhGEdRn+V2bBx/Rxs2XKawQ+FCC37kkzsFZwxZKmu6kQjHNCckFFR0ND8DrdK8Dpqr6aHI&#10;sAdTtWpOPIhrhu3hQpyAhoW6ji2SaJPK7hLit31MKc9Q4yCWd61V54PrRUI0YZ9A+UYN9nDXiX5h&#10;ihEqoO5yxjDfuaWglD2AtgEWz1PskyHl8nhIBCNyYWyC30/dgCOxlp5iGC7eYc6tNW0+gcdNo9Q0&#10;Qrmg8NZD7ZA8gliPk/Mw/tXrN6BaCJgMAVJbMgdjaFVk/WvmC6uIZZHY7VH/ID4BLJevs3Jd02xY&#10;c9KEtfDoelsUQg6dmr3sqiQ9WcdVGUSR5fidwVFSt39olITmMDAgLglYrcDgS6MmFk+/EI3gjYxT&#10;SGEzdeMA4iFy3umf9ofk7K80BTUfLNp6jORm/tDWeHI/UMSvNKKrn5lNg7siFTXe4Bo5xxxEa1j/&#10;2yE9CflReO4ObXLQ8OG7o+SYkTaikWfyKqTK53Ryy9mX+0H7brMWcmrZlRwoNodndmXqo5ysh1U4&#10;dwzLSHBAAqNkTNU8Glc3jbpFfnVSlJUKFUXKhXwU6hSU5RcKmAO/HxNIKkp/w6QYi1uQJ9x44lRp&#10;2bRX8ESfAIUZtA+weynROtxcOLsudG5iJDTGqA3l22+058+/s5wS1O4Zojw+i8vksbVSpr1JkVZk&#10;k8eQLD1ASOgXZnf0IIRs85CmpQouBCOPKVmu0+Z14bChQL/5yl2kmUMsMMK7q+7Nc7T0UAZ4pPMM&#10;UNz1RKa1fDLZrSobDeo6n81PVQ1xjg89hF/1M0++8Q9Rhj25rFf45ACqCmDsfxsGF9S9mcB7zCbw&#10;IkGOypl5l1opFDbUKnmGDPDyp6+O8r9yOQ7a5o+egpUpRIRZ3eIfwUZW0RZz2SeL0JDw76UF2IdH&#10;OROorXstCWzcQOSDq9JQD84WIcIN3XcCN0LAryfahi2vajqL78DcRak3tPdPDSjXVm7QfTHCV8Dn&#10;BWKPj83aD2oemKYRvSH4WG/gagxbkKQ6vhM5+QbWjTPbrAdQlsFU2Y4P0xiTU0QhVUNDz/+6mSli&#10;AQODNDD8tZXNGQzFkUFzZ0XLpmB6lP+nj2uEPPFOuiihI0zBr4jis61yWUbCprkJYlzuLxj6mwjU&#10;Xyc5aUyNpgIE/Yz/uLpySAEiLFcBuThWnPCzxTF5TD4mKFkRzox+WR8wRlVTrYBIf+FMC1BfRe57&#10;pqfi+oIMjA37NJ8NfsKDSZoa55M/w2kqHGiKGj6XwZ9ZkNuJd1MExNddUChben9KI7wWZ8YYu77E&#10;ZpflMRmVI0ULtAWziA618JXT6vo0A3IkycQn7WVQZJ6gyr1YrDxlpCJoikfeSwotZ5SHidc4Kjby&#10;BWiLA8vg1nSAfGknpXQ2UNvJW8NhPgKI15w0SzArQKRFUNhQEaO2H06+cwnyMGp4V0xSzDptS+mS&#10;989ZnyCXrvyD9G4CvB5XSvgNkpOmTKOCt8meby48DlbZ2F82fsoThYmJ/Flyois4q3RsUA6qNPgr&#10;Mo71blU6RswX/4iwARTVNxuTVSTZwR+12mAs3ym4L4DhGWled+zfqqLeyMUcvSJUaGYtMJ9W/wJU&#10;4ScVLVFkBQQ6mwUiwilSpQfE3v7KYHYNRznq1a5FWMxYU3UzzA1M8EC257mqcUwgS8UdHvouOR9d&#10;2126i9APL0U37ZGCnAksefmEjMevqX+au1Z9+c2ojm8sTJS6baBBkEW73W+m48FWcovhczs+nOsM&#10;lGyanHVWhYMLFoBQ50HnS1j4q2ZvfxzjB3sONhM6LjtrrbkfI8VcD4VDHRMWlrMesq/DtZv7zH0O&#10;TFA72zPyVrO7VrEbfV++X9zJxL7n8nm0di2GgdB5+Bx5ScEQG4xTv6NppnzAKoyMwwx62GMjDoaR&#10;VDF24g0CHi6sMChQJY3cd6R2TriXlX+/qs0Bh479AUXlrzafFxoPEc/dAX5lvWjs26JlITIZLFMQ&#10;WeXvsx5z1iPIbeUxgIAHMoGKzekDJcf0gV/HLXlHeHWFJ+i+FLsO4KhnsLinBYlJUt3YRgt4XMe0&#10;kNp7ALQID0pklocJx6VPcY4M7/UKZV7UcNjhmvsxUjD3hBFSkXAAPxxDIhk1+Udyz3jvxiXDbrCr&#10;noxL2mwCIrRxPodkaUOKoE+O8yQE+V6jNT4h7EYIaSjy2OVIpTw0084fgIwSIvNS8xyJR8+/i/01&#10;s6Pkprp/GICoJpcI1DggrOXsztUVtbSP8DmpfXy/bEkWlS7C86+FuVr1DLh6vmiAkT4PUganCKxT&#10;GX2WLPxg519EiNsyFBR7NGDLwNOodkg3FTdBETtE6X7iXBYI2whQIBuoER/XhmsD78zTUs8Dw2fx&#10;qO7vSYdnHNekl80S0RZV+dWfCAdNNqmjJWQLc8+gpHdTxtBQoE/Og7jzkY5ALSD/5OiG5BOEbSRu&#10;/XUliHCFenVNCYHTvlg5GVe4hYhTanDr2djXYGFLS1hkbdYOudlOjhVfGuT+Es0QCGv/b0s6hs56&#10;Ieqif/Ok6pM9XAkyA84l6YqsufGsAV1NmaLxUTe8u3IYjgjouzWLjCfZCWDr05YE1+H8LgRTObNy&#10;51pN+QajwDrlXNPTzpuIOZrzMYcsae9RyPIAjPHjBZsagSuJTZCmZ5MPHxx9Tc81SkO8CKbRniS5&#10;SOhmxk36CZG36DpGOiZff8ygY6wlzV9MtLtfOoGI5mxQhNp5OUSzfwQPveiyuPyqxi7+jBsxbqNb&#10;NSRAf0Vu6fhk9xjSZIfd5wd+Nk7lSOoK+t7rKLfsEIP5kXwobyymTEUIwCEdGTymvd8HlOlH0Th2&#10;Ki0nJr7NBwYHBwSSvQoSh8zG2IJ7EDfVNPPJbwUC9M27C7ov+SR2AwotE2cknBE75GHFFx0JX2gV&#10;M4pjk19NgSlkiwjnDuDKPmWr7J7PuCGM9SMfeXv0AdaF1upIV48IlI9y9tbQHqtmdo/CrksrMe7V&#10;DpqVAXC3gpqlWD3EGbyoAgkikBBKUIM+SEuGNy/TyAgaAAS8aQArR33ZtY1DtAUQEZWEWLaVIfRg&#10;noKg/h88j1Xfv3os+smIuLDyW+l2FgC35qdbkrFXQmmJ0zuAzOo+7Qdn6EaWvEhlmmeJ6Xx0quV4&#10;TBQkLY6AIIep43qDUlPkUdU2YFi7hn6kK48PCqoROMl0HRE9NZIb+PT+dWoghRkC+qaIBU7EFIPn&#10;TVRuRCeBj1+r0L4XSNLE/OnbrBsNVz0FtqKuqDQ9aIk8J1AnBruJ+LYkDk17cbiXvsmkwdqI9Yui&#10;id/QUgVs0aIjXia6Ca3WKhthuJz1FcQW1rU0ZS6lwugAznqTk11TIWMA1uDEtp3BYHTmkQRMChHl&#10;I/OQ9eZAb0BmkFtQ/TgpcZwDCTqMQOh9UPY6F6Ra87p1IT3Aof59mTG/l2UTWzH0L/QfQAiREQth&#10;7eJgDidImrgCPe0uEetDABMQAToNfmqAciOW12VOCr4j9gsinM7VcPHiparPm/uKZptjN869VFHH&#10;Y527iAhRtpXRdWFaWS3FTUEBFC+KGr6TDd44durjkxaLXyzvu4Hvaz6O9eJqtd2LxBQ2+5sLabIl&#10;m1dEqMf2NK77fBYQ/U+TxXAhOik50YODInHvzXzq0lhVhJXOTr0EyzHhGT/Qv6bxaHwwbXl+9Uqm&#10;5nRa4FznGHOHU0OBqU3KPhaWmm9MqXUBWo203dn6q3qQ4HENd3xrE/2p8k9up2UKWmmubf2VNk9l&#10;G1e2btGm3LdsLAdmGsd+16MkzpKTB/gxHEtSkG3LyPfLfx/2ZLajM/3zFHQQKi7XIZrS2bQghqut&#10;ZSJCjOux91WONfYzR0CW8oy/D9W3osyAMaoHobs+/o/hl5nUg/fsW33FWKn6wEIPbDb+Vp5tIq3r&#10;QoyFxEpWpu7taLjZGXsSozGthEfxMxlE2YRev4oEq1oB1PG6WdB2QWG4Psfe+yMP7Bi7tB79CDnV&#10;qkDBpYL+Ze1iJiPN8d5hP7ja98x/c83hklnOqTyMjuIWocqCykMh8ICy7CmIBSBxdUnRilCGW/RB&#10;Z8/EKMkXeMkmFmEctSQZVEMwsPI5OebunTAv/IRWpkneHmxC0tEsxFrFBh+2OKBizfqXDtRCbbbM&#10;eqNLYmwZTkSDcpSV4alzG2EcPi4pxL/DUZpixhEC2dExzcnnFL0TPFzuHfXeubt5Z7YTCuJTJ4oK&#10;tShBXl75v4T9hT707ZnLyXto/u5bsNoiooSG8u0ZXivl+mVPHKglgKczNNBbdTS+1BHsfBwjvV4I&#10;We20kuOVX/vG2wiVnbhHTtGMIfUaFa9+oFP+6Lc3tpgd+dHCq9p03aHqfk+9SFtUeF1iyvwaVJdS&#10;P91ENO5+FC4FgVGDen1mZg0gB+cFgRaRm4R3OUiE1Plfgpo6G34XOrFeuHz2KSGzmVrviYxhleKA&#10;8yqYUeVHHbUfa4o3Vj0IfzFJwaPBCWuZkNpc0zznnfYrr+lAlJvzPS6jtnOtY8MQU9TRr7CUnfVW&#10;oKKGbyoCwx0pbkybNexmK9bAj/fFk7WbIlSFNgGh+UtuScYN14rO23jzUoK6kMJjFa8Pe+QVSiUl&#10;/+hYlnRA+ViKuuibiMewJPrO4VJlLgxtCVpKtvRPGI2t137c8Gq2JieLSuS9BLBbifqvCHDXSMnO&#10;PFEyiLgMC8XtGnqENY1SBAYUYJlEqJMNXIL/IcISBDPU3/XA9Msdbm5A0sibcGZwTlDqX1Jmz5lO&#10;PJ2Nlob2x9mNQ/4zqeyOl+Rx6th4gXhAAZXvCbQ1DV/iN0CAT4hJLKgFJok322gV+ITutSeSlrzo&#10;ewyQzAH7+CgSOdFOAyU6xJBdA+MPEao8mwCq6pC7nIzGV1qJ4AKtO8puynklR9aCK/9WUMMvZlG/&#10;cEwAlQlgxHbnS1TeY1kWPzLH9J57dTFjE8bBFQPl8zbtBpXUjbuPVE6TctQqJPuWDs6jzZnQcPNh&#10;KdiJFUej/zByS4cq8sQPaT+8sCGJQy48SoKGonXdqLhudBrFuD0/4LUWsQvgzcTkPFSUK68FTuy4&#10;uZOR6EeK4S6CguUKtpjGAcl5Iuh5Ws0//Q3FQfuJgo7QF69KhuIHV6iFD9FykKHbQg3OeFYbX6W9&#10;s0uaghnc2GPpG08T+rpOqs2AY0pXY+0M1R6G6aLC6kho60Sop5HrYthyLnyzvoyQeWSRT85G46eq&#10;a+WO+kY55ecjqIg3TBW6LZL5AMhhoKfb8VMH/ENcA7UH8DIJejfwAjE8GcoyILW1/hXOFR3lP7Vq&#10;AH1i5ltSn0cVnmAevto0R7npN5p8WZ+bkA7KFm5MLIqs3KEvcPFTvDRvMNzFfNOISogmkG86pUob&#10;vCuvtDWcX3zJd2QshMF8EX0UEw1IsmHW7w1C/49UhygvJcbxuFM4xZQbJkKu0QV/ivRbUzz39sFk&#10;qTRVGGfjjTykmuI92KKZWZ/IyR0ZVBK48hANBQfrcAZrIIaLrKexk8i1HaKbuUgvl37iFcG7UplY&#10;joOd2+++75sdaV+2jG1BsfwDfkkDUIurt07SMdegXAa35d9hj3u0IGpuNgFte2nb9d3cDyoUindb&#10;aI0xa2WxK3wZhHqEx1XGvvpd5KYyG29smqEYAWIa1QmmcK3xBoS4Wa+RrpoKXswMoy+DrBsYbI64&#10;oqGxIMhspGODgQlSvWqmAXyQPIrylQisHYiR4zzlxYGrN8FYuJklpmH/8GoCHXZkbsV72rJMpPIt&#10;mODy77CqUdTsttEXhJnRPXtagnyFDc+y5aJcdukX5m0TG96KOiOZHKgwczuTvwEt5jx7KNOVDlYw&#10;+kbpCAbUgRB6Ccpx80ovCY5ptIYJl3+73G0Q5phcgMyY3cAjOKvHMpy60k2hXD1I6/DgueEJkdOR&#10;w8WZfD/xPhdm0BKH7quhzi8RkWGUpXCrxzvIutGrzwGXtLKiXZGNnNknIiGTUcfo7t0XETBEWvB2&#10;YVorQoDMJmgXTWl+O9AZlZWHN9BpD4ZdIovurhQg6C7xDIdccjaJurlYboEdiSFm0HZ0f7J3PuE6&#10;d4ZveWUO+ecnZArpDdQb1E0i2Aa9LEa53x2xdlmfWLgIN5XHB+deoJT/FerehUhwDshXCMHT5cBd&#10;+1NvuCmVZcxYwO9fmM/uDbkoYjxuePriISo8wn+Kf+OzV5x+0L1DwOA+aBdhvTo9/glxb8sS9fLD&#10;Vuox9LxT1QqqCelbFisJ23Coafsh0MDr8F2bjC8eHRKmo+b+qh/b8k2oB/+pudFXMgIkh0B/AgMp&#10;Hg8WkyRXTNCbJGIoCls2dckGw9RbYZl6Qti1gB6o0qXPhrajMxlLuC667jbfZ4oj086yOUuROe0a&#10;7zYp7tL/w3+05Hqp/0jjvtZIVplzLWJdfP/QGcXws+nYLIo2ID/VUU86rtHjMExkvinW8Lj3BqEX&#10;y4ZI6CmHr8xd9B/j+EiLlZmOyKMaStWdFFkETdjuR7S9ruFqHfGM0m+6XNXB08fEcfWk6e27J4sh&#10;BDaImOePb4SkVQwNPqcTksnQ6/lvIn8/6dFYc4Qo0q1zfYwIc9YM+/bEYft5c7bK9pMRAe5P3xhC&#10;k954Q2r5rjr4GLbyn1QrUBBMM9PYF+XnNWaPfZRfbBU5bbtUb6YphZOkojSrF44MwV7RrH5UaMSJ&#10;cLdXAlPS8t7Rmg5EER4PRspHQ8hs0McUXeTgx+WdHpieNufsuagIi+rFN8OoYmHPSPlO9l5rlWSs&#10;REHo1HlLCGEdgxhaH39OfZGGzbXwoVdZI/Azpx6EA0UjRKLkXk+GGxLuSoqUTVIb7QzEWBKZZbxh&#10;0H2ces+r3xyiSkpJzr8/SHkVYEpYIBRlXg9F+fR59SWz802/qOhkEmohzPgBs37MYryl8xf1n8TI&#10;C/o19jp1MYDB7omHn9IIavgok8GW9/K+rfsoRWAfLBrh+Q2P+j5yjpJ7NY3HVB19sAuBPL8n4t0V&#10;UTxfnVxrQDXC8hIgHzQ0eZKtJduIFfXCcla30coGM+DzmpZxsksrPIje21IEAYC3ZpV35opkoNtH&#10;AI/kJz/Bwqay0uzm8rXaboWJa6BaRBjYyveaCGv+iF1EJAHV6+Q/VCjCcwVihsBNq0OujxzuVlkd&#10;iw1/Lv6sVPPHYsfj+nih/6FnW2ISu89bLu3pb6NMDo+eQ4jSJYgHouGdKuYGmjvn9Fbf1VZnyT2T&#10;PrEksF75lx5VZ1cJ9x9fmGzHte6t3PISRU920ov/k4a3KcLPrwvyosewAtKl4htaS4lgRKDo/Zib&#10;mR3WXtEO5SMt3xOruLYiIbYXyVwao04n3F+LbrFVx3Kh77x0qRJhdbUuqpC4WcgVaa+HkJmRL5yM&#10;DH2sov1B3fiU0Sx5v4u419qAHC8DGJYPimazuk5AEQnJT7PyqEUd4WIPM7Mw5yG5g9MPjicoRwhi&#10;+1T9gBvEu1lQLceTQ7X8DifrAAt28PaAmVyLGbSKjiZXmPR8VKvhx6EvEalOvsBDVAZZgcSPe3Ho&#10;WyMdbihn+p1USiAa1oeDAzem8Y43eF5yUuV19wUaTORBviKj/Jt3h/JOMq3LEAaBU48JpKK1ADmO&#10;fr3sOU/6IxnbovDVFwmtetDPfz5nkwxkzEGmtKK5ywDW+yKcFZxJX7are28IiucA4U0MHvRQGtrB&#10;vLC9miTdgT4F+DIr6EFTIWlERXXPhQkWj79jrV6ASxBsfJ13IrCoRleY1FFJP6QRUh1Fybpg/ktC&#10;ym9en2ag4yeL/5dwJTOq1CGXYGNkd0k8lcoETdj6RntXE2PUSzIsjM17b+Q/QAEdTANTN33/zJAg&#10;aWD02lXso/F226ZFQqiFvBwEBVX4KzSMoSIPGfvGyxl59a+iJ3qDJGAWavJygAtr3qMqChx6kfk0&#10;W0G6JCNJXBOZl5jLljUSce8raULtPy0ujAVhvT5LkYp3SFaMkXzvtaNYg5FPHWsihQOgYOGUxGJ7&#10;RWWVz2RNpHmPceUQhM5iSvYMQ0ifo9UecJ2DUMU2+rvgsKDyWG4F27tP2V68kn7QDAEBHaai0tnZ&#10;v0262OXMNeFvBHlcWxp8SHkUJ6p8dX+x3REc4gzr9bE+YzGi9d12o39KxMrDu8W8l8k8ypgsLke/&#10;k4RdS1/KSdqNA4gIO58seGLO9I/Tu1+P7gt5Ptq0TLJkR8HP7JbdenY2u7Fg7WCPL/9g+Qa91UOY&#10;pNskGpyn5Cridl8g62ZIbYxyUi29r/ge3uNLRRY+EviZRas8nzOAHDPn8Zc4tb1K870jzqoUPxff&#10;JB83Wxa1I4/FZrh/IZBvkVdWNd0dfQCWa2ea1gl9A1nHym3Egr+FvK7BCLScqCyIf55limLNqFVC&#10;GapuFrwm6ZsKHl+0WkgzIeCQgvJFE3HDtW/YMAYoWKLAJb/s0DMLRspbkNrb6UMJuNFtVZG9vvL4&#10;SrMZuIculiA5fLaOUaeJHkgVXpg5b38pNpya1HSGD8+uoDtahjbER5f6EHXxVQM1I25uOwaMMqRH&#10;Qxn6Vsap0Pp8rilx0pJ961sT1bExUhYGlg9gZw564Zfgc0MfIlVcE/oCQ8ChTOFdkudi3NUP7mY4&#10;bSQsS5bECex+5drYwzHhh3a/Jt1GJTBG00g/HEX635jIzODL4cs2fMvYbZ8WG3P+ucqKph0MgZc0&#10;F2GlNAAhIN7fawl1w8T6KZGbG7NtOXyl2da8eR9bYtcTRG8C7W81+/M3nZk+QDNm2mz4ianHmg6x&#10;4gnw7wwPdoOUq05+9IMg9CbNo+Kos1uotW/rqA4eFrqHTZC7vxVFwii4rZtyZGpnPO5iDFFIyZEB&#10;Khdf2NN5gEgfxY7jquk1ZMTjfT3pkGmuO+C6BVIxbJjziCKE76IpHPvLEnSIIZHw/qed1kyJRvkt&#10;ZNkZoSN440JCRB9ZboeppBiIQGb6ezO8jydwuhcTjt5MI9wBdJ8nX95RozWgYriOqQ4KytmztVvp&#10;s7HQAYGGI5DlX/2qc1VdYYvGwM7/3YVp2f3W+bjKWx8iwFHIpJ2rUiVI9h9NPUUhFr9ihafJidko&#10;IqinRXH7cpCmosbvJXnnim4CBYy9OcS6bvf8f4n9sYL70m5t+82Jc8PGEpcIYTY3VEWiRSNDJHyN&#10;LHeDV8ga8NUN3b/YJQ2KCT6tyoKpVVSZF5XJhO0Q5duJJw6uV8mNQtea2Vn7pqpiEK7dLsNBThd5&#10;46A5Rso7G2kTeKoNLUdaaEwr0zuxnCnzn6HezXEDq86BjR4OqrrFa0qA8c8h2Oaf8ZDcBLC/tD9S&#10;Rww8jF2N+6rDPLwUy1UHwVsuL7hNkeAj5CH5xr5TAbStmfQQLex3Od6xTVNVH+rkJ+0EozIK5G2Y&#10;cSwAZDlEPxfEeB4pB03EKTSxpc2BPPaj9cdOD3SHxJHQMCElPYGVo3WRcw8CcF1ylkX1q8IFiThk&#10;6EAaJ793G3fLb49/pNxhOwdAKd7pRHXyNSOvhzbYksMek9zFbM4mjEA1cEWJgbIu4wBJQSz/qR/h&#10;W5Gcx8hQcFWkoU/1Gx9dWudPSTkBBoY7TCU/opQD5VpBc7Fw2EPh+mOTLDJTzRx1vKTDggyF23um&#10;vtpLE9IfniA1ys0u4H5qba5ER53fWnexCLMPXSeWyy80PhuNmaBtcDonZoOTWAfRcOpK5/fl8EgX&#10;83WDnnVkeOHNbFp82rd0oYz8KECDyhccpnuIUbnOGYNxOXSCYEBM2+BBnR8tAaqWo/XRfd7cMCJL&#10;QIPBv5jWMTvnHSEE5AZDLPSca8g3GycNr1KThLdSFJwB2ROFGByIKBnvTqZkLMabUS2AzAbY2rFe&#10;D5diHV2p4d55zlyCd265HPKdvvO3/VHg2ZpWhymzYdoS99dNO74GM8acTTAriQSEpGJ+8GJ7s4CK&#10;H98D0HFgTltW31X9d1+XvJvwXS0DE5nrHaF1kF0BcCBlSvy8LgtD0DIZSzWyUXX7H2E8ogMsuKas&#10;3B8dYQU5F1ocfVi8gppg99eAt0lnnFKrBRPf7+we9uXMYL8bF5cSNUpDmnQYY2J9mBi/r8oRL+g5&#10;rHCcL4EOGILu5cD9zNpy+dMy4G8Y/YI2qogIGkjFamzLkUic4hz7LcaK2DvC8DbgPQLa2W0eYx6T&#10;DVqkwy0a5sEoPVCJ3HrojWRI6RwyWPnRMnUraPGc8S3W5gzEfPmjoShvvck1kw3DkELy2qJQKb09&#10;Y0HYRpvPg59Yht2X5OjQSwCEALDV5m8BKt7UJWCQUh4Kb0PpAgUCEbQuM4Oq4AkGyub5UeU9pf48&#10;eMnWgz0Wbu9QWYVo/9JO7hYCtaRWNFOImWn1gZV4XTkT9B5ZAatVN85d5QhCzHaTHrNZGpOUZX2y&#10;dVDUipl563tB5UTaM7wUAl3rnkLxgCPalC9s6k5J2mwmVLe7yHOZuHIV6W9FSUnyVhdCxNCaZz+J&#10;PeQtg6bPXYFaQtVDN0I07mV7AObEothlIE+0ICoCsI5xxcopBfo3Tkg6hzSvAQOODbCPApDV2tJL&#10;mP5mZT9KbG/QL8eLvQS6Ngxa/2/aczrOhjpfLPEaJjj1Q8rby/RdBJI6b71djDy4Md4YEmgWLwaK&#10;CsbC5dtg5V8kLpd2UNzMoqiR+RXxy9+hCZyH37WCoTRS4ey7HZTAQagxN7WDxwh95mUa4mKh0o90&#10;yTfSrfmQv+QIWgJntf8SRXyYtJ265F497XVMRjvP5iQSOOGPwoTJTyjq1e4apscmz/1I1uwba1Je&#10;ZuqCNDfyQjdNVtrBP/drVEpJytUgyDsPoKmPICkgRoCQbf5IFmPDj1ZRZTvc2+Vu8NHKDcY8ksa9&#10;4yVmKWMAOUXrCJwpUCw+loyXbC+PeNdysIA4UDtjCV5+z8GwsBUDXMTXyf7aB+thIoIRkfsBipdz&#10;0JkbOvHlYPmNvmWQJB3eCXMJOfQYpBmlLgWKsMYehaeQV+avUgDHQFaZbYU8jhv8JQ6zGAivg32y&#10;k0OBtZBeBSJb1b+0ap3AjFkwcACk4zlxuDFIEJDb0j488Mp4d82ol1RtNY+pfAhbyefJfJT/8StV&#10;Nraaai8IX69VunOO2mfb5hjGTVBuAj1i3UyiRyClhOENOQGbXFaAjp4O09s+87ThRihMIrgNJlGP&#10;F1lslgVQk08+Nw4yhyG4PdFkOQTQRaqiQ6ahhx8Ho+5twNJkofN9+iA367p1SkRHyRa1EFlfFhaH&#10;fM9Z8sjzRiJ7kjO5tfUCaTXMoBAvPYOapAPYPyoWSEd4zc3OeiHY+EVQq2zbh4huSkWMcrBj1dCo&#10;RmZMNPbC7to3lyb9SAboouaERuIYhERlEfuPpLROlpyLZQVvOJ6Uw8wassaKVmLRHMFpJmDNC7Vr&#10;FLsehgojIYWZGk2PA1ENvq6hwlDGyo5sOETYiTEWPEnb6qmeVjtO+ONaqm5QBHxdUVFH2Jpt1F9T&#10;DhjOHYyXIwNhIhkBQc99FqSkvR/F4JWkiait5JjPIuW2WoluNp0hkCWIUEfah1oE0EhkaPAVZb/P&#10;1l74Uga0iAkliuchtMDSLLt6AkGnTT8ukM6IVgCOQSBw09zmanMsuW+0DcTze8I6rDAf6WZDIBJb&#10;CPRLA1K0J0ZPyEU2QtYdEasH+qiXFGfCJjP5sOtHOE8F8tPcnTVsofsQL4JCuRHaJGXDKLp1MMt0&#10;VFAPltFvgGQ3a9ckz9bYyZPQlBsuiMUncxWx54jUxe69nr1K2B2WAbJyVIty9mbFcyQZYdNBgE01&#10;BroH84VWlkX2CrE5oqLPb544Yj0sUS2DRSVDtcDA4YljSUMMz1c5Q40rdbhvEiqWhwDE6TrWSdxA&#10;JTIK0rQFqdii1r5aoOho1bYeUgpgxTgEQ++RDHHKNN3nozSEaCBxOTiMgs7Y0RE4XzHMv1XlCmvG&#10;nIQ05J9z/+Tk8DW/4bfoL1axAX1hN1j3VLko3caI/NsOFQMwk4UmU5tvx4C/kU0V38gyvYt5WGml&#10;fMZtz0F3mMaGvaFsOItcc0wRANGvjxj5vR7U1wnTZYoJk9ITiPHEqvrzu/tsFTd1wnXeHMCcZm/3&#10;ww2EtuNBJTie1NZ2t+kKEQX7677BoKDpZAuVhLn2/L5awEXV1Ioiqf38MLY4QJYl0NCKzXJABJx/&#10;cTyeKCks9FjLM0pof6ZxvhcqiV/4qdEVHXwAAhabrYfGbwZbbngXY/UedcYyY3s33AzCcrlLFUnb&#10;j7ND2WoNTwlo6OgF5M3Ukth9dHNY8FGNKxStxR2LMcwe+KQgGSrChhS85STtJz/EFz8sPzffbPjY&#10;QqrlXHyzJqDmioi3UjQD+oI6kQx962LgEyO8UQlpumUIkD3CxCrfBKHndViyuCs2UBieGMURqrIb&#10;fXmjehmBQsueR63zZE0yHMAG6or/7uNCoov54iiH8H26W51CkDRmc/VE2DZNGh/6bQ+DXF0ivkP4&#10;3rato7BjEUEybGxBoJAYOFEyXt15LFPbU9/Vz/3oML5h9QuNXvfHw6AjEHKhUbq5QN5wD3W3xFFC&#10;VuF0qY78RRXiHgy0dGglH3a7InHLpTI+4Lw5HjflRox3TPPu9cJ1zCqdFkH9/tLOW/TZ+JNOq1UM&#10;5NLykqCIJKAJRr4W4kpoLK4GUBmkw3DnRdFLEd9oMDkPQvU50vQ3g81yyRVtZZAEjXSxaDJ1OGVq&#10;kkiSeqAAdSyYtf6sknp/KOmVsqAgpbKgogFCfQ1tsalrMhad4g5iJDdzMNYk2OrSvO5InCxihhaC&#10;aOGuvBkJMdmJ6JwTS7RL0mObemt7hHYKfpI/7mD1xKZQS9IG50sp/QsaXShPyH7DOxO8mm/U/Wde&#10;hRf5PyM1DRC2rsLsSTNJn8xS1wDyyvatLPmHEHmPuGZsh0e1CQzKcROtYVg+0DvmXQZT2O6msEBP&#10;QNRnQ0Mfd/00OsrDhMW5GgRN3OdplTaSErriQXAXRDYrr+2CAtjan4nPz1c7KHBAlYszYDnZJZE8&#10;PbD62UQMqEHSAehdZBXa5Hc2sGDfVuYVAvGwtRtifCDlha30fj1FK+yygcGlhOpaoROh/Sqxro58&#10;Q+sVSe4jqWPmGGCWpiOEtPLM+PPs1LxJ3S8uXi5TxkaqzStPhM/b9uuP+0OtQ+vY1wYm5uZtobAV&#10;RKzm/ur+Ws10YbtM5fmuGFiBN2c3L91auRqLzGHkAUOy1mcWr1AOOgowWLnZYLjvJdffIAN2X0Oz&#10;MapsLFygGFjfKBLRgNvPEgxXhIXFUxC46SJCsSboF7Xm2zSNoOXdUX/nhdZGOeqC/VoaEYcIcEgP&#10;7UlsXKzThxHxRt4+OJivTeo77glOBSKjlD6fD11EWstBKx72ym8WUgNQhSHNAr4v0vOI8tNgvCqw&#10;Z1yg7YaDstb91w3BOCJAMQCZIYFxuxBXyKSD5feV5sNoQH8uNY83LCU4ZmbWcxUD/mAZD0tdIJ3E&#10;5B2+OeY5N3TxOJQm6PKq9MtVMBAaD6Y7ZjdmAvXNmB91Owj+Bn3NKFP6GZWRYANmiF9RekXFOs1r&#10;zXhk97kzxvNIBsET0Sha70ieNiQXULpgyabmuGNdcZrD2wSSJ9MBqTrCs04LsVJFErIkZ+wxAYKP&#10;BmWbZ+XSB2HQJ0HJo4BjfxunRqhUFa/H4z4eMhYLawKKaqphVzUgFKDaB1Xt1GiGT968druoFZVw&#10;K2rn7XxbWHIflq711kgUMWXgjowk4qs5AXAvE6cZq4lFhdRRy0I8CAGmyrisFHYZ5oQ6g2JnRQk9&#10;+4Tw+OFA/WDV7NdCA9VUq1XdQDauVGRwjtJNuBpj/C96YRuSnacUwdlWwIykyLeTVIVdDRSuC1cL&#10;dUYc+a9reRCNmzmPyNS4DZFIflbfC3leADx7NP6PoAmayzKIsWMJfLJJ9HjRSHMOtcuguq0mJXIq&#10;ZUZvnXZkPiZZ8mZVyhFqPW1AavvxMDqUagGGHhUlhj5oMY0Q29d1Dsy+c+5oaeXnuowWQHX7kSIh&#10;EX0So6aXoxUcB6aoS+5AloqSJ6tHK3PQVW9nJQO1OBg0xteKH6brouqkb0GLftJdLb68cb06tG4F&#10;kW7TwHRffgKf+0O6bNzb40mJLi5Z/s0wal0uWDOtfTGf4Ept3hzRTLkmJn5lGkaRjw2LYswpRTo/&#10;Hv/ZzdRZZQDkur3jo4e3iQvGfNa9CGgwU2asiis2psvMbAD5PLK5CnFNunnkPbiklCpVV11VnuYX&#10;4wM7d0T0fYZECPZttKd+btWtq/pDMVGjvgmiH+pyfv6s0yf7dFayVBW+/uf5w17180A2YovsYJ4F&#10;ZHXVp3y0/eXFW4zjRiSO79tN7E6Tw1sNaodywxTn+0EPniSEEh15xw4/+lCb/2YLMzvHR1gRaFJT&#10;dNlZ+uUVuOsZHvtd9TxO12DA4TajkqLCVKPfxdhE9HBeuutcCZvuz++Ill4o/4FbfTrSs1lBlW2K&#10;9FRbmN9NC3J6XTBdCksbAbTeVhIZNZ38kbjtL4wCFsE8xFSrUVH8lLEe+gpVwJFifdjAySVG0wG3&#10;sn35xefDZsN38gdAs3a7LgpejM94LDGYMgLHoCOlOkXhjTptrviZHOS0proMDZkSqY4cvC98cVoU&#10;WTuZke0xgZYJfVsBYVEFBtZkgY2+tvBhWYRHJ6Cd7VWPJaZ0a8oXQ+AIuHb5TdMFiEiV3BB1m8Qp&#10;FLIOJLXRxpgsQaxTqn9al2HB8hF72zRPxQUEigWqd1dlG5AnqXQAUJG5q81IepRbFiCTlFKmlO4y&#10;fdBjDEEGWAZABkLDh3LoflD9ErNiaA3i7D1TqqBQuVUjWlnRGTLJuOHwfqez9HmzV+FmZOZXgccZ&#10;m1bUTLlBlVCIRod8QOHMsUH6dttFTtPtIwiHYHD4B/WzkraImv6jGDAIielk+gOq5/WJI7GqkBkt&#10;V4omlWJKM4qmT/0tOQzoqeI5iTmr5o4JMVBgSJfAcESI0hdfiAqqJ4ZGHloPRhmvJIqdESAjk6qV&#10;p/WauocoU8dqD8MQ41etsrlLXDNHSCASyU2fUyAyXyKhooh+hEHzCVMnJl7rDzE3BMP5Gc2GLQ6A&#10;oDiiWvHTKTqDZIl4IfqdvCiLNaOx1JgqxIMSRIFczWQRbIev8P1WTfn1PdQTsy63/rp00Ni6LIdo&#10;pYpctpgPoYS3EYl+OKeRryLCuJW3jU92hBIqghQQEuRBghYqPlAQc5A2ZiOy0569caUVXZDgTIO0&#10;QuolAfLq9wS1KAuZhvH8HdeT4BQZxIt6hXwohNAz5S64DSKHQsQdNVMVjP8MBxUN2VX6qiOiFJdh&#10;kE6MPmncdakRsnFewnT083+ECbnjjTL1VSKBKsJK0AM1PLGwfjci5A3NKIJVj+axEuFMx5kFO/Ww&#10;2e4n48FCRXucqeAYmbDGxLFAux4J+sMIpMAKEeOJTfayP6aHr14YXEKNhwiZM9gSIV1JJiLQ1bVw&#10;hBPkos2QK9V6Qj21co1PuuIqBXrqDzQdaI4TGoHiuMwuxJLXuMJsw1yj6oI+QhRKakr4Cg8KF7lN&#10;ZbiIa6SqnEUFbi5naAI1TiHvKzB+VkiKYmrnsoXpaQyVSUyQShE9OjcVGhSE4Y3E6RViq8cQrYCa&#10;FdF0VLDHf0MphNpPa0UC3NIM6xOKWIS2bL8zi4/YoQu1hg5ugWXPVFirrbDZRkzFqVeNHhK8LX1F&#10;nEoTvyusHPLwLK7UqjY4YnAINawTZd9ENCRDlY8TnodHPeeDgyrrF5XVc9wzbGfhJHLNSRgUxUAm&#10;UqPk+KdhOEr/z9CjJmE4RJpMHjvxuHSCsIERE0E3OhEkJT3UUz6aJyYhPP3CYTFDFWu3cMy8SFK6&#10;+1OV1OfBXLhfgXx6jUUikCke9WHJoHgwaaJkSlGGBYxOo66jRjZfkAjLDfZuxpQNUX93LaXOYTLx&#10;FabgqEXgM6B0T6lhffQyOnt1uUERtQEC2NckVFki9UVJmMSy4CsIzNgKERSp1u09VSXTaTSmI5oZ&#10;ZARMySfT0pRAfUDQHZmi1ur2g8QppmJTQ1mNcK+yLRR8jZhiIe/oUuNkDgqZkYrW5b984iGVYojV&#10;UjOH4KZEIRhUpYegZ8U5T+AGCTXmn7U05ItyIhwGARoh4HyFXzvnuIijenlOIUhq53XJHSNVKbbF&#10;cjKYVKKSHDqGkgJf0r+1jUDhTBRhfBhXMxJRqCkJ9bo6AzgxWdzlheEEyNK90YmB9go66tIL+Ygg&#10;Io2DcFQPkzSOO6JcizRFxnmFGE0IiBppp+K/o2VyDrPB68/WVMpZED500m0Uz0yY94W4DxBw24ia&#10;lo+pv6oQ4Sjx7giHGmmMZ8c+oQdXfHWgoeLos46Y6AteZDZ18SeYNfGQmPLD5RL5K5iXCp7z87cm&#10;pmhkWitngsB1jFAIsp7QC6eU1RqORvtVBOk7FydGfdCEIVUYzhiI89dzzlM4ZdigWWttdqVemFNh&#10;JSziZVNnherSugSJo8IM/TktQxt0zcKeqCiDMVJysWlFM6d2JfOecAwy8xhXXz5MXGoYpboNmfDg&#10;yl6jjvAGV38JGN6VKVuF2nAkrOqaxzDHkDaSiKpA8gwDTQ8/j6yB84krAmWBLFllWRHDNuqMQ2mQ&#10;1D+tqqRdWH6hGTEL9hgu41H9TySvY+GDI205ySNqqVAXg0J3dItazlf4qflOmRs5NSrKQuJrpDYS&#10;njDTiFRrumpTBIWq9p3Pw7mbHc4ivfSBAjEC1a95IPp03Kqpd+SRU01V+qfR+GU4R8OcZPShOZmq&#10;Mp8Kf8JFd2IkxBFFIcNOL5SGiyHK6RgyPlZ7hGt3To4SQBONZPPg553z+nQ6hzgWsZhaSaCR+h+b&#10;Fn0Q3SySirhICI09YR5rqUI8xFshftIrhH0p1kFoX5BSq6X7ez4RS3uWcRkZFy8LUrN/CJpX0Fy/&#10;DHGBJ3ucmtf5yw5jSQEDgZZq6WSEN0UUDTOBY/VNgQTSZVYJHdp1NaGyxSl+ngaR4vLfcn2tV02c&#10;BvrpnbkfLjH0cxT7BLInNkuFFpVLXr9TxC+ZhUesVQ02Z4iMTzBCbksjcYwiQxnGHDWKRnVR4zco&#10;wVMddcoe+UeCalM6KlEKQVv4ZPCp2jJiiN5johCvWuuukVHVFn2KqzGtZZoKDlNJSrNp1ClxIbOm&#10;JRmhegs0GSEvMWAwYQg3nhIHKYqCCy+B8+VvGfQOkipp1oEjOhUrg3YiUmXHChRlpiZF5Ckd3JdF&#10;stDc86H0Ite0aIgqvMiAXFQ1LQsFcfzRgn3QDJWK7CGZVr+hhzZloPac7n5FUE26RT/ShZSlWpqi&#10;Us+KAyoGUj22QdfQT2fo9LyqHbmElh6InHcMyDHDeSrMHhRoN5HUmnEmZPLT3ql+TuCo5EFVVubz&#10;OWI2YVXc+c0KLhFqVleRulkk4UtjpgoMHASlKKQty4QKMshAAXINSoI9IPIeRdOhhz58ZShIPMpb&#10;8WGd+YZigiAisNxNXwukFjGscjDj8eywydi+wzr0u0yefF2g8Cb8God5K5in1CQSTiGROQ/Eisvq&#10;9HiKDlekphWjku5NYxJoj40l0BRJY8oDkToTkz28L4j0l6xoYlqkiVWSjJeN7GVV/lYzPfHN7nPe&#10;Uv/ENDa9UdsyrNPezAyuEZdiFQXi2ypXuYCSOyZKIhwFmKJAg0KAlDUUGgspQUJUBBggYCKc9Dso&#10;2FadKIYey0AkokCsCg+idcFroETUDMUW0q1vtyp0JPdJcYWHS5+YGL8gkpYRGAXOl0bkU4WNxQrO&#10;nLrVjD2ll4lM4hLMqEoN8xGHNBRFaqfuYZ1N0W9a6ChG2IKDk1fsmE8ZFjQHxuvbBGWze6JK6FO0&#10;5kQ7AY2nRB4OHQ0dPIrmuKjLax9iVPCAAUNMZUZClCUkK9HydEDghqLQLCIzL96nm5EQCZR1EhNz&#10;QetAIqQkkASz6eQg/btYyHVC50EJwtdH5tMHpyMfapErVBYRGlEJDhjEu6hKkAYdXKbeYeHJVI2q&#10;Fv2mSFeJCbrWGA3TJdwWXhJeuZRlUp0RXrFoqLHQKNQNXUviZNBnL8nogcTu4c+e9mGXhyhqwirI&#10;XyNRLIyBxyMN0Y2R+aqxw2KlUMURGrgyr5EFSVOaliaJkdmwTOEoji9KzEzwsqYAUVwrySw1MSWl&#10;kliIO1GzICFL6apQr6jKV2+QKEUmTiaZRmJmgqNhUZAwERPOYboQy8uBEQ534yoJjBfFLtEqRHdE&#10;fmxhg1/ILQqUhCGxVChL2jpT7ZXLSJjaxZjIQZoq2mXq5sGisJdPvXdDGSW53QjDb6ouUskmYtFI&#10;Ow/z7AdFpI+Y2WTCmCrjotCVp33Z9VBPE4mgPApMJmVPMdAV5powkDFE1Q7+NsUdo7FCNcisZ1xd&#10;95FrDORkuYQir72FUHFce04xE+z455Khl0hUiT0ak5gSQlznRzyqB8PavFOxGioNxYSwYz5FISoV&#10;wiLVaZQ4Kjx8oZmq5xMhVisyvjmVhLdccWOLgnqS+cSj4SGPRyrsChIUIlW4LsFfJaTSVktl3J11&#10;gnjqRXTOKiLEUlVRwnv7ZN3+gQLxCY0yMYwIBemwNUGCjYkwpdXmMpzPbshwLHRjXCfOlMS0WpqF&#10;PEJLVfG2EB0WSSjyh+gBgTy4JnpFxQRVahHBDXlww8DBCsHYYlEjYs9EZIjeeQPN1BGmF/JhKKpR&#10;qWnYgTp+pS8RReFtmL/blqF6UOzDLd1tT8JLNKW6Fl7PWAkPChsaaZEyEmi/FaePyEzXHraJEK+x&#10;WFt1qoeSqNC7HpecD/PqpdqFIjVl2YrK4NqvCe7IZ//gxgcKXCrCe5yB3P+wVrRCLcKC6N2nDCU/&#10;kMLeGdMeTJogluqIz4KL55QfXQ5vS1SQCr2RBt+EmKiqg9E09EX8MEckvXW+mhD0yARJ6xmnmYxZ&#10;Y1bNOgYu456WTKimymeQiTsZZSJGEtr72tAeGh/3/WWrhn6B9D1bqpo7VW1wh+ZPVeGlorRcDkeg&#10;hYMsMhX/r/GIDDcbRi2f4cyEGzgqjBQINIJSQywX4YsaagZbkX0wQhlHTMadjYSD/HPXeBiiRfMQ&#10;QjOr2Yz6Ruh6+UYiEnVNSi4RVO1O6UrhpIpo31ZQiPDj8QqN3+c+IHbyPUXhvXlnKgvJBlSOoMnv&#10;KdoycpEGRnkKmWhg4CTIcs4amXACxVkyEBeUxsO/mMyQpalxQ+OEJHj2Bzvtw8jZfvxwa2EsvkQf&#10;nXlrmTWGgnRYQo4gN92/UUPom+B6HbJbIPRaFVnDgp8NcdTUxfHHaNS3bEsNCVplRe2TQ4I8tT2h&#10;SKDZxuTLxEci07AiIfsli5dLivFuNCrSZfw8ZaEgulUmhuDJmSVEUAkPqiwn+kgVNKbC6hhPSd5o&#10;qjUr34d6uYoVRX3UuI+Vq4cLYqrKtVCMiRw1G5tOcwOaMMVUKFanGD8abIrHSFJwBWktMhQkQVpa&#10;uGEWpoq2Ux1Vs00TpD4UE6TGb/0SqtkMt/qkcZS8Kv4AAU9MNg/pH4HcIgrqiiZownvpVwovhZeo&#10;7itMPaKFqedNCHe62Q/SiCB9XSJ8pW1bkqEiVhme1ll1qarmnPDN8XVwC1ejadWemVJPntgxEiqc&#10;RZ11RSfQTHZiiAg9IqhK9nhUkKnoJcFg6Fg6CZ2SKU9a1f/oCeRFGGwRnS0qBqGJ6sshykRTRBrK&#10;2CIlfozpDxSUTMS2hwcxLP1vsta2vCzQzrF48s+NjNDHE1ETDTMLbRqJJaKEbE2tn5MeuTY4txCr&#10;TJXMQTH4FWUb/PAfnQn+cLX2db4uLhLOPJYAKyDU30a6mxvR1Kby8h4ltXZIgpcYzSGgeX0hGmbk&#10;JeI8uOxl12gRwuWqLKQYNLuFQmw0T795BXIR9tOSUEgJaROaFnWlk1nrzRh8MkpEtuhEZWZKjHRe&#10;MG9oLU7kazWsp5eH2SLQYrM1nK/PvYpuIDmRBCryhOnQKWYTM3UjKMgSKsZ/RYi76UjMBCWsunU3&#10;KFd36Ub6ORhDJCP3ahp08MY1+CRlSyJ0LJ5CH22qZAfR8XF4ZHyoRYfo4QuqA1cbicDNK77DyZM6&#10;ie9ZiTFhXsrNJMFuo5qUIvn/9qJZ6UXxBNkZDZSZijDBuRVxYysXkdlWhfX1oZuWhAld96Ko0dAj&#10;KISeGPkSooiziYpyTPrXLEa5zgfxkN90M/SirkM7hZlMN515lKkYlWcm7la2/BMsLHdKn2jMi6Ri&#10;6CxFS5ZlQv0cHN50oNNdlK8wQmEqKvQlTE0TpiU6TGFaMeUlytOo106Q+iRSlhAu4vewc8qE1pqb&#10;dry/gkstPzNpaSJYqc0kF5oQNWKKJrx4PyQivA+yUJRq5uwNjwy6gowiKBoeh6B5jlRwWUoWyKpQ&#10;yOiOfPqpIgZDv3HrNZn9kVAD8hhVBtU1qyJRQW1wRYhxlNpF6RKBNIMxJsmpQP5T5MNOswVnTKrq&#10;VADgE2YxaXhGcmVBSh3FgRxU4Vgjs8mIUzj2jjVFjO7QRWtIbPqo6r+0QnxCHDRBtZj45EaMRKV7&#10;j1JN5ppFuALRMlFFowhXNPE1XhVkxE5MK0VBXKUoP456vTClShiuaPdRezVKiNoYCmoRNGpWLFA/&#10;InS4M4qiT7win/8OsR2fKD5Vb+sMH0nmQloNid623iZaV84h4shtA2FbvYRpLUyJr4RBmEV7I3Ut&#10;iu/6oaBEyVCEIWaQIpmoc2LoFOJ64OabgmR0INqlYmgpd6XXMBhD6NU8QjNgjHwjOK4IUbLSE3IW&#10;WTiYnbqhp3e0+MBBEZVqcMuJwVds6KqX45gd5KESFQWeExdmSHEPTEQl1ODH+vPDsLDMox4l8YV+&#10;xsGPkej2oyaoZg9xUyu4Dxx85y4SIURRtVjkJ4pRxeO1mg5NouYgqlH06DR8yOwaoREGP17VCu7I&#10;K8YQj8cDAASsqhAitBbJhHYiVGg6ehAaC4mKQneHtt4Tj06VVBvxP/ITb8nU5iN2hT7BE8bel6mN&#10;qD1sjvjUXkEJMU5lM2RFjGuJvIkZOEABNfCFW+uwGVSpeRDpdVMvHM3FzJFYFAUAPDJjcgh6dTKV&#10;Qmpos8OMLqmiMW0WM3GITgQrJZ+4IkdqDsP7RYGQHoSi6A6bxROHIY9kd9jc9zmoQTK7W2akdvME&#10;Fq+Gp5L8PnaUEwdbau0sTq4bZ6hTVxWeKd7VUKuHukySoENtCysmRXKPdOMyFWG57mjj1kwY/Ksp&#10;XQUnHNSSR0nIHjItPL5JX6NTzaamzDIjQ8FVXUKhKhPl6OX/SFmrKi3Ma3km1PYVeSjMAbNepjYj&#10;dYuYYkZqhsqhiHFxngn32qGNEJ5cfT6wFTKBOJ5NcqLZnPV8HBSoSDZDNfIwUVQsyy9B0i9iet1U&#10;EUwFKWAtPJ1Dbpe+UcwifLRoAcXC8UCLv2Y9FE6UeMXICYtFkNi4I0U79Qs6kSLQrR+BqwiZ18CA&#10;OAXdn671fQ8SHV9oHnP4FoQm6EaUjCjEpKplRCBRjKSjxry5md2jJeSSEE+kiBO2+oS8vso3ikKq&#10;Z4q8AE0Tnm0fnfQVIBWM+14qJ20YJDfmrKnrM5sbYnLbUnKYhFK1GhErphB7C0QWmm4/JdcNKomP&#10;JiQVyy1PTTWMBCFBFT1jZoJmiLRYzfWwlNZTBX/q5KOn8RNk0oTxQhVreegSoqM1fFs3DcOREiES&#10;k4jUNlrI0EoTQobyda0UGA71orKGwU2V/Al3cTGktEAzxalUYWZWs5QeIX9FLSYWM1ZFaZiyRK2C&#10;VcPYu9bp9AmBPfQJDxWNIIIiY1gw0oZ/tdUpEMkQKdvUS4gWjCDkyvKEWIGJqLmNUIFPnVovuhSo&#10;8AG0uSzQBkQnjAXzTbgUIWs05A/RAbQpzwcGBBXoC0L68lzZQq0TKQj2MiqwcPNha94RYbRhOmAA&#10;0UCBXyXR7Z9HilfbANMD7VOAtLsdvhKnFdeq9iEKyIYzYGBATbYACKoFYSkZV616kGKHvwRNc2GW&#10;QtWmgtziOqKQqC5RaP7Qorwq1H+xGC8PVqeyU6bqnWDFFLRxPWIqnJolgW6z9prLqOTFChTzkf+u&#10;my7CUwgZpWhEKgWfQkgNx9mYP2jDVW38ZUMq9qbgIo6nZBrjYEGUauEQ+VxH00tNTlwNWQZQhmuC&#10;3/GQQcoWmmWIQhqtXNr67/mhavmjBquLoqh9gmy0lqsXVKYOoqGbNcOPb9lLi2CM3xI534SEFmkz&#10;FkU5i0kjGpyZKVBARJUJPmaqJIdJS4GxGbRPwVaqnxdPdRE0r7kMSc2B5FNRIbtbU9mr7qJSCelv&#10;A/lh+kSqxbvEM/8KNlDVyKlo4h7hGEQpKdfJJIFVocRQppyioNQmJgqEZDpUmbqDrvOLy8yXyMdT&#10;o1GKGEWWrlHbmAlBFO84cxGeMZrtpizC8NVtJpKSyBU/RR4b4+ppAYkfEYlG2Imkcz2I45KJkCh/&#10;7pOTqoXoL90BlSKorjmIYjpReFidofkQowWVWOBWpVKEJIROlBO5GdfG0UFUYKb9Y4QmJ5nOZCJE&#10;/AOhi1s0Fe9ioTEqHFE53SmZCZypzlVMTMkSaOaBk64hlhpdqMxA0qg/+Kr6RL2J50JhY9jkwcET&#10;5xss4mtkW+jykBmCgEjMYhkc/PwjRCvPbEWCtEKBRB5GZS69UntMJY0lgVUAgm+ch5VQcAkZXBRM&#10;CW5ULQS9CzLN77CqJJz4kU+EKFO8Y+k4dwxb3wD6aE1qBtLw72cHvnTNykIVJwU/HxUdSOcIRDQS&#10;0fE4lOdI1YRu9aJU1dyibUGTIgsFPwwiKc92x7kylXQMIpQbdzkihOZAWoxAtaojiEhcSwUf9CSy&#10;BLmb2WD6tZoWid++VReGTrmPskIciNCU0tWxSSz6qVddcQkTNS6fAAMFyAFZFEUVnw1NIQ5CxJTk&#10;ZZpYJfbNbUZDZun6laYqAhfxoCKVK+xjvxMpuiHOJiJM5+OOOHAABumTDZEbqyA+aVIUEoQlEBFk&#10;IiULB+rUZi+F+Oe8ROq2tMSjK0wivj4RkpziIgohrhaLoCgl3VDK87hCROlH5LE0xJBkQU6R1Jm7&#10;9UxpVh7dMBGbaSqctdgQaJmLqJVIRBYnsiyr5CfFPReLjCi8wiMmipHSgsZVYimKsjCk+UOGOVnC&#10;ums8BnKgny4V5kupuMsOFFNh1puvWTFoVLNGKUFEgf1qM+GOImlEwEH2eERkpP8/ndhlPqnwh+ML&#10;42VBGVnUF2jqcpMyVbUpoOo/Qm7ZHiRBb2hO9VAdqHVZ+Ok3UWhmxhGaqswAASD4TFRrI2HGoapD&#10;ZU+LQhazEB2Rjg6ueGeJaWUpspBo6yeqe0YOK6cgzoVwXWMWFR6HPKgm1GHoTIfeRuOQpATeTUHs&#10;Yz7JGD3QztiLP92zMjtmMjVC4sMcnxlhcHzCVlVnyD22/7i03BnaVz4fithQcTrTyF01xZoV6gj0&#10;qkEnqpogdyank+w7Q3FgqK1IxmKlxKPAaLdeqMQyS9ZFCxUNAABjEJgEg2JxSCwYFE2I9HoUAAMF&#10;jx6lRKEgFuR5lmalMwIAAQCAJEBDABFpGc2ByBqSCOgmspElukGbSmxCZPQjFaFSjuQB3oB2cU81&#10;mwcTY4RpVIdU2/U7US7YBxTYBl1tGd/bFJRfGABB1E2/sDkSijPOYP3L3/l+ie/NfovQdyKlk6Mz&#10;exGpaaKiktCyrLgZ4UBa31xFLPOgDQmJmekQvyM5Bsq/RN3KSUzraja/dv23EDf22pTiJVyE3c4c&#10;1nGmrhBgULwX0u5xR0dd0PeqCDNJppHYfUFsNpNw5TIMwAnLmgS2bV5+yEn3KWlIZLIoszyM/OXo&#10;/qrmQ5m28XJNUmSlq2gyEaueaewwEIlDkg9ETC4m6DEScnprxBE/NFn9kW7tWWx1wyAM7lSyTmaq&#10;HUEBqHCUCVz+RUq5+bi6kp3XboAYchp6kLQb+hVDysGGUfmo+ksEuXNBIe++TXc64hpMZZKvsAAL&#10;DcgClbLwI2h+8To8l/I8ChLBQaPZqCEUeqiOQJkrPc4z/9drrgUI/sTYjrdGVeAED4d6ZydeNvMm&#10;mAhx3l5RZSOqTRDNURqyYi1T5lz0qCy3ew0isLyjdB1eydBo3++U+Yrk5dkQnfdNa48ykIl4HFmY&#10;AGYypZqFTxDCtiXy+EBdxNh/Rz4G+/Vh9SeoOh+ERAoQanhdtg3sLHIpTh/hgjFBBCwKa4jZNYl5&#10;U1aewMd+JLRIr3smIxZMDB9QIx/t6p6ZzWgTToTXUWgvu68d+qYW5doBSB9mbqlRJmx3NL3yclZZ&#10;sYqm5+zc9XCY23QSBTopUqaLES6pMXK9mDgKFGr++zuDq5ruWdWyiaePDCzriWZA34RQxApTL8Dj&#10;ZwqPL4IB7ZHGkFCNYQFymeE3VAfGK0cMeSLOJAf7GcXsqr7Mwpu5K8usZjbPUjWQuVscHA/X4Mcu&#10;msdX16YZKmmIbWW7Zd65m/Ke+fTDln/4walG1rkGgNQ72P81r4TISdFkDuEgSQ4wTURZ/mgUBpHa&#10;bxsQXSTV5pK4nImG0yfy2IUdVrxMTBBiTut7dlUo9sWZIaz4vVnYzQccAcBk7WpWa188u8s8RXO8&#10;sQseoEBNGut9OKSUzgTAkyfRV87WQ4onruvivLS5Tfga1gMEEkE3OntT956bRidbaL77ZJtVe+Vs&#10;SVWFG5Uk6L0iex2s/MSBws4ZS5cY9uBVDw8NvpaxkBFiMYu6OBLE8MDNdZOa52JdSpuCLJDbORBJ&#10;ukTgkWtoRrLQt1bWvU2dEWT1vdwbB1vVwKJiEaT/pAM6QAgiEywmZsXirQ8qmKaQeY3lAdqQSVBt&#10;aE/TzG4QqC9/3P2I79OEpO7pK6RuuTY6FSkjCDhh+dZgYDN2qTOD3BnJE/jewobfIOGWLYgrkQHJ&#10;R9PgxhBC+1gQ1zH4kg68zbXsQsGl3eVqZoU+5IT6BLvxotBuEdMd44QMz2GW+S3kuRPLgqyJgU0a&#10;ToVw+HY1auhKCzxZPPSPaJbL1OswSIwLfWE5z9ZU8OyErNZ1eMJBmQ2qBWGk+uwMFaM7G145NsjP&#10;pIa189iaTA7Cx0Rg406DotMDWHjngHfJ6XzY+UcR3iRbBOZWjO89d99mHzOWTYtG5218lXPyf+Lb&#10;Bt5UexYeBsafcI76MTm7RxCdwABPx7MA4o1jVS95LplizTWx5oTsXlWK9oFxPBG/OESBbVgCCJAl&#10;znkePN77i8/r2ExI1nt3b5z5qK9+tPorqjQHcC+UhbvDF59ei4pX1LyQzvU0rr5PTsa6CD+JWigk&#10;nDsKWSFlxXpqxaaJ/SrbclVB4iTx+DmpcZz0pPgG7EYVlWInBC8DvOwqzqia/BHUQuBpW52amF8l&#10;ae9g6NaP0+bmoRgt2JWL1ih2cPQsM7WtbPGaQUTJXK/aCRsmSVTJRgBhnTJsZk1QI7w5TMYAQLF2&#10;mGp68zJV5RwUNxgmvIShVARonjzsxhw88yCwatPEmx+ZkSLdlgt5CcpUxMJyJn/F1F5IzS7w3LFP&#10;7VhENuMM49xDnqOmIDocuh9W2sBP/v/U/WLB4+WbSyCxJ7dytiEQh50i0+4nnB9uFZKzLMQp1hSU&#10;L730iO23JeQIKD0vx7gYn750ZMqZ3w1+C1bXYkqI7YxZ7Wao9dUsOhNjsgfbL8G8SMfmc6PcM6K0&#10;pPGHEUOno12TCTXwOx15WAEEzQWxIb90DAWfYbI9nXnrVFzxN1nTA0KBqXMgkjayBlTxuDOWNJsx&#10;Ie4RijkWXKXlqMKeQU0wP2rhJECpLurWlMjnnxq5pQB3bVJTaLfduCqtzko9cJDjMl3aNbteI+eI&#10;s4wYYwjBj57YgOa9fJWc6qvs82quqvcSgnADQOHYia+6lNT2AYHwYJ4iQO9+DYnejkjfhDSLhWIh&#10;cRLkqHUwI0QjXeBTOU/X9Q/k5GE5rJdIgtfZU10T6RoQHhIvdmcbWqxe09zdooj0ou67NbOZLTyJ&#10;dzweA1SD3uoiKxwUo2PC4wqLMaq3wf6orYW59gxtXi5UzSzr9qlIH88qB3QVvGiUxuEkcAvKEZWo&#10;ZW+hFgGEa1mGXzhWkz2204gctiqs9AQfSgRZqAg/uADiIJUR9RoB6Ua/Obqc0nTA4zblsO92M5X1&#10;LNMzKs4OZw201Csmj3JApHO1zTW5/W+BNfquHhzcRKdFWvFBTVgIKhQq8NI+eMVS0nP0FcKdRwKa&#10;tN+i74O3JYXwNu8pK0pf6Tr211qlASJAQrRvnnE1mxJHOd/QvaSOUY9vkKvou0Qtsk28y/zCJNYX&#10;hdYO8VjVB9EyB755TKtpRCjNS0lKslkr4sYY+HqOcyEZQvcWLRO3JDj08ayh4s68O7a/gXDdMmFW&#10;lVSR1u7Wc1pThckq/HgFj6V+HmVMR3fPVVH1GnwH7oj5GgKs/whaZJli4GVZW5CrX4raGKdYPBLz&#10;4kUoIFoOWKa+nzILXBexRPgUvvj0JyvY14NcOaoQDrE/M72j+ISYBZOYN2cF12aqiAMa8P/S/aul&#10;jIg8u1CFFWkTjQgjSQtDOzY5p/YOGVXPDXSbc2btQpbhL5bQxnzTE5y4M1jGSn3TaWIyE3oF++Nt&#10;GXutsK2/ug0TfTgsgnjpm09RpjySIX+Y2R9y7EjZdy30hfit/jtVuc1qdEPsHJJFU+Ej0nA1etKq&#10;yrWMDTkQ7/Lx6Yy74GLk0UfyaUXnTGzedoFvDMriAuWLu7IFJpsgUlEsuuUe3iJAnrHP9bW4D9a2&#10;KrYlfzOZALBOPzd7Z5sfa7XG25A8lfXMIRwkyQGmiViW2dkSZT9GriMF+ZY4euOqFVsiQ64hJgow&#10;vEqylHQYAKL8FotBQ+gUbJRpoE5F1MkUu62fO/mFPNGRmJ/zuWOCq4ALMw2Pnpb3lZ4sQNaEQKY9&#10;s0ORr+JTbdpCdoEULzGCyNnQHSAiS0iiAYyJKMv42qEFXy6GCm125Gd0g0eB3dln3dvUKQKMX95U&#10;Yf4W8zGXK1jlvLbh/SURvy57Cj8M3JINJYT6ezgXyMnS/CvJoavNrNGeu8Z+J3X/oat7ycOypWN5&#10;1b3wHGjehcHtrlveEQNLAKXB7JXV3s53H4oY+EvClmkag8sfN4lkbh0TjykSgf3rs9k0j1ZAcTwO&#10;MLAtbQG8sFUIzXdxRV5M6p5UpzX8/P1SOVf7SVYDsCQ7xbfICd7HjgYnBuh1Ioihwuyk6okptqJZ&#10;+i8OoC91FJA0ojmvy2mkFlq5rYKkJzqdqzl3u6HxnlpO5kaNuuWKquPNYgv2llQ2ugNJqdPsLYEK&#10;+62f7ryL4WhU2AJyRioAMFb/8OQrOfVmslAXBmd59V5vwjM6hwpT2HXoDmMNNH2ZQ7T1rgaY3swy&#10;BucF539RCZGDw9mkoN9R8IetJ63JSxilX/jMywo2ctfNyzJalCCg0evtM7gAf1rS9OjNP0XRJVqO&#10;6pX0lsEw+Ck8pWyNBGRMJIPPKSyNYYzdeHpxCIqZgW2zlS1vxTSNJHfW6xiAfgmhNJlhapxF/tuM&#10;EV7aIMYZrQtUVx2ol7IbWfKjTaVLK5zbUELSi5+yVROOoob43BZsn6tQSU1uLs4y1SVuUZ5hS3do&#10;P3pU7ka5XyoWP6KIjMRmNrVefARNikNwGERikOQaMCYsWD7fd1u8L1sQS6a8v1fgtKqBLQFDkpBr&#10;D8X/S4ER5+Wed7G5q2CwbzQ7JYYbx5rhAJ44KwsfbTR5J6U/G4Q/zvuHHRh1CZkOrWhyo0GvrJlP&#10;Vy85yAnU5pTdM9ayjKdCslHsxww4v4JQwThTYxZPpjOsp5QvBhBHbHerBRSIy2/GZreJHsLfMgAF&#10;f3E61MYidhTLOr9Mwhd0287JSrLBkG0+EuIvJ3O+3ehwQSChh0eR6xCWY/nncEbUYLJi1glTERGk&#10;PhsElC+KkHIScAL6ckbqmYk7pplGzlikELqEoveummWLzBAr4qiluevmJtendG8HCKIkTZrrTKWo&#10;04SPLAnPbjQLRD/p3MkmRz8qyMZd0Q9UVSuy6t2PL+gmzF8QDg3coqu0jNxQKoP+7YTb13Dw5qIV&#10;juxbWXo/O5nRSR2CI/pJpqJHTfDvAv8mlAZ+lqADMcTkDTCb/2HfaIUziIjkBti8P6xMi8YxqQ6f&#10;yYcY3JkmPiR71Dk7IIZJVbTW4Xie1eDRQ4/p8RrjmVntiAKTtGkV9enHR/8qO7VNbMaOch6dEOco&#10;01sYR7iVmzvMSPSuikybZxdrJDXiWsY4lgAk3xBQIG8CyPJXM5dDUR7JOvE8fuQVgizvGNIjxnF2&#10;/uoCLrhCH07svAZFKjUYrccyO1NQHqR6I+9xF0AW8hdLzyGiFTgkCY/PtKYTJH8CYtaTCf8zC/rO&#10;UfKVcxqITPalJpv+YNXljJXNOoL+tNBe8hEJFwhPGQkow7ii41A5vSZvy1pJUTWRxXd2XeR8woci&#10;yE1os/xayvpF1o+BWBFPAghvU7JCbsJGeO7fFdl4Occ75OwPVVlATgbP3PEZcLRSUXrJVT2vSFuS&#10;NULhWLnrpgnGPzr8p10huEjMP0vWsyWEU5gruy2YUfIXtEIfy61Sc00nlXyzXCONuWo72Nsh6pFo&#10;ciWZXwXbBOXBG2IyBoATLw+TjTGvexXdSSy7ekG4aE0crHxDiHAO/GoByfrJBybLF6sPYbGc1eYD&#10;G8GkTvshBMjNmeysEcYTUCZtTZAbTI/opWEv6PLedYdL8s4akV+X9l9Xtu/S105j8CAErwtdznK5&#10;OB7d7pl6Yx8YcqxQ8YTzxywXRDHTy6+fVR4NkWhmGhkWvQWECjtMnbAIH8VXEJsyqKmDtpO12XhQ&#10;JByElMJBSB1kUsD68xo66BKcAbTT60JEKfmhNHKvOtSC90TtzfMfbzR7Us6S6//wXiTleSn1TFO0&#10;OhJDUDg9Iq3d/s7+nEnKIzfmxRYOys0yB6LlYg8S59gx7459tbLibUhuzHpDJAZJECgmLCxf9bjQ&#10;2wbkXSf703iiZIk8FpLebXj2l+bREQWGdqsyBojppnMspih1Rzfkyt1HXDdv7mXuAcbdYNJ34sbC&#10;+AYZ6KqqjQSoN1p7nzurqgKjQOaxVPXqfUHRpC85mwnXdKr26un7eLS+B6pFOWnpiZcLputfyZgN&#10;pUrOTnLQ4VnADnXxfzhnTctOwrmPEtgEAKJ7Q/OJs/Ur35ohxKublyzEXZIzP+OBgvSm83CUjrms&#10;RRGO5ReQ3UR2EobR8yf2dnjjFqPnRwo4TQinBVsZIIcE0b4RP50YDF/gFpuL8yhSzZ8oCYg823xZ&#10;gSt4OafA3kfobUqoy4wnPpS6Un2galr77xaPeBXwo+YvrjarRNKlfkiXB1rIFWLWKzAUorT/XJPp&#10;w5LkS9QLzNA1WqzzRD2c8dKHNN4eU3VFx4AoGH9aGKzQ4YJkE8lltHCeIr5+sMv6gQnEkD8YbI+4&#10;R0Om8k4CYGnteINFPH14GPROa2hY9IAXd0PwRVtXuUgJR0TK+MSji4S3md7WFQWpHSmpm0HD88vs&#10;DlZGS5ZrOXywVA+tzOFmfGqul3S+V0wv/9F/iJn2dHVdtF4aNG8vQgomqY/gRgD+9CwT2NtOCmZ5&#10;d/+8LOoXBO9X7XUstY/8bCAyjanUjeROIN0dxZAXF8D/gYERNGLX1Jhc67IWhXViqzQcOp5uBUdn&#10;VMuLlecc8I+ysoivQkJ5wS48td/Ze1wPvGERZRfe1U8cIqwqnzt8zzRnjROomKBHl8KjCVvjzLOt&#10;ZTe3j0RDAJAIsOVG9XTpWgF8ytwtOm7/D+FNk7ZlZU8yL8eSOHTYpXAK52x1aE+2DByXkgDUmt4U&#10;YO6ziW6TWt8SPwjzqwGqSpKkEZgPPxib/4BvxAW2XwNsxYE1JAjAYDTnKleiYqH9gA2Fgvr+yo1F&#10;8iAp9TNmaluWSwiYekqhWWQKvhrkE1KRWxZBBfeMEwY+3i81ghb0qgUmYqt4X0+BLf7n0lH4SAZu&#10;NIuL2uGZQ+whnQ8VDb14fYLvz8MbHE16fqwYC3ObHpCfweyV+jSh/TdD0ISV801kwjgYh3FJQTYL&#10;45QHe+vPYkkc5i4oOSP3yrcxwC/HbHcNoNsCCzOMTjiT745oAu6vbD7FiWhwhQYVk+/T1tWbqCwT&#10;6qWJUXHBZDnlOiMrbdV59mdq0Ig7bZVowKqv7iBYhCaTLlPVnA/DoeYIlAy28E1EolF0Hv45KHFB&#10;PC7XosBGP5G5wZOO2EZglgMzFUdEJffXCFIhovxUOCA2NKwoaxwNN5eWREkxioHgCPsJMJJBsN9G&#10;rFFAp5f4DSwE1sMAOofOC0ws+ESu6uKbRZnpJAafBO2qt26a2Gvl12WT6j/nwpzWL5yGt4I/agqU&#10;Y0NLE7chDaaCTavBiJwgsoFi4HJDa1fFAqUbHz0Q6BjIbAmUl8aBgWoO8TT7Ew7zWwbClRAKlGFg&#10;+TKH3SbzYnLjWkxpPQi/dLSpbe/X8oe8MeosByRFDOoCoGmfa1ZcsF8xOxkjDlREYV6lMu4JnTTN&#10;hkEPhm/sfdvUNpw03xANLZSJ60yjxg6FhppL5jTs/Vf36s+tWXa1znqUfEvrwi43CqqgT9RVGABU&#10;Z8UOZwLWIxB5pf7Zpq4bwLXBdiUw4cDceTOYif0UCzgGVwU8wzqAJGqbMvMMQ2Cu0byoGP214pfB&#10;9T+IW2dWmrChCNe1HB/yyXsjhMf0FUH8kBj03GPGd5y8Gj6eaCYZG3Wr6jISVRfPopUCKa4zacci&#10;1iy4tWVAU2kjWPuKJ8qLr4WTrpx3aIF9cbwmEnFQ1ciFmd6g+P+JtNdh1K/06RxPhRC2Yj4s6ZsJ&#10;lhU7xQfIdwMVvwkldDHesDnhkMaz/y41RMG+BGlJjw2/kpuGFT12rhqtI3zWorj9vWNVaO5adDcM&#10;RwAZIObftH5mhweids3LvvaAZ54HQ8NI4FUeU3ZHbAYX8L4jyJCBN4ui5jmSQRlJrtKS5CjiF2yU&#10;SsUYNZasy6iIludirg8/IVc3UkwDnXx7RPSTQTQKRB2ZubVbUnxSL5doPTHsoJt6Rv+WIfdMYFbH&#10;QuJE15Jhcgm3KLVtY37Barqt3fxgUifsrFeU4UU6JJAimJ6PjHeR6IYndoKNnFjkaWCvaaSnUnqm&#10;SSWBszsK6uOwimNxwpTwvXIrPuqdYZhr4xvu6baLWw8jfMsO0dg209nFIROl0U3mqcDe66MoYAz7&#10;I4iZ1QwAUsFLWnl3umHpMJLPeN1QzoJoJuhOHaE6Xpyvbq0+D6f/T24ulSTQ0Zo1y16d3YHxj383&#10;UmHRofolTMHr/JnIK1PKRBnP5NrA6qzAihAO5b0tbZ8bqRYKgOdYigqi3ykClD9wQQQZsVJJOJs6&#10;+KkLwKRPcSO3p3A412rr/0pctTVmbuxd4Z4rLaOh7srmVJtDqJ3/PwqWf5DDbqDCuzvpAoiIFw9G&#10;1rWXjvcBbardwOXkaptTZ5QH/IGDLkd9N3mOjTAB6SILZ1fqv/n268iC6CxAKVi1mSXaRXY3pn/z&#10;U/5Z8ArRJHWZNFqbUCEL90fnoVeZLnM3zpXrgaGgipismzkIWeT0MNk8Y0dXSYRfTePL5VsqON3A&#10;z+BxPzzKq08T+a2IGUalUXkWN5GIx6MBX9wunNgtNi5NQqOtHlKkdclKPKw+hmoOuabyS4CdK5oz&#10;AZLB/h3CMLxPzerEz2qjntSsg2lx2RxFAkKuh1h1s06adqm974QGtWBrNcMpnLzeex9O2q2ECrB8&#10;fGl8wo7pfPVpd48Oo2pBPFRZaQcdsJymEGtmecpRITEmS8xfPu8lkfrP3urCncg7+eb9aYQZhTmD&#10;A15CTvcJ9ejgjqZ8nCzvtDDsj2vNtOHZpJhnxT3w844LyPeovuuh4tkX2DAAxqCP7/dPo0DEiOEz&#10;Fei3rmRvhf4xHDPqpI3eoyGfIJrX4AyOp7BQ+jqXm+cxGW0JZ1xw2yFR/IaWaqMkp8SQoaNXId+4&#10;9zLU6q2ztLO2lBdKq8GVlOxtj6F+BeKlJnjA0NblBjELHqgFwiWP0EQ/eneilVz36ZvQIDh4d9tB&#10;ktqKLfMPUElSbTreBzrIHzrVfbqNTr/DfALA/7C1+V9n0C2buDle4dpEpMGHyjWo9pOSFnIS09Ov&#10;/+8W0kLiAfdBp6l/guTndtmHhiErQe1MfpVpgWMopPXrULczXKaZp/zBAV/kciagpLaECkUC1VKY&#10;aCITsEpn/738H0a9nixxLQSujJf7yVr+wT79aoNQHen6RfkwIM+XTsqPElqeKYktQn1bfy5gt6c5&#10;F3n3a344PpsnDpqw2jJ+WSREHfCLUtiJG0y7hMVJx+eGn/gytwgjWNhAgrBArHORABVA/6RVZOAT&#10;sFeGsaHGg/GpFPi3N1Nd19Elk0KzJ4vIoQ2pcK4U1HXRK5VK2aQ5tiiUhnQUlEsHlqIyAQXh9HzO&#10;pyVXhlEQVN4vUH0nzmxJ7R0VvYxhRPAjv6zDEeFifnzVfAiww3lqvDVFSRz9PVQHK4kQCCeFBXBd&#10;praBnc4Ol1XMJlZmJzp6RGjH0Y+zKNEn8/DKWfQu2thV+MKpm13YFvZFCTjQLi/HksfGO4E0Bq27&#10;nwLTt8JwRMKKO1y3J5g42yjrbsgpWA9ublS6yaS7Yl9qSbZDRz8M1/5ugdzdaXHYCgkJgrkB1pmZ&#10;BA/208iPu9AS81qS0O2cDvhcCKjbIIsNN1KEfLKi0J2/9OlZpCgJ/j4MGA86C1Gv9A/BfOErJ7R9&#10;3ETfzefscUKGnLfFs4SUJoULhmaYAqiK5/g2BrJZfGq14yMQTvcjiL3Uir72m5qBLpL9NaNIw2+J&#10;VjQ5kRkD9xHPbbFw/9tD/AgKEjmwkaNwt3tGPjhLispcWHvgef3JldJEz2Jfu9OCsZOn5aUx1I1s&#10;XgQVfyebBgihalWrEOQOhKRlpyjKtIEe4hjeNLmEBE1GtKoYtpXfUN1ageAqcUN505tKqgRSkIDk&#10;H82YUMoLYr62JKuk1nUjwct1cdrRPHyu/wSik/ksTXjjaGhM/8Cus6nXK2YmAzn+I5P17pZ+lqxe&#10;t5QuEwIbd25e3wQwtBmqCGsByypl67iTrkxiCRb/Bn7d5+5jzZPM9unm2gMUdggirqJTGt3qyONn&#10;1E2NbiknBsFgJGEWzAjsDQ59SewkopAoKc5mbkKbj8iRcybtuClEJj1jBGRk80Q/PwGYsox6Ofvi&#10;QxrDPRh7QmGvvU1h2ST59PCZnRWRBSkoYVG1ZZFpRXIIugLrFViCJOYl6c9kdsRIQ84rRuyZChxd&#10;DnJVTJts7n0ngiyr5bwalcH1cyjg0yVBHCsVgCM7P7QWJcDTDthGYSiWnbHkpO3ht6wnWN/VfSHw&#10;PgJygSROKquYijKOUNPbRMlhkue5t80CygyHGtUbHP1gV7zsb1Av9FGxHlYKXLO1o+MyAoVnjD4Q&#10;WO5nUEXDFAAclQxYmNzJV0aA4jTep08c4gEf5LZEDIBYcAo2cVYr99yCA90g0sUrtYFxrEqTBGll&#10;9sv0tMjy255wytNYRaRb9UJW6HuGwNljWFJJ6CrXvcQLS0REC7hGTtuDf7sH5UiHOj1faSgpY1/Q&#10;RWTnysblzaCIJiE7Bv9cOJ3ftLix3lEZjkKWdAne1CvG6lVR/YVMCbfWsK/iMDEylm7xFkSQn+H5&#10;kbifXI24Q0H8sHCbjJ+7RTofRd3q/1g77YbGlXA53Qze2NQpO/MpG7NlmXSJU8gfCWuZt2OBVyZi&#10;jCKG8sFveZDnjQfpCSPFd/jeJB+QkCXoMnNaWEMs1mRVCCQCxmSHAwbNk5Sw95pO1g+JHKWAYIzk&#10;ypYpUYGWxPfFeC6fudKLsBNuQhZKmrPJrfIJskP+PLrbv0/L99U6T6OLDk2aE88sWyEEgItJFsHT&#10;kfaUYIKHVgN8tz80DpyNYmOeZnxo/MboBZEoqoNcHVzYuYibR3rsvbUY2zwHCSthMJiuNrM7J1uu&#10;HX5eCI1+loKFGtvn8tpZM9K5AIzH/Gh1NrqlTFvVjHrzG35E6tXEj4RtsiY87rjCXOb0gNGsRwLR&#10;FM0CLC1Bp/n2rADcKcf1t3cybfYvE68ayaVKsJHrNLPAlWpQTJmEfZL5XWqlqiunkQ7EcEUoF05p&#10;hZpyBgEPBMS+8MgKn3zBlbqY8Z+vvRaHr85btWppi+YtI6lP5E9ubdn40SSP/M5pU3FjlSYbT5Em&#10;wZaQ7V7mH5K5kojLdDWSWSBALQrc6WARO/+O1UYNQRYwIYHgszoltMdtSqtjE9wWOvJqsVzUzGtK&#10;njNERV3cqyOZO02psgyB7jE/78jYIgGyku4gqUloHq5ainaTLE1qGc09mGuUyEAosaiduQ3jceS7&#10;NMY0lOuiMLEOHmHKSXQQWLjgFQEJJWSkZ0IIZxBB/eAWgwnUZ+KsvZqiIC1+Ugr/2opE09vGtVhA&#10;hOrJF0l0BJagftN5fIRookuLJyEIByo68ZlmvxUnHGUmcK8+tlK1rqEIYCvkCNPwnb08zWuitwE6&#10;Rx5j4y1gLw6gk3/Uqb5o4bvXzF8ca9EtzVNCSgB3f9l2djV61QPut7XaCKPgM4NmUUnF1aZ84SOV&#10;hlnG88bYtn0BAzcPjbERzbZf1DsP5Fj5KMJpup1JufnrujgR6haiPjP+dFxYVA4bzaNCslpU1KXl&#10;DUPGiT309XqZtixwJzLpanCuvD800VHEpuOsgpbtmrEBwvss5auCyWvxhv2io4NzAbjw8ckmPN3V&#10;7mjuTiI53jEV8RseiaJnTfbKQe2R8EZdoMr3mdvyj4rlpQks5WwYJBe+BUBxMSS7Crs2LEFnOyKd&#10;525z9II4QBGOBfUdElSStNtt10hrbwLqgZTvU/dfNsZGF5jyrYoFSdCOjiKoY58fdo/SDDYkzpA+&#10;caq1w14ki2wVXCxAurUgVTp6DR9l06lDylUih5pdOJmtv/A3b5gmz+FwJMUwrdtjbdYLvk6LJw87&#10;HaTxroRJ5qQE3DwRBKhpj8RL/Bd5LazfaWn8KtYQazbTStvb2CoaAQm734+jeTrCz6qGqy779+dw&#10;BYUNJx6cIilo4pnIJlUxmq5j2eT+aGjoTywqkBgYr6XV+AvihH2eums9mAkzCE5BNE9h7IVyhx4i&#10;wLgYOXUDA1+c1fgD/ILpNDypa0abmB5csE/4BHSw3AxrsaExnLnAvahc5M0rwadaRBLkhkb6Gknk&#10;KU5bhBXwrxy0Ah3inggk6anY8ExfMRXrQ8V99hsTR1lAwaquLS9G2tL4WNmREAcE5Zia52DLf/GX&#10;ZYIYWc3hW5dG+rJlfjvX1UeBis17foVcojWcamlGlmyulpF1j6h9cbI6enq5pBHJl4sDtUhIndYC&#10;loiohJTKQELbTykI2MtAkkjlVPJVovobWBoFN0hHxZeOUwOjq3fIfAkqHNxZ1jDxCfX60WvEhIbX&#10;Ni3T7HEn0LOcDaHLTW5+8ZjsAdxFg52IRD1IvB2fiKoO5wHF2ZCRhS6xULy0rctSwQRua/B4KKEJ&#10;78decBfnIjqUXYDEHqBau9/qdKkZxGmGknTzkrQMO76NEk6F55ArcIOSJquwF8OUftgtJ8ctTWEV&#10;1SY/eDTvMkI6ofms0RID5pCMRo7YGpr616QcVINyMFfkcbo+Q4oOfkwlp+z/SMg93yQd320QK5On&#10;5PsYpuMrKrA9E5/Ez++pTdwCmVkapHvyXzQEi25mJMnHYD0UHNPaFEgaok9/6z/G+tdtdHXWW9n1&#10;gf8AjnF3SSyTYx6zQfXDgBf2RMTVBn/UJJE0KX24CRWELDhNlpK36MfxGmsxJBySgAy0S9gBZAwl&#10;vPV1w4tMjbaDoNNvvRm9oaIVlD5yo9TvLuCR/SmbCZ5YzS/1PfLXK0WYvht/U/lIdpl+F0SMLxNj&#10;4wrgvomgr7CByOavmHovtlPfOdDF7SDR3g6LWYijtVwRKgCqIcfdPRkj4OSnmbQmKzu1+dCBBL84&#10;qmEn0eObDBnoTz+ap8A+6D2aQF1LKtCEqDLgSDW16VWrvGwjB4NMuK6yBjAgxt8aSyanf+tIOESR&#10;ADGxwWUYtvG8Faj2rV5mbePl2GRXT5CxukhGcAIJGYFN30h/eqL9ZuBH+xifvs5ZPuYZwzIAvj9D&#10;rJZVUcTeQYuvMX6n+GjofIiLs1N0GAS+RiE8x4Krefwl9ifMfIn+27bY3AjQmCCWhWQweruPgJF+&#10;K8InjQoloGmjXTgHwskJMCnhJ81Nrcm+GnLHiQlrT0cE0S9arqIK34NZ+g3hzQ5ql3yckksz37ll&#10;bVR/giU/jTlTAYyhW+UhAV4JcArTlnr09DgjEyfAdwiGdDUodq3M0cfFJ+pYQZaEk3EW8KNUggGt&#10;wNNQkxHo34SmsNBoL3mK32xbFji1UsNyzEjvbSq4Oe3KxVxRXE3EsLjpICflAEg98lhg7fFfE59H&#10;uUOU23pNWtDM6sTDRTWfpER+I1HV8oJqn8dbWaVrL/BhsD9uOwFm75EjP1rHoB1Ufl5thT3hS6D7&#10;XnGV+KLs37LQSE7D+lnhCHmEANlIyZrpAtAmOgspMHbOZ4BaXxwgcCuazmmxDDko1NdpNuJw+C7H&#10;DEvcPHr7IDW2n2CNTYhXQBSsxjBsD9LZ4Zg5HNBiy83KGSfG9zuOSeKwGH5OtKJgiLLIE13bxmln&#10;DBrlUnbyZjOrmKuZjHdfQbeZ8unDfZUPAHCq5228EJtETSJWXdSZyj1/G1Z0eN4KABEZTeeEqZYn&#10;RT50qI8eXSGRKriC7pQ28aLPcGDKxyyJPZMz8ArgTy1vDo/xcLKNtySk8siuzV2d4dWzR6Kv/Il/&#10;ixeMJ54Rt73L9K/x3NWcq/4DgI4xardOkOpN1aRehF3IFM+VhJZi4UZfCHu216/mOil4/7gRd6G5&#10;youeLOqHdYaS7D7tBrOPKW6lF7m04aoGMNUwUS1gH8Q2H98JWdvyNd7L84+RZdO6lxFswNKskSkN&#10;fnCThytkcY9hvum3onI1NDvYa0xWwCuMwM0T+ixk7/M6rLKUa94JLrPxZuo13EBvhIfx1reRbYtN&#10;UXn0OirYl2D/dN08Oeo8CKVVkY/L8N0BYlell4qM91cWtUbE0gGmi87g0WI18/KKWB5kadZn5iVS&#10;gbQqjvbCAtI29ZdT019xzCo1T8L+YqfL+BCzyJOvcE+HU/tQTeenphNwI8r4qXMiLGSuHSdPCEes&#10;2iW8vSijAUJOYLTpm6TkNjSzjlgG9wtijdLC44HqezZmBjqYskL2lrF/iVtTP+gjxJYHEITPhOWb&#10;LUKOeSqDZZ+3gOKyQl4lUaXUTmh7DbiGJMOIrKVHzbWqhQoxMtOqLWKFKQTj5pwawtwHoIfZk4yi&#10;aOf7rWCwn0KkRmLXuOKqST9XA95K5y8aObe6WYIj42INGW3JfUdS7WatEYntM61rvCYk7bVt6YI0&#10;j1ltMviKROY1b6rFxNWmO07ERtsywFboRuBKcFkeOr9c3fUjjL+tAnhTLemLl2C39/bN6sI+vgjC&#10;kWZPWTHyp02tqh+0YSW9PGd8o+zbqKaUzXI11XZ9weT/NAkypG5Ojrluwh4ZSatOgoCW4kyUM+vM&#10;vTSmxkRtugN8kwGuZPdkQ/PAZTx5QEIAf2O0Yb5Lgp3XCsoge8GJ6DN9Ig3qh+yRaEG5JCryJ9NS&#10;1VXaYQIjaAJwVWBDF64JIvT2NtcPcFh9/nPsaGrwYUOfyejTaQ2E5AeMYgGrTiXBhl6QgkPoJbnR&#10;JS/5h5BoIMJyWCxVOoct8RCoC6/8z9M0B11ucXszyaOyBVtADxf35BYlBVfvCU0W/ckKh7s7ZtGR&#10;42OgjyqmexD0ctYqSaxvFLp+6VFxRDEQ4q8/yMUgmzEeRLr2P5GMiebkFMk3YY5/6dlFDjIdyvHP&#10;sYsGBwxuOxuAewZdZ/0qBLoQVqok4DG7nalkGY163Sn4iHJpEt/+NP9T2pufDRzyZRINzD1CrogI&#10;NGTv33IZHRk1i12H9O0KJ2r6+PRwywykAUeUUVWvwfa9B8J9BUBc6yL6WFO/N8QrNZZqdScDHX3o&#10;sZyeyL6gEHcokQxZar4BILBsfOFwDtYjWICvVQxtoj5oKQHtA31FtNUUCQUOGTTwsB7D4WCK3Pth&#10;acBgikiXyAfst75uiEXWxSYgku5UuMEimfQ66Qa6xDT7jasDekrRkzEY2S9Vt3kRREysWK6/E8aU&#10;hfWmcd5PxDjgBNGIw/DspCmHIMQb7HHJFAhYvbqGdz65/W0CWvWohlM1P43Wnhv1hBM6MX0UwaZL&#10;FHQbJ8QlMXwYM2zxGTKIYLBXQhfeyzFOdRuAvPpa22VmUMZq77OILbtZP4eq/ZibevoyP6/+1D0z&#10;KXDck4tjOgyPqbAztHjLpvHPt5YmjLK1et4MNSsNRWeaKpA8JkDGsR2ExwEvFokkQZBqxpQXvtwx&#10;4BR2TLMczbjfsLLFRa2wUFk1VyQrLXHUXAurL1V9CeYTEihyF48xTctT/VfZMwQTA1eirYuglU5t&#10;KJvHGgmQaeYAFXaB3U9YhkCl3qlCh1abWaLvEKXGUCplUsnrD0qjNw9v2QwLjp/tNycBxsemBtVu&#10;qoTn7zrkAjVlg9QVpK+2UuW0hNQhGt39g2L+VMqe0FQTT7BuUHQj9CWnnL1bu35kYYVE8IkJZLTR&#10;T5UQvq0e/w65Hu4PNLA8OMi9oTd6p5CbiPnVsfOId1Bjmt3YgOEN9mT4OUcwwR5e2XbW853M2Nxi&#10;P1L+QIJsdjx68YDF6Y0qk8RSQuoqzjf9WDWMDmIvLGld4gicW+92/WkKuc87WYauRGD3bnHZ8PoX&#10;RGpCod0sKiJ/foP2MHG77U6EeMRk4cQrqLDjg4Tc8JoMLs6Y5NXxrI+IsNj0n8hBDvfKoC4d1CPu&#10;PjTQRpvu9OK9ET5gZvmP+Uv6gyjrHcDDjI05ssAzqIdYVCcKlgoqVvjVtYB3AP28Nlcg56WTNsHn&#10;AEmDhj7Ddeeaexz3BICnSU/omVHQDj1KxQFHPEFBg/OLJBzgPOgcijCX7oZpmxgTHEJJDKeHAbpW&#10;DDsjoVF+lMFD9yXpjpFpoyaYgH01crchl0Mvpm9gYcdVRgvS7EuS3bUIqmjnfnoMYX3ceW2UPYNY&#10;AEvM9O5xqnxm7MxnkGUSDICDDUjfpxwKl2N5PNZ4lNIBgwbBz7hR3gaWBVhsEjR16iN3jqGdm5G+&#10;g1+FkPb1hQ2SZnaGLP8b2oEqH9MlDpmXp928EMIgL06yz11b1RvTc4Yt4A4d25UjdGIqTn1QCk+V&#10;+a5swxuys+KYUy+M4aiiGAc0P5H0U3pMfU2B8C0i4h0XMWgi/tq2r5w0IC1uV6aQVtFLnzVKAw28&#10;0zUV2rtSJI2tckDXMdkgMQgTa3UYX7alWyZbbZtM+IXhR376xExuNkh/XQc5gPzEVNVurDUrm7Wm&#10;4GX0fTo6AwwM0CZj2ZTfjuvKXSp4X8u0oNwAaYUlkaw7/Wk+mmXo/LpuBCRt1KB4Vy0dVxXDhN0Q&#10;JyAsweIrcv4A3x6O+co35DBXn2VS6xiRYod6crQ7UmMANrTHbtxsQnHfbMJdC7WUY6ABQVBrZREL&#10;2yIISWtzEYHjIcwx/9roms8YxzPxoH6SVSFYw5EmFlwluybUIRdyaCba1AtmeAixfsgwJtFGVyxm&#10;kB4FO9JkLLNdVB4oLxOVX9h7RyZhg294gOc4CePZWpOjADkgRM7Cg0g/AeIW5JLQKozW2Q1trHP3&#10;NwBl07DVkBBTgACZ41suR09Sixp+SZUhQtK8MTfy2lcpTI7NAqkzRyRAaMO5kSRohafOzIYctivT&#10;EW0Gg50r3vE7ZcUAKmCSjkdKY3HT+y9bJlUR8u9oAUhLNap4rGOEC4oBXD1oFyG9DIupoaKotVn5&#10;0hjyDjNBQpXOD98ggwAxUEg+jI+mlu3HgR39THMURqzT2AmPQ4jFJ9Fr44gUESLdcN9qGc3I/iFt&#10;wIojluxuRfyphKU4gIQSStHQ41ia6mfmXl5UPMiK93sq9Dk7k9JKsKdxnD0NQ5MZCpC0bYJl8UiS&#10;om+4w12xpLWJMoWTfrzXcX6fFlh/zChUhyO3STj/hK5iWghZOvntomhSeHDGpzPCv9FkaYL3lwMo&#10;vZqIkYUdgZNtv0aXo+xcr5rRq3CW06FAFF7tBfjKyYmtuOA1WGnP7phBkcM50iKboiLSuFTKamOR&#10;6hxu57yQ0qxIMmg9UscOg6y6dV423wBl0l4+eFhC95phzDBcav5pPB1uGJb9WiTr/FkavSQRC900&#10;jEutC3ydjmrIx33jPu8zhn24XnfwuG9obZL8XEetcKCoZTQpxib2ZTz5jj3Qq1vdlzHWPi+2ZzZu&#10;wv20mxF6Z4cp2BVv/9LYIcFK/3WoXrN1XoDli3bm1IxBWuT2Ij4Tei9KH/kZYtOCcXbeVvTZJ2JJ&#10;osw6SdxXY4IWGiseUNpdGcU8ma9G8FC0mnRll+nm01WYPnP5ffUPu65tup/odP3xh74dxlV6uZqo&#10;88fdEReFzFdig364NkYCjA1pHG248SzTWUXwF6b56y+fVkMCxa/EOpYaKVCIpEfRwPLSWYHpdVvU&#10;GVE1V8/hLkCQazjPrmwSQJ3G6mnJ1R9pqSrRs4d/AMhrvIlQtV/+fuLUgCbIfWeNo91I4Oeys79l&#10;keYGxSJNsLV0cdm1lpALbyZgS5mphONEiJUyiZDMcitztIklmWpeH7aNTgbVIszCl1XVG2nmAKCk&#10;8ycfgiVjddu8wE9ACK6Y4rR5nJHPJvMiupA7gtcwwW4HImWLNzbTs3Xs5+T6luLa2W6Ef1fqC+Gw&#10;Jx3klO0aDWIdWYZ5W7igigOCjetGW6CO4Zy3CadE4xVxA8Z8jD295tEWEbo0kk6YKPw6CjE7ShgA&#10;dmGx7KXSbu8wkp0J9nZWoKPj96vqdiJU57LBGVlijq/ZWPLy6qXPqcIlAozsDX3ceCrt9rPhcP8r&#10;onS1GoBin1+aip85rb19KvACwgB3MyG3ym5b08yyG4CKsHDC2LHnc3s8q9UXGgKuQdIPZrJZtUcj&#10;mvSl5eO8jJERDiYI29EQaqrIuoI9twvbwMiTiEB9sAjhzHlZMt6FnP1h8KbVVE0fOWAG4Rf2ynnG&#10;QkEwYlPH5CsUhuUx4WQH7VplfvE/VwGJNadFWQAm4Q0BB1pdX5lVXXsZjlQO3+lmfMUWTsZ4cSQe&#10;zc/Gv65nFvAqEkb8s2D43QSuzGfaDCggF7nbk5SyuLwkACJtIsmH4naoMXZfzCVwu5wJWS3KA2vv&#10;Lr6Ih0dAhSOM3fRsT8AL5+oQUHY86CmmfgKwLp0LqAsImpyG2jXvo2oPFcfmyIQH+SkgtY8mql6U&#10;luUPiJEImyuGRJSmhDBMVZfTtAqTQ4adC/SObQKEO8oDu50Nwp4QASzJF+DpjeEFW/WNSoGHFJSl&#10;uVyUDov231Jyhf2/Wql299U2tHcOI8EQt1qNyUVcHVgOAyz2BnVUXU30m/woXm8B4Z/GlAmxA5s5&#10;MN1pj4g/G6iK64qZYaVmil4XHdIZiIS6QhkelUW6/MIySWW4pN8SPY7yFJIpg0eUM9IuHiHUHEzI&#10;cpthEbh2Wkn3WJ0dTj/xZj8ndQhg6hMxmXe+tnjv0FLJHiLVLlaa1nBFn82SbRgWLobegjCmeKwZ&#10;WBgWWh9XEy7sYxwoAgScatjXkMyEcDvMYt81Bwiw0tlFyEe9LE/xjXQMwIKOh4AbgEdzctSUdTA2&#10;h+CaCvYqZxKn1BFO4Ky+UCzz6hvoUdzLjC/IiPyKL1k2PMI+bTLXUPHm5+ZE2MVs5yriuBM3Lp0Y&#10;CI1uMhsyGBVU/B/MFC9D8AAgzD1SBiE+Q1QxhFvfJDBmS8rCDpbu8aDCp2+6+K6J3sCMhuYrRvXW&#10;WGRY4u5ABs9CAUTQQy2KefNHL7DkZAhBVBH9QjFLBI2rYGgTyF8vFdLWLxJdVkt6rxIauJ0k8Xwo&#10;CRUIus3G3yLfWJljlO21ACUg2t8B8DYPdXuJB3EgSzYLf1RJgQYhW5v/auyaAlLZ1rJ3VXsAqjur&#10;2MZmIUn8j+BWjLax8xkMEec977cm0GOp/rBbnjlaNHlq8hZZamqF2AaemP2EPn0FH1PT9rZ2bqMB&#10;clSck8NWg5nqmAsYW+DBRGBkRcYfJ9pBBiijoeJYuuQWEcrhaFY40AUxPZowMxeeSyIkLgTrsBi0&#10;KgVjHTrArF66I5pE5UCBmDg8VOADFYRcSITjB7vJrEuaqBbzuWxz7/puQdBTsz/gp4c3Q2CbJ9UV&#10;VHM5gI9Sym0/XOj9EKKUgBRg1ULYemJIrLEbqHVwl/f3IzdVoXzKv4bmEPmpaRXiOtwaF2lX6aMZ&#10;FvwG8UiS+zRTMISYB4nkvYTyWOuBVPYVDdSELYZdskgdTcR+5c+/r0nFEDRn1qnqnjav4DlCZMOP&#10;9sE5ERzPEMIX4fnU7WLYZvBMx1ZmMMTSXdxDvukddKoKAbDMDQcel5ZgqKz2HdS+c+Uz+b+1mUJt&#10;XfG6DTFa1E/4asymA03zx2WmLEdIn1YTQNdQD46fdAsZnZbKptxV4JgOqSoSlOVk7U5tECM/EkZ2&#10;KlV2bd3/qACz2iNnC3kiW+zXCnilqRMJOOL+kAGw35FYkXwqnU8EyS17qzTFu5jTfKYIlVVE6iFP&#10;wR3gSm9MDWhp1hbvbSPWaWBMFlBIQX3P0T+q2rc6AL7t4o1OKVpevsahhHlXD90XFSOYAcVc2UwZ&#10;geHfqt6YenTIYCPjQ7kBnPhDFsps5ya59W3Q+MQlhdwZTebQA78niSB3iYFaZN1viHuVU0wlxtTj&#10;OMX34qhmmW2cdyAoH3Zfi0IYwqAH9n8CXTvIOVjeuRTzQ5VIWJps7KqQlM1vvZMA2++7zCwA0enw&#10;Nk2BYDZbEE1Cg3B1zsY/LwAr/sFaB67YwFPW/1b4sw0AvgIzLrYQG+3wVC5qbgLZFFgLTXpq6cIl&#10;s6bfd24e2ChFmDuZwtObaCwQR04HhIGTs9Gp09lqL2pFuB52JM7i8yQNPyXFtly0km0DlVy6kn2V&#10;VVmOQIa6BxQdTWfBxh3U3gNPSRc1hNd8bWAZrIz21anc+2kV6cYfVr3L3SPOoPtrArEIb3bpN9Fi&#10;NmI8Lc63UFsl6z6rotjoxRkD23jMQhYFMsnaed1f5i87Q5NJQlupIg1GNOyEoutWqjUNpGrKbsUK&#10;Q2bxdnbLgc3sG83hBsBZr9dNMK36UVH5tBMtQ+UrE6LJX+JTK/2pNmkc44lVS6jslpSlbaL9XtB0&#10;7zB2NY6VuC1GBxRDHh1Hxe76KsDqFjIbzKlmgr9lavijrgl/KGDGxGJHgF/SljRIVsNU6RHAwGWY&#10;tpMkoLkeL9KrVkn2ijEm6fa8sBhJccS3ugcaeILIK95pGHLNpuBAZvgGD8If8IFmbSo3QvjvkTXA&#10;+FzfMi1tVGrW6mJBQL6lTV1NzXEsER8JxZUTkTizdu90/4xjhk43QdKfgaDSq86fQLEc7bo5O5Kg&#10;g7dsHlNz0eOq/WlTkPiVAHp6dYfUZSkPyzaWdzlGhwOqfeA7sF6bTCSLJiToWRUI0uBj5PCZpi4T&#10;9w0e9muBuJDdVXckb6+UmmoAjLhtw8yV8HFQEpByqqSTqOMiHa4TA3Ei90NXu+sDrrULqTTSUYj5&#10;tWQ7+U6XrlbolN4dXgCLFMlt1CbNTlZxu44ScyPYiYBuqfNFkVE3ViCMYDzArohqcyOdgyl09D0L&#10;5sXwSNiwwTjOv50BMPF+4sZrtCnrBB8VLhTJLB5Ei2IdcnwwtbxfkLtehG6ZVUDxfnZ3SI482tZz&#10;00A78UVQ3ujJ/O4J1J9YnuPy74M7NJizDwMT5ZVCa9YoaujiOaPSKMJ0+xLYWIhaSwHu+c0evHUN&#10;HTM+L7CqNz6fA0db7fpmVixoo9LF9xFnWheZ/mNxyUT1XhKM6ofrchP11ksYPplgSzGQXcESkecu&#10;FU4O/yIk9Z/wBiy/cX3+vg/xQsLS9Ma+5gBpt3Y7NwQl9Wz+NJOx8tXdyQ3cLmSFZqQWxlPbsWn9&#10;NhszRH9Cn+xuuUANZW5kc3RyZWFtDWVuZG9iag0xOSAwIG9iag08PC9MZW5ndGggNDk2NDA+PnN0&#10;cmVhbQ0KPDOzUm9FwZnV9dAVNIlHbAirHm39eDMwv49R7pyLpHXGSyiN0/r9wzsj7pd9I2VnwTya&#10;wUq+ybkS75BtDDb/lcYIF7DGjfgIVTCSKKviD7wZ9MjlpKu/bEf6Y7XTKUKjZXkl/FBbjoqO1RR2&#10;pDd6RhpGNiUOqiAoIpoAWXaCs3Cohf7ypHxNVo2rsIBymW9Em1jVJNNDKrjN/TF0AjD9jxNX94l1&#10;WPAGy6Fd837fKsLY04JHRCf7imFnjQabk7FlgUiMe1VWwJHXU39E0gBtbjZRYabvDugOIXJgN4LS&#10;lFGbtyAo0zyIiXKj1eUw+sN5SVpggbcs5XFuBrJCcVVbB7xxkGDJbucVRL7G3YJVCrEdPACnt645&#10;+Ks+SbOoKyRDdZALTCv1MukxwoQ9DPiCCbO1gW5U71k7OJnjXtG7PDA99lQSGLM/Mc00EQ1uqSi+&#10;1jFKLPH/tLO6RG0FVtvZTuGK3ypQPipq6zBrb0aya4Fdtcyc6wapIbUCxTnLynG6v8sgkHYj4dDY&#10;DoS29bvt+PAnj+VDHOguZf44h50WlSQNmQo5I4fCKe6/HhketPuTk2cMKI5uskuC6i9Yon4axCBu&#10;RX0o2Bw24Nc21vtk4JKDJMGWmlyrE1fyfJu78g+FnriEU213Q0UFWI4kENKC64Yb0iWowSFA8UFH&#10;34Lx0bvcXG2rtrSS/yd/LmHt/sAMlbiBWNYekdUBKcFUjbzqlj+a441/WG0eup6QNornB0T912sE&#10;MPa/RQisK8uv+az4WQ9shcendfxjCOSQiCiEGiJeB7WkzAnOOs3ww94fuZHG5uzOx8RinawAgEZK&#10;VSZHW7YutakCR6t76S9qnXifCZqr9L55jJHvCjcfD03sYXPJXuoBb5ovTkPbdAQsyJsN0sscbnMg&#10;nQqSZig7BTFZYcYoRmR32cpLpi7cwf2CqYxXvV1jdN6qc9764wnZbR6TsWTexWQs9Jzd3LXujFjV&#10;7bFQSSsplV2EjLff0BYf1ja5I7a+1zPBWQO4lEXfCQEDZ2P2g1Eq4vLTzCRR3DGnUcKXWILO54+h&#10;27dDALjf2BvgiQO9vCZscbL0uYS8pbNvsGv8abqtoCb8KVVWHrazyEhScg3qCrwHv7VD0I6W52tV&#10;YC7WSTHzHOK9BcZKLPYmOID2yR8HCUaLGjgj1qaxmTQJKJcD90yv4EMEyrDNH16B/j6k3nCP8/O5&#10;IGQRY+DzvfOhE9Ghhm4pudKYiy2Iht41WLx3XMdobLKCQAFn5HBZMY4OdfZVudU1xkEYIpsS6OkA&#10;QdtmFEG75MUXR3FEjri84gmtNgwG8a06al2NrWYIiHAgpWnO6lKLzEXc2sTG7sliLrtQReSkME/I&#10;Z9hfEFMM58tb4bZXlCCtcZv7HduMy4JQHo/1SmK4QZ8TXDN67WcAUOMeqUe6f9bewcwDBAO1CzY/&#10;xxADNwxi39iVEERrROAapZNEuuUtP8KDRpKSMUS5Rp3OatZxLjfKg73w9c3Zc5O9QLE9nZVwvhwm&#10;Gnk7vU6/rryYZjffLUS0x7qpzE8KVBk1bnQAmrE9H/bVZEqnMc9eLLMyMdq7mir/Eox+aHURe++K&#10;f/keIBuBL9Cw3wLZd3DL+DKCT9hUyNt+F8J0zja94gwAprsQhEttFWs91ii/gJskW4CEj8GA72Kj&#10;P8MdeAmgpg71qN3iioQOxbeHTeSN604ldndYgx47Mq8t4FDkYqKJcZlA/k/+EnDEAprYObputOUC&#10;Vdh8q7Fkmv9rPACNOsJH4lVz8rU4bw0AKRSgKocKr60Ke7B0+NIuyEPdBCob6OmPP3wE+YN1hbr7&#10;wZcho/8ubcTwO4i0oQQwPF9KlhN4O6ymkp3QUA1kZdW0nq7ElWQweuDjM32uNOE2GyGp68H362J1&#10;V5JGQHbo38Rjo1Ah+uHZ3GVXp82BU8E9VoVGO0T4Hi+g+U99/5KT8ZtBAoZVwWjTRVM3ummlKekj&#10;tZCSzZK/8zbd8orvkwBEESbWA5BumwHT3I/+lngNLNtNNXKuLAEpqB3+RrMD6B0uYLabHBwNY27e&#10;jVZ7gHJEWYAozy8L3nFXMGAXNUnh0LWyA61tuycakWqhKqfYoBg5ibyWsAN6hC1pjtUwMNoMC1eT&#10;OhkzYd/ZQtQ9oT6wV2SwMV1VXrwlqRzmhup65lwL1+65+RG1amWmFR0YaT9sTmvI+I84TA7pg6r5&#10;rcja9uVFZP75+d8VgfYV47m3uyK4PJrhXigqqFW2rJkpsySWZaYtgGF+LdavDzVhOG7rdRmLexw2&#10;oBBMxKUZBtI0/+xWFBF3/PAf2Z+CIcaZ1XxLcDICD7dHW0H51/JHiC7I/OmILHlvr0hRc99QnweG&#10;MZYkd1UkzAUPg8vY64EswFwz/aSlZiiez1RGtN7Z/gzNvRXXiOGrtU0ATMTHUUROndUwG4RH7rE3&#10;fjztd33wIBveS5dm/PWp4cOgf45LfHFTLG3aYuLGP9Lcs52rpKP/F2SBEaaIhFMQ5V+COg0AxF+V&#10;o+V/WOAed1zrpVGyAawfDFaZqI/aIASHyCIbuBKJOx4DmSbEq4cgHlqj1QI7PpPDbZMsMewZAqvT&#10;eKwdWaHe7El3Yy5u6NrpAhOo5f8I7tQFSJ5s3kdLRFvlLNB7JUofCMFkxwLGOIjiBV4nxnpqyKlh&#10;6J/ZZVtV8+MAC/z/VpVuvQN0lMH2oPGmmrgv4MECd4l9wVaZZk3t4TsV642XgCkgA9PIEtUU5huq&#10;of3bQ9Nob1UavvOhkA4e3uUAP0mhB+Fz6Mo4KPqoqvKdlOH+Lbp0xNDbF6vwHV84FWmTYVwQvtuu&#10;INbWm4S6E9g0mVFB6jDJNJw3PwH8lIbKi5VMic5bedP7JKIU9Kwq0i2i2E5jvxgL/sIpCVESc02H&#10;K27s7tS2fWVSJBCN7iD6BVf2AuiGuiGoTSRkS43ahL7BMgkscdaMmd7o5jznoC4NxoG+1n56lbh5&#10;YWAiPNoSnWGebFjFE5tkNRWXjeWaq5M0bNI3jowMDNthN3CgfO1736cl+hrrXGe4kk0gXfh9auiR&#10;11shK7qwnH8xTrHEQwg3c8qRZ9jrwX4NSr2Z+nTwyvW57LWPKnVsjgcS6IyPexezVWRWNmU/xK3t&#10;m5UKfO8qWfKyq7DwhgTU1a67Pt2ivt9uUwY0IpR9OQSu1sH4UEZLTp4ZPuXBv3Y6RDv19wGWZDWH&#10;fVQR+vHyKmytTOkSlWQ+VHUyHFUR3nSZPNfC/XLBoVUEqxmEvUhndu5hLFKhXt1f8h6kIU8MBP2/&#10;Jl2fdSA3oM7K1g50gXoNxZQVXlnprmzWC9oQB9XxDfRMp2usG9ARf/af2cGLD55SBC8bQYaLBREF&#10;g8IvvTCo1+SECbfLfs3/jEf7tRPvKVeI4sfW35NnFs0zjhaCE/8x1cnsxRqEy3iQfzP2RJxKTmMM&#10;jl94RtpqqZ8O59Xu+5mtUFw+jMmZ4IAPBJm/BuzFEZYKE5Gxvvw4grZKT1UnKSNA6+fqb4mLp3o1&#10;8+MXpZV8z4ta2hBxG+08FLEpfYkqkU0cR+gt3bICQ0F0IlpHER3QemZj/OwpatRk0H69T4KSoAsw&#10;+wSpl0nccVQECFUSE3FMViG+xiT44VMQAKDUSNfoAvf+6XrICLrI1NP4iSkMeD1pDGpMlX4F4ACv&#10;S1DKOsUTRzNHWnr1X2xEAqP1kWXsOBh6xG9h2IlInKREEiqtnqWSkrJ1kNFjZ0tdA+RBN7KDyKPc&#10;lxhGiMAsybYmFTuJSNHtJoK9bMrWvFi1MQ90oK67tyRGQnOmaDWOnfTWQlYyOYkBIMwkw8YFXAWk&#10;yPGqvVGfMR4KimejMb4zpxsMCzDjv8e409gBXZ7tNGSxoxvHrKGvYbqDcvfcozRnilyF2KCzQ+yh&#10;Cqbo9AraSBZnjFiDrRl+KUosCWdyUdImzGdDKGiaB1ECXSmdj8dAoFf0O7EPwX8vIrrWXwYLNhEX&#10;F9QBuqC3PSflcxL1Ig3dQjm7KIcvqgWjBufaa5XXB/GnCwjmmDsVeM+/HAwCJ6fUXBSokzMAYXlo&#10;E+vNBHv0GIK5HgLoZL5L6kwcjbNKH98OoloKkga6In5g8j2K5EvpzyoK8E30EqZAHFjeBlVPsF5E&#10;DdQtqz0o+r+cEg3cDaEycFlPRrNx5FE6djIyjt4CIcmiQQGau6+OYpeAUxxz5TugyJeaaFcNkotE&#10;BHkxa0thAidr9JbhT6WYW7Q331pphV+d1gzGZC38oX7pd7N/pl/jiREGv5q0VBg1X5MuBqpC9ihy&#10;bylvhXlSIEB3Of9OAuSKOPaIWqcmN/TPOtWnicrKDqTU+FAQOS5arQs+K4uvualQEwjadNXJrVJc&#10;hAuoO4i43EGgbI6Q5DgY+D2MOXou482RT7MzVk25CRgJkSKXDOtfqEAklfj/CbXULaQQxioEFfKQ&#10;RYjvruR6MSQoszEvwUkJaHW6coF+PjzoN0VKEIBjQAhbEZ4q0dJygP6E3i3sZjS1d9giJy6dikFG&#10;rgP2EkP35uvMu1Ig0mlQ+UWBK3iAu3TlkqH1S/jetfs6R20JteuMrjXJc3pNf8On0MojuSdbIjt9&#10;bHI+biG0tr1w9wZeyqF9Fn2DYmQhnupzEHIte8x8gO2E5jPIR/MYZhzTfPQzp2jdg4wsH2k4pN9q&#10;tO/f91c/xAA+TG/YCewrhjT+x+iM2jjbe1JGQNvoBHnO97SKwQ4R4nOR1F2D9p7E2CB4eJeDxhw+&#10;re7zA9CTP31IsLR8bFSUTBSbpnvRfDYfGtdsWVAk4vsIabtFhnmweejDptRXTU7KTbBcghxetVUo&#10;qIID8laL9smqdSUDEpSTZx/vjQqQnF1qP6+1Lia4W9Z5B4qQFm3ypYpnaSArPClD8YfXFByDpFPT&#10;SK+Q2DljILQs7vB6F688s3bBJqzoFwzWDMe1lplEgBW9bw9UI3906cuGoMbo+Ag86c3sLLTNw3WD&#10;jk2x58VOmxH+FjIz2Q3sd+u9l80SKXrdjc7tl0VpV+H4vijhi5lFEhCHMKOBJ1YlpXE4gaepmSqK&#10;OcrX8/9TyBacjBc5XcXKtNUULrthUUgRR4qh5AYKNkKjFIwTfdJpHA0BK/88EHgpmSw8EaNTXddH&#10;Qo9SDfnpymlVDtwlGs1WWafbmZ8Y2Ywk5csv5HQfoPGAJlA2pWxjELTKaZLGnCTXKLk+w7CuDlsD&#10;kHo5G2QNGkUdWMH2t0rTIh9zWFGjKHN93CmcZBI3z0d4mg+JpA24S6qQ2SnnfBalKN+Uvh1UED3m&#10;H3Z6Vji444wAfUarQrn0PXmOqZiBFowvr66JZPJgRGCzAtWFCU1RUpbBQIOliAEVtTn8t3IQsxPf&#10;0b4ztQuMsDCLoFQ2uDcXPJ5SMknKygyNuUliqHeWdJKLkrgDck/LOXVIjyJ4JqcpJY2EjU8YncKY&#10;czEqHByJcsUFs2dpMw6IQ6tDhVAAeiUwvuIpMXr9Mrb9B9xHQNxTBMPzN3csVLHILObH0vxuDOnP&#10;xJrQDxkJJ3/N8uewIQ1BbTv0tIcoedmj9PHn/lendi+lCewcIOHuCiGkSe7G3xlHmrH8lKHD3hfr&#10;dgZKDn3UKYKm9GVCqK7Ck8Ehm6EAOc1+IEV1DJXi3b5mALUqvNcuNkA5ofEwXm6EDgezwQUC15CL&#10;GC2gDbVv/x7iGf14LJPOOyPSpwwBfpZWlNQ8got7wuwWiFZSqulV0vqlUg/1XknMII/yTwXcOTsq&#10;d5i3eD/FFDyh9KrCJDV0nRdsUlWDNami9TDGBTW1uiDfaWPAJ7K8bQwOdItE0/Vqck/HvH8PqQ1k&#10;gJUZfVXjwf/1zKCoIRX6ryDdZPPPYa+uM/uls1AUM9lCRibH/RP09QZqY0deX/K4S9qhmUD2rW84&#10;/tbuMEf1XNK+yA97aOWwUYs5/oorMb/mKemXCBNDlW81q4KEjv091qyPqJylAuUCkl3WIyGH6+MF&#10;goB03YvwtrPck7jkbbGj+hclLxqxBrs6rgcvqvn5tEP4IvsNxkIjvApPcbjXICQ+ZNHno0Z9u+cj&#10;y11S+z0X7eSA6LmUQ2pDjWjWQjRU10RFxi4DHl+RyVsEbRpyV0YCFjArb1pJ2e/Fuo9b36ReOKgk&#10;tz2PO3gB9W5rDzHRr5C30zHAXZxnVWQUiZd1sb2ntQ5FYpqJYkbgh2Ya+YPvdkDKEw1aZmZRQxMP&#10;Xkhfs97p2kf7xVzh8N09GvUnw7FXtdCYb6fcYeVs/po7Ktx4IRDxiOGCEf/nTy/EQFSvrPKIfUeg&#10;ZsyS6TbY9mP+GeqMiTkmz+FThRIvL7+e98P8LnWHt/EGAnNylHLpvIZyYzf1fpVnhcUkAUqTxx3J&#10;n0KWWN2X6jWilSTagmdWeR9pQnzO8fYoG6I9A09HFaNXBtccEwA2pFvPxlMkiuUPKSknpiPTPz1t&#10;DWtqgs5L1ZMtRnXWwGsIoRv9wYjCZRONVHAee8ya28AWDxaBu0Dq9cBh/JgBdGv0A1bKcLYhr0AZ&#10;gWEHOmv2L2ybbGXsdgkRpbg4+eBM0Es8iqUgedsSrV44WVLhYOG8sqF0NxQhs3PwhRg2mN5NTJ7v&#10;BFcdpzDTZROqUV8uh1BBhZA24JKUM6RfaO7U0epk8ytg0S1s36OUmqERivOz0YeN56uxj9GKyYxX&#10;CKy6Yq0Q6fE9Rd1UOPtCs5cK6uk9aCe1hLJVR0toBUfJ7+KG64LHJhaT9lrq5GBlTEyA0f1sL0lo&#10;RVV7Zq5il4UU3r81uBHRFvzXfheJMzxecmhoYgtg3M1h8O5ImdBXfr2qdH0GFf8xT9+lZUUjFo/l&#10;UZG/ljFg4zskKUXYDPhf0ramEKSipvrwj57fA1MvyFtE/qnGI4PQLNwza5mAbYiumYN8k0LwEN2z&#10;MdI3gEpTldenzruBF/ckAaFey2xBiIummgajkEtZxmxthiswvZWb+V/m4xfgtWxszStTEaJQmMRZ&#10;1BhllbGR/pAwVXRAR7DnsM4LlqxBA0YZn2RiCsHsFE8YcEA7xMWJt19seQy2CDrLGx27KrxHRVpD&#10;zSwB9BonoDUPohDMw2phkI2WOU4JcQcRRBG2fYJZH8oLqiNnnd2qzBJco7iQHQNsa3yzkbx0g0dw&#10;THeRPQcDd0zM5pFYhiptmkUEmJx49+KldEOE4qMMLq0IAw1X355atm28j8ZUoj0ZRlRSy5CZkdO6&#10;bjQkF7HUSYN+6/sgWuXYAqNLn3vqxLddDGC/emiwOI9+DgQEttM9iZTXBVRwMlUpaxDc8y/YH0+P&#10;5YIinYrmbWqzfjlKEBE5jN4izxM6U6fi+WmTK5dS7IV0etNEJcxFvdOA221zj5yumOAMCdTp5hTc&#10;CVfPgA14Ka31cfJNUxmqThnkjfTbekFzt1q60DX5H103U8wEbVIGSNPExfFtp/RZ6lXVdIY2HmlZ&#10;KUzzRh/21Hxf8ncSsbKbThFDmjZtjMkhQSO7ERJF/pkTF3+j1dV/VgtvlnPWJ3yRx7anVcKbNo0f&#10;fmaGrBaYk2NuRkuhKAnNBoKuiwN1F6uUBVDxY2y7EXMDKFqHBCSUOsP2ICS42petU9Mev3smrxR+&#10;O9HsfshzHbgc3Lsq3S7l7XpgzRD2ZJ2NNdzkSt5EJrRAYOTyjq+N61o5VLoDJSFwP2hMqlZZgFLT&#10;w7V++SuFUeMBEI/VNJxtzhrCuAwB1GndmxpNlsJK0XY/z0SjR+AZhIAHy8sa1Zir+yluh+KXzJD7&#10;GElZpv1sBzD9GSzI6tkM0fhVkJ+VIZe8qT+fMUF4ltrM+xYeQRYmzRoOFSFuKFa6kIQhRo5G5XeR&#10;dT7fr63+byh9ZThQivrjTLSqwnTkKfcbhdFP2rXVXw91eyRb6UWRQWb0JKhsBk3NxkBhvEot0JnT&#10;RHwqqJpWCByGSzH7n9kRouVbYjGnMI10XpM4zGIl+SHp7F5A4metZEQ20Q/1HCC+Saa3kICf00Qr&#10;nU3GaZvyOnkVRH1LFje3qA8G4ph6vGysmFgLHyWsXPh4rO7qHmxYjR1tw1Wa7NUE9qOuu8rVlk2g&#10;ODu5ZiJvV6loi3N4FAPWshmafAU8VsVFGpNLQhiN/LBEmbIiyZ0z5juNgqRLmVWEKAqZtl2wLXNi&#10;LSU5p+4/VlGgL4GjVA+R6CW17oXRR1gmrLmn6jTOUX+t2jxKQGUj56y14sAhpOe/SPKjX+ARlcbZ&#10;eDLsNrSuuE/MbPBdKn7f0LZFpqiaTQmIe9TGyJcfC1XSfzbKvAWVYIGfmeIlNo9pUAlMZRQvOcYU&#10;2/DT4Fx39bo2ddjZQA9vIg47a5mDWXO9vRgQfusxoxWTzXgu/4HH2OUk/RhaAD+zGbPahBkBjmNi&#10;6RoCi+vNuH+HIh6SkEununtQaddWNknIS/10xR9lZ8AK8BfQcyk22itIg4frQgEOLMmCAALwHrVE&#10;0R/bQSIRiiomTe5Ilg6J6F6GJTaokpjYvLv2G2r3RztxsDN9WIb+n8L6aATYBiGPNmiw0QYJZp3F&#10;6mU8ESvou6rYadGlGaLmjexFAelcJ8q5VOLnnKvvOH2rUALNyIEFRpr+hYktx1qEgv6agtLI3nI+&#10;nu8LfJOgTCoKsDA0wncALoSKNUPmuw677FI4QaWOBGFcKrZ5qVb2EqHhqc8x2U/I6jScKggOFrTi&#10;ue8xrMt22nr3kOvza91OchKROQV2SyQz4cMIQ9MyE7x03LBXZLMDNcz+ysanumOrnUOIfbSW+D8j&#10;UKv4JvIetR1e2lbKrvZMBghq8KKT7bRulCDKmm2y7w/SCwPPSGWUGQxtZLqPJlwpLSktibs6i7dQ&#10;jovlQQf/3KhH12kdYwXrJm8in0dy5u19Bt4uA42hb992bHd7eYpaUk+kFGbz1x6SwLs9qoo7Yy48&#10;jVSoMjaBvZAHNekJf3gibaqOMTcWRaP55W4z9hci87fPDsHTz2GwhqMAGyDk34e22NBR+aXDnlMj&#10;TX7citb07b0SHYbS+EmP2dG7GRm4QyHdgELCARP9P8EZQkdzL7PDrF/79O34CwPm5QrHAwb3Bm13&#10;+odJFBC2xPktbRh8LZDW4PVuYaCQ2ZJOesfDZQnVCCPpvvVDrIU7sbkCI9neYoWZigJhCsFbL4i5&#10;5EqJNYj0xtXKxpwY1Bq/hRBDbJ5M2nUUCf1tqAuMFaTDJka8OT8E7KFN87yQGRXJUfUIgIww9ylB&#10;s86tZjULfMCPsR6ox0eQmOyB1JrY2mLukHjcsNEESZQc5+oMFhpTzDo3J3DNZOPid7SDc41fs1Pu&#10;5EDTHBKML2ojb1QFQ+i0C4LTVtGHVrp0IeyY2rSBCCOXFB8lZ/yLIiX/ELwBF7Zb1pDEScsAJ2XY&#10;7IOQoSM1NYWiXJ08HKcNCYchSMs35AWQt41bPiuThg+5nHXADeYH+FQUxZ2So6fvtHWjxAQG3n5U&#10;yrfWohZwLwWssiA6H38E9gQh2wJoZCNY99HL6Eo+HazRUqHEsNbPZdUZDdYGX84p4R1rHjQKBX/o&#10;uK0CBRPuWELNEcSizjHjDokAJMPaSsJLTgMCXYFB2M6PdYzgtAkikA4Z2P07Hx2fPM9NfeUkLkAf&#10;GbiXh8R7XScbsMybawq2oKxuDD3fTxEWnqbXMf4DNJY5ThCui6mVgU2i2FHX+BJc5dj3aLfrpgOP&#10;0MMcjCFeLANOEtuCdQrE1gNTXWY1t3K0MCP0skOO6NUQU4GieVLLEGcyBGlCp12Z9dRBlUMhWoiM&#10;7zWTfQypfyvzWsUrs7VqMoeUxo6aq7oSQbJ8b7SBQDPKNf3pFqZeU2iTJe6Y/RGWCa/OBnkdm2Cw&#10;uBUijn+0Qr/eYSwLG5c+aqA72pE0w1ZPwg0XJqT5jkDW8jumjjiiXp0FiqxJ9HWe83hjrsyr8y49&#10;AlwvItQisqsxMB6w8w1lyyIBTCqWO1SqEESjhzIkkqooECT15siKtkWHtsdAXviMFnIUS59S/Vkr&#10;GgOtWjGTBMV7YVtaNHVvK4Si3hGTBWJvsNJSukEvHAfutSUqHWI8mz4+8QNSh9U2dfdAGTGkkxpl&#10;/MlH0LnX0WxMXJW3pp15JoMdGKR3lZswWEopVZavY+Yw7BCyN1vtwniISST/qc+i9E4II255Oi3i&#10;qUiPWqrp7Lhtnoh6L8eSNT7RAM1QuJiRK1uAfu9ua77qrYQJP8o7CD9vtsYV/iTBi5NccgcuC0jR&#10;Sy4Tw2TkcrHMQrIgHxCqc1uEFUVbl+wLdW8rHoUPGErcUEBK9HDz/o0IUNtW6hZqha8VphKGlhOA&#10;mEIyzjXUBZk2xyh3GxMu8CQj3LY2ibrlGqu/es1OsfrotL80Rd829cqqcFa0NpOBVPA4nPM20ygG&#10;e7AJ2Sc19oiEyveg017PHu+1Sqh3t1Q3CF4+VzEQTi8suGGd9bvjI7EKtjLkrSfsNuZHpTDNUEM2&#10;3cGuGVV+xYgpd4g4S428Dr5NbDLEPbE3qE5unllLZWDznVAdFb3G8tSX8pOO6SRwJkDUWjqyYphZ&#10;iopU/D3SgGwEiJO1RmDGOogGuEY4UC1DiawVzgz3tYpJqawFNFBSVRGNKvqEeeuPFgY2KlEhFR65&#10;91IQEla3bC98etcny7NiItquSBTXTfI0xHokR4nJTWoIbjttKLJv2l0Q051pUnARaevB/OzSRfHl&#10;LFDH97ofMkqEtLUjAr+ks/hAhLQmotM/E7YFoVtqbXts1sMSW5K6OOv1qQBKHlhEEINJ549KRD66&#10;70B5owbJSiiPFN1Jd0MiJDKxZ+lEgSHUaBBLWw4GyG4BHZRnCaMpJxvgyiqKY6I8AwliWrtMAmdF&#10;8Rlr3O6ajAd4ItIEThKKJq+9uxtrP83x2iL9O7MZXG+CrdYkjA6CQcRGbhmIRZXwWj+TnM85ZIu2&#10;FaLi+8TTuo+kkUwsgFy9NcEsUjgF3ANwyMGvr97hcMx0BeV2vkX1YcJ6YQQmADUNd17O4A/GfAoI&#10;Dtwf9S/EV8t7Zo7oMbulM5H7Vw1maZkAfL66c3uHv6s8nfE2EyMmZkEkenLyRosJ1G/dDLnJwIMj&#10;xMI2WhgSV8axjpNvXoIYEZtQg7M4XRbByt+Ta/M5EvwGj2LgvcB4Xn2s+Fwtlz4DYl4IkW0fbPHz&#10;66YlYyJdG24IrQHDDbXE3xDWgjtsFiEXxtn1g5Y2hxNI1vvcFmS0/iFaCAlS6PbXmJMkh7cQ/3pi&#10;KEWrjLR71bDnsm9c4gRyRUTpmaBTKdwnySJzVkPgtXKdth6Qv5RBsbcv9QVc/cd38xDQG/uLWCV+&#10;N56G4HoTgFN4MLI2dpaXtLYlqNNnTXI4j7RmQQ+mO6XxeEI8sAR6cF6so1/MnYT+BCe3skkXXpad&#10;A6FKQ513M4X7gn0uWjsbosLV9LLomNqMGKavfLHW0RXY0dDBjzcdlTOy8tlXhMLBaBcMxtEjiGFe&#10;YIIJC3yUQI9WcqPFdRvA4sD/S0mF8Khe772TFRVz+tIsDS/ny5/BSB7X13xcIhqU5b6D7pNSuSVJ&#10;ymqAgVk3sGATTiwgTG0e9XM1sfVF+J/6rCfmtUOeqpBSQQD6yiRIy9P4gNKdPcpoPyjD0+3QJzke&#10;EJKDy9d5B3JTfD3kEaLvLkmR6mDwbkMHzvBdYhsih3RFo55jr0LPu9mDZjVXyBDFz8FhqPlm0r0m&#10;p54drY0neMumIGVgQ7Wsp2WDhfoQvJwArqxC7hxZWP0DEP1mSNvOjoh5VCSLAN2NRLHBldTebSiY&#10;ZIrbCwf7QPRXinBCKrvdTD1eU1D5IfNFDBvFwb1EcR+1lwWmUyH4MTuXRTYZHqhJUFkPCt6np4MQ&#10;8HFlodkMwIYrnkTtV6mhfQ0BoNgMACcTWzp2aWEHiZ1m461uxRmE1oIkT068/pAo6sq7o328qUUy&#10;mtPHCry29X+EUuhkCARzWVxTbjlqiS9BbxjsDbulpfEmzAy+gzIIdQxSxh3E65EAj5l2mygGydVF&#10;DvgkgiWlULdrKyz+ZHTWR1jpFSnVqgclnq0WrpWrCgfqkdweWznczkdCgRlNJ3uJwDVIHg8L3E0r&#10;RiZipJfJKAB1rW5F6p4sh5j7Rm1A2XDN/jfBNukbQcBeRWirzd/ddi0cdB958502SG8tksuHyPgV&#10;PuM3KiMBNkvyyBHCGXnjHOGSslFVcsHV+fxeqNsFEEvP096K8ukssC9F7Et32Rf3eCWhIa/sQRIg&#10;iDknnjqxlxvgYWfJJM6p8Gf7dfoGXoTRElDzc4yp412CYe2zM49JPAOQ7GnxNGZCJShMARXlj3J3&#10;iaohgFffkePPgIajJGD03SqFE6bXe5vdvHEQD34xU3PQABhIaCBowBuRbZ6YO9/QJKy5XpmqFlou&#10;iKurP7TD++6QoBBuC4ii4b5TbghbGW3Bb7CO1EY9jy5daaq/KXasJnURBQ5TRtrKrHmmUZDdw6tf&#10;KMHaPpslNXr/PKmvox90d02T2LndX0rbbuKY/dCgeWq9FBUSkuWTHT5m3VHczWntqNpsnNhphAG5&#10;L+SuIjQAj63vnauoWnaJXMehYMt6EMEaM0ssUS+vve5qTa3kLdSDrFNiqyaO0qwtzws+Efzme7yx&#10;fkvdbJnQCkxaRHgwwHQEevcpfR4yJWEmiIVcGKKvMqDqGsBudxeDX9WOBUJ0fszgE0qyftDZ/Y5b&#10;7WvGUTBqYwuqEaIJuUzCS/PM3720O/9EqNZ4Fwlvq3VYqog70mhQgkAQqQxzDNDEloeK/aFX2g/S&#10;sFYG25myLcouc0UoZsDkJ3MN5oW6PDjo3ifs1nIdiKu/beseB6Vru2Heq1aMB+/zf86ZMI0sfbYe&#10;57rbWTWkTFgNXzPIkA/Duo9TXJpYWgH7ePef8KRUBlX1AdkopYlleeoJmQCQuR7IiVO8CaJSih6r&#10;7WKm6kHS6p8eb1QIImjoN4W2BvWl9L/B38dvdlCzEMLRFHsiQa8ri3gC/82xn3CAiI6nyAXC80YY&#10;FAwdw+9yQfr6gaS1T88kOECgLDNRZmvSmX9SpwXUNjVLf9JBrX2Whis2OL1+vkHCkohk1qIU6Uxf&#10;5FXrXN3eY6wjM7gLdgu+WQGebHpzC+9GrDAJzWF2tMOUAnPt/FX4ZBnEunK7PcAuTfWr0iETI5VL&#10;RrNuKFkI8a+kdhMpUmJ4uwircYgJBjVjmQLPCah0XEn4LwFTyx+cQG8qBFHxl5PEoMpf+CoYPCoo&#10;70TJAYSoiS/A8M4lujiO8YO8aKKuun0wwJ+z/zaGFJd9x32SDbGtJmXhAFI+iX7yMZU6+Eyf7wPi&#10;eUBEwD/BMQLxQVPeOTunJv61ElSWtqBxNoW9ppEtgCTsQ6ggBG+voom75uHaySOWREJyvVVYFYG+&#10;BW0l1QE3VlWHJ+TXoFTkjrpq7CBM249uBvqmWAI4o+zlT3ewHkbCfbEou1dNofBHzmjHOnPOjcnT&#10;OnGqtJ798P/N5D5WHluX2yEKggXv+dVDjMZy5rC6pDS1Lle1fKhlRfIGdPi06Qq5doEJ6nim2CxH&#10;JnqF09zRFx/WriJKh4cX+kb4tdnwET5tgn6vhTabQFKPSGgPvNJeGnkQp//nkBEZfjy0pCz0MppY&#10;Fek84HKgaiz3tNvY5mmkeniu9YG/G9sME89HQEszg3vbQBRB/oqmD5lHePu3rQ+1Cxohw1B4XuH3&#10;K/Kk2HLlaxFM+VNE9AWfIqRieo9Q/NMrz/x+8lQkKv5bZwIz/ttPkJW4yRHooUAr3vaN1tMslELC&#10;WBXwxNhjXtGbWGet4cLpXjnmqvdQJIP0ookAvuOrQgeVAaP2UclEPm//XefMDELXyaLAYle8RlcQ&#10;NdqKcM6H6NQe0qrsztbSIBQDEagvyyQmLwakFPCHt3irbQA2/nOkfvJ20gC4DNqVfTS4qFOiQKzO&#10;o1BFrBELKl5FQlIARNiE8qSN22MV8s7j8FSsuOriSjA9KeFac1oPg9q7lSTEml2FasGynEYDqiun&#10;GZbsJUDLR2TF5VlQZ0aON5WRLxMGFjEgMF8Uz9Ohwbyk1Yr9ajGOIWVEjq60s3gZAxAVS2gp64jg&#10;pOTXdiI6wA36QcqHJPyQp+8A6AVbBHMSpo4sDW0P5eQJix/EP0PjNHVLRokjE4xpEOI0kU8zVFB0&#10;lfWNbFwpEkMmKhiKxs9qoWa8eYa7XsJekvMV5ly2ofM1rdD5fcPFEtAYUyEOd/xagufWL4fYH5fN&#10;ob06m22R/tzuT5/DyVLjK8+bpb06MqANc1WY9c76gIM2SDkSNFt6aPhylB0kbGbVsLAk13UxmVo0&#10;6EykktXxRpnkbBwgrUg/14p+CaeF1ZFGdpQtLDszI83nQKZr3ZVnvMuDEkrDmqcT3JEx6B67HXFM&#10;p1kfK4tfDjZVgOv3blcdF9mmoo+JkFTz5YtzUmfVfzRBdMHaTXAMp29ZGdQXmNnRw5MF4mJVf+oI&#10;RpSg/B3axprqLcF82IQ9VroMAuj+UknUOdBGfG+Y3fQfmOaQJxqoioSYmLwoJgyB1LXvUxIoL6tO&#10;TL4UkkvWV50CBZ16utr4dtVJwr+EXlEwKBt185+S6C/Zw/ky0KNaExJR70y1YzE4ah2bTxYlCzcf&#10;qoFJLGWdpqlB0Dze1erKJPEQ1sPT3EFGnWaCI5zOKOC7tCqsrJUvAcwcjJNbxQMVIGjqZw1xEpkh&#10;QJrv912ml37/GTGqj+IBhD9/UF1Hytq8mWgm46Rx1AaBjcbrutqkqZ/YbZRorrv2TzqzRZSkRE6Q&#10;BxHynymSd8uHvwM9F5tqobVACmnKlhf5MLLhwyeIip+SIW0UoW52wUouZ77UR9hs2P88FjcQw+GM&#10;5t2kIfhI5QB2bLvAlW8qL4aUUEBEP3SRX8SEFAplyV/2+7KC7pG1sEOR9ikxMG7TomwJUp1M/Rr1&#10;IiwU7qpApPf44m6niBTDEHVW6dg8gG3uZ4P6oC1A/xpSPSF8dXrkNLh+S5EUjElfVDfOOHZuQotE&#10;gAGRR4ZRijJb+Pfwnx4A4qUHnFBN95N38fZPiXaKdUMBaVunLnZnD/lyvDbvTHnRjMEL4HJwVQjG&#10;HmqWGTj2zxGQJfaIoWYNAkz90honXFS1Spk614wbztKFMJDmWhTTkcpwcLXNZNZohSXcJDfWSTj6&#10;W9CY5wFkeemG8PJfplWPkqtFrNKaDK3ztgEO+s6QDGRV0AJEd8Pe7UZV/bj3LYbyI266GeX77V3I&#10;RyzneMShPaZN/xAX4V10KrGxJeob1JWxW4/YWPzpXxWqpJmFOewcgjP0sqDKkXbAFcAQBDD0JQD4&#10;uOo42i2+YkCOfSivg944U0jchn1kddwR9nCXaFxKKBX9L8VDwa+AnrMsJMGGJpDjEIjKyr7fWYfD&#10;JhPcAO9pfyFF2xvpsVlX+idN5g/AAkom2QIgocXCeeNMau8gT27ZMIKZcdFhfU1lklPSM343RYoN&#10;HOeSzim0cejj1kTKHs+Sd7e4m0/Q/gHiYawkh7KQHZaiVgg3L1XOn1c6eJpoE7zQ07QhptvFjsLn&#10;yy4XCVnLjWDr0BiWYlFPQX2sS0bEgx2NLdxagdtFeValxGLj0F1rLd1Yzh4FcSkbP8LIJ+EbYTGY&#10;uHelTmGEr7eJ0HWkK4nVEKIeyqSp0TY93AF7QQeLVNlEJ/rdSIulDgbMZ1MyeP+O5B5CUsg2xtQb&#10;YwJqFMfKrgiUt/TP0LjjhiCdDCKO/m+yfhOiYI5umidzpneLd4lcRdTjZ5LDj7XKZFh7IZQuiMyy&#10;CqUB6YKV5dxWE83GZvSWwmJugCYZxfORoilxCa84pPBTEQmdiIN4OjVwyeDR8ydOwnwqYMZosIRN&#10;biqcKMvdmQbsfxqXkCma3sNueaaeX25JY8DQLxLpqNBH3ypjSgvvnh78qpJwPLbpuQM5WffB0fCL&#10;O/KL7d5kJZLEguTgENTyHCgxQwyfZJX+fpOpdDjmJ/zM9S1uSoMFUUhXA5Dtzu29by1xnPZO7T6K&#10;LXB1v9dFkJabzMjozJnBvKoGoxzkmJembaFRnEnpWsZyySqLu33jtxVJmlz2PEhxGVLFZF+XCPqm&#10;tW4r8MEb9kq09IP44h6SIQqsOAiK5T/gJF7+ZGTGSd+5ZK7JUTrq2tDe5BR3jaPV/3CGdvuwwNKy&#10;DYojNZaIQAMO2IRIe/ShcWMHG5t10CJk26jldUQS4w/Dsfoc01L8ptfDGA8X5Mq+c0cOxLIh+1wo&#10;90gKIbzwkLNFnKp6A9CcjCizRPUEK0vqGfYDySLYAHhiZcDpZyhujLhpk0Q+O84gsr6yqyC1nr0L&#10;EFVnXbkvMnUgxeSX8Syq1Y+cltRpNW+p1AMURi+OMrMISMfygogSyYlxPdfQ14eTyvq3SQGMYXyP&#10;kMqEnRioN84R9uv5ViTYMlhNFqKJ3lg+1bpJol4+08sBCEdYfwlzkIwE0znMhY48mEeE9u7iR73S&#10;GQx0hxqOUel25IhutikcZPpVQWKLF2ElGAyjHW9NjXEzd/5iHs8gmOpM1EJyqfwgoY9uEmz8EXtf&#10;8B6SH/w4Rt4NTBYJHdhHjYNyWvGxWUD1j+pbJG1LwAhCQ/JxTod0Uxrj5xF8dheSKAZuTXdvCSAM&#10;2CiPYJvJBBSs6+M6MkVR8IlC0gjqhcok5Vfup98ZbgH7ufxwjas8jaC2hAtOaUX+N3hjJK/Ckqjh&#10;XaCJKN0luHehPNDxvfr+b57qlFxK4rfzUh1PbvUEd2Za9j4wNMuC1txbTOy4Ng0g9rN4QcUuSxiU&#10;KdkgqZEouhrvCD7ZLDJFzeg3Mt8+14tTij8b/LUshlWmByZxfnczpVYotMJyVAdpCiwT3moCB3vJ&#10;OQNfBHzQkka9SttJ/d+eu5ji9hrfnluIlV9sm2pS6wRbCmepiS9cI/NX9Qsqfzc7vfS+E9kWQgTQ&#10;3WGL+drMKU27c8MNufhQvf/ahojoJClvZ6D4RoZS/YvUQBK40YNbTh7pxyFlbI9CtoKMcCIs6qCm&#10;VAm44uYot6E/q1mF68qQiZSoglwjbZEZw1JjhLhnG4jAK+3oxqKyR8EOFMnBUJrJkGBVXq+MOEql&#10;eWUaf3/xZS+XnHjY45pr7yxZKo7+WwRdpZPG5YwyOg5EkzNI9t/N1LIKJSIgeXiwukeF6qyMk/GZ&#10;bCAsLMUGpZnRS6lRjGRZJFMi5cOtPZj4IXeA2lK0mP2JADJtLoUKGkJcnw03xcdAmQqijZbAE+Cx&#10;FAkJKmjQFKl+gqjTDbaogNIgZFKFNGIZuMkmWx5k4/oLjK0BqCezECLH00EHcHVtz9JAVCZr+6za&#10;wIn3DI9WIQV+Uj71oAUTuiVVS0ddw+6TxvO7AZSLvauwDQgXCPx3Xy4jzkE9r5JpwNoD+Vfc4mnD&#10;gyc5D6oxnlIj7dqQWwPLaHHFClc9HwAGaBSpxL4cFYED3Q1XwgHvOiVj1qUshWnREcQKcILfc2Hc&#10;RwnynPAFYwc78r9ChnTTWSBSh6hE+I0WgeSx9bwU+2DGw1PZpVVCYfylm9dz/ihnFG0qpp017Whr&#10;0OeqgrpcbsRwFzv7y9pBjg8rM4EpX8xbSNgtJr/Qm3b72xp4L4wAxy3sBk5SCvQpTx4L/hztS9my&#10;vCHUtwy7PzCzEZmJGI+wQ8Z/x/h8rDNQkO9aX8Qttbn8qC/uDLvFI2k9LAHAZewPgvQ6VjjEtnli&#10;fpj5VcsMmlcROkvh+LnAP5AqB1g9OL+AI8ok+QolntwJbEiSbRZBkkhgChmABdckHQxJvbuXWGg5&#10;e6jqUmG9bBpfkt18oAROcgZW+RTyTx7lD0iKkysp1taZBP6STtZG4Xu0cFC3EkIABe0zCiGBAoPN&#10;miQsTUfzdp+AeUYrBdkoWhBAp1TIzuc6RaK9KMheY0hpRn9YPQexHi00DamRR4gSekUk4DFHrrxS&#10;RbwcFycQJGTPkANGQyp0Qdg4Eo8qLO9u6hmC/sUKkzpZ5f1aMUyYi+y+Xyr/DdpX+RT3siSq4uaG&#10;cpmDKCDYESRXZFGUqebBJUhjLtIJzdRGQzTbuCuuZzeYtK+wk2UKXNMtj6LTZ5mtrb5QPqM/EGS1&#10;+u7IVSdiwjrZog6RcIlySa3bJjmRghG6yCNBqmIwy8aAaNshkxUNN/DqjbpP/k77R5tRLXgo++wM&#10;Qg5H7Kt2+WufVkCFHCG2cnh6reR8PMn8Y8TpbWeLUC0D4Kqf0TEEhKgsSYqBP2bJOEMfmE/Cxp0N&#10;Lbx6MyifDsCl74NElu7jqq+QYijOa8wYbRFEtmI+FMLx6gWZPe5qGCR/teK+jYM7Lck9ObwoTvvg&#10;vklildDXhCSfh4m6QM+tUfeFByEJLTpX7knMZz9xCVzRlqc31xmPv7ZwY8C3WtEkUt4av1KwDg7O&#10;K0B6GI98u7FEMXeQXjCPXXpjFQSnbeui687qcnft4MQ54Sc5JZDm04wKTN7qqJ/IxxlzUAzy0B3Y&#10;z9CeoQFpoSKQyIKvqDl3vp6aE+z+4tp60gYOITn4elhjApfgBVRJP5IPj3T1K0nmzlLwmWv+m6Vy&#10;ZpCQFmD0nCgNaL5NNnprMiAQ0ArhF5T3XbqUpZ+mBKg+aI6XaLK/cw1mhfiAueOrOrptE9u8Zw38&#10;o70AKK76nkU2cHdwXKqDFUICV4YjpMF/OQFZXwQmj1D/baM806L+urkHa2uXWRLAjMyfPZd6l81w&#10;wUpm3J+8/yuANrOWZyS9bDtLRwNxAW0cbilbFzTevQiWvCK9bInZBfMl70Dy4saTI6W6IZjBjl9D&#10;uueddAV33P/W+Fo7kTeRxBupCwVbDu2Ow603qCUlgwUhwlSmnWvo5pve6qZlj/XKIBhVHMkk6Ok6&#10;djlq2qSC1/5BzQ2NF5g+6ewKQ+R0XrYoERsvA4fml3OUqiEGhgZpADENaBJOAZo4UVJe03ru4WA5&#10;GpzaUDnChkSrx7CY1NfH9AL4IjzVDZskjksJraPNbP2Viwh7tDopYQRgN76wAKmynJFfYK3ENC6K&#10;4KSNuIQtl9ShaMWOz9hKoH0uaiML8Y3rQlESRdIcNDQ7rPQiFCsJtzznCUzRDOOm14lJXt0sVW41&#10;vDmVfyWTtRvYAqwCzfYIO01j4j/cfh0UxwCT/Rjvr6V8QhNzNECuS0TncSTcaGFC4AY+8fonUR/Y&#10;OUgECIT/zXoAEiVqMcrzFxE8C1loDqxAlkACnjSCfPtDNSwMIkGnSCV0bAdzJBS4qIjvWL666qdI&#10;YGH7AS6cS1cSzNUUVpdSqtYrEOM6WpTQSK6nJ4U4Aw1LsYjqJPOFoGGIUQ7RXeVuRw7gZrNoMZ8n&#10;COplpmcQnifsfKWz9IZwO8PCPfts0kY+KQdrnEwBoWfuv0QYLPKHA0KItF5f8gGsI5E2wg1UecsX&#10;blgNArsCvtRNrrzjzzmNRauGMWm4htiaweRYTgA7jEnLKp+tzSehTILeIOuNZGfTi9pb1Dz8s0PH&#10;sf5GzHoOWO/2u9aY+gjNqSQDKXBZIxb9eVcO7Gzs2LFZKOlmketDVMmPzSXWSz/9KtQxPEcgafWf&#10;y5KYSY0Nge6pxa9No7VPF/ImgssYBCYAbCYtlmEzqhkyIr7qwEr2PQbiB78zvjDKHd1bDvWaDa2W&#10;i5+ZUnHWIIgpBl86TIEO4yD75CSlQjulAdsCQub9hlannSOuB6v/hUML8uAOYXb/vROrLeqQsN3C&#10;27GBx227x6EWaCOUiLrjDZlE68stC9B8X8hy6Lt/l1H2WH0VnOgp8IJNwRyojpMMRTab6jfg1YQg&#10;izgJ9yAURsiD3d5EMHYhjqQZNSzqRMs6h/4H+14r6VTOIbTt9SKLbINNMIldjVkWwdQkzoEICL/h&#10;okxb/Kf0ThnhooKY0CDSrjypWrg0U7gZ3MDBYqMGGOsydzwQo3FQbxVR9kZ1GqqFVBTfK1shkTRq&#10;7qBCUZBmgqj33Mv/kysOxkx5HM3PI5ItHg0eAvrYkdTsG1uJL5U0AaGwBMomNCEt8bsLOMAWTmdN&#10;fUEshXxj3kET8HNtSqO1m8l37fMau2w+X6R9F5p3ZKFF0/JZzidR9YNZS2Gwo9x0HeorxP7ZqvwR&#10;ACMg3N/49Q2wsfhb7hhsbdKHlR0XLkqEaVkFUrXlbOvPHiqZBdYkv6gaauLofY79Ebx1kNIfLGhb&#10;Ejk2tiBCStpeNtK/w0SQ20AxSDnISlCSCMWHhhtHwQoxivW6sPHc6dO/Zwl+K9BsoUGwGg+RLZQX&#10;SIxMfDjI4yaN9U5Lai1pnHAe7QJ+xbKD2nARClayCVoWEr40jwgY9PPILgkJJwqOybzC/qY1xSp+&#10;M+JzZZT9l0aaQ7eZIU7ohTsSsj33ShOs5T+zmlr8dJyi/ajY6hMKoPL2VthA6wxxSNJXDaj6lGOz&#10;gXACnhsLG4/jTkQd5367GbwLvOM1EogDOu+JJ9bMsP5X1cmUJRrXEH6UYTCPpHKDH+br90058O+I&#10;m/T1Z2/pSxkDzk0V0V4nt956twILQk0kLGxksDdRyrTvVgC5YBM8nRnj5OoNNWKBrwPwuoCYxfyd&#10;eUVQRUXEfdM8GiDfk2dxDeS5qgAuaSnk5MVX3FMsjn/EUrbDhsuc2LtIi38ZgNbadG4navlNLgMf&#10;DRExc7pll+2gkTMrQzZk2xEK2aL0ppXc7892CFYL29UAyPt2CnnzGDcAVHYr33aodQAeuU4ppRld&#10;YR+P2BtRkHV6SbdC5c0hlokReG6va2sTZs0iZtIE7skQiqUnCCMq30qn0dyEzrSsFbqA1KK2Ak/D&#10;yPyOLnnKk9wGo7AymABe2wbkqIvKX1MZPl2AOa5PnIfjlMO0IWrUrGsyTX2cEqyDbEosMgLEAoc4&#10;MRf0RMyQefp32OEG4SUd9mEI4BNRGa+owAWR8W5T1es0UbjRLhCJjXPasokIeJrtuB/WaqU4mPCY&#10;nYi2m+DAMDSpTHPfiV28ZmsIaX1zFbMNLqj/vP5fsRILF4UCSUhGcseLoCRqwjhM69bAG4tDqpNp&#10;3kzhoRTzwQmvu9+P/pJwfAA1Q3l4dIX3YVRH9dWei+xb0jM/BP/mRIH3/TcogXunVn7o3i4moI7D&#10;DsfXR31cYNLJtH7MdoXMBRpL/Ql+aXKWHMQOoxjFEHzIxGZgiTEK2oL7nQI+9PMbBAcWILL/VDeo&#10;T4P7eFZFPvdx1VDPxaKDfyV+UU+ge+lDFNshgFR+krw1iOJumX5ixqIV3dLkaErtXK+owzzmsVLV&#10;45IXyCaXk3vfgU5NQrBCJD3IClrwD/qsyjXt1OkQ+PhMjGvBKE/w0kTjR+HMJIMncQYZRV3BrYtG&#10;AXcySnx45kl9zaMBCoGMieli7tzIMwMcBEXqakh43O0EdsCY0oLMwLcyinUNUxbEghRWD0cPUQnR&#10;/pHnyYC9LKQXVyVzTjjN1ADwkXItNj5I0MRXvN8+iqEbO7po4MYo1NkGJhy1lmmMUoqP22Dlimsw&#10;EKfIpKj5cgNJqW4XXG4raHBcuQldQec4NdT2fPmeCeLoi0NpONU5ojAmZVucUiWD8IZ5cCI8akPx&#10;8GmXpIdQ4Qa9eSFZzgxtazXH1e013gUDTguy9vQTBo9tLCIxPv9nbtGiJ7X8BpypaEWFW3bNBeiW&#10;34ADiyLdR9b5sX/Oz5y7yzZhCTU9kEvvOQK3JAwCUNYM2XQjCrcSkO91C+bst91+Olw6IHdE6xG2&#10;JusGJaLfAsSxiuY8MjzSjkz1YEGtE67YkGznlxccHzc3S4OZ3hehWjcv7SwG+cZ1KTet7DAwM3BZ&#10;q/2SlL92CmlmQ14vaO3oNIzSuj2MM2b7yUbr9Kjk1IL4bRrbHqCr02VHeT7OTXYd9woJKEqDkpxP&#10;Nb1f1OO+qVtDRh4Wns5CClZuZCJpD0XQz1FAKTXaAkRX36hsq2R+JkAHKhCJPAgJG4o7iffYTqrs&#10;7O3x4zRPYWA+jv/F8yxhtU7GQiNcyVzfPnRA26+VQGE2AkKZIosFg/9HWW3fyAb3U34cjJ3v4/0j&#10;//FBbuKKXjTZJep3WvXS5ROenf0UM5fx7RbbQupBxd4GJH0xUrtHzajsON7O51EyCd6xwgNSQISY&#10;CreCVWrhE4U3r9RhC6kgenfYjiv4yU5spDC58924wyqp6JsUEDJ04AJz9AfDiQ/fB6cIFKG5/Omc&#10;mGSFbkoQb7j3tijXUnDQL6G1wAlBWlB1/DxehXIFnE/eePTXK4B+9I23V79NjwKc9WkDSdrYuVy3&#10;SlGHE4qf+jFhVJQDxaFRUI81S/w9zuE3qfk3SfBqVLDuo93O500EaPILOYjG3pYmkoEYx7y/b4VS&#10;VnsHO35JkwJ6BlLH4i1FndVw2V9/Jtglok1pr/e5oeerwLgYLe9v9KvOudWzdBGe5LYKaZvotMkt&#10;MUr+rcXoi8dFUqYpYY8IMTQMH1XaKuIo/z5Lyy9lWIx9OiJVCNkXKN+srHS9tCg7KeJtA6B5ztRl&#10;dHBakt2RJufJnUOccwczSV43HoxLj1jNTtMD5Z8NECOQOlb7UgHAUY0R9lfbqBd22pIoxYBzIohZ&#10;c2ChUyKi7AjWm7/2n7YGvZIw7Ns8n1plg6FVSLOmeZrIKzdVGBDolxTBXZ/xj4gqh75us8Dn+Yt6&#10;S6nX3WVycLblxi2LM8j4HDzBePSilb7RfuEIObo5E2raGJriP18PPkh4jua+qPtMZ8bfAttKRZgQ&#10;PWBqc6g0tb268HpbpNwpxDsi2gzoiGeCdGLo5b4jwa0NB02ptVjrxj8ICdTjkN3gwIzG0Cf5ZS5p&#10;JStVZEtf7Kigp2e4IY4//zGpEkQiM8XWNdDAIZF9hex0RnQbjzKP9GVB0VXoslJa/r6UZEqYrPR1&#10;ZZzpuFceDwOJ10NI4pPYL4M81UAaH6fbDb7uFk7cVXcxBEaqfifM/LW5R81Yth6y5SXQJ26QQyum&#10;89nwmksoQH12gmvQ6TMfpEAOV3CzoSxHlMTF7yZ4nhdTL0qHb4Xvq0Pll7wJ0VfZLwHbiRHM9jb2&#10;oAF51i8qcG2neI7qIVbVUol8laaiw6Rv7TUy/m+XmInCaUlij5YXNUo6XPVh+sXOp6MRf5LNvkRD&#10;2fsRZArWQHiJrMiTRHHv1KVlLkE8PIH9Y00M5lFbZxAlrEL1qi4iQs/tU6ekmlqXLYPsNe7qd32e&#10;qbJsIKpSO6/DGkQ19wwA8aadomNOoYBN4YoIhsh6zJQ5EQ65C72RwHl2LvCKwbCji87n94+DjRlF&#10;BBWDCgYtnlBwy/O5GCwiRpIANhKk+jUf4mZp0oO5f7YiWgDSHxDN3DKekRriMX6KmlP1fcMcDyQb&#10;ggiB7lQLBXdA7GyHpVcZ4JAIYgHAAB8oCDERTRz+G4S30Eh/likrqkqrtVl3ya9klJ0PDsMm2uKH&#10;+2NHURuOJ6aCwXchJw8J86p57s1CGJZye8EA0bxesKUasxAfdZV7BbDa2kLKeaxCEHWQdVi/n9QT&#10;abk4sJwevbgqCZ4tBhfwia509xEJoxd/hDfL3l0zxgakBLTAR0TxGdfKP1qyQY3C2kiQE2mN6wnS&#10;KOgmL1YsxVJShRzXJ1ExJoU+Aa9CARQfmsQRQ8zwNsaf7BOvZv8Y3Yya4dDGh+ASBFsn+uQsXZwH&#10;R0EOkiGxE9yAdXHtCI4BfsM6g0UMeu4qDvJExOvZ0S5BJFI6eq63oKbfqK5x7I8CDPoiaKMAmnEq&#10;e0tmtHqjN//iAAKC49yIC4JsR8HuWqEOedONMzKwTjJ0FtYYO7rDhNM0BPsiMuihnhWbypM/Mrt2&#10;RZS50fV0crGNORyTyZK/CsIPGayU3MMgZEKP5qWCJRyKNV9n4VIIoRq1Vm8Qum76x4y8SVaAUs7m&#10;Owl3ilmOgP2oHXTZHyDJCsUgLz2P/tYLgAFnk050P9xisvY7VfHdeWWuhNpbHcL1+NapSJqDsDdp&#10;aKMObbK3cPjJlPtqamApvYGh1pVw6VERdeccBO5NGWeYvZtbIp1E4Rr7ErssbLZTyJuYqEIz3+92&#10;I9Vtp58QqOu6NFV1MS9EBZANnH5sHsgQiSArxc+XfaxC1t4DCMAyHW/lgo9kvcw4gIPsRN0EDtRD&#10;AF1ufxBABpHA7TJb8hF8T2XYCA2juxVJ0jRnFsbrDkX/BTMP6eJSNA5CjexJKpTN8kvXZPl2MAdB&#10;Fxk/lNtTwSfDxPQauvcoag9DEwONkb+t/WoatbCtHLmq5LV3tyC0aFiS7JbJuZHYwyd4yIXkxFp4&#10;b1XP2vMVGAXPVl/G1i84xPM/h7UyNgwFTFOfYbGcuGl7vJxZ8RUCfOAA/WQR5VtDdU8J5LuMJq/U&#10;PiPNbS9QdOomgWpcMykAAMkfYX6C2WxDSX0fdo/slu4I2CndU/zEy5NRAbLorG+RqzbLJMhiqy1z&#10;Z5KEXUZY7lRXQMfEy9R8GR8msNm+tLyHQEDjFAtmXuaxqU9GJ2YE68wa4wYOAS9KfA6X7Md/a8FS&#10;8R+csERzb252mwtwbLNIkeSu3TYJ5trn3iRwhxE7COG0eoVQ6j7J8Z9kVUV0Fb+vHjfJ988PR8a7&#10;m4gxRTHocp5ptYpmzAaohZbA2WKNA4pcmmCZIh//3+Q88INDxCbxfNOnnUcUFBS0EGV0a7FfRblb&#10;fXM/SHLxyeM8B5BZ9nsdsafeFzDjjnpacJ2VKMHLgyHuUDXrLyIn0hiikI4rEsjErnIRv3jG9yzE&#10;jqAuBZ4ct5k5aUphjwhu2i6QCuqHoOegp2hihKMlX4twZWVuAsOrLCwVJ2VrPn064QOEC/MMsuOr&#10;4jTw7iQ7wGj9lu3LCROP4NCwhUhGF9gQg5sB2RbJk0vmeypMLEcC9QVN65g8H14SGbykoztVP1CB&#10;0H+vwJH2+TRsQ8iU13Rqf4EF35nauuY7dVCoZAIcLG0xGES8Qo8L3boS/yHH4FUT6P3Hx8GIs+tb&#10;QoRkI/IcFQYlq19Qrjp32wNNjWPVVLFq6ifugakfLPRPxlYi+ubzLnAy8VKXY/NtzNGx7DLzYgNg&#10;wdGQ2bZJu/cEt6FCF6KlRx+upXKvaoEW4nlYvxyo9YcyTebCoQuIrMh+0uSgsytlTYycY2umrXPr&#10;TiC8moTU8/Zw4vvHatJWVJbM4gj9J+HPZz/bJn9vBkFo+JLtfYzsL7Sc8xRgLrMBmYUAfXayJDxY&#10;AJZf4IKq7sU7VmS+rI4DyYuq8MCUza8ZMKiwVbjqBqwRK6rb3Rlqx33JMUen4BaboedtAPIyA9SR&#10;h3jdprc6OCdOs0EOn0N/8yj0b+BwPwEDouzVqQ6nuwFh77gRcY8lhB1yNL78BrZPHeGDjISYCdYt&#10;ciot/KjXTPaBpFu3Z0j3AG8fSPQvIudoXsnA4sG7r/COYEDsVmQJPI2MsWOC9M9AGzDzlBPbm4Qi&#10;6gGb1ZzavTrHVkBoCxH8M1lI9dds9WSUlyN0HITAfIS2CMEfwhQ5LvF5WO3FA0HRFzC8GzTNDSaI&#10;nMcQRp23EMqC3O4BFKLJYfhoeJ65CY34lDbgU9Hkueg+I56KN5HnRlZQgUryU1iixLqsRGQJ6vCs&#10;Uz6qLBcSMJDVfQXji8EploiT4ROovNohL5oE4WgMP9LRd4ksZnc1FWeZ7K1sDNcMXLhSEJWjbgGw&#10;eyU0As38JdkEKBV30YAP4d9ObKG/zMNejvc2ZLklNGkhFE6zTEJ79vzg9EweABrQlMeea2qVNRWI&#10;1fF2SvCtbezUIGtJy5uEAvx+a9SGPMac5vCpOSvr4NUjR4T4EdDSzOVgHMyYBd+MEbVPfzUtDYKt&#10;30pm7mAtRONQ0zInseGjVD+t6zrg2xua83wssZYNp7phhRaGK58sGfddENnU5Nq9RG0HbpCZ9HX2&#10;INvE8vyTVbfntcAPm5E8vMgHjzuRklJAXkeidelHdLF4I/gICZ/7nB5AMc10Ohh7LyBJh9hmS7vy&#10;wBnq7h4tUfRLaWuHQFMNxQIqT4461PtZVyM4VYPtxpGKhkIK9w4rw8NkBrqXrOPydxCCceIoMHV7&#10;n/5/XUiQglkMn0cK5I7wJFUnIaanEYMuiayOFLuSTv5gzMCVSVVQ7lyyqY7YW8tyXCb0yFUzRrLK&#10;3DuzkGEYbHMQFB+GBDMvRYSH3iHEIwOstufR/HGlOHO4a6lNVddSdgTpULpxId3gGhOUizGtOcb6&#10;8wy+/kIx+6ZDeK7t6Ucitx+ClmkI8chhAPJfH+jZWscID0yHD5HBCCV97ZU4CHYLIpl/lPMXvuvb&#10;+/+kQRSUsyvAZtnDh+jefpeIoPs54fOn38E4rrB9kr/FMkJBzoElA9bdbCljDAEXJ9c+kpFDDR8j&#10;8qnhUJAFRYX8wShxG64C0qN3Nmev2p8mEPi3o2ZTgxmYDaECp88qU2yP3VQFf86F+vKhvRoGtj4I&#10;OjbSCOw2YKpjSjzFwvMSc8+jKdNq2TvXWuCDxrhLDhgKf8HLGUBA3PHJkJFjgkowmqyzB0Zn4pyV&#10;TaCNvydZr5lKhxoISW66WT0UXoP583FXveIdCzYm1ddKhbHd27E1rxLXkUfkLI0BkyhBVHUKh70x&#10;/VUsQxXpJFqYHInqD7IorT7BVvQeteAqdjJtaWJlUr15nfrSQcbJaT8Ov32RWCaYSXnP+midsEkU&#10;cSmfFfmstp/fJCShC/cfPABSJbEIxrXYiJxzQ9aPTHH0O2IZpR+rhqXsFhCw8UIUSZirFS6Z0lCj&#10;Ip9RNyl+GXro18+BeKlEFwA76FCQTzLe9DGJ8iZ8qvte3CCfbyd7e2D0QjgBqE5E0IQqyHmDkMlS&#10;YHMIt9F1gueimqycCXvmK7lCqnbOikynNz6oTcR7tYEt0+k0irajOZwTeIu1DGhTJBGPOeAxqrJH&#10;kf/XGEjYwSUBKAT8UTX/SQjFqwOIg+sCi/1d2V9qiMb/rh3OJsYe3IHOyiBof0rFtNaxQVj7/SQJ&#10;0oBHWdBsskjbgpkBmq92bHbl7RQhdFJo/5lLifucJfKOtSXy0huwZKMWQbx5PG231k6uBBcHEXj0&#10;K7nUvz7/aOdaLNiKUGpRl5kugoN315YKb0yG2v3zmStCTPQ4mQYyWeCXnH1dL1+6+c+YKqYVd3RW&#10;GjaesUOAFQ/cy548CBjxJRkJWosKobCdHLbEUqqCB2O6fUhiiuIoLzgFIekB7eNGsFQGoGx7WT6d&#10;iwJJUzcaoIEsxW9/yOI16sLA6M7MlsQ8/oxa1wgZbSVZwh9yzuViZnTQa4dKh3eku8GU7dz5ET9A&#10;ETH4s5Rm0OlBSJTIQrs0Iv27g4rejeHOohyIxt3KYOMIavq5+qlYF6vjjC351Twg8A58TMpu2/ed&#10;hH4azCHYwN5LRhYFBFhnusJV3wGrRxMC263D4ROdnDbpVjxw0wtbvsDTLShyJsniKsSSjRqUFbGx&#10;eykjSC4yBhGX7AkABu95rKixPe2ZUOkDO40Yf0CneUOiweJfAiQ3i40jbN8Wq/MuVDZxiZhwMTnY&#10;8bYRro/+Z/OlGHWbSwCLQABgucwGW3Ja07WJLA0N7v5cHySUu30QisLFwm3O1P7YIUjLJ3kr88+f&#10;ucVSJMgfRCgXkTjN0TMJ0bqZhUQnoBjJ3sSRRvQgeV6TJx/hmYpmwlx0bqLiru0GhWOG3XnKpJfn&#10;Y0jn0WJ4zn/He3kAwgaWW1Rz2pUVwHIaJLygyOL+ZMD0/eTK+L3XnDceNkaEcjZ5U/M1kRWzPgDL&#10;ImUpWFiZE8y1EIHkcYKhE6IsAgBoBTwayuHNnLnXQr9j4U6FHy0XNXXjdmnrFFApRxFGilLD5fT4&#10;FtQ/5wnyGH+/Ao2MUCCpzr4fv8Zxc4H4B14EZ91V8+OtMkKozoLii4zmc1QZ+BPgYtT3JIDKUll9&#10;VtuxHhEWiKbeijO7x0mbBjDzFIO8k0XeRkeEmNm8AW0XhIhM6xBohe/2YeGcNCbPE40dZDw48u2+&#10;eg6zLw64GzY1wTMR+7FNzhXRPZhEhkvXXavE8mMW8z/IQgTkrFW4b7awT3EnkIw+087lKABKWx/f&#10;7aRGfLCLB69zx43jvi5qnB0Yu24kk7kVZyouKc6wvEg71uScwJv60o2zv0mrCKCBDGi2tX5P5DXF&#10;eohILbYkQLjXwnI1DjYIw1/hraANoQC72guPWutD9pbzQj4TxplwuO9G46pQLHiLH11yD7zRzbfP&#10;6AcMCbAQgKVuqM4yXvfN+QGZLS3sCjlEWbfWYG9bmCM4t7at0BuojdJ2n0oMq0GTVSEpOFrOLDUW&#10;JE72cKmqWUO8SqeW50iDMqgghqBcyZ+57N3Y7oAwH9MAVeOR4zVPnksqgTT4LW82/stMkURv3ewY&#10;raCxkAxpfEDGdrpi8Z1v0npn0y6eAfqhim6vhJlKh7t2zqImSkiRjS1wAh4TrKVdj2WW+jT1eUSQ&#10;ASGEYSMrqBQTOP0HLWYPFp3EPexX3uix9E7yLwd/0+BsV88qFM1xDJhxVFieixeUEZHGmWU80Mlj&#10;lMImdsh/qSi0J/3jmLmMBk9HtlPygkDK0zKuADtvkRUv1NeDxwlhMU38OjKFGZ4qvghqh01tBhLT&#10;sUb5E9IMEu+xvoS0GjUk40UWbckQeL45xTCyaTlhvSO/rARUvJnQpWbfu4nW/ly3S28Bje7c5QsX&#10;qnOcsUoNv/94XnvHi4gLiZDW3VVdqGmtQf6qZHQM8gtJML3cJooSOZkIxKAV2qDzeCkWEqpeLa6D&#10;y4MmDLUZw6XrYdsCkK+HdJ9VqNa9kNnhvU0DIpxesWdqtRQcs2A/rarzlj5vX/JapbYRL/Ak+F8y&#10;2CCXT36XE4tzViMZhy7ZiE64eZwJV1CUIzDwLj2DWY41TLKUQUU/AsimxxTgwUfu5WrVizipYHqc&#10;PHOK6rTqH9zljk5M8kw8lf1Fd3r1c8NUd8nJ3NjuocmaQ6MZnz8MRhI5UOj9aPgLE00bKA0T9vhP&#10;9kPJhJD6fzpTSZaLmQFgPPkY/EUFLRY0ggS7W4hs2zystzlVTqe1UEgjNPFwD6pYOKSGAhw2FO+Q&#10;5U3Rmwu/2UMNnVZxZozKTFFivbp35Rp/eQmGLnAAN9q5/4uXNA33c+WDJicsp+ReYPjeLsiiRT/P&#10;idXZcCZq5DKU9BfND1x8fNhAXCXMyLkOtYtUWT7obsFsoEClwj8YYRINekZUozNb09HoVDzvRNWI&#10;ZGlNQDcK40twYyVNWXEdtmLI9MlqmUUkT+5qO5ARsiC84jThDwJWZ2GBpUiU6BPLTJkz5Uwx2t1t&#10;OMGPXxkSboiulpbIZRey0Rsm/lSBJOcx9LGkWOZtmfqAIJeEVsrWto9uvBAAZJXoRN3A7XTXoJbw&#10;UA/T9x64Q/9D/MJpJjN6YUfrNSHK58hx6W2kKXsFDrYLX0rNETdClgFweLSALDYwXFd/ZwIAgZbe&#10;dDo+cDYuIV1mADk8kfVcG4DU+JXEikJP5X3shlIpQKXiCOyqGCCDfxy4ng25dsiH+cQ5MfiAItyP&#10;ltsLmPfU9zsugYG+CQWXhEuU4bKnWFOPlK2aXXyY44S6TKIuYdfJdY2ze1IZPnE05+mv7IApypsa&#10;dLODOKUlxEyCXGK9+GbAyeIEoWJLaDw066dBFW1jNN7R67lKh6fOnNKs4pAPCb8NZ2ql6pRytuz8&#10;zp/3CXU5h6OeI/JHmh5HRUc88Hc9l3Mimv2Tp/XtdXzjMAPA3VIBqujBJ52SRRcU1Jm4knkoVsrp&#10;s9ZO/xVRwK2CxNKBMrCDB1w5uh0A4duNo1shqv2+Uhi+QmAT3SFmVwJTkOqgMY16/TC5RVOi+k2k&#10;duoo2Cg2iMOKJ2kVHAz+tFjPAAVeJHGrjRHzd0uoW4ZlLuOq7BOVQq3/z73jyZQLO4/at1khuQMd&#10;B6+oxSRZD5QSPvNHewiIaPY2LjAH4fAdDwUWeS5Aw68OA8Vv21ASxUm3zXQ9ZPR4rV7Ow27aSPma&#10;T9DAnIJoI4R4mm0UvtJlewZEmLXbNySA1zDeQPCK+mKmnNsxYUfEPqxRzHZIaT3FLLDfgyw5CQLf&#10;4Vh9gmJ/JS7n6q/xeAzIvPOVji1nj8hNo8bAQSFc5l5smKaTp0MBruKBpjs5QBrP96xZwHTayQ36&#10;HfNxvqaUU4YtGGzgnhjOLucKw8Fa9GJwk1vX/JFz72DHmER9cKUbDTeDaKEiQ/j9u4za17TaDS6n&#10;exnW/Y+oe2m9We34UlWEcAmn0yNgX+UHzAPLSVaHJNyAY+UC5jWCdRDBilbMOSu96MAuXnU3FHl7&#10;P2UXtWx1c5MNT0cuxVUGNWI9KnBFcome5WJCE6S2egsjvtsmLpy9tkzPG4qICPRn3d7vy9OOOTjI&#10;n7FUREqujKDy415bKjZPOpJbSljPAJAflTNnIkONYFMctdRdYF9lRqDOj/K8s9bn2miHPF7SwnqW&#10;015ln4iaDy16lqTJZuseysV8IM2CkA+vF6Dish0rF86yJkNFXe3RiODtwEZbbTq7VfW36FLjkL+C&#10;0/YraC8yTUesWqCjXdiqawjOSoSL1WJ9T5EdGiJTLQHhBPu6h3+mf5JCWMbg83jb6GMRCHTdgc4Q&#10;hSjgbHrzjnK7alJZ/DZl6/hlgC+loaSERZnuP7ZQlqLzrTUblPWon/j8UzeRDQFuHvSqoF4GuMGZ&#10;vA/DfAELAmw9p5M45MhumkcR2HC0m/YLg6m9CnudDrt83XoFc9gVvttOL9B3ljRBDivNQV7andZl&#10;YxTwOA4TZMtu1OPcBR6owAT/AhFXKuUF5Zqrg8Xs0Zcnmn/RCJkUb88RVMtNepgTiAyzotXGFdBt&#10;pRNRAtFx7rhBTLWuSN5Spxr4yw/xM03cW7TkO+eqv7I58tMcmor/1640gUT9AhZh5cGisn23340i&#10;sMXqzITuUL0UVcKVAwhR9lo3ba1ZI4BMeho6rpGoElZX0eBeIwm/VKL6zQsxbLOQqtGZlrQ/KWin&#10;lWOI1MvD1IFYe/zf3lhUxguN6JNzJnVkpx3tCyGYLXIOj+45Xi58uRuQ8rGaM/eaAL98nSAIJm2t&#10;1JqSoP4bjAwDH6cfPg8DOk/XDB1OyE+VBnpZCAWBlH7aO8aeV5pZztuNaqkVg3Wu8+lwFJPQqxY2&#10;t4eZC6CYu42UyUMTvAu6SmUFrTEa25Pvs7w29J4ILyKsuBs75mpHZwl/pRUr/yKMaKJfB1+dcvHg&#10;NzMLDdK5U5+8XniN3/ixMitbqQ6xHVvEAB4g4d8QXAopvHELUo46fWyZzT9DtReGOdTcBMwOiwOQ&#10;OvIh113ZIFpICzwG0dT6KjoIfFORjk4r1qHRHUpjZJkc8LWMgEJMLIDUBMoJKntXqx4OYJYJoLgM&#10;xiluW/rJMhCn4R7joCdcoqCESvGuEoMY5CWG8uYUCPlgp5TUjsMMm+aYqwz26DyLaWMaTqIxAQT0&#10;aT6MuoZHm3UIJS/DkNJ9qAbjdwcBjsbBFBAPJtg41jVQP6M1SNXafztQQgeSjmkqBG1jW7TP0krl&#10;GELbrXM13SD6nth8abN1njWbkFhoiWO6dB1E9CnqsvxAmzdkakmpH8YOiQyL/wd9j0wxxfOoMNiB&#10;r3Mdg9rvdjNb+1yi4lL/9VrsSMqaRhzvzowLtfFTRUcpXFh/0a0Tt7y0gAmtcXha1JikXh9O2zS8&#10;2tM4p1nMHsV37ry2XiQs+a45puSAR6yV8QVLkAPl+w7DNKB3k+xy/gaTlgJ63uiJgbNQ4JTdBX51&#10;kdAu7CuYrvBLoSU0FoN+AtM2uZSBPB/mW0XYEb2S+Kso3VKOm//IWqL1xrzWSwRlfvxsEX8Hh7q7&#10;BZNN1NxraROME1Zo2Jg4SRJggsTBm1HLNHFWosVRtygTfLFgpUkx5OGSG/BpAatr8CodDoVMASIN&#10;ZShGncgz9gzaSd/ohRcQfYmI6h6nszgRKKjmhrwy5sM0kqR8GJJM21LNgTkzKJfFGQfmOxhywlC6&#10;zpUsA0r5/T0lAHNUbtiOCSDO63Gvobqnq6pedF8FPFZyy5QpbhdJCPD/D/2/lJ0DoQPKA1K6xMmY&#10;8UYe/9rIFEVcVYVwQzsLwlDMqbJoaDYkdEmrUySiVKsoJZ2gTBjLxeymwouF5kw8vPAUQpVm5omW&#10;OJWmNGObS3z9vYYyxM5viFJCR/Jrr+S/OBGhodpUbsSSkLLbJBbdvGx3Y5mTEMLcKmNkd+9+9N9d&#10;8WWpE5tJ3XVOYj6Wjuy7+lCMJ56XXYQ8/iPlnNSGcWY2H7e1GeOdePFYkBmV/SNXt4pMScOC71TD&#10;TiJH90QTT1SFTLOo5NanpORGiGbM5EITsSRxspDEq6+x3JxFlXwsYo5S2Y4WLyEhe0OyzmYnZKbe&#10;/UJGCMW5OvGKNTbWXdHrIZvL/EQtl0h5EIQhU7ZVx2imRYr4rqyK6khi1YnN0TzkjDH2Tm9tnMXu&#10;tdEufczQTlJ1Uz7R/eZCJlfmr3EpMStMLncqEo5rMjd05nE9RWdX7jUiVm3r+JKeWV7mmZZBdJKV&#10;eULj06Zd+9en1ku3Vp1TbiqE/+JCi5Or+53FMZClyurzyU3/5vd6yT91LO9qzNLIUNu54plp98xN&#10;CQ1FAwbLY/rew4R2QjfTJKZ0w7LL2Vz0/HZ2NFYyTd7J6Jiq0c9MNHISM/LPlDKNjmV8642ZY1Gp&#10;0IZjn6kbuv4q1qtPRlkRL2WZWmWR/XTD9sZyyX5n5Fx6+YYveh3ZbjQzVZexztEYBd14Rjld7J7V&#10;ESqe5s5a5ZlSSUVmaHMWo5Opl4YufD+WxXPeSE8vzSRVVd+cc4W80dFvwmDj8GZTE+UejxWh8MIy&#10;9Ien5qc7V934iB8Se5GFFJqwiyKTqKiIdFIjFBYODVtkPmukym4LMztpc2r8V9vniiZUJznzSjPW&#10;IQrtVXvJlEmkZ/ERqjo7xduHyvN8v4jY5S+bUp08dcMgdt9YrZRiok07djc2ouKvIh6SoVPHNsIX&#10;hdUYnWI1Vz3zwkPxjYu9KdedDMlIhWZMROdR6RJHGK6ieYpTPWlDEten5INIqqTxVVdXUmq5VWWl&#10;cqW6qFN1k9+QiU31d+dW/DNERDpaL0y+8gndos6+Hh3VdUakQ7uJOpnimK1oemWi2PXK+ptH2XUR&#10;iuPQhmpo2uRCuhGJy8z3Og7tNh6788Xtm7SqPl9rOpRWXV3NX1G/u2xRlq6UsnLEajJjM2VziCaJ&#10;ZXdGsooI0YtuLrQbSTdjVMpIJMuNF1l3k7RyZ6WUSQmE64lYtJyfrZeptIjI9Pv1V0JEcr/P3plo&#10;wq0SzTyhavIk/MhcbshicyuV1qmTeunL6WxVtKuh64ZxMuw9tljtZmpGi7pirhjGWHqrn6/kc36J&#10;xAzvZ1QmZ52PSOdk2BfRjzpFZZq5Oo3GYqs4uao6OtdjpEReFj8hNM/EVnWTQzNaXUPw9RJtRiSp&#10;qnqM6TY8pTJmNt7HiOoWQ5PPWX+ZPT/buR26n47nI0VYxHAeiYlIaMxQJUPh3ErSKqmKsVmzGY57&#10;latvfNfSkdV2NmfJmEpDZ5ykTtMQf6odm2eIZqS5oUlKtjH7Y2ynkMYzyGIjNiVjiuU2s9Jupkwz&#10;JPfUWTdDHLlZVtOYWIwxs7Lizebv7pvzTBWNaYSWK/eIjvfri8QJGzFNpmju/TcTNrfx24sxbXJ2&#10;5o5oJPHyaeIpxkX1B/l8pVJxqDw0Y7SjQ53T6SxmMW5bdXcSnrKQ7yjGjTHalzIKj1mpu7KeAwaj&#10;Gjm1u5syu8xJhZzSEaoQKZdD7L7GjNJoKCEWkTNebDFm+abeCKcYpdF9KE3IHDJ7CK0TJd58K1/+&#10;5Lp2ZWrahLhmfXXG+GKkc2eXsfptpCqEvnqD85NXYztdVkVSnVk87a1EJil+6JuyzcmRIiuzGBeR&#10;hedTMT4dkc5oZwlT3XhuGOQOJ+ZWmfk0aCsSmtnZltFIfyU8uyyEts12NR0OZcwz4kXO5KbFs+6t&#10;E5Mjb5D/DtjXzlj8Mcg7F5GcNiGr+XDuytJ34X1odkMnpypRkuj63NyCbLt7fX4KHT34hQY/yusr&#10;mvkMmszkIrEr+UdRu+zMoOvsK/kFiRJ01QnpmxtuFhoYzc3InVQeJ2QkmoiMUdjgsyI1oOtlnfSY&#10;OGRIKm+OhGFSdmJLjUVk/pK0JRaXoY+/ufQq8VZCDwxjstjRd+FJYqSlpWJ4mtCUSINIRKcz20io&#10;Q5teNhBIrPjPfzTWUr+pzVG9hCMzZTlTZuzKzDLS0uzH6Vk4U+6J0ERtaBokQv+ITD4UJK5Mh14z&#10;ckRVfl4XXyfBEQhFnJ+FdRUza0mOvGbMsLCManEyqsSZOU5YJGaWSVmTFGtHIjyOHYVcZKxaz3Vz&#10;Mta8I2Kps1CVVOo5Md70dKOeTSkQ7Ccpvs46FJZQiLQROtYM2ckrqxPb5uwtKQrrah6efXc9qu3q&#10;h09ymas64yRn0e/qs3SIKkhFQrLNr6UuCCZyF9U5ulec2OqkYX46z5hMS0wgUEQYxo5mwtFkQ62R&#10;87oLoTvFVGWEw09FjBXzUvKzuv4kL8STC2elOFLXsGUvbZW66XXuuDDhZEaivZq1R3bFuoR1zK6n&#10;cTXIccw1Hk+ooL764i01p4yuYdYUmSLSxWYyNmcVE2ukmWSy8pZl7uiorjHWXFXhxEVmFwspv+Id&#10;fX6K8tlNuchKRtmkSB7ZVHfXpbcNzZuyq/QdKffFkK+VySqi2Wa841TLzOYpalyZmqpiWt6GNZQx&#10;j8pybiqavrQZCbZIfSBG5pwlismM4ypCJC7bXmOMpUSmkK+nsNLYaTf/1fcK34lBvau5hjQ9bci2&#10;BZlU0U9nT8um2OAhVw3NY+KnIyVlVkRs1GUrdySbMfpJXVb7D/sLFexSSjIxn+a0uKq7dWuG+WKb&#10;udQZZaupfGAXeaWZuYjnFjQy+qjoXPXQH5I23i9UEKptlajaPoYtqnLLKfOFCnJCuglULqu/yFon&#10;cXZCcXJj7dDqbtRfgEAsBXnKwZYtZPU5/w7znVZ+c/IHxcWxdMhmVTomdr1GdGTh3vtS0a8i1rmV&#10;3aQWdb0xGVIrKzEyZy8xrS90NTdFp2BPoSqzx9WJhC6OZkVDQ1LvSVHLfUNDuc57h6g8PjmJmogV&#10;VSjTcl14ICuphYaFBqSq29Qtu+0+LDyoQNbswS5j7xq+vnDfmpWZXEhHnXnJ8zBBeCZZanz/Qvo/&#10;jKhkTr7az+wlIqXTNYoKa/NXsQ/L1FvWGmneFHdhqkjYLlHLrBqnPRemyilis/LUBgfyk4eFB3fW&#10;OF2dXlCGfn8YYVu1B6/rhy6Ml6uR4rxXkLECQ7HIYjYsODC5as0fIu9HdcAwQ3ZXGB8qZE0MOXDx&#10;UlINCw+sbIWmvaMKDc2IOsaGBkRSc9eWrl/hoUJTZLoKDw0PSro6YYcWV/6ShtGuZfQ9RQ7MKrBr&#10;L1XoXCbqQz2ODXR1IFYhndGxN3I+YlCFWXhArgf+VMQhq4m1+YKDojASiWTBAYPLynS0lhl7aGgd&#10;rEWkbgUkFoxXcFC+K0Y3rRJGKtE0lNCUXYv6oIKcxMyVLg8O+jD1IWvoiRUc40VD5CsHVzLpBeDB&#10;r7+bNalTHCvOKyOZ5B5qdKvuhmZhlLmSFn8mpJlpopGh2SOaFLWvoFhJIVSI6r0JPgDD3IO+Q12o&#10;MFdDrdyVJ2yYlzQsNLCEkVxx8iW93de3aqoqo7VX5FHiMI3kUjvpb7WMCdloqs1CVrNOPOI4LXNr&#10;b54FDjB4KKfhg92N5LexXNG2+1eWdKd7p16M4e1oZZrR6UqeT87G5pZ76cq+un/FUMbmbiqmPB+R&#10;IzKrls9q+Mfw2E50Gi6sRpweEdE0CPHxF5ULCXAAAhYsWLBgIUIEDhrowAQY2ABDBAoTULCBCBQi&#10;YIgQgYMGIlDgQMEEEkjgwBChgsMGIligEOFBggOFCUSIwOEBCxYsDGAAFCJU4NDQsFABCzCMJWh4&#10;YMHChAcWPLCgAgtMkc2NggkaQAAGCixcoEFOCxM4RsPwwIKFAkxwoODwgALMSOhABiBM8NCAFDAk&#10;xQw94HnotICHdiYiHJggArMBDkiAwCECGKAAAgkVOLOdBA4UIHDgAAQeHCRQIEGCBZAYMIiggQom&#10;QCGCBBQmaMCAAQQSHhwqSLAAADywYEEABmDAgOHBIUIECMAgDyxYoBDhAQIJHBTAgEEEDThgQAIR&#10;KkhoYMBAgkOEhwgkcKAAQoQIMGAgwQEADyxYYMBQAQUHCSaQQAEECQe4QAMDXdwNZQqxstMCAxhk&#10;ShhuTGyEYUoDBmCYBxVjUyi3I+r5xPRdxx+C2MtaN6aSPd5A6FnZhK+aGN8ViZx/nroc0XVXK86R&#10;Y+jGMSaS5II2rtvV7G0ec8mYyGOcGHNOWJYYz5SUyRiVOZZu/CupBLkmNwvF2Moxth8spnuxzHit&#10;tnoXs900dTYu81Nitp/mQbaHNdq6Ntab5JOyLsrEq90HMVf8szzyqMm8OLUkcdNy2snFTb1ZpFwZ&#10;2bUl7OxHnJt8Fm/LxuK+uq4rqTlqu7a41NidnDdllBI7bpNpnbEoU9U/q/HMxC0kMTYTt19zkM1E&#10;DgSggc9g7ddbazzi3Rl7M0e1myLdeR6jl/KFBny8x2GvjOLuF19ocJddXMsQi/l+W11C7na697U0&#10;E9e+pTuLhI3MVxJLyE9kn5KNvnoZK7ZYHLaQHWKLiPSO/+WKdzcRy03lIq4Khfy4zBKRnIhx5FYi&#10;Ht5zJbsZ14kzuedyz7VXcxOmX2j4nW048mvMGlqxV6YVtaLSNZiv4vd2boTKnjSIwivZCulj4H+x&#10;iVHNlcF8xAcix4+pxU3O3k2cr2rs7GyTlKJyiYsWKtw4cSX3P2XWXVhnzGTlz5j+FWotnJ68Jqam&#10;0aIlvXLHtvYrqvjm5/ON3k8ZzXmqjqkJTUjXCuuYO7Swck70qKMZil1WXY3MXLdZz06keX73/GQz&#10;4cpxbCe/IhFt3pIdc18X7JBNEcmLwbr1N9gH0koFKcdkUpc/eFaw2xnvh7XqSyu71sKOrMgiV4uF&#10;RErC/cnIxUo1jdU9O5MTNiqml1HQ1uPZ6+ptH+wMkbQ8keVl52gp/ljP7LGdWiTVeT3d0Nhw6iyT&#10;7xjVj93OLm3di7rW8VSt2RMpDuuIUfQ2z6pMSY2NqR7W2/1dkb3RUlF5F+/r/E2chCcvM7XFbecr&#10;oSNJ42Umb2RXEzey1w3ZREZimyQ0pbNNUc8+ijX1W6Rar1vGZLCK2M9cJVo7/1D1ZkNHRtEWfa38&#10;ePQRvyTsUeSof3VuqGeNTdB8sZradITqn9z6nGNWP+EUzcvXNYbsavpQnxmoZHLr1knLaAQAkAQF&#10;YxAAAAA0HBAIRWLxcEQsIls/FIACDocgJYUxEMrBNMly0CFjAAIAEBAZAAAAAC0D0tV7WLeDSBbr&#10;DmAJ3JfFi927UBhyj2W/3nCnSHxcNG1xhwevsBGtxZk+/KEfcVSNw3AziY6fmLJXTOD+TsbyZyh6&#10;kNyGBUbFMSj77rArMeJyhbWA4QXaM1Zl/30dvIqzS4bZ+xnZj0vWTGifl5Y7d/09cwCR+bJgQcWd&#10;h49Qf1WQXp4HKGo/hWMzuP76bZhMlWNG1eKD6WAU+9UnfTbdUlZ0alAHqdlkaY0V/MSUz0CIAnV+&#10;/MkuUDph6aqbbW1EHfXqFKjxkSaffq/qZmv+8Qlu+iKZT1FTzPzUIgVrEc6LHGDelUOED7qcWOv2&#10;b2+W23qnBKS7mmOWOhdsiXoThl66Y2DqkwGgX0cx5CqCH/ekCpcNOZpil1+GpmcZV73ZcWyNWumy&#10;dciAT2aP1WkunN/F/zDZeJkVUulkuzxJpaPyxxINnQCYpaGjTWCIzAdZ8ZZ/BEQ2jQNhpDNYxAzl&#10;XFBAI9JkN4ATPsKlY5LGRE3ptw71ypL/UvMjkYMKT4E8cQlyj0QpfT5fHVQmrmMe+2nq1PuRXDQ+&#10;kv7MyulbE1OHG+F736qY39fZrnry6zdgzGwJVcAEy0ks/cMQDuu6GUUZ73fHILoJCe5wFZKbgOMk&#10;bRxs0QyotJUBGHNSpa05NUf0vKRT7tGolI1bGjpLhT7ONN2B6LKRx80enWJVBm/WqDfMUwsC7FQ8&#10;h605SbIYASOTvBcItxvfvjTg49mMmzpsGDweDDznVweRspfKBY7FV7roKdonC5CW6WRksDLxdiGa&#10;+UMhzsW/ULrD2dBdFrkuyIKe0atQylYYM6fAHFy74KQ9I//UNjNj0RPwlo5SajsbCpI4qNYN0DVl&#10;Wyp8AdEAXqOlFjgvdoC4xZSiWKAVBx1C7fA4JLuAGk3ltpPF8JC8rgTFMERU+WEzn01CkX0wGQ81&#10;nWmJ+16QIgFJp5vppVTt87jFAxn/WerRa8tPsgUJsVtjkU85xz4kbSPiUfF65pTmeJFfN3AUxcGq&#10;yZNBVlxGjREHl57Km9He476AWdQ88rwZIxv39CjD6cxjwJRnROx+Ri5LtDXjF3uewa0F4+Sogtqg&#10;6K7yQWpjA7SXUaagr+ww9DipQd8ouuzXh7bOHEit1IsbtqV5IEqmdeN0LfLMs4Vhu9Psd9mO8wzR&#10;7eIUHCYGku+4FrQlNifP2ET9mxXsN/UdU/GEozz5FRikE741irqgjAAatDnP0MHHu+kop0wNDykt&#10;BkAYIOm4WxzDe8ZrmE5zzyAASEqEpeDgFt/8SIhuahJcmTXQ+KXjHs+IrbHuxH+FTzVgUr9QSuAK&#10;Cl+gHDUS3xbiuqh34ClI5/2CwdAvLN5DzsC18bkUVln55MqlJ+MxE+M6vlVLRC0Ty+sQSYp4heBh&#10;chBcF9xy0ZPQo5wgSb7MnOcaIXtCOE2M5TtqCTI9XCTgoMS4a9yIg8v0Sy72xPITIAPLXsTa5nUN&#10;lCJdFOZ3d8kONRoVtSIGGs04beQuVoKXCn7u01wq/JN3PUaG2I4a5Ph2uUa9TXRbPyt8OFMWRxn9&#10;2qgXeoD3QefQRTW+mLApr1Le4S327w+46+MZlXxBhcctLl4WOcbxOdKe1TcJ99eDPyvsdU16aXSu&#10;NruVzkWdnliVgJCbjdwlHDaBEVWSqcl73XWbymJT+UtwS4sGcN0YPz2MvTeGswutbzgATHHaBCvM&#10;QG7w1ToAzSQT9jk+K3w3SpsuzpYOygJj9Sz/Fhme2pqnQtTreAIkadlfE48omV2oNAYcVhgND32+&#10;7+QEdwLLpfu6EUr4KYi8olE7g+Fv/TIwMKFr+fdoG3BuCwxvRpiszW7GX952QSUIQnFB/35Wp2F8&#10;WGkS2fWL6CN0litVjIySjj88yxv6ix7mx9YhUoyiEQdNmkeCpmPzU7r9jDHMM5UuSTvYNsTQy2o/&#10;eZnVo5sunCn04JzKY3lRuMAwxtZD10bs01jHFjeyUNyHnOYNefoyXBgBfJ3Mt5AEbO+7LTAEORb8&#10;LFJsJ0MMVEY01XTqFBhJuPwCBWUS0MYKrtSXcjRbqXL0OMDNMamVZiNvh67hms1X1ti5r1ZZ2IZf&#10;9eMlyJCorYP1Gqz54S3o99AkzfgBU2nF+r0OoVJgCnYtAT9aUDXKRavtkSWkbKVrsZggFBHvgo41&#10;OfgxUHYAGh+Ed+2t+76B/S1liXV1qpMvrXvLupY3PPL8MV1KDy9jOvTpJGSJMJypyzHTalm8GIpQ&#10;gQPe3ulLlTVAJyFHIzjQUKFijxsBt7z+SqCKQxiZfUnvhQC4sBd/Ii+6AT1Sw2WpaJKKrHOjDvtv&#10;ud6n59Vk4W2MpIbs+HJJkvviKr95SICLCGuc9sbXhkTjkIMF3YAwRHohe1qCNnZfIbpPaV6a5/PA&#10;asgejHG/rSpo23lKzAKnwGKfrvITtGBqEyIccjwB0mm7dkQ9eoz7tDo9hEtykESKygM+iHry4oQT&#10;CC/5wv+bpUAGnBN77fFBR8vVwSEGPCDasQxFzPKdAsQspaBLyxCiTlqTWgFTKndGed5ooCbqH476&#10;Ck7kNVh2l7WxXCVFRSsnRmPl16iteGjeHPy8tOeGRC7R9BpD+4whd9WI5qTHPb1x6j42dfTFFZen&#10;V8THpc7pz/1WmjhdolEYIr8Dt7K13cozy1eqYsRui5hoRCr89GV6UVoImd5+uj/FtDljn9GigfQk&#10;rd+zv3wwQfRfP+U6+SHH66Cu6j72INYxoiWDpBaAiAJT9BSQzlECzPZixt0xHTKqoFpC7cV8MyOP&#10;S5LrWo9gSACRL4walfm7tShzzHnylXCvrIeXC4S4/WFWnMqKR2AFoF9kelz5Fa8n24RdUo07bqv/&#10;TQ2g4Lp1jBH/3b4/92xkWqCtZs+OHLfjsfNXwY+yotQyu9BfeIqrK8AINMauHoLcxPuIpg+7ZD6P&#10;61Ik3Z7udGRn5Zr0YHnGxP5JLDIYzga2C82OlUF5keY2bNd9Q07MM4guD8uU/CSRhgvFwPgqDdZ9&#10;mZDa1i0yJUAGKFurVHxQXz6bNnXUtMdmlcE/QTQ6izsd/LUaAXMaZPF7O5FxeImQm1aUpFotA8k4&#10;qgUWIIG5gID/3eXfctV7rgV6jijvIpeW1oX/ntIPaf+GBoaLbOuvJkwU7gQvSgT3+jK1H6stuNSV&#10;R/s8ZfNHyO2h73Q24Uv63wuSZpWrAmwCrKpqBzasi5U0ul3wEogB4/G7123u/bKeuroWm0lclhde&#10;ZKAh/9MfZ7RlkcwCqOSz8hJJNnJYN3aVqpkXKbFwGWQoVlOugwpMynrKi57J9jz4SubOCbalBOPy&#10;2veMkS0QF7R3MbiklobZ7cV9VPnbDxZ9CVTGSrnU9w+4D4v1bsrJ8WYUxi1SRrR2fxWJYASmsDdv&#10;Q4tMQ//UkKHv48I/HEVHLiKYvjh4ZVeqcPm6wps3Sd8Hv+5YKdagGSA60h6naZxXbhKFHni9+LAv&#10;Flj0wtOxFymPYPMSKsD8e4NFv5U6x/1RACJGeV0lUCv7rvrV0D//4WJYG7jtjSwIFoA44TUuRiKa&#10;TqsC/4SftDOlKTX3VKBDTyx1EIXkedTOvqthR4/rZRw1pi2NPgOcCfJTxDGGIHt/zxfpvNYHm4rB&#10;sIcFPzU36IOrh0RQzJYkDndeXxyFgiIeQ1Ts7O0P7O5CQrgCLq0qNtNHSC5o8cIpFKEO6TC2dz0D&#10;a/OZk6b2nBChfCuPcDGzjA7yJmfiRBoaxLQsmSw3KukQFqMKfT8KOHwSwgm/fMFxUpOggnxfZSaN&#10;SjDRKE7X7f7HNxt5yOPr0yFr/LFM2QRL1zpoOQ96F8kBM3bJ6LJOD4exNwF1qhHq7RQqP1KpkW4K&#10;xgwjoUE5M7+iBi1+ZjufUiYbWuviQgWrTGbBbELMGTvRSqPsMvmPEnmRSbDVea7O6qPKbh+Xz40G&#10;v3khdWJdWBW/bAgXBWz8cyOfVT8Zg+Qh3NVqfvTmVk8MJqwXnrpF6qeIuocCWD6cbZApKikHL6fV&#10;qtXvkZempY1cvcMNTXZ0U9CMIL6zt4MuTqpxRgeAmC+E2+WvpuUdPeJAABiaAXFrYcIn9AZ+iNAM&#10;DIsluVFIwrS2XkBvrK5ISTqX8IUBL0JBwPYVFZc15j7LT0XlF22g9OeqROZBIRsnyfpRfzBQDzOX&#10;NjXGwVOle0HyROzXSnhdBcbV7njeO0SXXpodoan6ynOyG//UcI3Ad77qjVXXsKk6TH6WskSJ3eAW&#10;cDLDnqnM5/DYwABil8nMABA74kGIAJL7lFUuRb1Gq8b2xUHsPBlz5r5PzloRcfsj91bbytodEZQ+&#10;E5KcB/tHjNDdn9/VRYSdEwmW2HSZCAegl3iYfYo/acJ/k/O8c2LXvBvCZSRpKELDI2mViguMVmyE&#10;mFMfDjtBRhvXmYOA806S634DW977NbzmfHlSrj5wA0rG/ryGJuORW6JLtVVvkA8KCSpMuGBODwid&#10;OH3vHkX9YO/VdWyndhRh3mfb/avKzuO6ZnU62asOlgvn57obGJh4cI1AUi13+VR208+3BJn0jgyc&#10;jJAEdgopAS5bnoP/8wWRo8zM7qrJVDES0vwRDd+LYvk20oCRFuVaJ8TOWPsf2UzP2oTHBHYGMS8D&#10;0yq66Q3ssmslFDKefIbhk4Zl2VlO0O10WO75+E9jodbc308fhcQdSbxLX8MLiaA3jTw8THQfU783&#10;WVBSwlZXcrnFjHKBALRubg45kzkxvFpHzkSd1Olp/PYQWBYJG8iYlJOuLaK/AIUX58IUCioRGWG7&#10;QEmq1NIHUy3p+WhxIX6tDIBpTpetNa3/awKLbJ7wjIIOnUOMz/TWy+1sivLklnLk6EJfcJtd4A4V&#10;h/pzVXWJHdQgwBerE9oywskey7Fu6gSGsHS65+321gr+eWNVmya7Vh4mrgAjINzfaT1b0m40SSIB&#10;AB+X40wvBB3AcWfi60a7rmPiDnNVC8Ip2PrTFRy47moiad7gMv20Gkv1rY7O2xH5JzoV5DcSeg+2&#10;dXeWrBnOYFDFH0nBBqU2fBeA/wwVypQMnOe1kmN3n0w4Wv6lADLcjlYniyxLEbtRT5zH5aaWBR26&#10;YOggca00ipXbiloHnooLRnIiCsPL3PMFrxLJ2CixzAZxrkCGHZE7g7ISWG5gyj21Z8Do68qRPh2x&#10;9/rhs/W0HmCk3DdKeEosfBijmJPOTt56xJwvmza9aXATyB0hXkQsJCPLKNWs+VSIoYmMugWJHW6g&#10;sao1/P1IYCkxN7e5uxv7g6JgwUwWzvxCo3WTu5+1dWbDKQrvWCBvaJ5/2fzzhZWxh8WNhOy3BRw7&#10;72WZhFIQLNEAplxpzE6zvzQDKwibF1FifLc7O/N4UHJg0BeUmJIaJQKRBS4KU3Q2uhHdnXahnzWP&#10;KwuHGNpPsGYnNSkn6tL0h39V1vJ6Sjp2pSFZsaRA0hYmVSuBqA2gUcscKuEPpTRFPe43CalKCCUM&#10;HP/yBeUDTB7IztYpQzM5Q1Y2Kw/ZEELy4rw54kIXrGDNKzJbpOeSePhmxPY5T+FgNOXrFuI4hB6X&#10;WcUHXUetnTn5a94grCIwhE5B0wH0145jLEyHqav09sSx7vW9ZQmLau6td9ImY5YS5cUHGfV3Fh7U&#10;8yP9LOL5nyia1m5iq1KcFJCaEdG0ns4812QJ8yY9RlLVXcjT43H7ZptQStwyDY0AMdAyjoYla3C3&#10;rwLEWsAMgwsdBVQGbkKugXOGhopHycKmR3uRmuLUV+8SwM3By3TPwjFkTxcXQbbmfGmQ9lMUTlrZ&#10;TZBwQ5/8sFWXUDReuUlRrvypuCs6ObOKGcLmIvpskJJ9Ln0kgoCxh+Xs4O622z6j15G8Kq0dFnTA&#10;8dHAoWPUY49CSIAXd2RjN/bYuR8h5D5pAgeJpiJHjiu8WW6uWyUey+GLPSAsP4SIKX1pFuQdth30&#10;MM8wBhrgTbMM6aRMzZ6LdyLp9CQsCBMQ8Wh2r6uupG/3WnFdU9SOPIcRrUP5zPIA+aXRywD8Nn3p&#10;Z+6ksUQewAdU+Hi0Im6whn/iDMGC8n0KRQKjHZ5Bc9e349baoDZ0nTifhbOkWt+UWd0Krh+zOVxW&#10;wVIrNZcFs6uselqn4AyJwbPUZXE5gdvgBYk5cWDMO/NEhjs8Whb0zmzkplYUVt4IJRc4Z2XSjEKi&#10;IdMb8a8LOY6WWSWpj82jiNV2bL+PVDN1NmqDFdnB+/Ppj7C68qTQBVjFjaIFif3M1yBbNUnx0iWl&#10;FalXlkMAFq7IJMPZNZ+EVLjADhJhrkkGAYPeZT/1ZH4h1Pq3UPw2lygcxYF+SMveoVj9Bp9R9ZYZ&#10;mraDcifHu2m65ahqpp5eIs813UqYx18o7y49+7ofIdj9CoZST1xukT8Jn5YVBHzeVmovydSjDhd/&#10;WANMBNLEs1teTJJBCmdZdexLpjo8X5ImBLDr3zcappng36pOcLp+MWs7+AmjVbozKThekrz/h+SJ&#10;+xHtWv14PvaNrQXxpB6VoeEgToS2ElOZlE69sm52G1I5Ali/spXJa5tcDokmAvH2ACOvEQTUry4K&#10;4rnwmi3y7fbAnRvXGkWQiL+Bt3Hmy8klTaDoScBaTl59Gsh50R3wMoXIVUfiZ2sYPHVJ+BOBoIjn&#10;ta0w9TYrYDYOLqPC+rXSHC/5yHjuXZCfOueyRUA2HnG9BWTHsOIg7bRplTtARJRflaV9NdnB7aP4&#10;juIETL768SWvoHH5GI5ozrMJInJI6pZQnYYJa5oBGaRwRUZze91S2jmHKyIHCSZOkqX3iEH2Is7I&#10;PQWBEyh7RikLaoo6sNyqHb7Sd3Tbfllm4ev81NUu4jmpK2GukrRLit89NpySoStY3WB6INqr+wJx&#10;Lim20Kjp5sFd7DBVL5UCL3SkSIB/rjnix6ZCWoUBEkoyN/cpV1AyYMCeBrplXcrDQJRURmr67faJ&#10;kc6uKziOEb/AAfoiYg2cPa2yDpX9/BjXEinjZtjWUAwoic/y4gihsFY2whtbrE6tXuCl+nG0TZM7&#10;ktb5Rbd2RZJxNINp0opy5nJUWn2TEsT55Vax7MVIrUemasEluw/6NBg2lA5Pqsbuq/CDdjsNFUSr&#10;8SyuN2U8kgwJZmO+5iwcvSR4mL1oiZqlFLRaDjhXoJb1zdQJ4fK+bkZwGfbBaQILF+eV3jdEOuQF&#10;LpcgvelVtLA5ZBiXWrlNdNCVO10EHW5xTDN2xDGVUsi+CZM2dtlUHGniQOn1Bd2dv7H60QGDYCo5&#10;uPRGlwvKnq1cwOqK/+Q3wXbE/lGEKX6OBOjXI9EQcB/bpyhMcbcutc7RpetNfhzRD1sgQU0KgawQ&#10;BkxPMRq080042FaIJQpREDFSMGjjg7dXiVC0xecmx68lKJBChJ8sZVdVAA40Vz+LjtJU0ydZ4az9&#10;fWq88oAZsReGoxZl7eM+XSQoeglOiFs0+3NVhHRFrXBFhkQh8GJ1uDtAaBZtibLE2bwYaGafL7P0&#10;DYA/DzoqSHFUkK5+Op5zhtqipxq/CTnUxIWWmtCSFtaCeUXC2IWYMGy8MaYSxaqNlx/Hol3iM1AI&#10;XScgD8rl51JsLO0oOvTN1caBZ3G4x2rpuPjs/qbnI6WWm3EVebuIK4hKiytXMj9f804gtuj47JGp&#10;EDHoCIrKfHNg+5g+TWFNQvaf0YYr1rgVUciE1kqsdfQg6t6w8NMUUdfwEnrYHvTqKjVAiaU5/sz/&#10;2M8EBi5TJBKteTcXWJ6yuvTCpbl6PNEKZiQ39KBH8KJpOWCmQ3HIWd9rpEDyKJ+8ywPtS3sLOE5X&#10;PO2Q6MJfuRaaLWndrqpQXdL/at7mw4XgOBCnI2Lo4ZUNORFuwKKIokgKhUITAqUtsUSPKVY8a4lt&#10;jx3uhSYUh1SKlirB8LGJ7EomvWP0OBBLLMWsEiWoJvXmElnQfh8Yd7eUIaXtPNGUKgU0gka20NI+&#10;ILTpOXfEsKZ6iCz95tHWW1E9fbu4YXYqSrwhvpvSWAOIEJhIGrHhpcJEFWMI/R5i3NiG25H+9Dfl&#10;zfIilIeAIfeWc+Y8LDpaDL4osy6uEX2nr2Y2tNRAsFqY0/OKNEEpro8Q7ARF3aVVgkXWaPD9AH2q&#10;mCvQY0fOOPe6oa3+lUL6nHYnBYi9oDpGuCzL6mOq8E+xtq5vDR8zlVYRN4BYsbEvGDISANnE+iLz&#10;I0TQ7IQGX1YIZGjj9ux5RTDtV8UMCnTVpIlixlDT0TUJuBXpvBpLe3cEaJjI3aII9haCQm3YqTp0&#10;+lKZHaCfmn4+/YFhSqV1qlZhz6/Rn7TTAYKjho+Q40EiA1FJHAkO9zAtZ038qHGMgbIueGWlMWlX&#10;WpnQI03yN3j5BuSuJ6PPqjGDMYqo2Yqpt5cWpWJMC2H203JSk8vp3wvWwCqZQlBkzDCafvkRkKGQ&#10;jSNRIYBbuOiIeoPzB2PPXN2d+TR/IfBqRbE6kOlh1MFCl0BkIMd+pGiUfPPxas1yy6H3dOX3trw1&#10;FjLm/WqYZ/idMHCel0VMuF9sTRUfwiqqinloQKPPjm7hFhdFJ1kY2UFY0IGg7j5OXYX8n/gTf1st&#10;CX1nXm6m2L2s3Quh7CuS6XGcR6JGHuFFqZsh6qUaQSrOBicEst3ZFohgUmiz13xfXFZo2w6R4FAC&#10;mrYkGD2ItrHw268cLCByKJCizmlYIjiR2kltlCv3dB8n9W0LwGJCHv2fCoRqDFTzl/XyoYtNSanX&#10;JtYf5DLz4Nri86r2K+rQDb8Ru+RyZAzPs5igXN6seD7wg5apHq4QUrQM3xzGQqTjvBEPZ1pelI5V&#10;tZy9G63ZhKMyjd4b/2K6i8egIgmqgnvg1sdzK7WzGNqTXcifNdGFjwuXZXPuaLdVsyoGJ2w1ZEp6&#10;C0C8mmMOzGaNKJwesz3jKBM6mdj7B3+sBCTwGyY7g2dTBMNV9JdeVsCWOC34NNZmZMu0DoD1nlJr&#10;aAt+uGNncYqxcWSRmXtETcHxpC5O2OaDOUwIyMser8JCUI0iDnUNb9qbWja0jmlBa3O26lLjzdHu&#10;gDDMnDpTdXZrQFKcBXvxH60oVJTMVhvdn204pBKWaa1LnuBE6IC+YhZJniAdhzqXcaRqaEEw6jNu&#10;igMgqG+LWqJW/22BohKcN52clfPClCL0NxN0EQRfrgcNZOWWlArYrjQc/F3bRm7Gz0ex5k9lgwUB&#10;tzFBVTDRnZt8v/tFRQ0iJuU52H+FwCtjhRNTiTiNuf2Bxd8cEcjSihBbCQyccevWRn16l2Wps0ta&#10;gwv3Vp4+hk1uFZjS7Nd8q8TIfalvUlgi8yzuf+0WEzVEHHTPXDBQDzx1X5EFWpIkLId/VbDW3vnR&#10;mNRDcGOnY1Kwe95BXZrBFHiiISaKpYd0sdjT3MBxDKLG85pUFRVJrtgzn8FQVP5kOLB1/g4W1XiX&#10;ylzYKA5Je5bcJ23GVBRtHtwWnXWJEn7kQ9jz5wg/XmK9QITownxGksWokqnAuk60S7f9YCXccEJ0&#10;XKmDyAcm+oxM0ztyCL0s8rji3xnVWXKhWhA0SXda+VmHGMbI2qhT5PFn4dW7NW+Tzactqw2a8uFN&#10;3dJEe0VMH8R6iQebjlhtw75t0ZSsymBFxKhsezK7RPN0R4JCgHHeJvjNSIUkQ5y4lZWOrw1gjPxS&#10;xM0NuP9CnKhNxj8ts3caFKTtgZThZYvc0Wz20Tr5NcG+S5YRA01jtUYbQmnO1yjDyhx4ACKlzdcw&#10;Kfv79sgFKLNENRaJU+Qu1ABhHHWGMcSIsJnIpdEc92Ps4ZNWSpI5H8BsKKs1XZqQXGYqwpQpSXx2&#10;JBPIS8kFTE8OYj8Bz5Lc+32nEV6h7hm1IfbOKMVWnnnkJ5sMP+h1yDJfgcL5PG8X2Fe9bGJG2OE2&#10;/f9zipBkBlBnF5fPC16heugmFg1HemQ9yyfpY5AJRFPIKVNXMy65D8pMzTNPSJ1DCFA3ktK6GdyP&#10;sI2A1Ix07Eb+me2J5wR53/XYgfczNAGUQVa/Rjt4VDVd8fFtzwjGJaKxMJXvYVpyD314yvvPtQWu&#10;dB/WRtJ2ZgfgOsD4uZawIRKPK39ONzlwQiyJbM3KoR79V7OzzCil8IDCl+uz6HDUjz4AxgT6U7NT&#10;PvsCIamDxS8ejEm4jtQWvF2WqaeQa6TFnRg7vTly4w5Oc5dI6LQsvFnq725G+lAcGVGa5WwgC5zR&#10;8IlXVCGnixeNSu+1ge8BzNqA6cEjBX33pNpk45JxwalWoAeMUVticY6mDAu3DcuYML5Je1FCdpD7&#10;0MOiAmLcwYEsStV87kvza0UYXQ/HngCQnAybkNxrFsd8h+TSeI/yjrTJLvvvvEDDDs8F8qRuX471&#10;rrQ1Q6Jl48Dg9EsRI0S0jecA8oH2qDaH8hclYvJZgfqHwnw7Ypn6lMkB9eO+7qrXF9lFnqd1CTee&#10;Up4bWgXlk58nKf5gOgmFUfaV/8I146O2hUyieRKw1rgw69LHblthkwUPn+WHEtk5xKJTGPI9lX7i&#10;82KJkcNbAj0ZkptD0bW10rF3aVfd2R47OTSk/59RFmcMr9xb6TQXP0UOQ9koso+LIezn4n5OlrII&#10;YqMyw6hvXAKSNLMsdDRPtkV2P39DNdjAerT3+yylpU8abFVtHqKrnbZ6Bp58knm5tSepAoCrQY0V&#10;dN/qwJWS14FCla4EVTxtsfhuO0E7Gea0Tw3eOrvzEa5ct4QzBW59cLvZcUmp+CroTEuEnACOd3S/&#10;S4qkHTFQBDFJpcjacxQ7qc1lMUOpjOPIwdq0F0YKtDPngESwK5wQXGnI7qVAKbitYybddTL9pmhc&#10;dkNA4unonSQkPTpQ+AnGiU9NHneEir2WhgiGQqCYoNu1qvRgoZongurtMiBjQhD6BnXkjlmcN7gT&#10;Tz4myMhiKFSTSxRCzJfDUPP31J5fTJCqrLdSL2nq0UhHknKtN+n+KGSVCNoJAIiaYgNwLpWG7lsE&#10;8AMHqBSe9qRU0pTAE7wNwSHUyKkyQjdfWycjmhegGYp1DPlyehe0Z2sFf5cTWUNijRnTgot+C5M2&#10;at0nOMxqmoNBGQVbpiLIEsyIz05Q7AiB1lk8ztIykTrp5DO+I/9UAcLLNiILcNH0boYSCx4RxW++&#10;Xfw5aEwQNK6OSvsO2CnHONplRWnwSB8Eyti9uvIkYl0g76HxADAX3sfQkyMN0A8ysS9IJ5RJBXP8&#10;BxdA8GP1+IpDzwDfItFRmPMGmYA/9aJ6gJVZ/b4mqTuCUxhVF3fYXlMgLPyUMD8GPtSobACYjSL7&#10;Ua/Y9qUjMh75yFQyfSmCN/urOq1XMUTEGNIxzahmMAJ+qFnUs3WIOrXxGhIlAPwAMeKV5yVntm5C&#10;HOJOmDLZSF4V7qKgHB2ABVsF6K5LVHD7yYQueNETZHVMU582J8lBHq8MfuQ6Ajq0uUMaqzKbUYi1&#10;V3SQYPM9SBSnYirZ9umvYziN4XtsSURDVkOYOYQrew5GT0F7OYki5aeyZGWl/SINdac2setF2aU2&#10;WXaq0LamhNxetrtXVUlIBwWKyEaprpjAwSeal1+ed2dqED4MYPvvEWmSuasDz+nG4agscG29O9xn&#10;4b/RFUcoGnRqoxKLngqMq+BQq8K0Kj4+sz8QZhFJgNGT1BEwcHmFXW3PaflWWUvKfGAnwrhF0hcH&#10;LR3wTLJo/XXnmR4ORbOMCJ2cXXchA8dPk7HFxLqJRUJajlCd+QIgT0uOnJBll+DttY+TIYiqytb0&#10;+ZKffHM0SRdbTbNDHimsR5QYEjSXDvI0W0veJYORY8uHQWASFqAIMLU0OGICOGVN0xH2jH1yJfIJ&#10;Myk6HSjZEUOgTbjadqzIxzBBCujrSXAGdroc9NcwXnpJ0NB5qPikoeTI65IOoJAlEDn2fm8DzNfA&#10;CGOEEKu5zHhHavPCZmfX9FJnUpTRWK2xjXiF1xlbKxLcxeku9AwSOBNapoJPSIDlWh4RrlhoXcUX&#10;/LejU4FoR2DGi9j1jB8TTjwgl2kT+5JmNKfmRPbbgJ+EraAOkiaUyCfHVIxGxQpGPEZ1YXSrQsLY&#10;4K6kaNL39MjLGY1IAtXg+94ooGgTNSJR3NDQ7FjTEw37+yJpBGv9kEgbYbTJgLnVESoXvp1ZpJVh&#10;cpRc/fb0eTdRsV24MSeCDk+hmTxN9OTA57i+kxLRF/BYvHwk/OrErQgaCimlm+kU9QRKKhg0ZmzQ&#10;xyIKsulG370biMNA/xEsXhCbOoTruoZIVIv2L+1TOY46PuOZzWG4kWot+oQjEPawsOxxopE3AlC7&#10;RjncT/B7NFlst5jM2vDgCN2BIqyP7F1SO3BjAnkBAN7IiyqBpQssjWNJwSCXqoX4kHkvnDA0oO6M&#10;N3LOxnwm8aU42hTqbvpevtJIDRoiniDjR0KvbmgzVZSugjBG8CI8ExMV3BWbBDpOvOZYjL/9wObz&#10;fP7cL/Abz2i0r2gI60DOLFj1WOTrI/2xASkCT6h5e7zGow0eAphynlQyWHIlEYeMUWSZNR3RExrT&#10;8ZgTTgUROu8SW3JWQPGMu5yQDkAw12EN/wS7/DQt8lyiyMvX+fjqLGPFn5wIxYqUsXeG4XB/Hxc8&#10;Wkbh2jMZSphbxug7M48G1hWkQ0p+Ee5URFFriNQ0Ue6wchnmjO76BFvzBGOaYWtcDfMfzfsvNPnM&#10;P+4LLatJZONk6yFiUc9egF+RWyRnK8daaf53tpAg/CkBx/sjM6zmgbF5YowGJLG7cJpePE7PUnOq&#10;g/kM6M6YMUWIkkfA2JJV+C67++jTN5tkFW4SApkwAtlCaBfS8VU/wX1aSB+Yw2KJbuXLlTAICOPS&#10;Bl6j5CotOGe1uQ+u3R+8oL3qSPpP5/eqM4DWlkwW9exyFVDVRQ/OEOFQrqrml3KP4Vyq6UQ1pKFe&#10;v6VD1EFHMYFyzdD1HY/NHWfkiGlcoWNyDxgBBoWW5l5wETInfmkkqlUzMQ8rusoSV6sBd+BxN/65&#10;NYKIoqBmeBwVtfNTBY1CkmHsPMElR7Uj5JT9JNKVSvWpbk15wyuBZmU87H0tyRgDy+pcMdKKiUDK&#10;rySv4U/L5u4yYCHlfJployGi45Z1A4k+Rb6Y8Vrvsr9LtZTwN9OIFvAwbl5OYBzsMb98XPWoVaFk&#10;6exPOEUserMJjqHrta1dbgXEbLAVvW/Sg6NnJygHzEtgA5zvtkliZGwa8a40Lly57qdfJtXL0fQZ&#10;99lGvAMvSXBEiOEXHTO9AIEq5QPKGzqORNn4suBPxVv3MWrcRtxH4OQOj5UBUbrfrELS4JFeaVw3&#10;kzgNVBy4x4wLRToOet9MFinkZwOnQk75ECS9AGiVTtcJ0UE23CThkfr2MxaMRwbNV3icWkuVpKbZ&#10;nDOXWQIvxWp0tpTeSo3IQiqPDBtcvDw8zXCDEChagReUk3tdHhwFg4ikz5zvl2KZCAYrnxNQxNVD&#10;WG/iQrhZaAGLrk2MlkphlOcxPIJFZg+ADqus6E7xIhHdkn1wkdOQ6OgNSYXCjJdSVw3yDwzN+Sc0&#10;gZ5Zdmw1PXK/QGgL3wPmx6sNdbz1KkzE25g3jZEMIQNLmiNkeXCOjXXP6TmwCK3zuScmDZiHJ230&#10;gC7a4V2Gg8VdrwVOQZf6PRDVikXJMLAhSkYABYUv9kezWlIKY8R89qkNShGAtlZ/CneVGqhDjy2O&#10;ENN2BQJjhybqmUnSiqfURof5N/WWkk4Aojl24ur9tX4fn8U3rvHsG2HV7pGZw4maKnKDhAQXrrc+&#10;SVAK3uOjZYlAIeab4mwnhX3ZobxpmcvjoZH1yG6TcIwFR5+llmkCTg51tR0t1QmBu5n9B2NZFtBu&#10;ixAi3zLXSUqr/3ThMF7N+/oMw96pBWEKAWvS9WgQXCwl+dZvq7A4lWHPgG9iefzo15jLivSkWl2p&#10;dL/vzNHEIfTdlbJUV4ocP1/3yXg3Gx7Qz0G6z3Da0YZimCJ8OIJmY+NF0JGbtYLwtnxrNVm43Mj/&#10;50BkPfTHPKq/+XQQp9mixzmIh8YgHDZ04SUF22A9NgtUKppO1EOwfKc94kBZ4BQfO/xNByLZxaRj&#10;lQAQ/rAeljNBWtoGoiadfE2Ul2pRnOUePMQRGs0WWL+7lIZrQzZCPsgj1BvS1mWNumbF5TIuAlM0&#10;Oi+VNDb5SEYmpnvlXg94DETh/C5C5xUzdiqfepKYkKK+V9Mukxzob0OY4S3ebqc7E6FRqBOU4Ua4&#10;cwyEZkt/602dMhR3/wi38ntKe7iQa2Qc9uhRVraiHtJnfsjKrJTLQAt6zUPTUFsDieS8VcrwNxhd&#10;rMEfO+vSAj95Sua2pjdcen7sGV+CZdBilhFKsisrbOUcrvajufTIZqQa3yKSVCoiPCj4kjlXNVSi&#10;3Tet195ebTQMoXdQqxUbPuSCnu1iC6+gkQ2uanLTP3euubDq1oQ1O0UdbiDitGqdr2bej+qIyK8W&#10;UfZU+N8xbsy1CJpzlIQHdrzznGvSyAc/a38CkIvsjUJFERvLzNDTZ8gBSGeygxsKpN27vfgZaLRS&#10;UtFtEbmzln+9FCmPqbTgwEEZig9sBiWF/BFaIaOW4TZE+Td6uYFdlMQaegj7IK5ziIx8gx+m8SOT&#10;r1zgZiafR2i08e0FpWsSHBXJVKRrO1KuowH29ty0e65g/GJEqV4RlESpi+JTXIJLYK/ivORCi7RR&#10;6MxAy2vKUKqu0m4GWTSzuu6fHX/aFbFtU10cHmcz8n3UOwiFgJRl7YWRtxkdLcXHEUJcR0qBy1q5&#10;o7nI4x68HmFjSBKo433SIkzQcRYC3CF002lhm7VeVgATVI8pivJp3jKywhIg3FUHl4YAi9hcIkhA&#10;QJTVtX5Zg7oVTP8yWftGI5bbrG7+3eUoTN2qsbuIZ3sc6Quq7NCddTln7zvHThBOhzqp/x+WljVQ&#10;nnv1YZSHuQk8FCO+ed1KUnxxXya4V3NwtwX2LcJ56Inw9p3D8nL380GZHHNlgAWO9Dxw1EXfVdFN&#10;TutnZBL0dn5LRTl9LArRyzikRXE+ITSTaSdn4S0fb38qLxzmicq4EN8AFmgmLRjERN4QKfh2iZh4&#10;2jNBBaRsdadWXlRCl+Kha4DBJadtrZPW6i5Rj7RpQzwqLMRsrcxKMLGmmTkU++3lZM+BJlUNPjky&#10;RBvBekCZtVHxC9zglYHa2qSoxG3nXLs9jysXwBSiDvwEpVUFLfEPP5AUWD+ZiLUZGrmuBETotgt3&#10;/MAQR37GhS22pO1i4MEMFRl3NXzz6Sbi17MPhp0s6bfzqK2m1t6cVCqX9+FAvtRxrvzV9cxJ9BWu&#10;8EYJ3ZAVSmA+XjUEw3EKM4kttBH2di9+6t/9Ph4aNBtT/LwACY2ON8kLZHREK5JAS3kPrzH8XpDK&#10;CWUk47Y5U48iTW+oOPTMWXGQyAXDidIAybHmqZWPkc3lauFOignd23rZfOkXMHrOAbnhzOcvcFcQ&#10;wRLJBuUUpo1pxFGanWZihZVp2tbJYoFBSEceF1KU8bBwsQaFav3aodWnA8lAvI6lYZAiViAsBqQm&#10;K08ZWi+KlVcWRmjf5wT49PEJfu4hvYAohqcFCw00YeOfvYgCcucVOtj88QXQC+nIzoBcVpBLCNwJ&#10;a9yUZCTx5twxklayUMxv2Vw/qZqgUV+c8Rpbg+IQwQZZWDk3L8dxOMWbArFHgkJoICHNLplWxyIb&#10;r5xo312m0aI/5mNxAY29g9rE2sm/CIlsBnOcutlmSVipelxYzZjmcK0Pg5FvFhCMkvQkkegZqkk3&#10;ViLJBWfXuhh+/kcVDiKwun04vl/a8gzorDMfuYc4NnJftJneHRIZjiI1oG8bktKlqhxT0Sr5t1f2&#10;oic6Q4u0tz5xKshZc75Cb4niKPAuwJeUowDFtYi6o7vWwi3Ph8I8D5/l8uCeoUIwOii2MueklpV8&#10;fKBBl2EM8ZPNcRDID2YT6sWAa8/kxmYH3v34LmpNs3ZEs0yvZvoIwfifoyZoKP0UVvJcXolgRzV3&#10;faoTuYb7FKvrB2JrCrhyRpUNRVMMKzGSJGd1USnjEAUF9/EaIci4JtxPgmIySrWxNK0uspYmvWpt&#10;b+kQzdafhdkiDgATIOzfr7BxTT7ZCDSsemng5vAG6KzEWC8aFAIo1xAlsTFaSsY+BCFu1jlTPzId&#10;IpN+XdYz8Gcm/rRK6IxMkgNVU0oClt5QgR2/pdAdByzISRFneqgJZFUKI7qDlaIF8FH/I/2pZm/r&#10;V6Z6xn+uYTFfb81VtmzKJQ0EOTccpssbHbP/KjAB5E9iLFMeSODRd7dZowQ2i+mSX0JP7cbrWiT2&#10;J12cK42Xpm1p7ieDfDXpcC8IgIgCpiw4DVJvQ3YqSIkqhJox6prrx9f4T1MVpbq6BFPnLoyjvBD1&#10;ADsExvF2rApKO/sNvnh8lA8OAQYLbZv5huPexRSgcYScC7LkAIyWodhn5IxXFxFyfqXi2EvDARjs&#10;tt2n1il1YY8IysM7V/k/KZwZX+JaWBTmI2Ylps6YolT2Ye0ard6GnOrhghDOdtuM7uFego2LoWzg&#10;J6tSlZkhxb/ZOcmia8Flft/5DJDZcl/dvqf39R3bGniRoAWi68kWDLKlMdXHfku0VA1TfeHJwXNz&#10;ptqEQVCHzu4JFGWpy1kw7d8YPoTxoAHEa265cRpPSugsy32vPpHeRlcNY44r6KJClfAqmWmGTQRt&#10;lQQpqEVBYhJV3F3rc6sCMc9Vte4JFDauDcWMg+8n/FcFgolw1fG6Ig4/T9H7ELAJ+Dh19XpAz1OZ&#10;BlMrpWHGRPBAUx4x7MxqftzZEXyAdZ7+vbv4mxqngOEKMFKfK3o0vvRrNSoGgJHxd5tWyMW3HgjA&#10;S5KHHAmpZf/lCZukxnDeO9IAzNLTFBJVwcIOGeYuxGeVF2fWmQsjCwqusHaT+omZ1GT4RioODFFp&#10;oaXNC49i3yCIVsvQnRqQWROQ+kWp/lftRNAbd9dvJzUfeiolw3AhP85bIuDTG+TfErV7TPlx5lUE&#10;RsRfLqBv3G04O7j4dGTI328pIrYYT5jTc1HmA7UEoQupbXaLcEToiLT6ljQhVmKEHBp+LNrxeM4J&#10;3joycl6pXPjU/LMWoZjXW7FYbj7B9kz9IfLyDL8CBMlbVxH8kxJjgM+YDNta7Lx/qvyaliHEYM0t&#10;KbGzpYbxYy6CBQRb9vvtSFoe9EBk8rqd+umhq/e4kZQnVVeHrsWMJxGK+HfIOu9tvSYlJkcASu7i&#10;z4mFefdmAXcTIw/tf1jSjsKZjVC7xZfKuTe0SG6rXIoHILMjkU6LzAEd6DF7T1tx1o4WbbDvDcQc&#10;Wfu9Oqy/kBFSrBlqJQzgMwmlUA83D84nVu173BuE5xSkNUfp+VkLR2L/Nhp/1T0Y+MvWxURWfzQc&#10;NPyfezfvfyZk+JAUI3BS0oSxGK0d8dz2LQBXchQKa5LlENiLpOw52RHTNHP1QwiY+7UZMIqiyj8G&#10;sEWEVFmXGBT5SGX24Ol5bqZt2lphFXZQ5eO019EPz4fNnQMdpgOZfypZUxoFhfqLNIAsfozMdIcq&#10;+dBbBpYhMQQ1aV/ABVLRXUoi6ZNbA2/RBE0/RKNl77A3pwrf/KnRrO1cDlBnokEtT3eGUR4QG8lx&#10;QkRvuhSiOqnDJhmflg3gpxNLjaAD04Se3MJ6cdc2OiE+dtGyQbbWy60FpcWvq7npKwiVyPMQo70C&#10;EjiNQFBFjDQsBNE3lrPLOcHJy2ldpR83bTEgYwwNY/GNb0X21Ut7O1kL+6Omitg+4S2pwok+pqBX&#10;q+H3s1tMRnXslVQZiXjD+jqIzgX9cMgOfPceBvgIbGR8yCbXWXvIOemx3Nj9yVZ72WIde//KSMcr&#10;hWNIv0/8Y6qtt0aeL7+pwqJpZnZ6MZ5BIGvsfFK+R2swXUVtwDeiIbxeBAx964jsgbR5HmfGAfUm&#10;hWT7cJ6PvBTcRm+YGZ8ECuxGuaONE3ALYsZy6ceNVpMLqtmeDMPVF7KkNsdH0xycd9RHbSvJTyyX&#10;g4GK48zUhx4WZxLP4hgP5/AjM+oTGNTyPexuNKvtHDKLhr826CKRH2JBRFyagrLAlcRGWdAgfnj4&#10;mcdw59MG16oVLFkv3ajZFyDOpx3jrPdCsjSMDKR3/DbALaXi8IFkoxtckSR8MsmIqk4KkxSQf7e4&#10;A4nt0UKgOE2mA6wpzaAP5bK0+JTvCiWiRCcI0xn09oFk/80BCGwwApl6SivPhLk3J+rfhkQsC9LC&#10;kcQDuMIA/z+RFIF6JtJz5bEJ6WTtA45NPnRVXGDZGHUDOxngOcdoDpVnytO7NTitULYSxKFSlV4D&#10;AxIuUZDYuBC1shiBtlC2SxJyDKRQUThE/i0WAtT+ZZ12V8FhKmlb3xVbVF2Fh3/RGHGaeTW7KA0K&#10;ztX0SCL4ea8DjtymWJHdH0Xt4uVZN1rggu8B2Zl5WQcilNOc+1aRBQh1FGoJRRLgGov1KqxgdYPM&#10;Upjksyl/6WEKx/OGgSogv2vloVbQsPo66qKZ1t9oAwtWUzpO8OFhs1OBSopFDlRkAqSNulzlmKYM&#10;WtUea9aYo4x1cqdzJQqy3qOR4OMiNNWCGqldJ+hRNWE/V1Z1/3qf1Ddqkf1ziaAhuAAvwi88yHXR&#10;37D75hxflMvOOQWnneqGuyArWQYmAoBnA6W2SWXpQ3YVqQvX953veOXTOZ1IfC7AhwHTO9DTKuL5&#10;pk0lmAxa0bp/Pe2THWTu2SGhwJ8qKi7umL0xzGSdLAc7OCxQPtUqOGpH+xK8KJBN3eMaDdPd7vp7&#10;YBRuXz4NL9yFMCkR4tCCevGtMqt6YFzvDdLe75OB6SmJnXSpHO7kkkIH7um/IKkz+ov2IQx1TnRs&#10;iNQT4mONOTGvgGU4hSnXsNJhbChd2j7u22hYaD1yoZL3wmNpaEkr2WqZB6F0eTCWDKQ7UG479BWK&#10;gJSVkUGatSziSpEX8jcM0PVWksuDzYGTcPXeYGNTG9DZXvvYs6EI2yVzTM8PtFIjJceAwGudYDuE&#10;ntekEMGYbwOEUYoyOfu1UIsSHUlEKTfiwQtdDd0HbuVz80KjMToT5mgqCSGtDBQNNERtxfSI7lt3&#10;hHYC6ZRrtkkgI+e0OgwWP624XGjeOH9uoS4tUm11CNg2S52X3fyxP7heTo9t0dxZeB1IFckTESEU&#10;HB6gd5FESEC5ShiwVL+PzLsoROQwTOm1nZYfmc5KR1k0bDmeZl3hxPDDkU/HDlVEjK4E3zBPvrpA&#10;4HmdPNLPFzbepIneaFkS0YzZg/Zuu2ZUzaGId4ZTA2ibCCpUd6PFjfXdNk3oKMEt8xaLvDGPnVyc&#10;7RbFRNk029CIGTddzHraQyobtSPIKAtG+w1oczYTwRtx0x6cujjzcxMvdCwYiEH2yuGBk30Biv9g&#10;Nv6suSZUQ6G/gJuI0VMf5pW5kcYtPc1QJ0k9E3o8SZARcIfOvRX7XMT4vaHR2wQFFYRY3zD8tw9v&#10;KRlRxMegbRAAyqfKYRinp+dpIGVIDJBfqhwTDsPLzVzStBEKnZKkJP153vdqbemWuO8VogyksUIZ&#10;gB44ietOqUQa1LCEVZ/CX4eSvefxZ4JETIlxUUxSytcYrczXFhEGtnMrJ6fUnAIn/xfZ4Uw39eEo&#10;W3XqfVc3W52Iei7QVGwRBn6uuypAYP9IMcuXEI67Q8ZnDzOogt5qOp1WUJLnKrwvs52cWmf/Q2S0&#10;szwoN4KZWy2nIqdxi22O240m6cz7HLnM0K7H7p4O4JKQSMKlX01+p4XtdgJLmkYJXCtDniS3NId+&#10;Yfs/Mavcdh7WTtWRDE72uODJhI3SYYc21PM5Bwh3acfXXGTdBOE0FPMbc+2yztSpdJnMg0LASAFS&#10;D80cIEY3t1eAPBZtstek1rXMhwNbe7UQVG/ar+ioip5rhAeaDyNt3In/0o3mlOF3uB/aGRxeR6yc&#10;Cm1qyv4rx19giYTUbL4jcep7nWlWvNHOfuCo+XnvjJNNWY2zFjymxZm6qs3eUq3fBXN8M6LXNlmX&#10;bJmgYqOQ7XO6YwxaLsIh8z5bDbqIzjVU8earrGW14QT06tzIooKRTTp/cT8zRvill9zQZ8WeksGp&#10;QcXJxiuUHj5LVyjs2mn8m3MxLCyaNdRLI+tVcv3w2IHO12s92gnOTC0BUXOns4hTr+UfSHQYYPFH&#10;GlWpwWx2Kpi7olKkaY2EC9Axs2AAsZsy+DluMMzCIFFYUfEvxv+qPLpoKYaMzJzWIgfKq4Zisdho&#10;d0oTwObpVVBamp3o1qUa7WyNIKRp9ldiXEd2lY04KOADh25IK/kzplG9Hqk3tiRo1zuhfd0CFMAF&#10;GMQJlQs7Rawc41c/d9GKw0aTXLb1jCLnBzaXnUfyKHYpMpe0tmYydeDazz0TFg1roWvhEXrQV/Hx&#10;emGCWgAOh8uECxy3Er7nvoz+WfPJMTwKpsGQuJhUMi6JziGM9IImyjMkYUU8FPp/jlXqAAYfp3ap&#10;uFfaaELGpGV8ZnvqLIqFjLasDl1GB7GVlW4exHysR3N/zWV7LQFhfbTFYrEJMjE2atOUgeVLqY/v&#10;NqkeolxbMv0PqrnpcUihthTNFsSAkvBx09Wui5f9XBpSEpkKqJ1UsQ6J9SelpGrBiOxEcgF9uW7X&#10;e1GmrDK0ta0/hWRUTebjGSLbfr+zSchyG+DjDuB+i/7bwb3cxm5IMp7lmPrEpmLi42F84XRb/ApZ&#10;dYPApI0zEXfzNPUzsCdj3VRb1x+Qzi3pjZdhQg9aEnozhFRf2uguIY6QfS0jSNpfQyRbAegLDv8U&#10;v8tChh5xWEZEJI1xDEmbYfvlBTnOVh4fEwQbN7OmI4oPBF26PEoijddT/iuh0VGgywU1KpOB3Szv&#10;ja9ttY4ANs4Qg5r5OBM2yc5LY/QpZudFRUKFJT+v5LHPi/PMtTKZEx2ovHgcilVsk4WBnU8DMJiS&#10;0JHQY/7XA2xUKQZJYyJlbWka/7AN91RLAWwGmMX2khRZrqVb/bGU4FgCRaBdJ53C2uXpLjtRUgCA&#10;4ZNqBGEOtj3qwhcpe3VcYOu9ELfyxmJiYjK7tRu95ucvBeS+/bwKSW7+PvSyrqkJnyjvMoXY9tLJ&#10;VtZsaRL3q6McZgh7dy6nTzrbP+H8TSA2JZh7/2rH0bpecbgGKw8uGTvJOB79ZCpXZ8JwIc6kcYhM&#10;LmFtVI0jqWWf8taFI5NIhhBAyZUagvLUAvmJdgsX+wBIFMQqfhaBEr+9pxjNCBu9VBpjLSuz0g7G&#10;bIu74g82BUGhCiZo2PeSkihBneYMkYxecMy7/dHMsrcsc1OVE36/koVc4T1BcdCnAvsGdlZCcgY2&#10;eO69YTrR39SSNcUj7hRZ/xH2PTS53zebwHWVfZCyL98xyAWEu7iSqhfCGiDrOhpIOW6SxeMIy+1I&#10;BYHOgLXi112y1oJLsncRh2Dpo8xmuMKYmsPqqeoOPQJ6DX4WdG1HCDKMmoqbkVquJgmt1MJyIcCi&#10;qdE/N1nMUBVg/de9vOidYUAPSvKBvyGxcSuikvbtrFRQGCBQEzlqnhqyCFSovIMz0jMEf+LgA6Hi&#10;VeOf6l+ceDXmGxNY1JrSoq89kqblE13taqbX341cq2AywSA+4b5S/kV/mLVNtFxCssR/T87xA83g&#10;ZliSsQ22/+inZsU6ShOMONA2QUTBhExGcYJfrTBr6FBmYQQC0wOzEmBYbJ5WNplHLlsdorJKoI4U&#10;woyQyusbB6u/GRmE0DE1hPEy8wPfrb4Hpnfxhd7q29FNfQRqNMbXuDiMM7J7teGYZsxQhJqHjjqb&#10;OCQzpISR6MTDZSyE0rc8NiiI06kwsIyZhO51lxZrYTVxx3qKbD7PeX2AsrOpvBfYG+GsKGEm7CJu&#10;gYzZx4NI9JKOs6E0zYlwLHDhiCQC0EUTgI3WlQuiwlGjtCHF5Z/BincX2z2ZAak7qwmDa8H/DYvF&#10;IoDc+Hv6e8ouApnYNJZw/fhjLIpUF1QS4DtHYvs6u1DbTVgYTA1nQ1gmc2o1wSENrU24BJHwhdg3&#10;BcVtpI8CBZZISOZR8As49y1u/o90kHyYApE3ca+GAnCKVqcLtVaTHjYxVe06RV1oSgiRp0AjffDN&#10;cwMv1lN6e13mF7Fb9NPwh+6KcekwAk9KAmJYioiniVCzGA3xiqws43gYCYRjiPbxMliXRWkpm4kg&#10;OYOtkK9NQhGJdTfeixgcoVGyfFOYUwYMesw6RZgwRNvQIMwAXdm/fqzpT4pWNaD/fD5nDIQD1Epu&#10;btgMt91jIFENjCZCvQVtDTXiknIMCzDxh5dF3m9va4Jh3KcszRdbpvJm1AfiY0rYadw+qFxPn/ri&#10;A135DQ6pbYVZHAFDLI0iQo4nU2fvY1RmJMoYkwoA6KBCwALUHNRZ2zt+gO4CZCRqpuNG7ct2sSIK&#10;OpzZhRtYiBw710p5YnHNh/yAbmGQpXtNFBhCGtM3BZL5f+nMnwUNR/SvO5sdeQ5K/sso8Cl+K5I8&#10;V4O0byXfPFOQqXAUUTR8QCkRHR6ND5C8BSt/zCA7BLdRyQuVUayG2FTgA5ftXLY9QdH4bzfhgOB3&#10;bBJ9EXBFNHRCXFwgXAHETR1P0T3GzMvp5lGwghd5w1RQX71Dwqck9lSnccpqn632gWGqDHUkWOeJ&#10;ZhfZN+Y5J3Cr/aeV5DqNTACRsJ45vnRP1zmaU/khyfbqZKYfROyI9vyqx9yRIj3x3/OL1PY5VTPD&#10;FvSjFj8svZCNWRjPYfbouWJh3pB8GCg8JevEzM9HOsDNkIAK7ZQS6bxs+CcC7PvWuGQjrGJBRmUZ&#10;hgQKlEyt5ALifWCzOUxd7oTvhEt0wC2wNVvMp3heGfx5V1dCme15FQg9VY3J+hUa2FZFFLQRhq0Q&#10;0afwb0VhlxnTSml0+ilX6yVs39icpwgBKlgMYmj0+R1Kn/DVzIyDf/XTfY/zGQ8zwvs7J0ZuRaIP&#10;ndApN/iME0jyO898RBa41aVNrz4fcFLbeUoVgB6U5Sb07H8rXdt5w8hUecpy0GZA2gKt7KUkQhg/&#10;m+YOaNqOMCdFIdP0Wqytgopsx1xj0E45Zgi//cyxoAvCGD2XDb7gYg2AL34RgwUZEs6mo4WdBpxF&#10;coMPpXn1A4iY82NcPEalNT56kK/82orNQGVmo89B6b3hHeKVJ4Sv13Rt0UYuxBYJ3TMly+bdvU8u&#10;0+IhvYKrc+Gepu/JLfU4pZQXyJ+zEEvEYZObcWZwAKqQsrV/0n0hk3pCREtsxfiNvzCJCJTsf5a0&#10;dx6h/kO6+psFMz48uUHe9GkJ99lh8JdlA3poBr5qlJqtNcrlrM9tSt2fo+erupeMdi+jiVUjqCyN&#10;tVRe7J97EeM/siMWBibTbkpgi2aFWCNapwS1jwyAETQTg6Ylfs6wb8v7qlVT+jGBJNgSqccxtUaT&#10;X5icwC5nZFiGXklgrun7pJqcA3eH2fdjMSqlV8bN0SKvrOR27wIsNyz14XFtYKMGJ4nbtvuXSKhS&#10;wXsiqbGWWO6g7v/rBTidAd/M5DM8w1cEUoyoqqQDA5khZwIz7TAXWoHQpPrjLkMbhL6n6AUgmeig&#10;NLY/bqiDRAB19vxR51pixmSlaybv/wXNtt/izhLA5UF3DX18EoGAQWuzP5g6iUoMjrgQljO76okL&#10;ibe0nXlJXvID2w1R4grXPPr1S3q0R6fgTtEjavyzEJATq+53XdihIC0KbhY6xFykcdUdoUBqhEKq&#10;ZpAQPqKgBGp0s3EaFOPG2kvTG5F+bhRkQOcl6eL/2y/2SmZBqhOdc1WilIvTizbylBFwFe6kf4lv&#10;09al7pGCs9DuWsenmyBeQ3mdR1UF06uCdrORAwBTWuWcgcV+gPRkJGjmBxHVSy+Njz3QVsYYuw5S&#10;ftdzenuctu7sq82b8S9DRV/Qlnxt1Br//NjvpCmgprzmcc6uzUzjAsQSq109ZQfH32qMNW4xbPe8&#10;xArjFwwuwCK1pbjq1L2b/co0FzaVA6J6TuvGq9xr6PRda1b8tVwBxWrF8pCQJfiQYki9WtTQGcWx&#10;zt+KWHoB4TquFLamnJf8kZb6/cyLUkNcqCtx4omSrULJjdWmRFDTqBM1WsXFO6eWgtUU4Li+iMos&#10;sszyNqMoTopGejsiZJgt2VznwI0osSKeNztvo2tfknc33PgAbgwikhIm1wy7wiypB1FGmE81k8FY&#10;/g2K2rDFLJGoRsxQIV8Kt0ckVe01Sg+n9cF6Y53exM9BJ0Yq0m4Wzieam+28YS8/VWHl61BRp/MC&#10;DmkeQ29Z5HlGvxGizxErDoBmReBjsLOQ1r6dJkAq8hH7yaxtimFuwcICNighsM9F2ze/wULFS+SH&#10;jkKUCzfJWJ2EuT9wIt8i29rb0EqSHk84YDNfSgBExnAomsYVze1LtC8YhuSjWJ+dCuuukMiiNoTm&#10;VK4vxdFs3OBSFQduKImdFrDCJZtkfoSIrqL0dd02Ga2FOoNdiOh2BEVxhQOKwdp37a8fyAaoxGRd&#10;5TvF0AvvEFS1wiLS67+AAMpD6Pr+5hzLsOIlqvM/b7c4nE9G3xhshxTI9b4srxfrCOOPzsK5rbVn&#10;vVMjRISyNGLUMMF4cmSz3/fTE1LbbFL6GRpMfDC4kZWmBJK/Hq+APx6GFvpc2RK9RqIemzmbMBq+&#10;PS56Vab+Bo9VX8pCUf2W38yBRrN4t9gdKd/jgZX2cxF2zYJnUXg27FNJEZFtjak35yTKUcEMTcxe&#10;n7CUxjn8Q6PZ3BM4BIwq6k4XjnY4IbXodwkXJ/8nkrJ93jLdbTOSK3vJY03Hyjx0XAA99lE52lp3&#10;YabLa3AHExlcwml8LlHvvErUYsRpXaid2ykmhMtntw1fZG4on7P2o2Wj3Bsk4TxK25EZiXqQ93mZ&#10;BjvCZrVgHeL4MhBQndK/Tdte3v5bxInX4Pj0J9IUrOvkKk9E8FK9X/caS7TlTMBqKka+KUuJxMDN&#10;YKjSpCF5vhTuEboFZhwzfl96FY36MyZoJQoZL2aUy8EZH7XlKyARQ7YsI828cV2aZmb3D9GEpDI4&#10;7nLSE7MNQZdYC8jTP1K4eeJLBI+9AZyr3zsG8jYQxxWpjw6XGXDgEWq9bYQeeAsrRpBkITF+wtvT&#10;eaP8PcJs2JKltDsZfMTE2t9j3JPHrmyQLn4QhYSGsUI+D2+BpsiqhGIEHswHS2FRgF+qSCdpvwf4&#10;/DliLj556FDC3G5uok/wTitexUDYHCnfTFS4VuBz4FNHBg3lkixHovpynuUbiLhTTL78b15nQ9DF&#10;SlAIXXqpETjuOH0vV+g918kmN/vJIQQ0S2ali2YOmNQNg1ZKCodhBkLd2GQM56AI8k3v3pEVdB2o&#10;je+w0cJ0DaG9RF4YgsFioZfpBuZFDeRQ6c8z8YYaNZUZ3c68utbin7VORkLKT57bKeSlZ0p+eZRH&#10;BPmoDGGF04y9CHVqEPHDt9IW9q82c5AQG6A64TgYn6tVg7ODbdrrxQDClXP2F2+hGF/QFpBjexpZ&#10;5NfhdeNMQ+iqLdqO+RaqvCylBB/YiGPSxV9xHWzC65BMVnGe+wqHmE/eLHE5UZZ1SUloCBvRXBMn&#10;kRCNmaSBYFY1NNwmO3xYF+UIiRrxERA2GUQnP3Kk3eqNCBQe3XWO4BJ90GTr8FPLUUzNdUlgQjKI&#10;QBY4DpqLdrNxWhFFjCy/TsC8QYsbBzaW1F7LX7BHBmWjmHXroVD6t5CxENnyzPlVK+YPrJC7l93l&#10;k6CagNIsFPY2EliP9TmB6u569grxXwNBwqlkFANhtKOsh3yN3V/NCmLYQCitXNJaTCe06cdCMMIR&#10;WNz0E94oLAkqnO9YMrcZWtnj8sp6YIoPW3bQm3RiqbWqbUMogNOZBJC0c/UKFlIKd61EVgkAtQ4X&#10;wdwb7NpxzVMUYW019XbUE3XLpcd1gtc7Y8oNaoOo7qkP2e8nefUOUMszClo54rK3gMXwztv1PiXo&#10;D1SJRI0nAgRZqQb9thqlPcfGOtPpRSk0qE44kaIXUqD1xua5dMUVSEUXLyVUdykR7uu2zKrn+UoB&#10;HLu9ttJxLjNWyVc2KBdFSQuOgu5JQ4XufERFR2MBpSMRJPYtaMJZcEJf3xuPfJMoOs5RIe5hsd/z&#10;W+Y1oZQDkpaXBGEmUmXlrrC2AfgPyPCzDWnWs+W71MA+hjUAT/V1ZFDyVrf0jKYVpSW0aQRAzrFf&#10;PGIhR0nthQyZmOD2PTm3J9ASMCtGOmrJrLFehoIQF2BqmOAKaidiDiGh4CVzXKpEKHTAFty/q1DX&#10;DKT/vVWS5oIirmI23uL4autt+zO4voIBQB0w5v/BvFLl77reRiuhJUi8AI3JopeAafbS9peomtMT&#10;cniyuqK+a5wFWBXw1I1kjWmeL0pUclljNfSM1VWCBvwcsiIBm7L8aToyo3bFfNljIDtauDlVnpeM&#10;9jbVvdD/yoz+tTr+jxNGncAcz0DJ4BaaQpodaXZEpwHxiCt4OJEgjhZf3JwCRTwO3e5vyOwBQ2wm&#10;5jio1I1FFnZ5jcVcgfB1Y6yzK+FEgyFOa0AN8NAKi8QllJO7r3KgvGzprQEi1NeEQuhp7ELQ68SV&#10;5UsYtk03hhNmvWXYnoRVO4fQCthsyj88Uh1EyPs7HG7YNqBIZn6IQrhHgCfHwsPJCkim/miDiWMi&#10;5tGNcJ48eQG28Psdud4dSpj3Emrgiw8lUUPmxKKLTFWcsg7sp2Dn7uB7AfDLd//ShhJENxEMNN8G&#10;4QgFQEwLO8hVy7BdqszOE4BhJRWitKn5LrRJrUxc6ACV3NSbmS9ukGyWQ37tC6gA648x8KX2C40+&#10;CMjdw8Y+XPoCHJJWYSLLXPq2NZyQD48hLgPsA7zHCM++3GJYvIBDheiGjIMml3gRfUQPs8ba3Y92&#10;hb9ZeRT4c8EVrMwReVPHbD2Q/XbJgvM2wwKELkUUZrlEQG4yGNTEYjrglfgFRBDtgY/8PgGP2nFC&#10;zbPysJhNvi492uTAw48oKtxZC4sgOMiTORoF62n6kYuX/1GbRn4R4mDwaJ+r3csmFyieU1U7g3TN&#10;HIWdZ8VZktwY8M3mcEwxEg1oAyZqXJYIZ0ZtMaPdjRQUuBGGeuCEOQ5gkSLHOPxQbXp4rYuMApOA&#10;LYN1bIP0Ym0SKJ2kmpdtvpw0g5cO+51PF1jATPwVh34JXWLrQaw/F+6NYVBR7YcigU6HSizWib0r&#10;f0ou2VevFhxCFT/HxiYXaYASlH0HXBNb0zeC9CpNQcCgVBXSC0ox9N5RkBogQgQChiACUkSaNAGp&#10;0quAVClSpAqCIE0E6VVpFpQOIr6J13uvep/nPt+3+SW7O2fOnP+ZnTNndnazq8H0am1v2srl5Yom&#10;mItA+x52d7X66aJ/0lfeSZxKSoAXP6btHABg84o7M08FpN6kGt5JZAowt0mzdZ+Nq9AXOIAOOSkh&#10;u0Zz9+VJr9IwuzNnlhAeU7yf99r8vhHDTVt1LX7zcc0hQKKYVCWjn/is5vunj+qVXxF22/uY8uKi&#10;a0vB2ilDzT4TgzCj+NMWrTGzH7ZbG1LSHQfSpZ4sLXO4uu12XvRUvOvBVGppLLruL09LqR2sr2tm&#10;SWA5pmywEdhb0q/YGzmLd88EM4yoUkoH9nyR474+eK62y2HghC1ejrc0zX+lTsludr/DrAlU9oHY&#10;hZyy7Trueo1ZtNuMzQ29eLKvfW/qUswhaZeBWNoERVV5dLTNFxD7bqsnZVCgfV/xXM/88bdBoj59&#10;F3Oc509Xe5OeCtLbIsxU93zimMnI2GTjBN396bcskXt2+VshWv0yyH601hpbU5pertYb1RbYtxca&#10;W1HH9Hi0Prm1Tr2A6wc0TyWNLujAojA7PHfpGN4wCldyyDsWKmsTv85FLXJSSlg8DIm0zfmWWM0B&#10;ePGy5zWB+zKqMKEJ/HS8QvVq1SnKoQai2TO/l0PdFXl26gEiJpyWxTcyjgPv64aw+lA5d/JEsPhL&#10;ca7cVy/0O8Ignc+mGjBfvlcoNa7PDybeqzfPZMmnlswTXhuybczwGVkdgNVYAU1wyhw5LlcMs5j8&#10;lPjb2MYu17hfV+kTNBzL2KLwMLJNryk+b32cv+2WKqdxZLWhQ9eq0+EbLtV8iUJ1kb5BtPfT8b5P&#10;JTOCFJh4qKI3ZaISxBlDJxSuAdrf5YGyj5dZvYjouiWUbDXcaidudYecjG9/ZjXWE3Sjffwaf/IH&#10;m4eSrGyvWE5Wx+joczKApnRzxB/5w/3SazlTAxzC+BQOR0U/OVVgZip5JopFl3ppeV6WHqy7Ivn6&#10;0rsPnx7k++18ZsO+Eyl7L2gqCpzcwnAMG1URbN17h077LRxfzNCVT4boWC7zxseqJZw18/Q+tjk0&#10;Wv1e4GYOcwxru6Ap47z3/Qa5mEAw0EfwSrZOYgVWxPryqi/V469O7NgRdr2CoqClO9ebPsIQt+rE&#10;+80nsEM5vM16Vs+Hy6ohvvUWXj7bh45aKEjunOGKhy4O+nZld7cO9DguGEI0ITNbtfbquuzFwItD&#10;1vd3mKyQbxpHZoxSqlyJ9/oaN27iM5mprICs0jarZdJRjewOY2JZq3XiNfKNzoWctZVxioTPaKJu&#10;zgl2ypS7hwlCkplXpS+Vf0p6nG3Wled/tRwapqhc6Lh7xa9yKtcqYSl6xnJ9EeMzKWXpb3aRXYbr&#10;5tyOHxPVFVERJN0dN1Feo6hiAXo/tDNyhHmgfd5svOqqeHnacq+LYYz1bsHls0j9ek1QvtdOzHrv&#10;PCPTx7SOvmadb0xKYWE75vlqJqpdBwM9ydkxPuVvcJHV0sYC9gLMBoZ5MkC4+bBBi6vdJXO1Ttf7&#10;3/w1WSN9vI3TzyI+h18IGyHd1mgRzpfDcI6WYiaCyd9MSntjKLiQV6mDoy/CoTKk5KQ6uDfuGOtb&#10;nbpRCc3QNk65Gm3BUpei29QcR3KmvsGh+W9Kxjc1WkD7ONiJAYYIMEHivR590O24+opnNLMXvjHs&#10;oRYkF3gs++PATsUDUCmEJuGpl6Vnd6PmtIvs3lsX4aC7Uufi9x2vza0kTufoyqO1vXQrHfqrPxx7&#10;4p/VotL/lYYx5mTGnUNOswdxVzGWIIOxsTNgu0HZjw1w6+m7z1r82BgfYUxPdTxAdrM2KjOP2o/f&#10;7oDlX5PlQyQ2Wt3m8ELHd9FntFvnulboNakvxnoNDezen12JOHhtLUqvyF19L+DidXiPxpmT6seC&#10;W634xUMGxlO0CpMFr/tFZlDJ0N7J+tp4DNhc3WBJw2va0dsyXy3IHNWrMA45QhmkUxHtl7gfQhW7&#10;yQkFPKLCePNY+Z/gHihi9orYiuqPi3WgBLGnOnp4mndRkp6edR7MDNSkkN+ehuq3GNOdt3hY8lbH&#10;4DYh2FvnOk8k8w2BLGCF7NuVw+4RzB9UhCM8IveOgE3viM+aXTklHNWTNrSs79bFbkY71nZBhaLn&#10;s4df29HrBw7lr8Nvt/FE6GdDXJMk0w/thKoE3Qwv87nJO87GIAFqEHMKy4+rPn46QaauVizFg2tQ&#10;65Dcibgw02XO7LguXYXklQ/NIp9ofNRqqdGzvtWdTCWnliKPyArtKtD0qh67aYvZv0eVwmt1XSgt&#10;Xp7v5MbTfoES1Yp8WADbqNSAKnXlcRpAVr5x3/rzB0x9vvxU9MwC3jK7QsYaNAuxGV1oykDb6JXL&#10;B7LgpFufj3Q4F4EoZQy7xnhwLbmzqAMlMZ6DRpq0EksaQHHGaKBFm15/cp5d1P6KOP59t3dMYDPH&#10;40sXnG8Lm+7TzB/JcaWxFrojOE9rDwqR2V9x42nF5Xu4GQi5vG+ZGqA5B3hkPtB5EhMCfHRZUpLu&#10;Wv+4icRk+/4ziltdqEjmfkBocxm3BPsmV6N5e6Joh+0ZrcjTSoe89F0OU+61qMwUfoic8m82gGGr&#10;bhy3H10Dx4KYqJmxeFtXIgGLcSJvOVtfZYYDQADyWloaqIYnYvFEAAREIukDtTFOWDFNjAeWAICI&#10;Aw09XLBAHQUVoJErxg4LgIDJPLKyf0r5XocsxhR4EYd1BypiXXF2ePO/isnsP1pRILVOdCao4a84&#10;k9r8sSeGJoHBAtQcSe/EIhLI5QAIShIhDjRwsyaSm0YTiO7OBAdZ0vKnUPBPQuUxrlhlZzyR9BAr&#10;FWUV9BkjPO46luCqaWhAtJXQxNnZE40cSXIV8EAlvI2zLQ5vB7yEw6Pxrri/9pVxBFeigj2GAACD&#10;wECyMFInbAg4l+9gIN91oon5ieVPaGTVgP9Q0HcIl3C2RHtXUwgSZf4TWLKAHxr4V7CG9jj8/wdW&#10;BPIfUKG/QkXB/1Lif0MKgpGq/PkBg8lQQQAwCg6AQsnC/vhAYGR9gwCk9U/9gpAZfvQL7WpDth8U&#10;AgpUwLioYslqByAhMCBZqwZYohhQAagG1ARqAfWBRuJkG/nOLwFGoYDKjhg7VwAU8r038vLON0wl&#10;YCAAuYh0OEAgslDz72XKGCeco4fYjwMM0DQEkA4xACoFICsO8ENz4n+w4hyxUBJeEkL97wSySf9H&#10;C/lZ6eRjaEAaIkQbe+Af4pzxtli8K9b2u4xLf3QLAgcB1YgYR5wNGm/niAWAgAZErNNFABTxtyX8&#10;bT9A4x/agIMgf9vEd2Q/dKeMcyRiCWQ1ELGKWJKJYoGaWLwd0R6AAkn9egAVZGV/DGEG1TtE/UkN&#10;Tj3OdJwb/kS1XqVewaBEIW23lkQWwL/Ynqvo8OuTe9YptdmPJ1NHP2ouXG6wPRE6aqWGdrIOkEgO&#10;HFDcfSS8gf524ZUDp9DLZFb3ZyYF51+KDnjXbKdMyyy6+yxOdLsqVaDSFmcjVYnusEclak+dQo5t&#10;lisbFIRXWReLY9hxDxY6Ys/nPjG4+CY2IcC2FLMSft7kPZ/xjBjjtPYtJbPmRalWjSfVBjq59Hgc&#10;HLM5XGz0DqNlZMQcLuYJ9Y/APVVUoxrGPdLWPxetmROAEYr2g9LTCHVeyOmh/WY7qv/1di43hlr4&#10;/hEc+vDHk6Jvb+hDbEU4cCD2r6yDd9MAiIzDJkgGdXUhFjeuYRst5KB4W2g0Z7d9i6YAmqGNF2Z6&#10;xJEBGYSh4ihI0n3JeexL3BMdo/LwK805sUFFVU0VWNI9J6nnsgU/7aj5M1N3iwzD50VrRYQH5E62&#10;6oqyQXfplUt56L42RookOzw9uOc4Mnls/ZaWLvp0x/DVEv+Hb1onlPFQ2hGoi1et7EdJZBdwIXlX&#10;dq9MdPVmz7qjZSrrBqeUOV4hUyPj0pPXgs7nGy5qdlCzetoIrpwPfJgB4EstX75+d9d//eQb07RV&#10;6j6zrlq4lE/zgT0tzVQgC8s7G5tRR4uc9xpnKVZqI2umop+H9tJG9dg+evpVkaPBOrmXykOm3tfX&#10;TE6MZtYq+WHanMr75k72cSOsYIgXAf9B/OAW/42ygJLnxQQHHlXqoItvjPmKk+ndrFuX2p93c1iX&#10;WjnVvi1eHl/PKbuOsyhLDX246qzbL1dedGmpZMXC44aH4LOQd83R8pVQAmayXau7LrBEZ7Hj/PQJ&#10;1yyNdwEzVsfdCBtakXH7c0erCtZVy5xjXjGsxmlZ3rITxT82O+LV4vrOc+szIbRFrNFVtYjbcdU1&#10;pNGDIQhqx3FGmmnuw4PyY7anCraHdEYO1fUYKQzmAtI+9lduvShbiu8axPpFLL/t/uKoieehs3hk&#10;NrSmqZFRrdRd1IpkrGSt6cp4nZQZbVqx3OBz2cfD82NzSmbtqfWgopgYwYd9p5N0gGfzPJfOU1BQ&#10;fPv2/YeKYqIqGE+eM36d9yA/OeQ/HRcS/t8cF/Znd4UA/Sd3BUeS3BWC5De/uysk/N/cFUwK8H1S&#10;+o/+ijwj/w9/9cuM9v/msKCg/+ywELB/d1gw+E8O66dg4b87LDj8Xx3WXR17DjTnswpc3QDvGYYj&#10;isfT+pN5B/sVCOJt6uzgq44x8qwMyZNqEKfriBf40MxaNUE2eBuDvEFh4ByaVYBgwZQfzPfEq9yO&#10;1X9jznEipDdoj/UaC3TVCzrt3ChaI41PANDZAdvZPyu+N4ucMVLcNETYiB3VrzGGELC31dfbPGDY&#10;VO6iewLvwvuarPp8ilkb75oydhRNfEYOJ3BIPqaqEz7b5xDH65YC4ogI6lVAcTIoaA6s0UHgkxcK&#10;WS6FFA2EKgtTiaND4rpBkKUL0ZFLhYOku7mTpDKEjlzUlbprf0SvRvPhWujpZQI9hyIgfod12Uqo&#10;+Zxqs51e1OkBrn6GqFZF6FWuNrlsro9i1gJ3T1KDDmUHAI6+OCzYo8BOJZR1YSthVznTDwu7WqjP&#10;vGPvW49VZL6Tztuha1yiX3TGGFGmvJHucrJgKZ0N3S9mJdD04rOiytK2m3yP6O2j80lFp66g0dRH&#10;La8lmLKVOJtE5OG8IdSNOsk2WneHjuUEM0fLlE3vfZCqBvfKhiJGZORc2z5luotNCQw59i5crrTY&#10;Te26/krIqxEP2b+fqzWL/abgGy48et43NpW9PrVnclLbnGUkXWbtcurLqh68X+AorH550nTMxMys&#10;UHknFWl90UvG1Q746eC+O6FBRqzyw0OnaDfTL8WzX/O2e7cueFydnrQu7xXcen8kuW7byfpLmdSA&#10;3NrctfqvbYtQ5GWJ6YETPw/bKiSz1T+HLZgcgvwZb6gZAK5gHF1Jc7oWUNuZ4IRxBCqgAWBJEFBH&#10;90eJjq4WAAw0QAOIBDcs0EAL4+pAYsVj/zB6pRtEFQMiacoF2mC+13N2+aPe3zYv9aM9U6CaggI5&#10;crMFQBDkEfp3cEve/Z/TOASOggK1AdCfJ++UeA9DA3fuDl/n52lRcWVPbZhN/cpoouCOmGj+w3p0&#10;anSH2OVVR6jRitScSooBhXGQYSeiso5SqmSJTTHLsPfKS6pN0MoSqpL7dWTqUZRKqrZd3uDqidVt&#10;qW331dXJ6Ybt1HWKDNHcwqohECNFxHBGn3p4OzcXp3UOPQUVA4DyCAXEo1hS4rwg7UzMM42yyxP0&#10;+2FpFrRRuIaTml3NoE/f7ki8XmamuMCDohWLrSKknL9WUohc0tziSfHIjRMJ0uN49/nwtWpY+dW0&#10;hsWbC1JjbQwRF29ViNulymeDPpOeG/yaJw51qgDlPlQQt4mybB/N7crXm9+f4Hyo13X10IVlkXq0&#10;OLBjlNWuTlZUw3+dkqKTOHTebI/leCwzzWCu0FCdcsNlI3zzxFuBRDGYYbiw+LuHsTS3QQoipbHL&#10;XIk5l7Pv4Y4fSmxaT0HljVnfiL6tlNnSIu97YuB84F5pcpNu3lTv4L0XtWnofUZnJ7nFSzIMfje4&#10;S3v2Hle/lKAILz3cvLZgmtz9hQL0uZG/cafXeyfPQxx5jIhpbNzc3JS9mjvRYdiP3Etnabqw+qSv&#10;gziRvGZ1rQuSVN7ll7QiUlpSiFgpv5yqWdIWIMc/Z8m/s+5xw068O9Yzl/tu59MHmsVGsx+GT7+i&#10;caviNnD4ZsDhix3Rgcm9rqmxKT1UOkJbJrlGsfaYkeLtSwr9SubpW1MbEnExtJBP8OnZqf2JPvq9&#10;bYNZ2cHsi8X3w+7ZvrUiZDfiffo2TCgpMyhFZg6dsWJNuXWejdKXjbIVDQuhfQ7gf+NHWcbZiZbq&#10;p5DJp5XI4CfeEigTcKR8anX+GFV9i48LW/jtuy30n1RcBG7Sl9wytWLXvB1sRSNNXQqgO4lmCmE0&#10;QbNEnXlDvatgLcYeGqyfeTaf4vQtwyhuiLxEP0M+7UpwUCZ/P5700He9pcNElrrD3tRaaNaM1YwE&#10;EOUgRsCRtr6lsexY5C2DGb4b9EX+DjMiNRwWtKwt2Z9kd0A3KWVZLW+LzgZ/OkvJxtuqwndE8KSy&#10;kOo5/ZBYQc8crmVlmmg9WzkCk1SYGVokWqWTMTaEoMfElTVrz34/rGuAt5Lrg1LwgPkSZgPmSZ0q&#10;b9f/+jBNS/yMEt0pVfowutPyMplhINURtZ0QlyCXCJDWDXUh9l3FQ+CARMWzgItsyXca2orbqNrm&#10;2zTa6ttMSG+aUlo7qRT1Ug0Sc+uV0pj8mMpeODEJpuWpnRfN33nw5jBB0ETjI4A1ZjtKTthSZPpU&#10;U1aZWEksSP2cEhqXs6H3TKxD7Kj4YOwlQ4TRhYiMBd0z+R9eCa74rPCsOK1w8EYsKDLmYl++qnxb&#10;KTi2ap8+mGcPXOKrEzWXB2YdX363dOLl3cGmLDkM6Bg+3F5Z8GmzccdID6p95/7niXCHBRsRuEFi&#10;VVJEIj+i3nErUQ1TB7FJ1EjSeoFeEFxQWjjFHfj2WUyZbdHFYbp3Yu9oHOJ7sGEjy47M9QkNwd6R&#10;3ukKczXX5qQYtEUXqXrFe80lW90W1GsIHxk+Httmcr+v8ob+hr4FdWnwtunUYednKTYC9ml2U1ay&#10;1gd3doVOzNZ/zt0/7XPiG+DbuW+5galK4YEvrSPafcK6ufvOOp3NloiLn4ynPVtq0ljZWjRXfLoY&#10;YRxhOlmuXCxTDC1+V/zYJL3cx/ZpBf3j6HHiOF9lLY5x3HPsyihi3MfKq+X6cO+U5IC23eP2j7GT&#10;p7wavSu9A7/6fX2wxcpXwxLNcjX4UHAf30Fokg3YmAsRkPrsCp8T/z2+iMjzfKJ8llL0KYTUcyks&#10;qMlreefCUrtTaFN0zvXVoGpyaitr3rvVLqtf46qPr8dfl3m390JrJn61ustp4kNjsz6AC0a/xYCv&#10;h05kTzhMqEyWerLJtAnECZjKNG4EyNyW7pZRkQZ6tli0WFwtLbZIeEI/lTl1eVVv9bh8HUjZWHTi&#10;TMra7JecPeJO+BfpLbfPEhuTM17D21WWUZZx04nTEkdUYs+usPFzeC+uLgO3T3xu4m2mU6WzZ0Sx&#10;f3LKuJQBcTGdSb9dg8ahH/pr03w9hRIyPvFEbgcdoqGq1ukliGyTvhZUc2nfQ0wQhqiU2JjvP4pp&#10;wQSV3cb4sh4NuhS0St/UdKHsQq2VY8sk3QM6k7bIkOeqZx8JrX3tfE6yQZNX9q+QA70DoUupA9vW&#10;0tanrbfapSM3w0h/8eP8oskuYiIiJRDcJvzMrUOrzXXOdT54vknbRV1X+L1WohqTuqO2dJqiqrra&#10;WBRR4aponIa7hl2MQkyCcLp25gPbB0wPbt5bSSrUkYmneUD6B7JmfUO/W+b12RvnVBPynDWb7gl2&#10;5j/fURABQ0+5Cq0DTbKK4osqRifez72XGdVxtXbdI+Df1i3yuuosgNdD164vynTf7V7tSzd7U28/&#10;mrVOPUy94n8qMKf1SWtqYEXY/FHny9LmnIavjIjed6zUnsa4ahQnXJT4mpNocvaMrKG82HPgqMHa&#10;7bPmiNPJJBNsvHTuVEInsvvE6SwuqlDaLjps05qFiaKJ76i3UcDV7BW0h+Gu1e6pKkWZooPqkwXW&#10;Xu0VXRtdrGd8i7pKz2UIOqjDVKr4nHK3iFXebgqbwqkJJRpIE46LFQVXlNOzpk0YhyQLZKxnZuUM&#10;joZ/fBb3rKCusy66bnHTYzOYd4R5LIgxIi3CgXcVLgz7msfjFI9Md7zmiHNOusxd4ahy5tXlMc9H&#10;PbXFFU6eHnNr5h9ebXVtybntuG2432w66dterl3f+zbV/ZJIycQ4djh3ta789M2hraGlq5srd+CH&#10;HKqLPCaLlw6yOkrtyhaDLTxWjzooOQQPH9SUOE4qWrpMV2+2bY5tvkYqOo0M9X10XmmqBzvNzx5y&#10;zPCa+aLVntzLTMOCn9acdJyQlord06HIOWR6kFiTJJQUlbR/3/7+ULJ8cmkKX8qdlO1U29SXaRfS&#10;StL508PS9zJwGSOZKpnVWSJZ8dk02dezF3Iu5nTkonIL8njzwvK+PsA/mMnXz28rQBYUFPIV3n1I&#10;+dDt4XKRWVF/sWJxTYlESWYpd2lYGUWZW9lKuVX58CONR60VqIqSSuHKlCqOqtDqQ9Ue1Z8e2z+e&#10;qTGpGahVr22tO19XVS9Z/+CJ4JPkBq6Gu40MjQGN35o8mzabXZrft9i1zLdato4/NX76qk2vrbdd&#10;o73zmfKzpx3ojqZOmc4nz889r+1CdT3uRnRXv4C/qOqB91T1Inqr+5B9Nf1S/XUD0gONL+Vetgwq&#10;Dj57pfaqe0h7aGDYaHjktdnrmRHbkaVRx9HPY9fHvoz7TVBPhE6yTcZP8U1lTYtPl84gZhpmFWdf&#10;zBnMjc/bzL974/pm/23AAvNC/OKJxYIlyNKTZeXl/hXTlbfvXN59eR/04ciHlI9iHytXL6y++GT8&#10;6e1nwudva+HrPOsPNmAbrZu6m1NbTltftkN3eHbyd1G7HXuX9ha/uO/T7id+Ff9ad6BxMPHN6cdZ&#10;6o9T1e2A9S//jHn/jC9Nv58Z/h13Iv+OO7+nUXHOeEVSLCumeA4CgsBAcAgMAiatERIgqCgIJCr+&#10;P5KtADMxLYwNDk90drU3ExcHajnb/rs4XYKzrZsNlvAjeaurqAxwxFkTMAQPABgpCQKJ/x1F3yBg&#10;rzAzkJKHKNLvXwsAAYdD4QByyY8FTOoreQHg/6KBYaQE3q80KIKcb/6V9n3vD9oPeVAoBCL1W10o&#10;FIki5zS/c//VBhSBJOU2f6XBQCCSfn+mQaFwMIyUNfiNBoKQThF+pUFgqN/wkbAg4L+3i4LBYL+1&#10;AULB4OTc+s/ySDQk/B800ukE6lc+MBneb/qDgJEg8G86gKAgCNA/+gGBIn7jI2GGSpFM7mcsUCgM&#10;hPytXRIfCvEPHUDJ+ePf60JRv+Ej6xT5DxoSBf+JRsrbkxK5BPIVCgOcJ+naAwqo7+xMBJBUQsqT&#10;kK8jACDkoUDaVjSVhiCgaIgCSAqqTLJ/ZaiSPAQJQsNBCCQSKg+RgirISitDYSglKFxZEYVUhsmj&#10;SDjlESBSizA0AgpCyiNlyeltVyKGQPxutVAoCkQyW2FhJR1lZtI4pWAhfdnIGz+W/wMAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAOHuGgCsxAAA0JABABQAAABkcnMvbWVkaWEvaW1hZ2UyLmVtZux9B3xUVfZ/&#10;GtVQBaQzBCM1mZI+QiAkICCBSFMphiEZIJrGJCDiqhHFgqJgWV3Fsnawu66KuqKg2MDeu6g/y+pi&#10;7+X//U7uCYfHm8mLgvrfzfl8Tu655552zzv3vvteJpPYmJiYcqBAq7iYmJ7SQXuTOyamBDzXmMKx&#10;MTGxMU+tjo2JBz9WyYTJtjExl7eIiZkJ2SmWwdXuNjFFg1rEwEBMwWsxMdlAmBsaOyompjd4HYFx&#10;He9/lWpzDXpGxYX5CejHxNSNbDOqXo79X375JWYA+omgCa1HxbTeH213IO2QR4DcL/UUZWJbnIaR&#10;vwDFV2vE2gsCrtYxMfu42otoc9ucgeYM7PkM7AuTRxj073nzzRYdZgC7Xgx2vPA27lClWewPzEBL&#10;+G71B/r/I1yPhFPZKzr8EQE0+2zOQHMGftcMrIQ3nte/A6b/rp7/d50NxtTvAr4IvBA4BngakNeB&#10;j2vN8OfJAB+P/wJ8HngvcBHQB/wEuAX4vwI8D3wKZI3eAWRemqE5A80Z+O/NAN8dfAHkml/43zvN&#10;P93MeF9hzq24Azy87W2GP1EGeF6zXifpL/4Txbm3Q+EZifN+C9gZ2AzNGWjOwH93Bk7G9Ljmr/zv&#10;nuafanbcW38G3gbk+5pTgVuBm4AFwGb4c2VgNcLhGskH8t369UC+9zkf2Br4vwCJmCTfl/AdY8b/&#10;woSb59icgeYMxExDDhYA8SmlZvgdM8B3BHG/o79mV78+A7xOvF7/y9Abk+c+MfrPmoT+3fbxnjEr&#10;9bEzZ6c+Lrh8+tB/LZqQfFVO8r5TJe4FBUl/lXFre9rMlC3knTRj6H0iL+3wQV0OE/mClG4liw4+&#10;4GrpQyb8u5bE1gmd5+X1P/usOe4nrjgq8+OL56e/HRyddG7X9q36tYiPbX3KYSmbRceunZ+fxDNn&#10;zLSs3stkfHHhwPUSQ6TWbu6cQ+W45MsPSt2P122X3wXlDu466y+HDL6d8V2yIP3dk2YM21jo61EN&#10;oWh7UhLs8Gx8g8IrQJ8OzAMKLAWhZa5FfzWQ76et6ygbvHOAG4GbgZcCxwGtwOemy4EPAB8H3goc&#10;DxSwi20tBk8GpoqQpZ2JvsR5kmWMXes8ZllkPOiLPtsLLePsNubDRmU3v9dB6CxgJbC9UrDGp2MZ&#10;puSEtMqzrlhvi4HaLuVbAWuB64CSb+aoI1DDAehcALwPSDnWgwfoFOh3OZDXcyuQ1/dUYFeggDXu&#10;aPUkOo3l3WrzOiieBawEMiaBlSCYV85Lw1p0yF+tmaBbAplXjhFTgFbg3JjL24DbgMyxG2gFJ7ao&#10;kw08B9jYGqKsgHX+Ei/bYUDr+K+pffpKAl4P1PaFZg7sxi8B/wRgHlAgHYToTRQmWr7bF75f8Q8B&#10;fTFwi8FqtK2BVmisTii/J205XVfWOK39aDE5zZVd7tfCkXXPtNaC3fpj/cp10NdnT8d5uDURpt9o&#10;XtP6d5pwS+2Bv0TC0cO6BWiLZ4hIMhcF096Usc6JLXvpWI4cO+AiGctO7jzlwtK016UPudg4/HnI&#10;2Ud4nhKebq+ryv6yV+fWgzXPjj5x+tB76XPVHPc2Gb8x5P+xZUJcWx2LlW5s7hXj9r9MdKZn9/6L&#10;2La2PE+InE3L9fdLFDzK6NwdReY+I8PmUOD3QDubrEmBI0HYyZB3mRGKFtsPkMk3crq5Ax2xuwN0&#10;rB4EbZ3HjZbxcvRFn+12yzi7jfmwUdnNr/bxKhR6GiVrfFputI3haPKMXfZPto8CtT2h3wV/XyCB&#10;+9D3QBnTbQUFGoE2GH8TqPWE/hL8IUY/Wty6nox4uGks79Fs6hzz/s2YPtfGQX9g+C9Y+JmGL/Oo&#10;toz3R5+5lnFpfwZvvkW2MVsUd7qGLKaj1hhrx5qfX1P79OkHyhyt7aZGxpmTJUBCIVD0Q2FO/Y+F&#10;ij/D8Hl/E1ndvgl+gpGR5g4luwO0dQ/Yk7acriuJLVLbWExOcxXt2ug901oLOqey/ux87o04V9gk&#10;xVFe9T3y/Hnel0IHH3DNBaW+1+QeiHvvPbStzwe1EweuqxqffIXgMZMH3SLytKdjWTkr9VEZ69Ku&#10;ZR/r+SBr/85FMn5ZWcb7xbn9Vp4/z/ey8MakdAvyjEFfSwoHXi/8vx+Z+ZH4n5LZ6+hWLeL2wZng&#10;BxlnO7hXu+E6FittnfvSyYNuwruB7WLj+kU537VuEZfYpmV8+2srsz4X/rKiwbdB9uaba/w/k3dT&#10;jf+nbh1acQ+zA11Pz0DgKuAjQKmXl42SrifK3ApkvYncANDxwLcM7ye064DXAH80vC/RdgRS7n2g&#10;6HJPuQQocl+B5n3GGtvV4L0IFL0rQWvgPrADKONsk7UAaD0Pjr9kGb8Qfa2/3TLuxIdFJdzVfjkP&#10;rkGdvwqjpOWY5ysUDjEyurHK34DBHUCZw+FGuFTx3ga9EviG4p0MmnAnUHR57c4Bck8n7wlgY3Ak&#10;BET/C9BrgPqanWAMWOO+FXydjwFGThonedc2o+V4G4wyxs/FuGk/MPwXLPxqw5d50baGC9CRMa6d&#10;vwK/N7zNaDVUoyOybK224sF7y8hEW0MQ2Q30/O1qR4/Td1NrXxz6QcgcngGta/RY9K3jN4Kna+3f&#10;6McBC4FiJwRaYCEI4c8A3RsotfEV6HOATwNFJh+0QGN1sidt0afTdSXx2bVOYnKaK2vuWV96/V1p&#10;AtC1wFqxW39Wn3srzhU2SXGUV32PxHv682iH7/XlXnhuwBtey/p80K5NQhftb2zqfvNFnu/4ZYzv&#10;BtZVZX/NMd77ybeeD6Zm9T5GdGfk9DmeMrmDuswUHuxxPYShY9sW3YXP32kIn+2wPh3yZEzawrSe&#10;i7SMlbabO88DF5T4XhUbqX07FAzt3X6k9PmuQ+ysnJn6iPDTkzpNFL6l1fWkr5Nef9yzdD21MDZW&#10;o5U1Ogb0MNV/ALTAXSBELgd0T9V/XYTQblD8kaDtYusM/k9G7iG0GoagI36knaUFQOt5UOZHYGsl&#10;8yBo0WW7XY2RdOLDohLuar+Sv8MwIr5uNkp2cnb2hGcnf4iyu9wI3qB4eYaXrXjMPeE9IGP6BBgL&#10;JDwGJI/7emNwEQRkTnOMMK+58DYanl3cq5Uc60nDEHTEhrTRrm20HG8ztj7XDkB/YPjhPUWNrTd8&#10;8fuqGiMp9z7mR3J2L2jKs1YTgAKN2XK6hsSebu1yGmmcsTW19sWWH4TkYoUwVWs3zjX2pNJzgy5U&#10;/RBogYUgxD7PB0eofoURGq54UuMcGqL4YkPXyZ60RX83KH/R1hVlI4GTmJzmyi73neGYdch8PGSC&#10;uNv0yZO1slrxxoC2+tzbccJlAzjKq909khb4TMx7H5+n2Y92PuDv8eU+yXcLlCf06txmkPD5zE2e&#10;9XwwZ0S/00RmTMp+pZThc7/w+F6fPEK08wHPJdS58qjMT64qz9pBmu9C6jXtf0aae2le/zXin5/B&#10;GD6wy6HSX1iQxGeZMARGuVYJX2KXMdXa1ROH1wNlfbG+7OqpUskcAnqs6p8KWuB4EGJrKug01W+4&#10;HuCdoPj5oCPF9h8j9zRaDbw+9PMG8E1Dr0arQebxCpgSk0cJ7DD8d0wbri817sSHEm8gxS99ynps&#10;CfpHIHmbgAQ7ufoR+5928kMgKnM7x6htMTz628fw6P9bw3/W8L4x/SdNn42s1U8ULxL5DwyI78FG&#10;KA6t7E+bDc8ubms9GdFw4yTvdjbtcrwNFhnj59oB6EjnA6mFfxk96nZSupLDRxTvPCXLGAQaszUW&#10;gpK/aGtI7OnWbv52468oHx4lsMPwJcbtakyTfiPHOFfoAUNHGl+u9EaDLlT9kNFls1DxZ4Beqvrj&#10;QBO6ACVPp4Q59T8aq5M9aYsetwAZR2PrirKRwElMTnMVKffWPfNuBCP5k/3Iuv6sPn+POCVHjvIa&#10;6R7J39/z3rd2QTprOer5ID4utsX66pxvKM/fDUgA+r46I7v3ceRbzweZAzpPlnssPxdJmX1axXfy&#10;ujqOI3bv0HoAeYRo5wN+bpB2+PnCkw8ddj9pvgeo17T/GWnuh+b0OUFiGjm46+xRQ7rOkf7h/j4n&#10;ijX8XmOp8PkORfiWNlI9XQ05qZ9eoO3qqVzJTAVtrSewwrAQP8XWDNDa5yn1IuGfPfEzw2B7tFpO&#10;70MfY4z2ngVquAQd8m8C3mroh9BqkHmw/RxI+dlGgPNk/wcgrzXp7UANTnxoeaHFL222ECbaHUDy&#10;Hje8SHJmeLfGTj4ZUrRJvNhobDN9zlnDB+hQ7gXDvN/0ud/1NzwP2nHAfNOP1uh4WirBdNAZQDkz&#10;aDnJh7WelHr490+M08m1pZzYpI0dQPIkx05zQd0+Rpf6xYoeA1qAY8T7hYGW851pMM7wndgqhKzY&#10;Cxk9NtY1pIYaSLucNgyCkHG2rAP6aUrtQzwMfvyUGFcYnm4ijVcpvYNBO51rndIbBZrA2ppp0E2G&#10;gUvQMrZIdVJnxikzCkj4tbaouw1IW8ynBuu6OgiDxQaTtSDoOiBtRIvJaa4i5f5jY1/2zLuVT1kr&#10;1vVn9VmndEaBJlhzZ9Wpl9q9fiPFKfKO8mp3j2zdIr6d3Pf4NwU0GO39Acf5vp86fO8gnwvEu4FT&#10;xQ7v9ZSzng9wFugoZxHKHuztUUE5O4hyPojlewPqzxvlOqt0dP9zxC//NsLOFnl2cydf3/fxXiC4&#10;l84HN8KV1Gx70Hb1dIySyQW9p2oDpsJgV0OxGPkWyNjuC0vt/PGi4Z+Adrmhv0abABSQeWwAYwuQ&#10;dk4zg1zD7PMMeaeht6PV4MSHlhda/NK+rEeOyT7ynBGMJGeGd2vs5FMgRT/Es4zGNtNvbB87zshR&#10;9wGgzh26jYJdPHZKdnLWetJ6TvJuZ5M2rDl2mgvqHgpkLr4DJgJ/MP1j0QpIrjcKI0LrxFYhdMVe&#10;SNlZqPgzFF+TkeYvMjL+a2tf7PhBSIxNOR/oOUyDDadzrVP+RoKOBo3VSR2UJfbfaotxOK0lkaPv&#10;EioqqAPdWExOc2V3bez2TKkF+pX9yLr+rD73dpwIpQEkX1H3K+s9kr9/5+cA5P561Nj919KiPh/w&#10;bxr43p3o6ddxLMf1O/nkHolZ5B03ZcgdYqdd64R9ybOeD8jj5wxFjucL/p0D+VaIdD7o2anNQNHP&#10;G9q1mH9HKX2Jz2qLfevcRUafD/heYC+cD3geeAfI2vkJyPqy1hP3ykeAlPkKuB/QWk9ghUHvC9zb&#10;7GrYiO7S2MlxX5G1tEpJdwb9sxmbjHaqoSnrAQrIPLhH/g3I8X+YwRrTvwXtnYbejlbAqQ+R1634&#10;pT9Zjxz/AEjeC+wAtFw2+ukGh3HQBrS82F0EOdokHm90HK03yCYBPwWK/hWgef2dgl08drpWObt6&#10;Ej2nebfaFH1rjp3mgvprgMzFk+wAngWyfwtQQHK1URgRWie2nK4hOxd6/na1I+O/pva1Pz86MudL&#10;QUuNsu0E1OMr0BdYCEL0uA84nWud0hsJOhI4qZM6KEsMv9UW43BaSyJH3yVUVFAHurGYnObKLvd2&#10;e6bUAv1y37Bbf1afeztOhNEAkq/PGzj1xC5rWd8j5Z4q7XkB74u8J1NNnw9kXFo+o/M9vPTNdwfE&#10;XLow4//I45lAYrA7H+B9Qxu+pxD966tzvsXnAvNFR9pI5wOeV0TX1bWte8B+ienS159vFDvS6rnL&#10;ZzM5thfPB1/C/FvAr4FSr5tBE3Q9vYP+N0DKsOW6J1jrqZ7b+Lul1hAssmBX9HWtf4X+v4ES11Og&#10;OwIFJoCQMRfoZNUPghaQeXCPLAdS500zeJnpn4LW7nzg1Icxt0sjfumvhRrZpd7B13KU1Riv9ITU&#10;8m+CKfZET+rU0XozRvnu9yeg2Djb8J00Oh7O0wssUjgCNEHLRaqnesmYmAkgJBYX6MauLWWj5bgp&#10;uXjM+L4cLeFqIO2/x44BiW2jMCK0TmwVQlfshZQdrjHh895qBzqnIista0fGf03ta39+dMSutV2O&#10;MT2+Qila5+B0rnXK30hlz0pOUHIu0MmqHwRNqANKzL/VFu05raWLIHu/QcapoQ6dxmJymiud+69g&#10;N9KeebfyGWn9WX3urTh1jSCsMDjKq75Hyj1V2jNnu7fu16FVEq1FOx/w3UDPTq0PED1+l1KHti26&#10;Sb9m4gHX1Ydk//6AY/jbx7783iHRubYy+wt+7lH02EY6H+DvHy+m3g2Lcr5PiIttyfOG/M5iWdGg&#10;W7UNTeu5/07nA6lRaXcgnrEmJl1PMs6W96PpRsZaT4a92+9OdQ2zNnoDtU3SvK9pOev41Rjns4rA&#10;ySAo86lhxKHleYe8iw2PjcyDe+RIIMf53oHn58dMfw5au/OBUx9Q3w3EL/21UKPMH3kvGJ6WI18j&#10;93grRJO/HcKxRsHRelPGq0Fr38vUWDRSx8N5rrXY2WyUtZz2o+tJ/DjNu7YZLcdOc9EGAXxv4q82&#10;wSwxfcbcy/Ak/o2mb9c4teV0Ddn50POXmKRl7cj4r6l97c+Pjti1tidhTI+vUIoLld4M0E7nWqf0&#10;RoKOBE7qpA7KEvNvtcU4nNYSZSNBHQYai8lprnTuxaa0V8OP7JlSCzImrV5/Vp97K05dIwgxDI7y&#10;qu+R/J5CPm/r7yuaNbwva2KX80HfLm2HddqnRQ9BDHOPjL26IutT3qf5WQR3vw5j5F4/Ka1nwznd&#10;7v0B7RN4FuH3EooeP+vIe339aOTzwTlzvc9RZ3Wx52mR5bsP8vgOQ3jWVs/9dzofsGaqgPOBE4Fd&#10;gQK6nhaDuQYo7xB4RmWOrfUEVhis+4KuYdYGzwc/AeX3A6zVfKCWo/9lwEeBUssVoAXuA0H+A8JA&#10;+7DhPaV4tEM57pGdDc1+DvBL009Ha3c+cOoD6ruB+KWvFmqU65G8FwxPy/UFr4dCI7JLo+VZx5XA&#10;w4HZu0j9un3saNhgbMSfgaOAhPHAIhvsBp6Oh/Pk2YzXVuzYnQ8i1RPUwuA071bfom/N8TYMMJ7P&#10;RcC0VrlcI0fZPCNzkOIVGZ7MbaPp2zVObRVCWezxegosBCH8GcK0tHr+fTFmrR0Z34CxzkCxlwO6&#10;sdqHSAP4QYku9wHtpx36epzrW8A6B6dzrYMB8TdSjNm0TupkT9piCE5rySbcBlYdqMbm5zRXOve8&#10;3suAjyr7FaAJHBOfkdaf1Wed0ol0Haw6UAmD9drrOHWNiPw2EIwv6hq1u0f269I2Re7RKw4btokG&#10;9fsD6/cfcJzA7zGkHp/9D8notURsDOnVfkS9ROT3BzLOzxJcU5H1meiOHtptrozZvT/g5xvle4qo&#10;w+92IvJdgtiwfqej2LObO8f0dzLspc8fSAi61fXUwgxcilZqLAX0b62NY5U96/lAaoj7nvi8ETQh&#10;Hij72xeg7zXIcwtlfwC2ARJkHhvquw1/70/7YjcRtPV80BQfxvQujfilD8kfBT4Ekmd3PtBylLWD&#10;SHatstvAoJ+o682qhP7pRo+6D5nx7xSPfMGxoCPFw2tAuc1Agp2ctZ4o15S829mkDWuOneZCn4+2&#10;wg7r6lGgzJc1Q5D+xvqu7U+ntpyuITsnkeYvsjK+wTDeQ8vYOQ+Zg13tG/GGxq/kJQcNgyAijZcp&#10;PZ5xnM61TumNBG0HTuukDsoy199qi3E4rSXKRoI6DDQWk9Nc2eXebs+UWqDfFiYw6/qz+tzbcZow&#10;wo2jvNrdI/l5Arm3nnWE+0lac3I+mD283ymiJ9+byPf8/G5DCcz6/oDfPcT/YTDR16OK31NIuYPc&#10;3ReKHfl8JPl25wMv/i5CZCO1+I7GQ6hvBbu5U+bwA/suF1s8n+yFzydaQ2Hfrp6Wg6/r2lpPYsfp&#10;2fFYZS8ftF2txymZjcaBV/EkHmt7oJGVecgeKeeA142N7UZO+NJvig9jYpdG/DIuWY8U+AxI3lNA&#10;QiS5+tHdfzqVd7TeYJ61SPQZVwlonwNKPtuCfhb4kg0yx5Hi+QFjtLEZSLCTWw6++BkZlqr//ILw&#10;IrXWa0u5aDl2motbVTx2vu8xMcrYRtNnMxQ4AcgzUyzQqS2nawgmdwO7nGohGW9q7WsbpP1AmXNT&#10;zgeLlF4RaKdzrVN6I0ETeH2ZX+JAoBcoMUVqWSd1Ss7OVhLGndqC6F47H1jn5zRXdtcmTs15I4MG&#10;3A2UPMlasa4/q886pWOXO14Hqw5YYXB6DxD5bSAY3+fCMO0Hhh9+nrK7R7ZtGd9B7o9O/76Rtnkf&#10;Fj1p8c7/GeM33FjPB/Pwf5lElt+FQCF9Djh60qAbRV/z5fsT+X0Eos/vZuLfURD5XcnC57lFbOjW&#10;bu4c5/+GEl3GpD97ye9zEhv6exJ+xfcjiRlp7eqpDoNSY6wXXRuLRRFtuZKbBlrXcEO84B+r5CKd&#10;DyDS4HMjO4CjgBLHFaDXGLxO8atBE2QeskeuBE902Qrfej5oig/6sYL4pQ9Zj/GgfwSStxFIsJOr&#10;H7H/6VRe1ttXFjMfo0//PAMQSOt4yOM1En5vMqKAjqe1kvsBNG1EOx/UGRnKjQQSmpJ37TtajiUX&#10;Ufce+P4IyFheBkpNsX3T8P+DNtbQlHsAKHAuCPKILYFObTldQzC5G9jNXwvJuNT4SgxKjGyFb619&#10;bYO0Hyh6K6yDUcbrlN5I0HquIfQFFoIQ+zNAn6D6eUZoX8Xj/um0TvakLYYitdTYuqJsJHASk9Nc&#10;Rbo2ks+NJgipBfJlrdSBFrmRoK0+T1Djka6DVQcqYbBe00hxiryjvNrdI3/t+WDfxJa95b4qbflB&#10;+18iAbGNdj7gewTK8G8QRJ+fPSSPYHc+4P+HENn2bRK61kvWf5ZB+PI/JGRMWru5YzOKW1PseVZ0&#10;+bsRX/+O46XPz2iIft20oXcLP2NAJ143O2jsOomOk3rStq4XRbS8Z0vd5YLmOVP6G0ELHAtC+Pmg&#10;tT29D4mM6F5l9Hiv1fekzsre1aAJMg/ZC+eAJ/bYrgYSrHtkU3zUW9j1p/ilD1mPOaDF901G3E5u&#10;V0u79pzKa7mhxkQSWvF/n+FJ/2Xl5kIll6j4duS1SnakEvjB8KU+dTySjzob3abk3c6mXY7vN34Y&#10;UzsggXXzDZDzfxS4v6HZ17WHbvj7/yVPyejvALL/IlBAxzIYTJFvzJZfyV4vxtBa15AaaiC1T8lp&#10;wyAIGd9gmE5rX9sgrWO0zifaOP1KHlJBj1L900EL1IEQufGgy1X/UNAEHQPPB07rpAqyYvu32mIc&#10;klPajLauemC8n0HrtXEyv1HQlbij5UrnRV8b0d0IOwQdt8RTB77IjQTNe4b0Q6B/jzjhJgw6voh5&#10;tbtH6vOBPP/r3y/w9/P8HiNB/R2H8jeNct/k7wokILbW8wFtiOy5c73P813+8VOH3Ck8/q2h6FvP&#10;B7yXy/9NsvkcYqx8joHftwwbEN8V9Nz5OQt+ZkKfN2ibvxvRf5uB35f8wM9wMgf8/02MM/z/mdq3&#10;cu1qvaEXqZ4aBAyhr5ddPfE82R34M5A19RlwGvAQ4CdA8r4DdgW2MTR53wMDwG7A1UDyiE7OBw9A&#10;jvAGkDovsGOBd9Dn2CuGL/PYYPoetOKT7QLDv9Pwt5t+U3wYlV0a8UsfU4Csu1eB4rsSNEHLMXeT&#10;FHahgAW0vFwXi0i4+1f8FF/rQWcAZU8l/ywg4XWgyB0OegJQcvgB6MbgJAiI/j2ghwD7A380/M1o&#10;CXZx14EvunkUAjQl79pmtBxfCLvi5xTQA4HHK97fQR+h+jNAayhBR/Rngn5M9Zmz8cCvDe8LtE2x&#10;5XQNwexuoOdvVzsy3tTatzrygyHzXw96ksIDQVvHp4N3PlB0PgTNWu0J/MnwX0ObC6TuC4ZH+SQg&#10;8ym6/wLtA16neDWg3zB96lrhHTCo/wpwgqHZt7NVC75TWxAN/y8uiW09+pHW1TaMidxc0BqczK8n&#10;FJzkyg858bNCORHeA4Z3t5LjtSDUAUWO669Q9UOg91aczJuuoTT0/6p8c9w2r/oeKZ/h598MyGf+&#10;7P7/gty7pdXfZ8S/JxQ+26Ru+7DWGsB6PuDfLMj/etB6pPn/nfl3kqJsPR/gc5SposMzhchJe+rh&#10;KQ/KOO/xwpdWz13kdFuS13+1yJ4wdchdekzT/L+SImfTRqonq6hdPS2FkNRTkVHQ61bGpL1YGdXX&#10;X8Z1mw/ZSLF9izHKPgXsbmj2rwVa4XYwOPYzsBNQ5rEBNKEV8Aeg+B5BJoDXi7ztwKb6gMpuIH7F&#10;j253QLqz0YgmN3o3qzvnQ3uyzm3Ews82sr9o36S/AQ4wSmvQWself6yRidb0waBcH9HT7WajrOcp&#10;cS/FmMgWgW5q3rVNsSPtDtiTHA8Bra+5yLBljnzAC4HCHwhaQzo6MrYa9DzVF760N2OsKbYgvsu9&#10;T+xIq9cQZTVEmz9rR8abUvvavtB+EBKPtd2EsWjjlD9RDKG9Bmi1If1bjFw82pciyHFdc68QnWtB&#10;W0HvAV0wKPd/0ZG2qba4nwwFOllX2yAnfkpAa2hsfh4j7CRXOvcrlJNvQdP/U4YntUBepPVXiDGJ&#10;OQR6b8UpPqRdB1+O8qr/DpH/Wxl6YZD/8Sz/d1Hfa/W9kTQ/Iyh6/H9KMs7/ycD/zSBjbOXvDvl/&#10;HdGNJY+fUSRfziT8TCM/93BAj8RsjgtYzwcjBnU5XHzpzwWIPM4758u43ft/PXfK0T/fQ/D/Mo73&#10;dD8KdsLx0R4/s4nvefy7vK+g/OVlGR/yTJUQH9tKfNq0nINclxNsxoV1l5HjcyDrhDARKLqzwpz6&#10;97UXgv5Ujf0f6DOACUCBNiBWAf8DFBtsvwM+D/QCI8W2FWOUfRU4wdDsLwVagWtE7OeClnlwzxB4&#10;AYTIcP8g3AYk73VgU31AZTcQv+LnS0hwnlcDeylpq5zIsx2h5IQUeX1dZMzajgHjOeBPQNpjrh8D&#10;pgEFWCu8Vl8AxTevUR2wBdAJHAihJ4CMSWyw/RB4AZBgF7e1npqad7EpPiPlmP5zgKwj5oDyPwCf&#10;Ao4CEpgX8r8CxgE1tEFH5nafGahE+xpQfNMua6gHsKm22kHnQuCnQLFnt4YwvAtY5y+6bFk7Mn67&#10;0mqs9pVoA5kNStvW9CaMWcdZb+8BtwADQA2st7OBHwDFzr9B/xXYFijQD8QdwG+AIkebxcCm1klf&#10;6PwT+C1QbL0Lei6wqbagEjMG+Bww2rp6HOPiqwS0FfqBEWl+IuskVzr3J4giWtY6/b9qeHeZPus4&#10;3vAmGh7lZgEPVv0K0IS9ESf9aVwX9uQsr0b0j2/w3qJttw6t+jdyv/3DA+U5Rb/X+AMD6gbfXRz4&#10;pwzrriPQuheD1Qx7OAPcZ5jvhEbsdsd410Zkog23wKALSDutgX9GYA6YC8a6J+BDGLkWuP+eMAYb&#10;TtfQHnL3h5rZ18w3WhDcH/oAO0QTcjh2JOS+BfI+uCfq0+m6ihae0/k5yVU0P7917PeMc0/k9bfO&#10;t1m/OQPNGWjOwG/JwCAo/wz8xWDxbzHWrLvXM3AdPMgz/yugGzsv7/WAmh00Z6A5A80ZaM7Af2UG&#10;+JyTCFwM5BnhYmAz/HkzwGdwXrP/AHm9egOboTkDzRlozkBzBpozsKczcD0Mvgv8HvgN0ANshj9n&#10;BoYiLF6j94E8G1wLbIb/zzLQc1Rs+J+H8sUdYddfTscV4GOtefUj4dFwP25U/SGenLHAjrfjxRHw&#10;oILx+Qk7P3/E4TDE4qdrbEEROy/9IyZmGNrkooKxKd7UzHbJ29958tl2bb0uj6tq3pHthg93FwZr&#10;A6WB2oDLB94U9+T8olBVdTBUWxaswWgBcPKkWRkcm+OeHCoNhlyZYcEpow8KVS2urpk1JzcXWgfV&#10;GCH0igILgjWutLDYtGOqg+582C+vWpCb2y5YWUq/9GX8TwxWLqhd6EpL93jcUxfPq6X8YYUT3WFF&#10;CS43t6Y2FAxUtGs7fOTS6kDJUcFa17zggrLKEUk77tmY5CorHZF0aEahp7A6P7iwbNyyUHDqsknT&#10;SpYdVZJTmjQyt+3wpf6lFdUVmKpraUV5ZY1/6YikACIJ+kGT7U5yhUVqjxqRlMcB12GFRa78qlDQ&#10;lZPqTSnxeHyurJzUQGYgMy0nc5jL5/Gluz1pbq8vxZPlT8/2+9JcBpJy24IaHiqd759SMNb4Q29E&#10;0sLa2mq/23300UenHp2WWhVa4Pbm5OS4PT63z5cCiZSaYyprA0tTKmsG1BsROwXBmpJQWXVtWVWl&#10;i3YD86oW145ISqKjBjATq6guLGxwVVmTGp5maklVhXtpoNrtTfW4Kyrcdppl5eWLkeVAbVXIXl8J&#10;hO3YGUGW7ZXFuZ1StUrOLhFjAJ7SbMMtLWlwVL04VB5OZ2mJO1gerAhW1tZAz+tuyCKSNByhFRb6&#10;p6ACy5jI/PJATU1udaiqar4ffoa7bcd3ZtjoF1SVLKaD8QW5ixeXlfrTM9MCORnzfCkl80p8KemZ&#10;6VkpOaWgAsGcjPmlgZKcefPTxbbS3c3u+Mqa2kBlSVDsZgTmp8/LCqanlGZnZafkzE8PpATSMrwp&#10;84MBX878tPk+T2mp2FW6yq66XP58LB5cV6yvaVVV5bn1FT5+5wUf7o4irWwiR/W2ggWB2mAuV0GK&#10;JyPFlz3N6/WnpflRx540v8cTjkxL2tmoCtkH4/Jlp2a6BhUGSsoqa6tqFg5W1oyOxVxhVWnZ/GOc&#10;hKQkrTbMPujIipZVdlBHfmyfpYtLgiGTZGy8rvKyeaFA6BiXNyuVqdlFSmmXlvjnV4UqArW5gerq&#10;8rKSAMuU0sPdO4eM/HA39wG1L9RvOmEudh3seO6GLS881LBN7C1i50T2lgfYbXbSpOQ2p6s5XU3K&#10;QJOEm6urOV1NykCThJura4+lSz004fQ7IuloPBLxScw8U5lnMj6vmWey/KrFlbUur/vgstKaWVl8&#10;jptT/zwWfrLb+RjHIaOSF6odXbV0lifV4yJm4KzjS8t0+bJS03MyvXPc+VWVtTyXu7Jpzj0xUFMb&#10;PouVBUsHFfh5kPRk+LK93rS08BlyoMczcDCeTUvLAlHNFgVCsGqeNacEa6oWh0rCD675VeU47+JR&#10;MYgn2PypHlcO/eLhdMzS2oOm1uL0Cv5B4HsRcHhgLCIEb5q3GEw+IFMap7mSqcHaWW6c49zTgktr&#10;55C18/m4MB9zrZeFdPiZlTlyF5UFcZavnF8Fi+qc7fKGn7JzAfIozHyYHI4tK68NhtxjyxFdQbCk&#10;qjToNk/HPp935yPwuNNri+6Z9KCn48ffDL3m9jMOfmHJ2lavX1JyyaiC3N6tVu5zRXZs14F5Pxdv&#10;Ouy09jemv/K3ly+4o337r97tfurTJ+ae/vd71veYedjz01+5/aWfPr/50GWbzm9/+pFZaam9sn8Y&#10;UlJSsWVJzB2Pn/9RyZI3s9afuyww6KqsZwqDizs88dkFr6x8OXFcv9puT49844nxXyfe+nB312XP&#10;9lm0zj3gye1dNnv/c+3Hy9bOuHLbvY//ZfZVH9WcfXvH69+eNGRO5y8GJHzb5vjZsw/5Zd2GNd8t&#10;ib3zwbt6Bl8P9XssdNkjk7/r1+HLdnibxddZv/wSH9O2MPeM3esynDJ5WeCobIpCZUuQQpc3/Api&#10;Z6rDfanX8Xy3gMN+wOVN5wV0543HNTaq5Htd3vCVDZduoKwyGJoRDNXwEdzrc5sHKuH4st1TsGZK&#10;a/GUPjX8poKl4PLt5O6UVPHQscys/jWI15OWufNKJ/cvmpoSflhLScOiapecbPz6Xbs9wg2aMtjl&#10;S0/1QChvfHbxrgH6w89U4cGxVSG/axBKrQwBTimrqhnsGjQYStPKasuDGCEdVsZM+SxEVbcnw+1L&#10;x6rAMx6HA5VL8PBctgyD3sy0bPJGc/pllQuwWqGR5nWlZHkyXFkZHldKZlYWBMaVYXlapVJzctK8&#10;memeTF8GFdJTs3LSc3ze7Cyopuek+nwNXVpJ9eVkZ2OT8GXAnjxMc4UGa2rC673G78o/JlDpKsQS&#10;xJsU1+HB8vKqo12jy/HGqB3SklGMeQeRATxk4bIzH3njvb7i0YvLyksnLa6YF0RuMjKyyU4rDpuc&#10;XgNbMMvthOys4vEV4GBPqMVs4TBsA8LYFSoCoaPIcaV4PdncWfDDDE8LVlRzWYfTk5HuScV86xvd&#10;qfc7DTHWpzEzLJfj87iyvTlU8aYhlYxt5+yDS8qCR/tdk6oqgxzKKMZOPLX+0qTjnRqmiZ/1I1MW&#10;lwdD0yvLahEkXgXmjfelF08MhBYE6y/o1JIAK8DLkZz62WOLDpYbVtgy9qbwpDFJmN75s97BNBqr&#10;5TZcvpgPr35XtvhGdicGjsECMta8WcWj+QIPfsI3huKy+cVL6tdX8YJaP6otnTYhlsdNsRK5E1HD&#10;H1NZWmxWVbB051gy99/JoTLY9nvTcS2y08PTzyo+KFRWuvO6ZflwKwr/CE8jFZESvF6kO8eHu4Uz&#10;Dl7gAbIyvRnZ3nRs7qnZjXHq08tNHjdEyYavOL9wZ2weT2rhVNQ4pphfVcHXTTXtbDZGbk+7bh94&#10;i+rzqf0jfIln4nZXWRoIlRZzWxv0T/dPMYd9WRHf8z33IwNXFxRc1CFm7taTpvWZPvSTi5+5+5TY&#10;jt9ekRzYd9qQLwf0nc53yJ3wjjk7cVXihYkDtiXPXdTpYFfdk+fFbFpy3txpt41f3j3h1IS2Z/27&#10;09LUdatitlzniVsxP9jptNHeaUX5T3fJO/mriXlDjh+VcNmLZa19HQ4f/EFmz4fPjWv9+IfLZxw6&#10;MOG45cvjnhn8dZu2J03Iu3/d1vgHts276y1fUvkRaf/MuO+Uvn97sahDz41fbjrz1Rt6v9Pr2eMW&#10;bfpLaMOgaaFFBTlHftYlceailh+et/31bufeknDXytWTZ7vuOXht7Uf73/TW3IIfR8xxnXV4l9zX&#10;Yib51z5/a6/j32jTrt/WvomTt72+YuqR/fYZ+FSL8//RMn7Q5A5nt2113MS3PePLNo3o8ey7iVPz&#10;Nt2zrXJW6+JFz5xU3KVbq4E557W89vBLHzg0/sHlC5JWnOMel/Vom6/r3r3skGPbf/+U/4J7PWt6&#10;db5p9ePPTVt+wYzkhJtbj3J16H9R/AVj1p/Y4f5zz775p7c/qxw64py4971jH57z1ri3LunifavD&#10;9Lz791lb80Zy9vvxPT35hbFvn1zmvTzr3Sd9b62tef7hVq2zR2b3bXXEgYsTZ1/u756wtqZywQFr&#10;r7z9sQ2bzgul3nNX3KSjHoqdvHRzXYfuc0PZ5583MfmIda6J6ZMuOHXK/QmfPPlVxvquni1VTw+u&#10;6nhFWnzn6ty5dY9540dcc/Xkz6efkXjK9UPfbttm6lsT7jym+37ntq/rfXrbQdeveuLFmKtzqgqO&#10;XnfpwatOrB53fN2Wojr3quxzF/c9b+V7yZf7Dvhqcn7amJLaiz/ZdET6Na6C9wfsm7bw1YQNB6Tt&#10;2ypxYVXchg8OyxzyyMKBGSvfrJ726aI19y5c9/ywbn3PTJ63IeD75IZtbSvvPKZlYveiYw7JaLvp&#10;uK1Dbhyz/ra+k0J552/d2mX283PffrEivuWgllfMHDzxtad6dB41fUa/JVNKS5Lipnfvf+bDOY9v&#10;zjl1eMKOM2vue2bp2md7xL0ff/eqFqEnRiyPfX//wo4X9jli//j342Hec/mro87ttu/QNjedFXfd&#10;gwtjj007o8WKA7auiI0ffd9zH50dO9ofGjfRv+XbtxLuWTV7zZ0HfJL6xtA+SzvOXv/RF8MHvfP3&#10;K2befXemf2SbW0f3PaCXb/iO9Hmdvlxz8Kpt+5z4UMzpH62YufC9eQWD+9w+NHPGhFbvr/3pyPkH&#10;F64+8v8BQCC/3/RHLapPcM7rRChMS1oc1S+qcs55B8E5Jzuzbg0JOOfzgXOOOENv7baRxMA5f8k+&#10;jTMi4JwLPs75TIIaZ/toBUYUzwTSICuQDKZtqZ7HOTfUVCVKyTnnscL6KZW1IeCcgzrOOQxTMc4R&#10;55zTBM65x4Boysg55wM86qZsdJsg83Eu8A6cpy0D5wMGDJg3a8ESu1GexoAUx/I6bIrnQQldFAXe&#10;TTTnHQi5GXBeooqE7lgLxHHxiClpmijOqmQ+jlvlnHcbgvuu3P60bGAwqOgUubcivrOM1rbcETnI&#10;629q+J5/CGZdMryWszxy/4crLi23P/RubPp0v83SsJdTvzRbwpzxXz8OcrKfPmeZRiHflds3Jomc&#10;wXOcLxc0yxHAwnP9pimGRHKx5Xc4GC7/e5tgLMZG4jNeigRLlo6Eg21f3cUqvtG/tRySR/APhc6P&#10;Dd/s66d2++EvOmsMawfwR9wPQHvZvk8Oc34cpH5hNnxnlzGrWZotz7XLzgsSllsYZ9/yrJXj2Ydd&#10;3LdZWK5fl/PwTXtrjv4zO3OOmnNfGsYJaONPs3Mds7TNOTDn2BgVYwlz0ZznaBmWW86lWdll0yzn&#10;wJwe7ttvzMTV9afn+RZxjIajUcZg77/E8oCXli/jLaMw/FH4B/gbToD9wuwN4mDx68CcfybTdt2+&#10;6Ydd7CjF0N+OMfWnsR2YbeVNK6c2e4G/6OMgLE2ftC2C4duCOWc97KHCf+wLs9xrx+xiwCuC4Y/a&#10;AXyb+/EL27dsy7OINfrX39hvy84exoIxkq+/qZBlufizgNHI+X/DbMn9H66Udv2msPgFwH9LDYUt&#10;emOS+0NkWS7s19/4cTHCsPj8LWuxX38T/0+vCkajVPz69fLM9yx/uA9jb1jMbux7tm8POeANcbH6&#10;czgH5vy40tPYDmf/+tMfC8dxHha/tC0SOYOKo92v+zkDH2PRqOnXUjposm3LFUXDjeX2iwL4boyh&#10;P3xz3jMYszx6/Y1XOBicd/iGHb/0TP8AMvcD0L/+9PztAFQY/ujCkw3Ok4pGG7Mw6wqQoL9ds3TJ&#10;qGP5hX2aC+DDM01uufmFW47+L657zPlxsCxXRM7D4jdWvzFbomUZtvwAr83Cn9VtdvzKH5j9IZHr&#10;vUx8m7VFAuwXfl1v/ZbsGOwNsdyXXu0YI3Kd1W0IziDga2r71/X5YRdr0/IcgCra7Zt+HEQAzb4P&#10;TmR1G2uzqcONVZZiVIylXb+bymdzfbjO9e3b9ofZjxurEO71U5HbIOLmnkInrm8u11UDHIfrngMA&#10;5zkZ17kM1zcBJ65v7IkjGeQi7JzCk4oGQxF2rtEXDt8dinJkkJ4cw851juEVvisUZC8XjcWih50j&#10;GQuFd3hGZ/gG6cuwc34x9kbJGHsnG2RvhH3zcP3DM+0ViRuC+zS2I3IGSV9hArMNJ5ZhNlwsx+e3&#10;PbgYAHKsEbf6wwJskU2fjkSiFHGGP7MxEefGtzzTZPTb7y3i6O/G7ytms5+T/WMW/tjxy25oNmbh&#10;z8cZZhn+AWKVRsuvnwZ47fbPNf3/gBcWvy1Lj7iPM9jtl7k8nPsHvD/Au6nd+MPt+8Iwi36ahS0f&#10;Z/gwV+Vo2W5/qaV9uxYg+nD72jT7odVv7Xo3sdZmASDiaNl+XZWz6dMwv2wIy/LIps+PM3AGWJZH&#10;XKy+6QoXs9lP7Inpb9vs59vkV4yZb5le4xd2w59t7myw+LXjl/7EcodVdpEFyy6aABFL3D48z6zY&#10;FSP3YfEfIMOiwo8ca8M/FRsOzwUg0/PMigyH52C2fV2WFkuH3zgW9mke0dHwHMzSsG/Hr/jOot3e&#10;rkzPLI121+Lr9bow+9o0O4s3TfQNv9HfZj8NE+v6wwLsN35f8SsuGJ6D2bv2bTkWSYbn/MIPbH8W&#10;MHJjVWAkigMs7gGLX1duY5X8tLsesTKlOtpimWZbcfZjGSaL9s3CtJtmYfEdE7eWtWVX/AE+7RJj&#10;mW5Zmii+df1hW3ZJJJLH48FgxA2DUdVTPcXNjdn6lmM2/edfs674t6780n8WYZcLv8T3JW4yfass&#10;/UIJ+O4b4HVhl0v7Yqxm3fiL25dF1XOe4m/ZuRbrt55fGP7268O2TPsw/N4wcYtfWoZfthzDbPvC&#10;ZJjGwm0AX4wBILux/Nr1v2uy+Nkfv/Dd1izNpWXxx2/80v7LpeWbJsZfwB2/tPqG5y1Ws3DtEdVT&#10;fH3XluNQnNEs7bssbYt2DPbSAma5Fd1Pf7t+YZ8Wtxp2uTFLoz9MjM0sDWNpdhbtD8O3S4zl125/&#10;LcLiF6a/XYt2/Fvxfxr2XZH+MBjr3uJ237coy7Isi1v8vu/7/xe337KsGMCHX7S7pd+WFVlWJImb&#10;R/wu/Nod8dt3y6oiC8Ov+1tUhMUvfYr1W3/6v+4pNkbP/QAsDRMXDu7DsPitvy3fNdFBbgPbfNtf&#10;BJNhmf503Vbb8afRZNSN1a7bRJywdw7KGuNv2yxsGRW+UfoFw+EYHX10eN8bYYMbGe5LryyGopHg&#10;usI/4hf20p4PYz+d+1lurH6bjelvwyeL4TFntyk4xfiwYawArNfLsuNvxzLKil/Yr7AYvqa/AHZD&#10;uzsN+4bl+ofsD6PZkec61zkWttj0ySrh78ocB+bsNs89Psy2og+j2Q1LMWLObltwj9p+YxL94TvU&#10;u0Ihsunzx3KHewDgvwE+g/QJrgwdvsH10bEY4XeU4MqwK8pvs/BM+yOuN7pPcJ171DOapc0yjbJI&#10;7lHD4te2v+jDWBqGxcCc3cY9PoytSSwSc3Zboyy5B/1dtLvjwu9dYY0ec3rOZmm0bPnwa2GVmNP9&#10;7v+dGGVpGyYlXFs02tT0D/DGJO5R27FsmbUsXOEAIMPwR3GsHX8Yy+FiVgDKPWpahmW0rn8r0x87&#10;/rS7ldOu28rRN8ZGwzGGDMYiMY6hQ8HgSkbDjw6FgxEqOiPBleOiKxaedDjC+ofeS9dtDMYiwfWS&#10;wZWdkeA8OXKPAOQKLH7d+JYrXbeRDXLhuccf8NY1GyBm0a7bSPLhPacYxbKLjZF7fJtNY/l9fNh+&#10;R123GT7OUMtviPvzC7+Wj3vQsmURNkbuEctvTf8Sq4E5u27roWLkDKGPlm2WtusbhjEc96Blm/00&#10;2nUb10My8V2yeyZEH94FpQl+KInYFahKgo9kMQTviUaClyaiBA+7+3GztoI88wmAvNtYTIJiGD+E&#10;WSDjG5TpNy2zkBPG7PeLSeXPmWrDETut1kl+D/LTu43xgSik746Kd4zkwSgu5MFIdj4C3TZyidpB&#10;UmZmgvzkyCQ4GrYg1/jf8W47eWKCg58AyE/LiOAuUJzgtHqk6XpjNzZkuLKb1X8bskB2hvlDkTmR&#10;V99c6JOscSozSpqBhURNq/pQBsAK4xS9QoUUcYwmNW04oNptd4X+6eCwMMFGqzTBSaZ1Ie3YBAQR&#10;yFoRIlKYHrl9hCQPp1Y/rCojTqvySqlaERQPHBaNaXE5Uc8WKfZBRpM+Ig/Gwyqi9m4DYaZWd5lM&#10;sqXzBw5Lhx7VCqNL1I6Y6YJHuBG1T2aMAMT0vTQZ8rrgD6GBVqxDhQMcoSwCqShW0Wqntbicgm9C&#10;0xeJxBtnssQEu407NmT4sYmPZzwxwU0nDoJ3/O+4hzwTvK7RBr5INBK8E7YgL1lGBH8MvAOPLUIS&#10;cHyAIoqRA4qd8Hgg/IC2nOQp1YLkhVNYI0yyColoD7W+2/gJGk9ZIDCe6sprujdnJOCiVZqg20kT&#10;Q7a0EhEB2kJg0SAbFVJGuDhMiqjgdrPlmShmaWmCKargdo8Dil10lSYgo1WaoPeYU9zsAP7Ie8xp&#10;1+zGj53F2rU8y/TMkmEy7B2Nhvsqu8J1E+1r0Ui0/SsSilbxE6zru6z/bLdplibi5hdGOczpkl8x&#10;xiVnfk3/AJ+GYbkNXbKss7Brfmd16JJlsJilP4ytYZg9ORX8XZnmznMI2zVs1/MM2zU9zyE9z45S&#10;0Wh4RvlhLO0N6bk36Hmmf4CXTjkBLs798fv6aQwAIT3Pciyk5zmk59m9ZddYsy5Z1l2yjIbbLs80&#10;7KLh1o7/S4+MAbQcm1/4NYcu3cJoGUZ/mPXwHLdtHbp0C7926NJtLEA4szD9A8ihS7cC7Lrbr+2S&#10;Ze4LgB+/8Ou7dPt+GDvTrt5hm4bd0I5f8oueYdd116Edv2DSFdYzC/txG9ZzLNux3LYeDuuZ/i4b&#10;q8N6tn8d1vMczgHQ4RwALJwDmAN44TacA3jtmJXbX9/uLIdzAN9+YwCowzmAOQDYxca/jmO2DWva&#10;pWkhrQ3HxGLh8AtUxXCVNVR/347fkNbGbDmktfWvb3pmafbrCl2yzBW+XrL7P+wKZzTYzNn1u+Fm&#10;MYbzfiTJPvp+1z79Cv1iJH33Li3PLG2HvR1HPzLIUbHwIelJ0o/j2Env/dj92GNWAKrwvntyZJCN&#10;BUPRGaHvpB+9Lzup8Iuwk3Hov26H5Oh96BV+JoDW1m/Y+6gYfR/bkGTDsY6/G3pGOZILRS8ZIekV&#10;NNzaMNvG98uW5zokZ/Eb2jU8i1/UtqSfj4O8M4uqfiRhWG5psl3f6EezbszaolZOFfPM0qOxs5VZ&#10;/G4A8N+S65vsmrXML93WPw1jAMjxLL65+n3J3K9vDmbjGPbWP40xXM1ysfauufaF55nl7FsWwMIc&#10;y8UvZ7/cb1l45mSbc/+PuVsWQMsc4uXil4XB4td+3c/FMhez8MzdsoBf1yQutKQfLma5muViloPF&#10;bwC25uIfAwBXcy73Yzb3aZb79Y+NPvr0sB+SXzHmw9jPbBZw+e5rszNNRhVefm029GvXLepeAEuv&#10;I1/DLxu7aHds9G2W/vFfZzTLoX8so+PrbwTQofi165+OphnNcmgvPRrDLscyR2GzLpluz1keya7T&#10;jyOmfeH6htsYM44ffkcCWHr1nybTsVaOZU5oRssAsOmTJtMW+r+v146/i3FjGf3wTGPrGAByKoCl&#10;11cTyy9NRhc+ZrMfliX9jB5zivW3b9dL2zYrfgpPsjabch9+XzL9GT3m/DgIq9vMADhenaFeGQcW&#10;XVKFFPqHJKcFLMZUK81Wo9ZtGQ7Kc4sl+swDTx/niOmKySbykpHtkIGQJV1s45T31NhzfF6csYwr&#10;Gk0UodBM2klA+/5GwQ2QGoHZWVbPGGdamrlwwTGTYGCzjAamRDJM+1nIus3bdOJ34EECvRBDSvHS&#10;9AyOlWjiJwaJQWSMy/UMxiqIPDAMOZIwkvKave6TyfNqaxfyFYKg8K8ISD6/7BnFNwyUaC7dW5Ar&#10;gyEWLovRyO2Ar0Vtt5XsTqMNuQ6061NyS67PJwRxgT6YmxV9KAKsqUSZsCkXhsC29sCqNfMx2rox&#10;CkMLjJ1aFsN/GJZKIoUs0oHxrl4C3LMaLFjFigGPZNVGBCKpXI8ORNVthVDFVebsSqUE3g5N8VZi&#10;SJmulTuwgpGagUP98gMbg0oTkB+IkcBkE3sIvF6WCzTGARXKRVKlKAahBaJazgx2gnyg5yRTXRYn&#10;1XzRJkHXEDCRXrDT1G0KUcVgkqmFV4ljxjglL1mVpRlkRJNAFJEA6aEZqJAGpfZAcr1s2MjzPT6j&#10;yGTUGIEpAR/NBs9K5AqJq4hU+KIoQ+rQQhOxUQoxZOQk1D/iFzIswBeo27rP4QEJZEsDdL9UHGSv&#10;bNbnTk0wnwEbGz/eTK15ELdgwDP2VeqBWDihJ01FaJ3OoDR1BtTF2YnBGGCHQyoyzviSRhy08pqc&#10;EvcGjmygFNscTk+06bbKyJJsUHTj29gvIaZxsD+kKa0EJJp6wPNpzF+KZVSxkSgDDr6Z6Yy3IUOv&#10;DhkGbQdIGJnBcGJMzQiBgcEH2sVUY6fLjP6kF1Tj6BfaANZWTtup1m4DOwbMumokylViePC1tj0u&#10;C2n2OxZHTIRYapnJs6Boh1c9eYqkGg6NivqaBVEVcVpzesZMqjQMPZm07ngYqXufCGlpdb3QjG2L&#10;UHMznih56IRot4EtPVcGa2VVofusqdBukKMim0W8Soz1ZOfLBDOdMJSrnu8AS54z1Yqf84zmUnj3&#10;iSgeyTgp4uoRKQ52picpwsJOPpvZM1HRHXMyQxOJSWF+Z7PbGBwBlok5aDqmypVKTFqzIkyyzMwS&#10;DaHEkrQxtiMxuAdTgqImCUlL4FWLGFINNoJpY5/IK0MpkXLw9YipszbEy5hcyEaVjiC1l6YQy4oq&#10;IDKsIUC6LZWM3scc+6jHOhFkHlxgeTxAqPfwQEQas0NF+C1HJKaCHHOpUHF8NH90jBTPwCGjaN5G&#10;B2IKNBQVVNOYL5dIw+ThJBqny60ZB5l2GbPRLDFOmtXK6DaLa3AwForUgVFAOWoL+INdC5YoNFqI&#10;xIplcWn5xmJSORwWjAOiVnZYoi0NHpFUdii6lgKGyVHahxlY1gSyVtQE1FfYhMNJIQBRGUWBEZEo&#10;QNQWFd3WPSaBogHbyEgKwaEiMxXGhyS1SpRsGRQLMhalBtIbbGojQ/TdcQ0PpxG1QjUjrMrmCHqS&#10;cTzfWjeWPpfYy6h3+ZEhkzynsxgfM4gkXjR0vO+2zYfp/CzBiXtJglzdlMJKffCxM93ClpM+G5DI&#10;Hjm/r7tWn5pYeoSXuMqQBETSfnjE1eVGxXLgNkRXKJQQI2RGIMJxBg4vJA0bEiKbUmj6Spqw2xhz&#10;jBLCrsIi5AxUwLALwO5ELBTOEhxTqpUgU2UpIb9gTcJU65yJM/FgJECzSyRmo1iQMM1cNIRKtloE&#10;+VGhEIO69SBeS60iBuREBNHBWEZEZcD6EN3GCAlsMGxwZGBXC1iQPnFMIJwiOuCrt1LQJbhAQJbc&#10;GEEVzGAAB1iyfRhQvbNDioVdh9WXUQdWLoAOn0BeDjPFZXKoparFYTBQCA9gLe0OZQOuGbptMjJf&#10;g4bLLYMJzZwM7iz8GOq0thrCejUxmJsNw/ABUdHQ/opnEGgq9rfoFfjbzBn3a9lU6iuI4tFnpiDn&#10;O0Es6mc3ZJLvsXAsvpPjFX5cYnpft00oM9tjYTY0D0QtXh4ndq+8+XtN3sRMfTxX5MF4CllT8VIQ&#10;EMQLVSWFdxJ/wkuY6oJnMiTuQmhK48JA+WEFxdvZgmsFCRQkiMKoEM9OnIKmtFgL3fadL6Uw4D+P&#10;AkTAUBRmWiEsgNyZV1CwLi/Q2tfcfVosWbd4ZW5Xm8Gr7mQLUB0lZIg6g0TD6WKg2NqJXr3SmYVO&#10;pANPe9HFbMd3Ke8Gu03nVOi6TXJDeBeu9ky469aMENNwXoSBwYMlfEpiirA+QhNBUiNChNIEcgiJ&#10;k7wQPJ+iBD5rTEKNlXIQaCReEmQaSCfE1hVIgKEIj/CaeAQE2FmoBzE0FA+6TaYZZQOaCPYHNPth&#10;B4LZoRp4hgFqkJDIRgMFKPUZSGamzcDSRZeBJ9NJBwKyEGXwgrQig5qlNQYgWSgHDRTpB5eFKDEw&#10;uV7DIDZRFAYEWiQYLEieLeg2TOMzC1TzgCaooUivYMRAXoJLG8SSUn1l4LQ6zE5BUVftolkkzZpJ&#10;vBEdxLhL4o3oiWatJLTbTKYvYAX+JfCvLvC1lDfWvBcCUfNeM6pkKJVOlllKJUtraQVj0Wr2L/v9&#10;y37/vuz3bqN9aJ+V9hGdCrakdelo92hdOqpoXTqL/V10MnSkCclBj4lm7kgTkoMeEw3oMdHMGtBj&#10;0pEmpP15TDI1B4HstjvjM7SMg0BmaJ5/EEiNJzM0wYNA2qmdfhM7BW3VKKjVqtHzPhhZomSdKiN5&#10;gbEu/vR5RX/6CPjENu2aadOsNRata7cNWGYEiuRJKTavng70MB2AQNIB73MefOGTDsyFD22WyggX&#10;WqabsW6aSzyCP/C4d8KTEF5AswoYi6DuNgRpMUjxR19ZV0mcdYPFRWXp3dZhFgEKNR9MlEOs7LYO&#10;CYaAIQqooeKRbrs0SBS9riVfV6hum6WDRWJlEaQMilmI4PrGWSZ4XTQMPh6ZyRKTMTuJvWRpPi4L&#10;wRfn6MBHLgvBRasSgptCKYJ3m4doLF4N4WmRCeE9yFhSQikBkMQkuDpGLN/qOYmuIwpk4PE0VMIa&#10;JcGyiH1G1S7UIkRfPURfPURfKOp0OnVbwtCaa6layuQSsKjpZGjNaBdR1JtRqzmjSqdDzXv1Q817&#10;dXBW/26DnAcPSSAOs7okl0inQ7dtpIj2WT+ruehIE1Iza3xHmpCa+XuQJqQHekw08wAkTUhNt0cT&#10;MkPLKGoOAknemQytkPm68EEgNX6SITO00P6rCWIwm+FzSej0m3TbpTbtw1ibNutUGQkTe4QwQT+6&#10;wC6wdbVYwFXAkjMCpa4SaUr124xAmeCWQJnqanWYKgIVI1DpmKZy2t2b8+ALH/Q8+A49eQqUROyq&#10;LT/A83Fo9W7rKEkYRcnhpgnkwAQRH8JoIaklTejSEBiA1gVhZbXSjqIbLD4RjaWHrMqggAcmnyFW&#10;0gWGV5efRq0KDBwWujDeYEESGKydnC2COoVSGUIMwmDBOXSLf7Ru2oAaQB/mpRGaeIPWpQtMb3Qt&#10;qdNnBSdpty3AliwZicBJKsr8QWrKiBXUz9KRhCVZ0eqmYosUUckikDJeAy/GxbyYCmTIDEsUb0zA&#10;lNleYUpKoLDGi0XmiAh18UdNo0SirISu9d0mIIboq3at5tbZp8qIzk6VEUWdVocJ1q56daqMCdSp&#10;MvpToiTxFt+DZtEsmuW/x4DEG0uFUumEkt6r17zXjEJT6sFMqd6DnAePkgrorP6z+vdZLZdW9HEe&#10;PGoovdUWsKPT6LQ6zNHJYGhdegIBHj5D69JR9nfah6R9VtHp0G2bAfSYkJpZzNAyZM1BIMk74ycZ&#10;2qd4EEgyQ1sdZuZ7EMgM7c74iS2xU4ydYgrqN8HIEB4GIzPYsFo1dhudfhMF61RhnSpjqPRlvxcm&#10;djexL7DVYX6eI/FGxAWGIEffSxJvLCVKjtm4ul/II/gSbzys90rijXZjNq7uivhIvDF0SKAcAest&#10;AtY9umobAevl0dVt6kpdqWlK9QXNSs4IlLoapFKqV1equpoRKDkc5cLHHKRprfAxwW4bP7nwMWOQ&#10;At8WE4y8PoZNSgF58MiAA4JYEDImXBrrQEc9gTqN+qPc2N8UBovRSLb0kWYRDKTuRW0QokEiYOg/&#10;QQSyiZ0UNfioaUdiFdQtlvN6uoronlAKmUe6Q6z8PEADPNKBuxaoESso2oYV1NJtkRJGVIEUxZiM&#10;LOrHHFlWFILDwmJL8BrzmDRtgylM7zbP4OP4jn6VlA4LFhI5mkiBxLgDnFN2IWAKPR5WH9ZgZmxT&#10;LicW9ddjTmmiWIyNBkIga9dK1q61doXoq1dC7O2eKqMYookQ7bZuK0m8cY4Ywu/xolmn03c6gTTr&#10;e7x6t9GslbWatdQ6JgT+lRD4Vy1lOplOplMdErAeTQj8CxT4V59R3Taj1hlVQnkppXpPSvXdFta8&#10;Vydn1DqjVhOUS6v4VRAjOKs/OKvBWQ3O6t+7TS6tJolEOlHOg0fBWW2Y1Ycv+z0cC25HbbTgdhT9&#10;EAW3e1u3bSTts5qik+gkOhXksHXp6MZif0cHPLd7LPZ3zawpO9KEgx6auaAxgB4egzQhQY+u0NJ4&#10;OOgxuSmLmoNA3hmPEvhXz9DGmoNAVkIseWc4oMdE4ycZmnezMgKNn2TEmYNAYmRkrFaNa61SvZ1+&#10;E9Os/h0jM3iYzlYN1G+CYrj6TVS+miCmlitg6KpVY+2BDoToq19g4Fib9libtVkQoDYaPwEvIULt&#10;VBFMbB47VcbQpTZtmkGz1m5bYxHts8YExyzkyUxsE1xlzri6q8O8kC4TXO0BiTfWjdm4umC3iST7&#10;dwrIszrMbrOwXUGjfhOw2ywDnoTwCE9C+MF9ErAW9uDTlOoNpEsCyjGxEmL7xSOwfkag0hN76QVD&#10;61TzXr3b1EL4+WCaUn1Bs3JGpQmJSqkJFEJFkOoqlP6YWKAxKdWT6sqQcQhURoHv8aql1i0Bscgq&#10;By/LhW4jsdjfD4NNINq416mmpnKrRkyfeCOCI/FG72ZhHDOX5BW7rsz0bit8QIebdeldoXXpH9Lq&#10;MGdpAmWCaS1XPKEu/TGxUssVcJwl58F3m8xBdKppgiBSpBC7ynpuTwdWh/l1G+IxeEX0kEBB+raY&#10;IIj2tc7UefAVhKLbYqXnpK5qg0VMu1ezlOYKoIZLw/FHCRWFk9wk1XS3eRuLoA55JMb4vjdYlFqI&#10;VVFbBLUKtRppIcJg0ekOSx8lrZtGGRTwOkAj1MxLgwz92KAeFAquqNJpEEQKF6XotpaV8QUvswjq&#10;bhNAKQbgmTQYLECwMQKGrZtWBefBd5vBJXnFQeS1IcOCIELT90kidi9ucETHYxQoLo1aDGmZ0gQ9&#10;cmB2vqYTH4k3Cmh4LU2CY0OGplCK4GgoRXDLzAR5KIshUDMT5AR7HLBtzkk7vZIigBEwBS5b30gj&#10;rUJit3W3qPWzryop60xIeFO2MIwJ1UYCLmJOaYJzxDCbBU4IoZhTZKlxqBEUrzYIIgI+HieXBgfh&#10;1d2G2MROihXj831QpUE9QKoHB3hpHByzUuxvGrWaYGZE2HQ3dRqDDKymuy3kEReL0LsLqTrrDTyT&#10;BoZKp1FwdBo9drE0TeCRTe+Y+KXbQq3JakywoYULLXWFFc1yUTYu1kbmMocrzKNcMUKukopWxaKQ&#10;rKj0zeExChQC4NrJjCoaVUNout6AYu+21wBiIteG530eNE9Fx77g9sJMXo0l29KoM2Obokk1ZHUZ&#10;TMa1UYvhw0AY+ekFkzFT+C7OqR5SmAIvbESuuO0WpmLMdCUEZILddyJbtKTgdspJXdW67ZN4IjUQ&#10;q1tSDtaC1SmpUwH80ECVsTQDhbbnm6kOkfQkg3k6BtIgkb02HcPIo+qK1NexqLpsQEHT3WayTxZL&#10;8khTpoNrYuq2Wmo1wS+1MJ0t06pkmGzGgtsppgha+iIUci71btOstoCdJGClnhmAV3ElPQT+JYO8&#10;IEn2m1LDdcFE92DTOHmljnZbWOOkXg5UMpdUB/LyuDaQCUvkcJRENuK7mlRCUw8yGM3AQSOou63+&#10;D1E3DNAsL+qsE2XNKCs21ui2lz5wSqsJwmDOWYAGM0ZduwjqbgPHgtvLi8rDoOPLoVQHNp0ioJiE&#10;NgBSIK3ffSJgmaVUv5VmG9GiMat/H7F8Y4GqMDYoxve9s6+CGv2sS+82FL2u3V2/h1PYyIO1i0ri&#10;rIPUos7L0leNsjONLL3bPCMtRGDALILas6hYugBKdZ0HzxC4a4PBosBXE+y2yKRb+swouB0Dsk8C&#10;T7II6sQ60FF7CJV52KrR81hOPljUYthtjC/rULDAB4tCeh78gsX+fnetS++2hMZPTAlRAlpCkAiY&#10;bsYIKCsKblcNTD5Dt3W+dX8ihdg5nhYCngwKmq43GvRBIOG1NMFJCbperKzF8OCYIVDyA+y27wPT&#10;PglMS9au1QTvxoYMb5Jm9BhQXvJMwe3dJolQLCT5GyJkB5JiF+TAckc01kmrgDyYgc+k6W4Lvw9E&#10;IUEscSy4vRacYa+MEppGP6sSYmtlLYY0F43w3YbSYC6vIsHOWfGQVn8J0xmlHtQ44oAicvw7Q7wn&#10;mK4C6XFq1QgBcRabsVaEDgn0S6BMsNs6tVwBR+43m9x1Iq3haqAVE7CI2g0oidjfim3g8Ow18NJl&#10;Ibi6KiF4tzVeLQMXhS3IG4lGgmNWJQRX0LTBsFq0PoxpsXOAAHFO2YfIdPsEC4kaB6X1l1Yx6zXY&#10;6tULEMN7Fupu49RjrQAZUF6KQgOt2N0HBLRWKqD2FJhZBNJVDiuoeruDlNEl3fbQOCpewP0mqafQ&#10;aVVSIWpSx9TFFLmUtRjOot3WKauX+CC9eqjYIL7Hq8/SUeIf3ZbGXSIkyQSh6qIxVOjCQK3g/B4T&#10;3SGePSaiottaPNKRFAEQbFwZFH5VCFifGkBVaFWU+UnwPWL390jT3TbzMEj5U5rswUQ5jJJuGzhC&#10;NEjKoKBpO6TplCYkGHtesVaaRQ/EK6ok8xVjDi0suL3i15PFixWaRn9LqHQkyvGNnESEpuX1oPjU&#10;n801jbbAE3W5UgknWQzBNzMT5CryTHCWI5PgnhMHwd96rJm2icYC1pMOFNfv6qPMdIY4TsBMxXSS&#10;lwNZIFnZ6jBjR2TWMRHy1emOAiRpK0LrbxohHXlG5ojehqvj2io+3ZARgCEREP0cRtJ6wiAEsnvW&#10;bhMphIvvlCYYKmCr7/jQKnYOknXlPabYuxzJpB2dEaGmNMGJxlV2EWOKvRaSeCOCEnmsVP89Ht/n&#10;9hB1qoyfwhQ76LQ6zI4pRUupWU+e1WEmLghJebiUJoiY1f+7lCYYstjf61Rpgp9mNcEQUXB7rWTI&#10;CFhvYFlomXIiKR1ghlMxqZM5oigdYHqwRUqpVjGpilEuPDzGhsAwjAcUpHNuZhhHDGvvg3JOIq2x&#10;2zqfSHzWLC7QF0AdhLdgzIb79d5tcNe6dHHQuvTPtJogQ7WY7chmrBUmSsKleqlR6GwFcGpRjVDP&#10;SSuR3fayaYEcgBRIBWkskKLqY+6OrBTQWq502+bVfs4DLIQrIZSbWi6FzIW0xlHgZGiFbta4gVmj&#10;PLpMMBQoTTCkCLBKU2mCJWxksQZ1NXCPJDgdS0+bjhiBNDSVJhhKLunYbQjTzL0No2bAwLK0IhEC&#10;2RoHUFwkYPhcFePsKEjmgoaQwEg9EH0fiaPSJJQ6hLIyOBBqJ4LHcOQ+FoYRMSpNkJyJOCJoQfkB&#10;gdZ3m+fS+j6iizYElSYhASpNMOFnlwdB3crlx05pguNmcfHd1jul2ClNsD/mRBuuVpAVbFbfiWEI&#10;CY/RYCYkgcqYQCUogQUlptghHj14lYFhit1Rm7Vqt9FiHsJjLqUJNjijahEtIVqKnR44VUaEpBT7&#10;jBGw/sAoxf55LyxFm1WaYPjZYqdRpYmAPybYMpk05+VUUkGWybT6XHxxObstdSrBqxlvBCArkmJS&#10;P7OBwwJxa5EicNHO4hRaVejpWwTSG+0WZuZDYZx3RxSOBpnkjxeTx6fNKayxgpE5YgGNnGS30Z0z&#10;5g2r2NM/h7fZkCbk+EBcPtMbwxYnZpyHA0qCWkaUI5PgEs1PcIsCXshiiEXYglytrSAfkMUQ3Pbs&#10;hGnjY/aWdQ+ytkaUp68uw/hXj1PvQ7lpGEe0ZfPqCxtSHQm1bgN1GyW8Z7zbCp6Y4JjTyRMTG5eF&#10;4CT8dhus5P1ttlx+c3ldnkLgJ7lmYCFxM3jEvKYVUccajHDx3i0pkCWCZi67LebcJoUNxhrdVhPK&#10;iwr8ImrokRHnhua0KvxTCxzfbQOYx0IWDIPDaCEMGMaMhRI7ZS9zRA47gSSl8wJJcnHReYBgCgdD&#10;t3Vbt7kM3dZttLIWw26rEy3ILQIQyEOWEcFJUJzgAwba5CvNjHA0lXh8YmyI93Kpuvwn8obETxG2&#10;vmYL1LHbZh4BTx/9KHSS5rkcx24biTI/dVviobJqGbgZxm7rpT9RHw3wxdqIF8YtcFhOisnIwile&#10;rdi82+AIDfOgCab1AovaGlGNakbZTArpyL0aRyw04Nh5PxYgSrcxMMUETmwTRFlMYoWEYAqHhMDB&#10;T5P+QGlDotu8yEmKNVYl4TIWPi3ddoBnLMvZTYiCpjnLIvY3XclIozN1CE3Mx2asFaLCaMBEK2tf&#10;xYih9vf87Z4qpsUbAWOLkMQwwF/087qNQZ4J2hMAecZlIbhFAYOc8gmAvOOJCT6GUoTNufzRZler&#10;L7EeC0lb0BvPGTiB5OS0+kbOJ4hakPzco/KQQAv22G3varooPagdYInWd5tk4KHp39Zt98zsNhnV&#10;F66lh6TycmomtkjZiComtdtE/i7X8W6oDtIbw84vlApHgg1bfSYFC4kCENdJwoeO9zVS5Hi5lch0&#10;gWLAMFpkF7vbPL3GdptYdlvrY4Ifotu6beW7qdtomd5tcVp3jzEDfWh2W7c1uq00O4nda3EER9C0&#10;gV9OHAR3yTPBTfJMcJFlRPBu66sSgj86EYNIFkPwMNzMNQSPDLyDieWKnaFXpzViXAKenqGw/Nlt&#10;mhIsJHIb5vKgByE6V9gVOzfsLNMNB80Mrw5c4GN+M7xywKsZkmT8SJhhB95tqm5jtS1WdaUo+RjM&#10;hVcKskcTstsyBcPEFUteKN0KhWm3sWIpCOXAakcDZuPyCJFC7I1xMjNB3sMW5ClQnOAm/Br4KtFI&#10;cETlYOAUigHBRScOgtOJFuSamQnyjScmuEhNJXi3jZWDoWMZEbwStiCnhC3IHQIdA1+M0teMQiLB&#10;zln6jO8ZQ1SXjy2wkAhaMK3neALyXFUm5+Q0FiS9OlMrlSY4d1vkhL66YRxjxnlICSWSeZGRXr3b&#10;aKB0/FCS2mOEaSr2ZhUUnQeLrlrNbjvZoG5LOX2Sn8eEplH0RabUTl6JQhcsLxoiIJNuBj0mcCMR&#10;Jzx7TK3Q0clKUfKRqqkPCoHAaawRHEik40EhSqmejruY2G2tskwtKsrHU4nTbiPYtEjxfNg7Jaxc&#10;cOlxqWgVMo9eFFOMvdNOkhFnpgQnqaUDak9KnxFnB1UxqWMPK+jscJj1mG09vdsQKwimzLUSRNGA&#10;vA8FRWWOOFl5TZ+/KB3r1LT6Asr9ZrPbPFtS3x35pVKqp50XRejZ3dZ2W1et5glz+Sx3h0jBboNs&#10;xlox8bTp2NWwQ7dJ2BXC03wDobSCmXpgkcxaaJlEKILvFp2ZxQAm/WSQ0YkKeSVKt7XEWkyZqS1W&#10;pdijCQmRKSk1ERmY4DdoXboZcv2O8ajKOLIsYq+R6eicSdY1TaUEDSRTMCET0PfNKu9XH5TQ5jEw&#10;sCyeeB48If0x0acFL7IvSlndqrFSuE1Q4NiQYad+U0XFw6mlfmmY9BTPGqXb/Pu5qKFZBkLxKptl&#10;MUXCMB1N88UwiiyL2LsNVcldTOAKqKHHsuomdKkxZrTjQ2hTaXTGBF5QrQeGQevSIYoRRzRlhMug&#10;nzRnvZFpJ40qzYGAhE49Fa9DNeiVEhTp6NxEYJ5zcEGwLDHPoqXykc2yYCSaEuWX6t4bBEMHB61L&#10;N13Sq3coidgTtLYjv/Uw8cYSrQgrCBN2Qy6DjAp1QwSHxSwHDoto7LQqBT96UUK/YlIxiD9IH6lc&#10;eHRbZ9BpVSqRxeWkLBaX08H5qB4M2ISAcnyjBwWd0ytMOCcGtnbErjKsJFqozZTJAGz1ckrlT4EA&#10;7fIWcYWEX49BD/20Ln0m4dCn20wdxYwYfGrW/zeEmC534YEcQglOh1Xr+lIUF8nMtC9Lr2gqln5A&#10;EyGfbSxrhxX1bZhTqRe7rbWeDKoE6iKZIJF84LEUpfK5IMEAfBGfmxLQbxZmZwKSQe3pYG0EIDVV&#10;7I6Cr0v476SY9Vj4yfQaA5Hp8j1zxNDAQOwM2Wp8dj9inAZOrRohtEfA+hDn9XSi6qV5AmMR1BYw&#10;pXpZYcNIqKl/8WLlglNwKCQYUcsjhK2bTuPO7RsaoWZ+HNABdlup3QgYIDFC70BNx8Q7i5hC1wik&#10;mEjh4e9tRPGsSwcmEeGxWKEEYshy8lCt4hlireSUWDanRSC1a88uO1LAsy1ktwm4DqKT97AjlmIm&#10;EoVCW7m8PfKAZMxYf+8wxpJiaXxs+VOaoPsJvRuNWh3FjOi2m7s8BYcC07Xw4OuIDoGgm8UKmVX0&#10;6SowpEH4nLrCgcMEVCXKy9G5eC7um/DskabtkELsX4N10xA5VdOiStN0t4E+Tqt7J7LVbTLE6q/T&#10;atU9ApeqG0gIgf6VEqZ+S1alDtu91F+xmtRLL2bUHSRH1GMf9nTYi7bprA5m0xMO0No3r2zpKUhj&#10;6Y+ETO2iTFV7t8mzdwSiQpAI6KiZEPCUSUIeu6w8fh68xwtgquM0+xmBIlPDn5mILVLe0Kgl2pyn&#10;WfLHzoR89cq5Comj9QKS3dZ56x9hWOq9l7L82Vle718X2Vl8j9hn3+LAXasihijq1G3eOJLjrP4H&#10;TS1XDjer22KkF2O1asSMGBnGrlUjBiMz2Ok3qR8X2FibdmNmgqtr8T5zYwYiaqOLI2A96SIt7Ogy&#10;QdDsVRWBUlfqIKF2CJRqkNP04H3Mbhs4ddvFcZItGpc5ugs80ei29EThnCOUyzhJJ8w5OxkyPlOB&#10;4UNxeJkjljxizM/SlsurQkeNAnJq1dgFmBmoJNXFoSZJpTLIjMiMCAZpkADzEgAwICAYD8oF0+E6&#10;xwcUAAM/PChAREouKiAwKA5HwrA4KBKGxXEYSGIUhaEkQ05BhgMAm5SZjhyVFhbz9lp7+OmCLOU0&#10;aRmyI+9AWFcWhCt2jfGpJ+iQCcTbONjDZ1P3K851JOLtF9yD+Ue4TGOsKVS6G0l4CCnzEraCizEX&#10;mJVU2wnJBqMDPEF/NDuZrxsWf9exmUl1AaxBWZlZKEhFhJr5EoOJITAD8MqSIdwGm86RekDLn/aL&#10;wTVC5kvRzkwoKjFChMzDDYCHJtzxCVBfw0lGYGnIxRfg6Ngj8VXyJkBHvq/icJN3Jz9JDIqj8FLF&#10;TteZPwfDwgiMsUldYUBaSKJKg3PuFMwENZqV2QQ9NBgVFRMu4UTXeI7Eg0p0mrYuSgSUgdqM+6lZ&#10;2+QQ7far4Dz9zW04+YJuyXBl3g5P/gi5Czac7oKZQw9e1VYX7NvT/wTbJf1v090xoGtDS6Yx4bEM&#10;G+kJEA2zIu0EYlc+aEePKxlqqsgGEBNQ75RuIiaxyGaTdRodH9zH1h1ffRDBmKHRzmy3S+lpDwP5&#10;J8xhKdHtW/O6RdknM/B+v8WFc9+pGJXoo8NnNk5w1VM18r+ktPTI7cci7SHCtdTrEqqh+yebI/zh&#10;3khml/kLF38AYXAMYhrCAOzfTX2UsTG24gSbt1EEKKUofLoxg+6+neGfWCIxa7CKpJRL9oUeaTNm&#10;Gk0Wbx6SEvrebdlrqBym4Y534PFHyfLyRXyUHdtw/Gk1Fvq/5rZJ58Pc6d1atVhAw1XhV6Zh/mX/&#10;J/tgv0e7iSo1W403FrLE/bDKCgMHtFUWaDxcnR8FB4rXquXJPsY6+LCzxvEZXZkhSbZrJ7eM43n7&#10;jL4KQajQxFW/Nl+ElRSoKqfOOP2DsmPCOs0HpOIoEQ5cyIpKh7CoOicr0YwczeWuUiqrIANbP063&#10;lgRQ3vFrGikpBy7IiKVSax83sGJZY/SowOBImieCVAz3cpm8nQgT2nTfOf4kJRNniI5CKqtldM8z&#10;SkSGP+tDepwyx7AxDxmgGYbV7iM+Jpsaaz5/Y/XoEAqKks5/EDty6hf5AdXZomKoFu2nU5OT9cQQ&#10;v2YyMsvzcsLmTOay8jGSfROiPOi3oAMTlkDeGv0BPGzxO9H1SDYaspjjQqW6J/mPvJZ3NfBm6ivL&#10;fQ0UVMOKXgpf3NxoQey6odk23aR+u2jKT5uXItZl5MHa66a5PDUguZfcvb5NH63ZP6HqxTmqYdKI&#10;hl6l0ve9EEXcLkXc+v4saon33ljZykb3d8Ur15d2xs2dfCUeODcp48Mm3MfTkEQ8xEXhIb1BTl3c&#10;9lLZCm7UYOkB/kUI7XFL2u47A+XMRjfp9158a6ByKT+oAaHLqbj4t8zrLYRNz/O5IZT8iPk36cYV&#10;hT4bQ9jkiJnXfbydeAHVP1r/x5D7tR3ZP8gUMSrJnQLWLL/aSd1IzneG8wsPPZjRr2n7YoYy/ZQf&#10;0TBvn791X7QpetVhkpyA962alwj9I7MO6T1t9o5wWkWJMkvtl1PUTh7gqhKP6uL57RLDnFnQ6Yao&#10;Y5SWqEBkfEaRDfwSCw8nJ1F8KC3gWP4r45IXJLjE/XtAZueAhU5xqAcE7tBeYPszyjkVmW2//2bd&#10;Ypl4JQFZIkEt+ILyZMSlpFwbZJVP2efubjXwRtbnJT1MsF9/2I9ZN8PyK4gtSgXqPWIS34c64EYb&#10;PV3uJmqizJCWOfa8Ji98bSUH3l83soE4Wt4tmClXSQDujkDb9bvJRyIZujsNvG8qiZyShD0TUlhE&#10;aUdAbYzE+bf3REUQ3h6K65zRNKW774C3zcPHpIQIMbu8trjAjoTVjwzsftycTp40w9OYCO1S3H3q&#10;muSnA9rFtc3LbWThecDZ+9pupZsV+MGJQ97FxqDYo0Af/j92sytrWyj9SNqsS6KbVYKB3GEEiX9B&#10;IwLT/qM9q+1Cig1lvcL8biXqM/yzfI8ub4VNHXI78421IvNkbYtBoYPcpbbrlRksgM5tzAP3bUTz&#10;0Xb0L8AdrtdWyt8cjympsbZLdBiUlzLql8VqbjsvHsFLyaXpycjXV3hYcDG23Mb5G9xFx+6xJ0Rz&#10;OiXNExCQ2f4QH7/91B52qdd7cPYSuZk8ke4c22b+SK7R4qPrQl5R2Lh2fYP6kWQtqkNoNRb4KYRp&#10;Sa1F98tVXh8XQhCRpEU6vE+uuzMuud7CmkV4icO+S0f6Q1iBTZUMR6IkVqhjid7vMShx4DpoQ55+&#10;j7PBtqotqorQYM8aXAWwJQI14M86ycGfwfa1toQfihzjPrZSfh8Cmpk9kAFrIc9S8XkSHE/82Ln7&#10;JvOkrO08LNfr0VrjveyRO/+IIGh7mz38K5utT48gRMdx5Mo0FXON7gikCbYdZL6x4mAeIRHBveP4&#10;8K8DVBW576QqWbjlK4MeST8cMpNzbbkjp3IUc0dDsg6siEOjjv/4ZEnCGPNRnFGzuJFcTa8dtBYy&#10;2QsYW/+zNl9EtP01meF6qyTMzWb0XP5zre4U/2oTE91coGrgNDQCWfjgScQmjiLYMCGW2GgmbNZF&#10;Z4NsVPC2IwOmSijBe+uRr/Ufpx+fkAhV0VmVQbH8IJ10R1q6WdNEAY/BoCpJQz5HRq4+LkByLy4/&#10;mnUYezjLQRMftObHYGj/7jGj2boXyIzk4/mG7n/Y218dbTNOFj8bZ8E7vZikiQcTFWx/Vdp0MXU7&#10;Sj7Bv+UVnJnNyeoW40vKXJS3/TakKXAG01TtPvJaFzO26BFSqM63i8LNHLIpzXJ01L2aqSNTzIZD&#10;HqGJn1uoa2BvBrXNdekdBHlheM5DKbaJWI5iN5AbG/xV0zXHD5GSdvDqqOKiqae3dnOegYgioY/Y&#10;Z5S8bGOHb8Txf5bx1eNipYW2c6s/lbFiHX5OR5FP0texuNqYqcZSblt2lYAfxTA28unOk7DhLS/w&#10;7SLu2jcWWgGSj/ylYUy4XPPX7LVJqIneRL4p525IFCvvXtTPQdsp/V65liUs4lzWcPit6BqTGE2i&#10;IwfG6YdAr79SDXSmAMDV2jA/pcqiKqWXfEHCKfe9P6jz2/wp5cI47s8jCTUJEthA1eGlAduD5+nO&#10;nek1WZs8H9l28LWdnJ8y3nbpq0SArCZMtX9V9+idyL/XigNPSVocrq07tLi2YhvbWdyKKdBGXX+P&#10;1ZVpV9cRhInsIo7WI6EZAIwP6mUkK017RVzrZuV56DZlNvPLYLNhprPyiuN6pzMfbvVAtFXv4PUl&#10;amaOzuKAkPA9z8IKta/lM3Y/yiq1dkH1OqdYquQ+4tkCXCMxtY04JKVYQuWd9jOsIqGwJIVwJc3W&#10;g3Nm30/HeVYAMApgbjhBRu0+e728Xf59qTh+mIyUFLejJT0uTBDKWLrsX6y4AiwsF3Fh6T2rvoEl&#10;iYBYBcCA8sxCZyzbXqGcyHdat7T/vAwtEn5g4wYzzwLPbTIMMod4pjWeHDJDHVjdgd0SzHEddFpq&#10;MhRK1DrepDaat2HrTQIi1UfPUs0+0XegxVn+RBVOkYgT8446pE7m5GmVJ7MmO6gESgjosXT9ZJxI&#10;l/MtVazB823wSU4/1jbLAYd5Iv3sxlFxFN8dt8kiWT6eBCxhDeTxaQfJ7i+2RIUTnAbXqCwDeaIt&#10;H8fF3u9NTg/1Q9ZUWqWZoSXllCbAERWHSe4axWKPKoLCoTqQ/rACL1GRS5kUVKdkvVHlpbnBmOvN&#10;+zO/dd3Xsrx+Ojr8TgAceRddGp6MznAlA5S+GTn7d6HPlW9U4pbWngKI9NkKlP5hKLpKx99mf1X5&#10;MByGHfauQ9NRlRd91Bj3+wpSTXZXrPUlpbSOg4opQII9DuQIyvBq5HhHIEi0K1weNBHxeJz3l7sL&#10;3LXRMY3Mswvdd8PJFdoqVbi6kp1kORzkan4x4c7+Lep5FQa74L7GvUA6VJt6Fev+Id4sAhTGYWLg&#10;sAA6ocOdlUrArZJiCBQWLIVCcRIyYqG8mG5KWa/B/AMR1hLCVgHyWAIxuDI8fMKX2qNar5DeiGeB&#10;nYs5/Ywc6IllRQ5slCNRPfakq0qIXPi2hi5lTMFx1RYqdHNqNDmuClfpUvCwqqGFh2bxuvUhB6P3&#10;6ccDhQCaeFxzfqTSMTLsLLmg8zAdVrHOkU+iUAT0NlQMCl83MPyJOq7OsgjDxBFXRYhVw7cyuEQI&#10;VZo/V4kURPCRjRZVxLPLrOwvscaN47/iX5kIarhg5EFcxVWT6LogzShZEn0hnVZTLdSOKI6/p3Ms&#10;TKbQun2xlqFKtfsoy/00dz4S/UgUEzti8VdaXxL4r+/faH9sCcfXts7fum/TXBMabcIz0uz2DMw1&#10;zXnK6AEsmPEx3jTPJrGyYrGCNKM1zbVfrJY05yFXPNE0k1wSuB887pHHP9N8gA/b6JQb0owZQG03&#10;tBVRubszb5htqvCBKivJNbWn5/b8Fe+u82rR84sW4mf2suVeD5DgMyd+brX2sX50saF5DgVb5DO3&#10;8DVhjGJKaG7yCgYTwIgMWakuP/O3HaNfjuTcmtSUz8xIztPbecZzzt44Ta3SikQu8Y+Wew3i9oF0&#10;elzUQBXnWCnDTXRSU4N08kIcgpesj0+lw+Yh43arNxVqSikW5lOV30z3ihDYfKpo3O/qeMiIiw2f&#10;SjTf08ByIx7tPOWtgU/VgLa+YNZ2io3HBIglWM6nkkspCCfiybybiZDDKVfD3LuXICK6sADA/mwl&#10;mwY1heaCQT4VLXxmnnqqJE+bykrt5aZm9CHoXEzykCHlCz5VcYL78z5bbZ9lw0KAT8VzkJArsnB0&#10;//MHITavYbVoOZY9UzovWpQGpETegxeWv30tOKTu4VNRzv5tIsQ3tijku56KBoFPRbRWW1VYJvKp&#10;Qj66LSby4Eaqabzgs+T4VIpSCtqGEIfbdqj3c6XcPnyqvUCot6ELNSWQgLfnBEzMkeRTsYCUSs/M&#10;PSROGJ+qDVfdTtdwK5+qINRN9f1wC9GSg4eh+VT9qtTpK+hTagPBp0Jpy6BwX3H8KdIFFw2fKvEp&#10;6h971hGfyrbvJuhK2h4Bjz6aYEn4VNYVaZZszBPmU1kTZXzM8hzGFHDCzVhu4NqZbzE0jdPXX2xw&#10;GEZtUTRbrth170FNXgixCJYNJqDw4kmLZehbNuN/zW1ioK+6aV9yBVgwslQd3nt70R+u2MB+F8kH&#10;ssdcEV5bgo71vFGLAVJO8HI63+GBr2XpOcC2mO+XM3eNuqfvBeUI7kFE49bV4XD1DkSo5tSLGiEC&#10;U9bGNt3jzBPD7EAtj9nyS9DjqiNLdp8AyfVwVmTV5fRVQiMaWm7Sutw+Io6aVS3JIBvvhjXzyu97&#10;zwPasZ3reco3aMErV3XAaQmv7LqGzpU/9cosCJE//d51vr+cmiqT0BtrTiK7JXicmYRT63tstke3&#10;TjwCjWMziJj+9wnD4jPUoDEIxxFaP5sMMA4Ga18SiFBu6kLjz4NeXC1/rOhPTSOq6FhKWLSL3MJp&#10;DgmFCQVHvlAZkS8Fe0ap8y1iEsFL//vK/1sORu1yvnyMxOrJs0l4Ae1jICppM22/bhlXrkKc/9Yq&#10;UC7v1BGNnk3AAKd4bSGwXWqtt0VjEhkXe6E50JUJXOTPRoWt9n1rLgBQhEKmDGEkC0dlrALFTDHj&#10;mvP+qTcw8C0KD7LP3gYBkB7ILLdUAdaGMglrSPoNgXlevfwilTxqEXpu6Q9qpNuK1RjXsYlXLrlJ&#10;uJ7UK1ZzIVvDVAHoYZNJaPnMCjOqAGpkb53M5g7ee5iX2z6qoqHaj6Xo+eceo8y4daODQZEZ+nWu&#10;Do7b0SWuGfEqKZELTiwdT94EtwzwT5UUK9lcIDgAiyWVXwqIi2XtztKFYIT4zXfxD5/MrISKjxRR&#10;SVkr0aln0qHsIndXfTQm6hXC+E2hISqppDsR8fcQxG+WNqeSQkUZT9IYmiW1VuNMlVQFUPfVbAXG&#10;/9z5tLiWKimXNkvKnRbs4K26SspnwFhSS9dGUUOQgqqfSkos6bGkkBuW26uSMjkiLKl5gezwfeKo&#10;pJC4yzJ/zrEsqeiLKtGppEaOH0sq5kbMLQlrUyVVRrCkiqo1l4pKqpNjltS+k3wpl6P3KKSoML6Z&#10;LCl3VEkZFMi622FJlXeuABUg6t/ZMi6FKaEx6vEzaBA/rYL55Kcvy4nnGGuvhM2GnX7/ElMSkTB6&#10;EMtUWBCzssppNA9JimyTv8K3x6pWovVFoWW1oYr1DVUc/sY8xzBvqBuAVlqnhppWhNAFu2s+21BQ&#10;oXpvqCqftMuj8cbcG8rBigYJ5iXI9f0G5gkZrr3FVQB6mv81HW2ofTYdnW+oIL/nhTT9PfjGlrit&#10;NWam5mgvAzGFDKD/HUipsigLFq/ku8khGjmeemjPCkcsuNaiymbtZmS6SOOz5TYH055nGNeQt0ub&#10;VJnBl1NeI6gmLzebYipyojlA9eyoQk2AvbpIm3I2lfStQbIlxb8vWkEkzvMNRpScFWGrTj3yOxDx&#10;M+OueN7aCZkVL1x/m3CSX7y3E994WhcdE/RPZN5aOpc7nUwYi/gp2tUWh0z8lfHkdcUlRLqNNJgl&#10;zpNOWUO0lzhZMq3ImzBWSWQDHBLSJDjeHWF7j5+kBu5xwqMWR4sRqo7CcteIkqh6bMxSwNPDEeb/&#10;08itoRgEk6R7P6MHDgH5W4a6pxGdOvxdcRgYIJINdAEnakLxVGzETEA9QF9oK2690L9agPTg3IG8&#10;hNZJAm44Ix4gI+fI4zLvS6cVW1vv3ffEd8Ui4GFqAIdtSclRVm46k2JdlA4VkMMS9g1sx50/HSo1&#10;ipP+FzLxbO+I7sN2FpZNpvm398i7i+RMHpRNd0nxHFdBmasNHCRO68UBvS7ONJdSL4dy80CH8v+7&#10;6ja2oUN5Th4RbHT60jo5RtGhYnIgstwxoCC6ItJLTJXIoXLNUm+lQ5nYowCmTqEyBsctAEKJanGw&#10;c8uKe0hp1h4VdZwi8wwk/BVSXEYHaGzv4N2yKUqYr/5EnQhqzGn9+phbdM4r5Z/thU03lXHcAw1L&#10;JfiVeatJ3Q826j21acMDyOpTexWplRHTrEmD73tK1UXkNLQVml8vUVuZw0dTBfggNQ/ZBTqlvXL2&#10;49zumepIgbTCoHHxkUkeQ6t8VmwzWMDsdHrLTtyDXibOE25jEWZdZP689Vd318l4+pikLP7HYq2r&#10;YllT0lV1cMI98NkPuv0yJfHkBhF0uUQmZxG0uhVSh7qSvE4ylsGGA5NnoXE36XzBPYkrTLKfZmGF&#10;TDrxMZi4D8wJr4U3tTzu3sIHKqmhl8yUgrkD0tS1vCXWmBBGc5s9nZdg0/Skay4XjjFixwrqQq0a&#10;K222TJxB0bgN/f1VEg9AlO6fVH9EzgeoB0QO4KretNzGpxzPnpNwNtCOdPyKJH4eaAxwhy9lkfx/&#10;h9u/rYWHXoAU6QuXzffr/6D7XzOmnQXtrQ0C+yCPGf0zgW/AXnBg0QbuA7ps0iNWyq5ed6j2dEvE&#10;dedIqfvZmugUZn6ZG2MKFiRgwACSc/DqDtH5s86eAD29FQhFWb1Ul99Bcc95oJg0ZlEYVZSlgZCi&#10;L16V01V05dtgDqGa+ZaCVEMcSldEA0zHdTA7DYTq4wcIrzIq1mggFGO6BhRa1uB7xmiLpBAiHZ6U&#10;ZjEe0qTbO1khK6p3mJN2FK757y4MCBgUEaJbX9gxd+n6o+AICVCsTh40gfBALBxsCbTkwNoSSX28&#10;CwhuEhdPKw8IXIrrPMpUky4B5XhpXEcp9xXwEjlSIdxR7rQPEWBMbXvJ3+t/4ttyKeX1NtQ1+e7J&#10;gAo4rxwmiDt4+UEjq2jpiZBUnhE+s0roM6s+0BEahZ+pdv496LwJUd59B+I4wa9dCFHfW/NaJGgn&#10;Bq2bJzzWfElo/8AVW+QK6DfWbBFuHYLIYv82B0I4bAjLQtUxQcEiTMRZQeIDJsGMlvNBmcsz1gVZ&#10;PokKn0qqKFI+ICZGlk/BRYfCksathHFo4DafKB/XQxRhXql7UHwUUBFGhgyKkQQkXSX/VYTV4daE&#10;SDBnoT1HOMVlJIrweDVc6dryokV2Gf+xCP/tv8V/i3Dw0JU0rdH7vp4u1kUfRTiC7pweeoIK9ZUD&#10;YxeDf+8iTD57jVrlwuSWIWARjkObSl5rt3bmWDjCezXjehHe95RsZwSgCM+4g3f5Ksjs6Z/xtzLf&#10;i3COLARVxUHqjjVGaaa+B2dKijh3K6ECF0aWgQPzKvF0hcu2wrs274+vSOj/48FzvZL44Tt21UZd&#10;IBptUqeorCjQKihYTPRnGqSBwc5U+MyM8dR1WnF1UM/KOUi8BY/mFeaeTaHWyqNRMOjDhToh1RNC&#10;N9rgL1pEeaEkkOfBr+C+k4ypGhbwyDxBorzhKjndDsHi7r6AQePaYk1B7sO9gBwNDJY7seGIu49U&#10;ankbV6rF7OGUUY/YfjUu/5Jr0jh5yPZq7UHr28prx/nw4y6glm3aw1ZBFSxwCqmEnVhot+RDhjXV&#10;xn5XUrs9BgqubjFdfjcDVPRfTPGlTACXYXg2lhlj1jOpN+5XAnaS1aF3b8jaitUpOOuj3yngrZJ7&#10;EBrfrQHn1q+IZNZwPJxpxZJh7DKMOVMiuFyvOUVngUvj0RpVsAySiW/QBZxMb08utOq8gx0Vy60c&#10;erjmW1Pety4UwVhcgbPx7yALYRA0h4ESSI0V3m1DM8H/ZWdNSLgk9poIDTYSQzvxe6dsdM0jhACt&#10;2epAoQonXIywCIZhYWkvoyYUKaA1AuX+UXOzK1BWYe/8RKlcffaO0C3msS/S6sg6GHC7TLHfIr1P&#10;E3oNQK0hD+rq79UlJPDKma2gTaPeiJHhY+ey4LivscvVX/fzDcvjwSC9/c+k/joiA9cukZc5ffR3&#10;VqT+wtps7IKDQdRf7ytvKSvnPmhHR3+rNkI36m8+77JIZqtUAWXL+Ab9dZOjuMWdbLI7/v4Juwj7&#10;j8EGV0Ddl52WZGywf8cZVjSKtG2bLgsqQgzOC/CQnXTeC4ORjuLCo8ndfrQ0V8oMXUbsse0c0aBj&#10;SfD2bfa4SkqEhSYbePOrbsqCj0S5ZnufYeaXOHt/aYZUQ0rZILxEoRqtvBI3BNVbvTIqVnfrsyUy&#10;auxTSu1KGtTRy0PQ+XHQI9iJ/8GyC5wsyQqJnSQ5GcvBFuks9EMLhgR5TzvmOgTzw4B+mMw4IaFN&#10;EEUWWG5ukryRJSKeeA2k+JqK8AixQCrwmBUvS8xVRVv2KJYZXQzXOPvy5l0O3imuK3HAt8MEY3yV&#10;jJcLTX4hSv/2icLEZgAuXoz1RxNcRWwubnml0usEG6x46PwQG3C39HYpDRP/Hw6ZriGfvhdXbIFI&#10;Wb40973hawSEKIRt4UmOnjW4zFncymF9gct8pcdrAO+km42PXhCUL+vNe7+/Y3VCMNCILkCrknll&#10;nx7w95eKQkW3+7jy/ZUTnAKlmDfi+4uWJf6+v5UBmU/TN/5d+0tGeX+1rkXXEzZ+f9WJZpuLFAEV&#10;os7vb+hkAPqjjL+/ejtxo7PK3v5K+O8viG+sFrtB2ojgodVaIzgwFNzJcJh1pjilNctv/OYYB9DE&#10;DCOy8RuYlIMuzSXXfQS5z8jM6l767otClffRnWQg/bEVrDxGDDMEf5wIjaPTmzVLtGEJpidHyxrS&#10;waoIDm+8KUTchQXmmLDVvkbxEiqcTj5tyABSQZ0AmhjKGvGD4wtn0IuhYR7yqrS5UjWW/bearzB5&#10;S12o+So8xrelyAwhDoxmo2Ysn2FUOe6mhL3l9eBiM2AoTGds4ECKEMOipjUn6jXULBTLBKDDLMMA&#10;lh8YmGGXfqQDFjneAuyqBek3PimDivN/A2+GkYXMc6DeHScv7n1WCSoGjumGdgLLTC1wfL70ckoN&#10;Bh6VPROXKufBlUl2KxExMKUoN7eDXBiya4GnJgysj5+pnW1jYIOPEWHwxTr+GBj/lAKGkymzjwX+&#10;cwnsBgyJcL8eQ811w0wq/BI90qHGGJrR9IK5ieQcPH6i2YWCOAYOu52TLIuhzbZwcw23yQmbqaL9&#10;r6E/h962pteYRUVa9EvbAkwbMqIU/FaJgLUian9+Pje+syx1N+ErZ3E2gCv/WXvaJC/FMjz/VHCS&#10;0O7i3oPZ1cInNby6fMIS6YRLFKdhVLX/mECAPukWw+hK6ajDTyULDUziwf84QuKbwAequiVtz5BT&#10;DcqOtoEMZKnpRQO2eSIaM2pggULaf5klRHWwltFf59HTWVBpzYmvvx53i2JfK/7E95D5g3hP1ZLH&#10;kUX0JL6hY5JZhMwlvm7RaZ4xU3OtoRozAoc7e6B5X9pgbOm2ia+a2G27eLV+fZT4tpiGbw4MFIpU&#10;Hk6pEyQL0q9kycQ34JGvY/x8MdX7LaEa817i65XKQ4Xz/nFCNj7kVMHZ+QLXuQmRsk3INIek+FYd&#10;4B77bScrGDqdymNcPhY90Lk3llCRHwl250F90ubOQ38QErHUYWRIBaLN86o1B8wutZBeNL/mSnhn&#10;6hPf6I3dNa8/7I6yJCZuPvsnj136+G+0skIRUul0HFOoF6IrnsMwVzMCb7kLCWacHz5zWywmal+8&#10;JKInsANP9Ey8eMMmO+tDPmsg4+ORvJkVoEVAB7Mg5Rs1Fm5hIyqqKHfroi4LaIIrQGE63cx4kzYX&#10;InY08xEq2IWEgeSysf38G/qEHWaxrYM3ZHRHiZjrllHhZEFgfStvkUHV6+2u3lzD+08rVfXuVC2E&#10;eZyyNnStn6eo19WxqknVZnymurx+m3G1OLUyvBy2vFlm50GBIfZIYEVzkNFsBual24FAOC8y2AsR&#10;PNYTcFrFhpBK/iMGGE6PLl+uL54VqKH+ThOplPhbPFQ/GuauFeL+PqFj3cMWbl1HJp/qWqu5troG&#10;S7HtBYG+1xdjKK9MG/4Oz8yeSHrxHVTXieeGpUi2uqws6Njk4Urf1iU6UrhmAO92VcXZ7yXNGIjJ&#10;VOvt6sFBa69E5+bTcuZ7uOnz7NSKUUgZWQiBlpeAEpP8TSsIOhMacr51bS24TmktRGjs1IptpxJQ&#10;1BhGfPHtQ7lxDPV6FB0fodFLNvrmKQXUAgPrn4Fe75Odu6yipiFJAiOn7K58cSEjJPGsYotEhcNc&#10;58DH5cvuTwtfIReTBXt7WEnSVNvv8vzL+sF/FlcfGUTdebuOLQlKq3G1hpZKdkkBRK6uK20KuyaP&#10;GoR6o+RdTUTt4m5ta82VvEaaok9Sr3VKG45AfgQ45UW9SopaySvWaGldAMmSN6TznJbyDn4f5yh5&#10;c1R0gqtkuOSVOLPUGOXtfgZadXAmIaop755l8pXk7U79DEKR8QOjvayV6nwO8rGMdlGRTWt1yAR5&#10;XbcMGDXSUWeOcgP6ooqdFv7I7Ss+fY9CzTbtx74jhiXAK44sTlvuLLSDtmLsIsfNcQOQeAL5jDnc&#10;cbDiw6BwgeNjhmHytyXlck4AHY9v0v3KnBgnxzcjlIwQxb78EnQQdk3HC2KtpgFoqAYcaooLk22H&#10;X6WLmFDNhvN+73z9FX4JaWyJfBLqZ51Z7+Le8kugE5s4GbNgDJZKj8Q8FETPNfxFHxvIQBut1Srx&#10;HGu7pVfQH0et4bFQtU5mYOqKIERl9CvyQsD/QOeA8m5U9/UcoLrgMTovHBsVOoixe4SYrRK5EfQj&#10;v4VFDa4jxs1nn4QSNCxCO8KXh5ADoRkPHC9Pc9nKIgxir4rDqbVqlzvJ3JR7YDfkdlVa3UUySMXo&#10;vRPCkN1i5CQ0YVKuhfYJBWfEDjzxPwIslibzt1XL0IWQShSsUJ65KsRhwLxKsuabCB5PY3uHTso8&#10;HwEQcmQpN/88ev4xkHfIdEClI5k3tdmQy7s7TQRpMhbIvMRTWjsnAndD2lB5eB2OD99jk8t7vPbM&#10;xMU983L/dWYUTmzmZUhKVfrlfVcKLfAKgri3LDPMvNConGIvbxJCaJ0qmhmyznz18j4NVDE6804N&#10;QiaWK3TECGYwKn8pnt0w+Q02eHiK7WP5if+rK0Nz5P5JjZkF2ckUkaLWctjmPJouYETHZzhww8aj&#10;LiFgs48WaZo//fRYGc1kL8qmH+1fp3RxtgN2veA6Rscn3cvKyDoUkgk19yuP++y8nrz/3Ed6xsgF&#10;DyW/uU2nZezBymC6LjXNkszJemT5W+HEFIzGMO9kbTKHXRkZW9pilphgwplKyAwsbxIP4TLaYMoh&#10;TjzkfIV/MrpTmJT4UH2/MjgsCSrxMXB9V+rCGqGFnx7QwwrGOrlLKFZBMxbO9FrxG0ksGe8YO/OS&#10;ACapbB0jj/+Bw9WpClH2Z0wKbq7nEkqhkGC+ZWWv3tmfGv5nAqeaeWyvTGsUOmcwkaWkdHqUzZd2&#10;k0CVTSueXqS2S032jlKSdvFcAGdHBHyoF3nGS0aZYPdVwTdXf+cbHODzSAemNTqvdcRkZhk+o7Aq&#10;wx9yxcbuMm3LOpIqy92DAbpcgeUu45pjDjoKiQKiGLhG7NsZoJDa4zHK/nGaBOXfrCkWRNX4KFTV&#10;dv22yyC0gy/FQ8N0in/3tc0c4e9vhVD+IaOsv+Yr55rxqt4eRjc9H81aXG5QS4A5NmHuAcBjmjRZ&#10;MJ0h7Ja/kLHB3JdHuWAMWKFR2SUs9nh5PYCvCaDSqSb54yBisl+YcAeKnU+ciEeOUghvPcDcvNP9&#10;oMBEYj37McjQinKXh4QlgMoxwHr9CQK9JeLyNUxp1ghgl4gLe3e4zV4Gi1s2EhKaHe1nCgNa5kbx&#10;+L+R6BNb1OdNRGv8IG6ogRzUFahMv6hOJAVtWYT1zalBRvcaHNvwRUqujYum6ON7S+43yxt34J9/&#10;efE4z7qI5GuMmXYrezBDokq/tCJnCuLQbp6rGvXGUVY+L9dP2mEHFzxdGQxrSdjI7ocXQhtUnpwM&#10;1GxvYdTY1qOAqgu2lwt42TnNQwHBN/1+UQ1E6VRtntcdtNgnf5aBsdMyQnDPVyQB8w4f/xPU+Ia+&#10;kmLhHiebgrkfDquBz4tmVBZZbmBqCZCw+Irxrn2ah3IBXlZEjX73reFq0qMMdV2s+OXSEiYHEAnF&#10;zy9VAXCFUCMbBnhz1asSFKLKHXZK81e8Q0kVK3IAt5yWyLVe9E7NWqpybMnbgG7q6FuvjV2WbRLc&#10;8XSh/bvElsFZvbO3SR62Xs1kQone5q6V2S8MpPViGdhLzLkd0a9ziSJYMQ0RVmdP6ZPtq9d5HUWw&#10;H5gtVtGfFYGvKLce2KxeG0MTbA/j+xvnqrdeL315AXX0qE3LsK0uZZUwowQcdo+GGJmw/GFiYi9p&#10;w+xHShj+h3E5hMmpChGNUSJF28XHKpS9c5b4SmZEqAHEzv8CHy01lLp5HAJcA2fG947BkPQkcgG6&#10;yTroQ+N3GPN1v34+T/muCcOiDox9FLlrrf/cfBu2Qkt0o65cIRwEhRPktk19gUvPVvhcGa2Foddg&#10;UTEnO97PpGb8LP4ruDUSNZIf+1xfjhyUIAOkUEW1vAwZ2Y0aREK+/RlYm+KrFV6YBejaYK3mDe/U&#10;tBxDiQm22/e3omPth8d6STGTADUUhbFIFN0RMaAY9oGKGENoayxfSQfSEMr0iLtoi6PVaoke7sE1&#10;70bMiCSRno8+7CiRu2qq5XPzUHOfLEo00fowNYsY9JKHOjW+JJPs5MMG055cDgdHTK6M2tfHz/F5&#10;bCpkzT/NWhqfg069FBbfDOWwEA+LymleX5CGr8Mz4fHloLM7y24YXHY05dYCGlMxwbhnjSmZrTjB&#10;+6gjBqdW31ekvhmECJjsUyqNCZG1uP9iZhkamqmHTRJ/WJ0UNwwQsiLqH88wJFRjDpsRHRAGyV7V&#10;KXvJcvQRVKusv6NkaKy0la0PEsCs5u7KNwdTtQByPq5uHjLsJTmgv3Cahw8dRd/RbkbPPsoGxOW8&#10;tmarMFiqBjMpWP3Xz4USbfrE9PF8xhoxfCTVprzuavhpCcMYcjVqFXHx2H018KuGJ9ZxVHNe547O&#10;W7auN9bD+bMaX40wQq1sfuYUonBNboyBYH3v27O/5/NU3ytBPKgo8P/5DstoAO1p+UzZR3Mq2Iqg&#10;MmjP+UgqYaxQRvul/PsjEYCNSCwEzigP0qWViJUVJnwhHB/oBUawRJi8ZHFRz1/3Vo4Jp4Xnsqmg&#10;SwUVYbnswNVZz8A7lHtz9e1M7RBXOI735jXvaJc+rmC6mI91Smrvqz2EbZb7gc+Sq4ShNCt4bjzr&#10;TA6NmPRl19KonO1ggjRE7GUtAmAChL7dfRNcM6tiCUxbOQ681d2h9Lw47cx8GRSW2SutYeoaMAJw&#10;85H+QV5FzCi8XpYTCos82l6kmWvAaedHAV6UDHGSyToFqdy4AKTkNOBtgKR0H6GZTPf4ZkFCH/F8&#10;H2tUkKwx85yXsh+IBi/3C3FYgK7+WnbqC3dFdD+amcM1n5whmByGciO9eVOPe+EASJgvN8MpQH8W&#10;WFZkGrnBAIwEUPFcH4WvI6tkWbN5AqR3SXTuOHxmuiqZA8A8RoCi5HEgCBM0j5efi5Y8AXkEw5Q2&#10;/xpKDasvkT8NicvvpyG/DvLzPzD/H20iwxDvIVE47sy5txeI8RQtEBo807cV1OxMn7GVigCkx7gH&#10;ASFls5pvq9zTstYgaUWPR8xHEhIfVmRZWwZKPTwmaUhypBCYvMJjHPQPL+KkO5gWbXdGQa54MsPZ&#10;9HqWa4tyEZozlIAfdmbFbzWgLf2t/WR3X1+KAJMEDmHgw3Ebi9dlgICljiHNywNVJDa11YDuZysO&#10;jXGrOKL5FkMQJsOS/MAhRB7LLT3GAHsm2KmfF35r5PGaModTn7LqIxsRTrbdMrYy1Sifg5cZbCqj&#10;QagHZNKBCFyEnbz28yz7ZijoSjUHA0EHlu3oWvPWuW0I5oCCwbBe2DD8r6BaD5UAXw/FJyTfpe7I&#10;6mibD2SGYfD8GGiYbPFn99vlyrlxhhUOpBDgmy8/UUchWS6sczNEulmYjVJLw6Q78ulGWEud88jS&#10;qzV/d7nIGUMxHEx0z84xJeErH29kHR0TlHUmDtSzRioWyhQ4AET+AYQrcqz4Ye18M690Z5nBqnXH&#10;nAu68rIWhYJ9r9MRYbZ8WIGDYBN2SSrwWqCQ2rQGqdwcgNQc/j+L8H+54Anc5V9HuxfVA4n22gFq&#10;VH5pp4WeZQPjDM2l+PXjEzmxHGlkIUeP7w9ILeAzvznVfzWBGM26grTM4iGpeHYjXaVi1gAhy/bN&#10;PcZikpkhhVk5nN6PkBfvJbhco/dsQ+7Mi57BMqydXnpb+F4d+Ly5PrIIVGbsveE0EdFjHf8m2d2/&#10;ZliPsR8qwAD/AIp7aHuxTcC9xvV9d9Kpxtz4HiDR8x+hy1i1JwoY1pW3vSLHEEK5MJyqUstbua7s&#10;YfQ4LnqZdIGpoPOGnaue8YLlBXS6byinY5mC2ECB6jcHz2VsmQcbGZqJ6laARTfMSxLCkhgK25fa&#10;jzCVKLFYn4Dn6dqG1JAvSeeQGB9P3icxsMjbI3LR0E8cFEayZl5MkGlHDbxkxzJQCJUdIDEF/qB8&#10;2kSl4GX10H72f5Mzea3aJ2ik/pez9caaH8pccuFxh0IrAqZPfTo0rGP2QPupMY2QzoMKFmnfNL5a&#10;cRKgtZxUsglO1bRNfHPTZDQWiMUcrjSQbFRMKJZ144ArPwySwYqZLSA4DOnpsZuGpELv5wBXdSJ0&#10;kHVHHaX55vuOF+fI7h5GKTO7ch1kGndbg3pGho04n2LjcBs4dGqQSaue2TThbTTh3RAAEk3Mh721&#10;1VXGXIqUHpL5jefnnkwA+Ut5Ilwkn3OM59fydwBXOE/dMnt1bmyKi+vgJZXhxjzCpiMjVUvhmbrn&#10;XDlp6WjzNLynsXyC5Dz13Qs6VlQrzRD2Ys38oTuYHivjLOkXfaZvKtwZ6xKJg4RuizoaLKcLs1nM&#10;+q91eR+70HQHO8iD4FAElUPoOwjQ8lZae3VdeSXrBMPS0mCnntLSZj0np3icgvuhI4ZyA5xBOBxy&#10;XC4YKMjRB8jgNt2wjMF3xle+4jVdOtT6yQ245tgSHj5FaWSMOUppQ8cWwEIq9WVVRmiJeSYeTeVZ&#10;5wwTyhzvAnRJW5OUG5+Obg3NlrDeNTb5ai5d8SoAoYVu9C4vD53+RaahPCeK/bMatRLV+IRWqhKE&#10;YnjngsOVZkVhgrDbhaZiORpqoSRy8ZtmWQJSwuNKlic/G2zG3xkQ6PzZxPnxYf7Tg84XehxezaGo&#10;VDNt2jCtkEccWk0wQmmJYKoUQuyxHRZpwthAHuo56anU08GZwLZErNOtWKrQ9aqfgPYDxO8boOUF&#10;6hyCKnO/SmBRvwybEgPUBaypKM4WGIOCbxnUtpEfenHIVFVnOrpEbcmDeFymUkn30nY4HbD37N6M&#10;SUG9vy3gcj/D3F6DLk+gc1tyY/YcI0eP4wKTOBnp31JmusQzH27Bz51LRJI+3jdw4J2YMAFV0Mu6&#10;BvV/piGWKia9LzY3axXnbP3pyTiegHkCZQX/EbvJzRniwMAiIalum4LHjgxc1udZwliAT8eyNLYY&#10;kL7sR8s9+XC03JsQ+p+8eMdSe3sRCP1BC3RWg704BGtJzh/nXIcfTCScFYgcVWGxhzk2UpwRINlX&#10;vNtXVqVKWYOHhsRw7WY5GZPLEkFQZCEPxjmJEvGIMW1V3RDiv8oVSyjgjAh7POnBQ6NXYsbYQC0p&#10;QOFl1j9wvlZEIuaeBIbczz1evn3IXHu4/Qt1sJFnDB+UND03pOzycPeu1wX0x6jP1IXAVu3FJn7a&#10;2rvjVdmpd8Snbvfh95hcz8F7dR28hzgoOZ6HAcWI0L88TqxRTMWSy7xMJsgZgd/hXJicnyAQGX7z&#10;UUCFAAXqnUYwFF8JP0MjLmHoC2MbxHXzhL42OQdUU0B1tmG1YcmDBAAV65azv0V+fTPZSfBgCQEm&#10;Yhf4FS0RnPZc5MwzBjRnKs7QYY9m/tLGDZ/gf+eqnXLTcrYBrWgEHugFPUufm2j1dHKWl8r1MD84&#10;qBb3RjRQtvEgeU0ZLw6d+fJ4CHfRukzfIBHsoDmbkpHe4WNcgDFv9VMBV4i3u9/+mpCTUCTNPiNC&#10;LklqeI7zmGo18oGESuiqYlzgfy1wzgHsedE2l8RQpzlTQSHhDAmQDR+jmOZ31X9NCr8YD57/C++Y&#10;uodUlHErrgVeJuvqyCnBhRunlBy+ogl5G5XnsR/14gttwIwrLt4fdgz7IXZjr+Ja8Y9ascR3WiQR&#10;+jXfCPoWCDlTcdPEyr3KtK98lGWn3ENY3QA8IMPfBgVeA4MY9rPN2KghpTqFk7CecgwWuicKnOTf&#10;x+guLwC4RY9+VXPix7cgLFCsQMs4zIsODLI7yUqBJznL/N6w2Z+lucs+yRgm+W48ZkA5VRfhiejA&#10;KU66F78Huq65KaBVYD6Kf0vjjp1lesx6ytFuc1kjc7r+1SRDe1MCz2SzxKxSFFcQvHZiiVOyAXXv&#10;nd8KNnXqpCQGGaXjbEz/SX07FXx9KwggxIrEb05IBBUeOUtq3xl2DAUWKA1I5pZFId7oH+hzEAGo&#10;HTfQ9gngJgmfh1JdGLb7wrufQxE3QbVkveyAlLw3ZVsmjeV+bXJ5dsP6YSilfhWyZGP7I5R8z5hV&#10;GGsSnw/+GIbxDcwYj8Hdrl0n2Ch+vBC2NexNfMVCTmZ4qUBI9JcJhi2w/N4wufVPoIONCvqpcSMI&#10;e6RBCdwx7yqzGK7YJ8xXDrCtsJjEBgP1df4mvMnqYMrmSSBg/+YH4c28xG0hWaYHWEdDkRp23NF/&#10;LD61gRAPzOxtjpMzQ9fT9rRHXnNYgjVRMlo7s6Bu2XbLDX1jcvyv3WKfrK0EmZFO3ESSLaFgEVNT&#10;wTuZFSwjbC5tCDtJQMzWXYwHBMMO4A6oSqnJbIYLyuHjKqXey2ac2IudhH0YWGbFPMlcuSiwoLEC&#10;sBDWdhAjigdX1vJ69upr6O5rXVR9vYTbBYkyY8DPCh4FJoEKIPvAsyPNLA22nAlXAf1K4gwus4JA&#10;EK03Pn9KTCVGzDRmYTPzkTz9DaRoKTtMtZNByC/Hw7cRAC13ztMJp7XopbFME06ai0QepJ/gWuby&#10;VKTr8JxREtzHWiUqhtjno08XM4lsqxTxtt8FQZHJ6vNaWjvof8DSUHvTSUz81bHOI3q8jfG7s8tu&#10;IaKdzkVvhJkSDwxc8NGBbhNDb8M34ZHd1uPEB5Y7YgTCQ/BoFaOXiPqoWbX1gTfNrAcG8Ikl/gVN&#10;2bMP4sQ6J/hcOX0R4NiVPHhBwNVOlNS/qn3Z0RA0mZQ9O4U3VQ+Y6w7cVE1Mc8aurgoOcvWPoByT&#10;ZUTnHSe/840HPxK4YtUBGDgFff4mOjwaBpJZgFJEB8J4lmaX7xblArCneCWGqKenNwI8Wyfo8ybq&#10;TE+vJQakEy0MLO4n5mkjA1zDiZG4rHA62HVKzlWAH8C50kg5IxBo4BICXL+tJMHlv8OaeU5AIZ1G&#10;Y2wk/YIJxlICKAOO5b0d3JfPy2TNoAzKNMx0M00DjI8ExGPFyYyVTyBeROYtgeMr3TsC75YYRybp&#10;dC5DF+eRmnv2UpYDgHeoGAh9c98CmzuppgRl5dG1fQ5yZH+yhJdafr4FcNZ7nOX7Xu+jjwJ1wr0U&#10;dbgGvV2EnDP6rflyroGSyNYUKDGG1lmbJHkSCgP1jYJb+B1JDwUC3um8GfPGz2XgnQUyYPFs/X0A&#10;LfeHxo1p9iU/dC/lmPy2Ht/WgzoXNTNfPzpm8fzZZWqdun8jRW+wBFRAlDYen90G393VGG7iY8qt&#10;aBj6AsJPFY7gwCjeXNTBJ9kHeAkFQbeNgP0oeZaEik3DwtAHUD5sDZotQB/nthTOLn+0kZMnXWCl&#10;MMGeGy/fvYDzcyw6tHcCXxrP9TAGIUE2YAez9H690auYXHh9BeWC3OcE2QPZJY4OQPX5mw0qNHhh&#10;gggRAsjiF59fmQ7Nji+ACjELd+P5lliUYAGJ4nYZr9aXKDNLJn6mU4/MVYA5F0HnfLnN9BvWsbwq&#10;9lz2xNDWQSfaikKyO+xa6gKHo33dSdr/EH/eaHGOBMHTrfPfYzsuoanHfKHuUyNl8kMlDRDNSsQk&#10;OmnQCjnL20HHSPJtsk4IfnTNu6lxRaRTK7IWkrqsYMAnTsSAkUQrsrOSF80YIUKQzs9cCrpIaQXl&#10;R5fOjR9WYCmh9w+lAy6TFi74CNjKwCGLQv4V8aoNpmbKKKut20+Ai2v3czBGuFUk7LolvwJRSQ0D&#10;YB9UGAoxYulSAdCvujIU+INQSVcYrd9ITiaPDyLhioTSOKAXjj6p/mGWx4qXSAaKh7/c9mxhfKfH&#10;vPHlceFzXDDInyouJoUNuJZ3cghkZpUq4zUNb9OKUnB14cBIODjXAVO93nIUILFJhiQWAYheXbKG&#10;v1u1qjFTZb8UIXED7ZgKu0AgWViDLAaQDOrPlN1v/vYryU5aUlXip7ZWPIAR/iVFAsN3w/XGrDqo&#10;z3DexdcmItW5Lh6eqp6vqlKczYKRDArVBX+zo7UhHp61+dRW13brxDEu50hG08pTJN+vStDGAsOr&#10;dLeJ2EUsJirjBnVtb328edUMB8Hl4sOq9Rl+Iiv3zwO0pGYbTzSWszmPIiyLyShiXSKbeE4SlGu6&#10;ObYNKjCeFdty3RdZy/M4Q2IAvBLZQhHP+s69pkd1lgTCtjX4+hBqBnmbYhO3c1Ao1GdHGoTqulBm&#10;0OCIZ3FweLUSBb8t+qCqPXpF9D4vfhke/nX+qaq6jGn+Cq/s/yBwS3HF4ixwJUQndJ3mvlwMTOCf&#10;6MxtOWZG77EF5Koz9Q7qsN8bu3K2FLYcW2y6o6UfR2HR64RzYoJs1YGiYbq0uJtUIARwMw4TbMpv&#10;UWBcmuL+Hw8EAkcwt7/dMnpghfaemyLqgYOChjbtjqE6OtR4pfhzs6x4jLqa8jQNq+AJYF+V/q+8&#10;MYZ1JG6Wed0CSR1r/ftTzzsRXS0Weu9aGhuf2lO4RuyLm54kSazKhKQWOMVXP7yVLjOHpFKFckVQ&#10;QeDmtUsG/IJCEmACSP4ZQ/kJD7+D1EsgkzWu4IPCZhGdA1j4Bxh+ORIxtCznj+EKb2ClPTl5mZ6q&#10;DLIMSjjKJ4XT/iqmdV9pR1MrseHt3nIlLm8SSX2yl2TillR7qTkhdY5tIvy1GtDk/GfjyayN1auG&#10;bmMw+8jKnZE5xM4PVwxRstut5QuYTrbJECJ0fUYR63FL31jTKfK99K1U79I61gTFSmTk6msaYYcy&#10;HGBZMdnnW3m7OAHlYpen10Q8OgzSlg6450vFx+Q2zGQS6VpV6nc5lggkvZiyo7bUg1Z1rkacqsx3&#10;2QtDeDjDhTzGX0AEI8DgmNFTab96CsZhhgWCDUITiOk5cG+ZTslLB26FKLD5Dpq/p3oXUVBrXUtX&#10;VKBMBp3cdw88WHYddUogWWc2dmhU/yS+9X3cPIJcFiPAGTT6tJL/CehmGHv/ZGVk4gxHvhXLYZTI&#10;bb1v2/ITB2bQ/qf+jgAXE2qWNUPhH//WzCtflB510NV3U0WG6qAHkWiKeeHM4JBiF4hwJQK7P5mB&#10;GX+SmUr0Avx+sFnDDei1ysSSDYmWBgBPFm9GnurM/aQ5KFlM9oiEWR+kNNElERznDt3Kx1XrW2qM&#10;smIJZpj4yi6fuHcTWC76R6CjRyXEAO0LegX/QHCrWS6385i1m0W4APoIyTQrkEQC0nYAAMYz9ply&#10;ehVgPXHHJBqHMne7wS9ESJmZ7r84RwAAAAAEAAAAAUIDKQM+AwuN3qsDjvn9m3rPHyU/FiCA+fWF&#10;Ru+3VNjgcxMyI0u2N58oZ0LHGxAO/O20qjcnw9GbJB0avVcuNKr3k6n3C5fy4ZlfUipxnBJGOn42&#10;TvUuOQbtZx5Z+CpK836Jkk3jZa6IeHZZRKK0u1im446G5uwwQgN8hgYkf8Pj0DrsBpjG+PHQ+tPx&#10;+5HM6Xtz0Z0fh2MpwtT7jUyJ42XPsDxFgEM8uxKsR5j5XcYjlIBKgWUyuAZpwy0T39lVkBqdjVey&#10;PVIEb7BefXgkTL2fOHwo496waV+w6oMxkYhJm49YrUNEUrJBgY3K18Yr2aMM2XiLgqZROwPM74NJ&#10;85uQqfcoAdL8MBWCjOpg9Dbt2ZVuEB1fsDYqpwiwUPvbMWk9slpQIeeoooB7x0TUmNKioTlO2SHW&#10;6Wm42VBADNw01wWECxfVg0lHL5i/3sWYx1ersuOVlkrrk0cr4uuGpf1wCgXGbltFnl2b46J1rtFb&#10;3Rap94oyIdd7b+TsIpA3kp3AgOZH8RTzj24IvyMRYBozMmXD1oAMhy3SAQ8TVa/DOB0CMW/THLZY&#10;sIjs0jSoDVtItA9XsymUGp9iIPpHpt53CVYocWIgesVTdPybL2b7cVSNPtT8w2oV0sO3pw1BQHQ8&#10;bpU0qItwhjirqzIjxixrLjnNli2mGr3BsYHCtEa1oyvU2wlANq+2KFBIbdysDv4FXjSFRtyMp1sa&#10;+hRTI5VxEorzs2johLa+FiXVthQKza6NN8GwlUSWSSWf1VKgIaGg5C1oQe454FoSSMbXIrEXEQpM&#10;MSuS8UUwamVEnigH5oD7KK1G9KISoFMFmD2qdktILRZz0OGUwrodlqMwarGehLXDXlAk44tDGQFK&#10;ODU3NLsY6Kneh86gfdZnEIHI9V405FqxUPwr2YzGRbIXiotkL/6VbNaCBIL6RJ62kwA1QKp2IyD5&#10;rCDmAS9WqKbSqw83QMnwyXEt5+wSIeH8DVErVCBm8FHfV5K9DCQ/NCIrAf9oqnjmhP/jEt5uCP+I&#10;ImCxgQoTpRcUQR+ned87xG+XUt9PdZXHCyhV+D2sPoIIf6+o7BohJfBFBQj8xQvg6ZXHqKXKri8G&#10;P7u+bAXfYzE6hQ1yBxv4Y09eDqNftwPwFw86xB+aEsdJeaPylW6AjyZowH89sfxd3qhcRXhC3Byt&#10;LAoO8QSnOXu7gqaRdy5qReuopzHZZOZcHKw+fPIYwDxOEkA2/oJxyUtryMHIqZYwHpGOd1yj98lu&#10;Hu451W4If3kA2TibkSU7uyKll3o/soJD3IEwaR3dyKZxhyAbr8APrXcijvlRVg3Sbksl8BUMOsRZ&#10;BDjEv6Eh7TNimkaxgH7ws4tdT9+zjk5FxN31Uu+/GLTfllbwVYTY8cRG4V8R4BDfnMPoYU/R8QnG&#10;M39JMWh/Ldu0pzsz/wd5JXuCClmeXQk29d7FKOC7DHT+vWFaXxGREGeImrNLyoQQZ0NxfsakTXu6&#10;ofAraIK0o5tY/tGh0bul4/chCIj5HS0K/0Nxqbfo0Ogdn56ONzwl+bNroSaw3AE5fd+zBqJjSsX8&#10;6kbhJ8827Y3130+kqfcwiCNt1RPh716k4+eqw/JEphXiKoQ0jQkBOObnPrCWqxtEx8Eaod6T0cU0&#10;dlK7RViOrhDhg/JGsicZ0jTumWN+EUzsOAQUv7+oVLS+av59fmggeosCyd/2LHyeUJL/LVutewYW&#10;yXZoShxncJqzp5pTvVUsBH73PCGeXRBLLD+/HEY/GegtP0sx+KInfh8FxfJzeaPyFhPnR+kG+I+C&#10;h4i7GJ31kQPZeKRUwH96OPDLLcIf2XTWScph9BEsBf66hUi7bxGWZ1eLELI8QTmMHn7QHV8xCmmH&#10;Fla9F4rT94tMc3ZHhFVvyGglbXIVg4/ScIhvUIO0TxBH2qKGI201IWQ56Ei9n5QZlkMyp3pzL9Px&#10;7GoTQpZ/pjk76sr1JlPH+WEYGZZHYJHWFx472Qv032fEmI6bB9LBSIYOo28zsmSLAS3zk5yYiLs9&#10;oeOK9qH1FhGZ/4sf/BMlJZsrEPNnl7vhmMYwTb2PNx3ilIfX8hMUk/a7vbRrMPO3UrKYCDtenjYq&#10;R7Vc81uwFDjmp2CtPpyMS/jLuIQXtEPESwRWxMdE6f0W62R+pMBh9DsRdhwly6ZjFdI66enM30Ix&#10;ED27Em4IfyJyzh+SIngrNJj5VaeTGaDN5scDaY87WhlbocX8FPD0z8Iqpy1ZeCkpZiWBfNkleqy0&#10;V4hOLT6OPPMoEhcTNB4ln1XkWrLrS555VH0Jxuc5+E420mpIaOfkdtgFlEnVvcwCa/k0ICTy5GFC&#10;gYjdUEBMoNH6MJEk6rAD0wH4OJkQuHcFWCry1qkdfPY6TKkAGRDHV563MkY+VemzS2KmNGiAK9K6&#10;xAuB/5WTula5C7SCxnGBhsscwAJIpt576GXcLUxzdlCdnkRrdsEEirACer2JKGWyMvAIk+bXEUHv&#10;iykGoqMwaX6bYKNyAxDuFhIavUPOJpIrkdublcBAdO1yMI3i4TTu77QZ98KlC9gEEiOI2wxPpfWy&#10;IdebTGCNe0FAaV23W3zsyiEQuZjEhzS/RImi9ez6D2l+XAHH/PaHNL9t6bQufkiz7JAIJ8SJ7R0T&#10;iIu+Q5q705lDvEOaX5ngaHmiF5Dmt1DwBaT5dR/Z/HbBWECa37hiWJ5dYYHiZBMDHcQZt+gHSPPb&#10;F7rTmhAtgbS06HzeGnFhkSokxjxcuONZFpPmiwM9Oz5Aml+YCDtVCN5fQMAjwPy6BjM/hjS/ReSc&#10;f8SQ5veQcH6VAjYUiBlDmp/4lWQMaX49c8JfIc2vuyGMIuAXK4nS+xWZ03gV0vy8lPp+5FcU+KGO&#10;gUTXjM+Ng6j5ya4PNymhINLeAjaU/BrkliDHvQVsB83ZA0TwDg9WH54ajRs8bcatUFs4VLaC/z48&#10;83efi/kJcCDjJiAViHh2JTy04+nFoP2YgcKPrhDz/+hJ+2yQkk3WG5W7Wwa/SWveZ6g0y804lp+R&#10;YiD6wEekdbMUk/bGMixvLafvzVVI62sDNI3ZFaJfhpkpWAzwVQTVe4ypQMQhCWVHcg1EbxE04Kcr&#10;RMcZsCfi7fXIGoguCSMdl0wy848Wud4Jh0bvCaZAxN1HZP7+qKRdRYBDnDs0ervdE+JtV8y/UWXH&#10;W0QkxLdDo/eLsE52G2bzP2ZVdj3FoH2XDMUnOIweJh9YW1ZMjIcCfnP997OrrDcqj7GU/Coi9X6p&#10;Yh5fIaRk74VG74qoIuIpCvT+iII31yC9pZW0z/hJu/S0WA5rLqYx/HDMz01YJ/ttTWnPri2upL16&#10;YjmXa2mzLMuuujRCDbBwsDLUqgXWqlaVDHVphKpZI0MNgNGqdKlqAUwj1UAYxlfBxtBxhnKPWCN2&#10;gFGGFYB6wJDgkXT/14tyj0YMXoa7nOWQTvREuMuZFM4L0szp8rmUFYB6YDRwAagWWAJ1wgg0LNAK&#10;mrpWuaNhXw3DABvDvlLDvkLZ5dCwVGloGzoeMjQMbEQTUzZjKLtYqnQMZVebGvalEBs6buAuOTZs&#10;wyYN28BQGBgKA0lywxv+ohXaLLtohTb0f5kDSLMrzi4vYBNhcSVtE5sYa4Ta87yNgcCK9TYGHmjF&#10;MQbshhl03cbg03WUr1PgyAIsvLOL4zjZxXGc7OI4jtu6bSX5huUccRwG7aDF03IcBFYsV9EIQBcU&#10;TNLsklcf/h1OXmrUnTbj3iXQ+1xtGbdCTej4JpDgiXR3gbxwEppVAgeCYRLeSV3klmqtMxGlVaYC&#10;EvLAygsmD7oVgHwbye2wHwiC4YYi54BrWUg+K4LGVH2ld0P4XYWDACpCF3nHfQgdRt+tb+dZSphH&#10;okyp7++YnrwG/MkHMVUKEbwnFYJT0joQ/WuAplFjbUwjKK6k/cHQjW9faiPtDibN76sR6p0yWVzi&#10;Uu8wNUIJeIzsGjg7EIMbrY/rVDrUvUj2yyKIX12h3kcQtHj6ep6Iv+kvUEYBxeO0swtFz5bdOYiS&#10;ihQrlpaZtM5hXvMjP6SZ2JwPdGCVkVgB4IRO2UssUWKQpt6LHtYj3hC0x2hkww7sas4uk51E6STz&#10;0SlMDdoPA/49jF7UnMYwQARvsiSPkUfrw0GQ4DB6kDVoH8zI4x7F8rizS9QHNnMH8jwqZyikAylq&#10;ojhYRQ5Nk64NiKbcmmvMcBYBCwFUi1serKQOVDtEC+eLdCKiExUGzr65jHtFv7z68J25jHu1gWxc&#10;jC+tMHL51guDNWIlbMs7xu+4QaH7gj707RrvjlFQ6/NRUQRnH0VxBb3Tqt4cDIchkgPZDBIQowXK&#10;YsRdZGQXSBtD7NLTEHOczA87jEIO2xRQWu7Hwzj9q6QVU4AAKGWgovUYIUNJ3Q7pgqIjBMstAwuB&#10;UWFrT1uFcvxn1z7Jkw+oSjjFKHyaMeHRbg4dAjFwBXMeOgRiGYxwAGKpAdTWeUC+vm0ERF5pvTxt&#10;IbCDw6iSe5KEUBmZERERkSRJ0gGiCRAEYTgOg0EQKVb6EmCAYRJmYQoaZAwhhBAiQiIjIiIiSUGT&#10;Dki6eyJHn7ntaLPsEqiLRRi7U1BZNHriccHh0OJ+5gmtg6a50A8D6NAtiFvPsxOkG1C0/iGiHBTn&#10;xjB8Rjxw9Z5UShqZeEb57s77p6Ol2dyd//bDVLRgayW6CsTTbLR5ZLBE3kmEQliipJYRTCIzmCV6&#10;qmEgfj4Re5bI9LJ6lETFJktkpxqwB5f74Tu/QRkXIdT/c7pBzcsIxWn0MnGDwgIhFF463aDmTQhF&#10;bvMag7qXIBT+lYS2QdnLCPVUZRsRF44ItcOgiD9C1Y1PpgDmg0F1MRDKPlWVQXVi6t0jy5PuUkuD&#10;Mo4h1H8XH1bFZEj8p+MQyv59MkNE9AZqtxKNxk3corNEgvZSomKRqflsmSoTL7SnZGhU+isk0XQH&#10;GCYyTuwXn5x3FMvKj35IMGsOIH3bSOvQTwALkdNHwclyxzumpDvdVGYzmuh6k41njLCRBDbmmTix&#10;moOYcQDYmeQZVwI4g5Uf65bKmCkL0G5Gu6xiYcu0Jfm7ze+jgTw2NQeOsrlmM6V6LO0pvKQHS5tq&#10;pMMmFtJDyrWVsCCT5XGaWJBhs8loGZeKsHdjpjfJAwkhuUlVI3I6Ex4JX76bYC0jsxH6MoBswklK&#10;DNdJh1uB4vMm0ilDuaR5iaXJkrJ2sssUMuAt2W8wUJqQGd8oPVDalgeWueH5BvnMAaqlpp6YtcrF&#10;YdaCLZL0k2Fsif19OLXOSpoChGUwphkqTPcEIPS29Dzhh4ltmWKoUCz9VBt4jFYxQrfIaFqPFgA3&#10;akRK4/C5/xh9G5QiOareMyNszOErCdkQRXjJSCOSPwlBgQnVvxqQYPScFLNxpggZaUGH0xCh2+WT&#10;dXaMDc1RcUts1By+efxvPTgBvxpRKPv/dVcr4UB1FrOPF7EQDf444VgBFdnibS+3ltwwnWBwH1om&#10;wqx+ya4B6n04QIeEirCN/JD5goU8JJnSVemjgHZmRMzd4961zkY59tptw7EXC4qazZxoJdnWwuh9&#10;Zl0qS5GPjK9kxTfJ1wUIn7UjSKfvbZ3Ht5EqNULYxlRMh4Id1yMeFDoGm/g8bRlHInTVc76q4Y0f&#10;7DBKaRp+4BtVHrF+AhwkpHamLDZokbFxrbydlNBOLxB8CYuR/IgYQc3mJV4JdWTsgzn1jjQ18NPg&#10;ir7QztvoyUrcNA9ZwMN7ZZpTZgE3og9gn4GXJNOptWSTPxiHnah0l9Kwwq3pm1EWYtzO2siaTdoS&#10;8P4EH27vFhjfb6sbRVa8DWpE+iNxPUBqxE4KNjjo0//n9ndFmIGouUCrs57pxjCM3Q7zQUbv/suz&#10;Q4Q8uD3IcnV/SVwfX36x1W1sPhkAcv0cqiyko+K3OCMGFZNBdKH6sELS1q2v5qvaOC0YbHW+yhjA&#10;DkVhifzRSbPTB+osbEclPTdr1i/PM1Lt2c9sEIIhP0DEsn7fIwhpngniIlPuOUtP06lK+2fF11W/&#10;2p9zGcJgJvjGNLjsJ+yurCSB4i6bWqF5Ij7W+qoqznjuAq/WoH9jWNWL2VU661aQfUQXlYVBvqZv&#10;1e7ULM6BovqveJHYpguFbnRaQBW5S5WfaoT95sF4cfRe41i0bl/6PJmbVqEXe74HHO4ytrnwtQyz&#10;qAaqyvcaOJK8Ocje5moM4Wu4rbPKCrkIjivL9R+GDU2iOE+JiUCom33tVe54QIe3UaICl3/96nKB&#10;Ws1Mn64h1q8u3UdXfQlaI4t7dakzWx8xS+8J9Sn7lwz2eEBGT4NtrlQvc7Vbtx8Lg/sbzuRtbI1H&#10;fpmrpWIgblmx7EkQV2mr6/YWDR08HlpGtXwFAAsfmFvqRBvcWnuiT53DhV1GkPgt0ACYairwj3hh&#10;ZSPPSSI0JmESQweWQ6Q8XUpdLNqG1mBPe1dwI8KwHVlw3NKQqfFAjLGHASDFidzK4//ujkJWScEH&#10;nEmNcnNStzoIXt97IhcAKs+ybn8cfc8c+nOJvcr78wEyvwq48TnFhItTL3GNkIPyn6xKQwMsXVcl&#10;+DYqKzJQJdDhY3/MPxspvwyW8dED/Z0IYxqvV+k0NWhSDZF2ZjiI0yINMIGEvc8PauO54flawl42&#10;CQyzDLSZkMKkG9KDT1o2gA5evB/A6y79uJAFSnALIUuc+JFAWVLyccF2lxydGdx50q8qVm4Os2Kx&#10;UFIojAD3NuOqS3EGnq6tSslbgCZb6a1lnZYyw/wgQvoHS38gU7nM08X7PiQmU1Brrhnj+WHjgSGb&#10;YSE/pvgfVx+wLGb80Y3dNTNS5A1xXHpO5uE4DMRJZS8UVmLy+Ee49PxtvD83RyoK+PdlbE57ZRkL&#10;5NlRCpSEg4uExF3Hh4WJA4qkJAQYZj/uJy8qLRyiOdpqRxt+46fe8XGEr5KQZk0AuNA4+ouPupB8&#10;ayunBIOlaceEZUr1JUogiIWGFbqQEDmcfgQgd4QfVFxtiUJ8ilVRLUEOXLY8QJ+rmbx4ZzfSSU5j&#10;XePcS56uvFPnK21WNyTZ2ugIAWmyA+F8VGQ29ZOhsxOXfSur8ANdpMJsYYNNsthlcbFiU1PYQ/f+&#10;CLb8CaozZjzr715xcryPw1Xg8qAD+yXgQSB6iQGkrD2pKRxBh5IuGX/FHoIb39AAIXAj9j0FYCey&#10;MjvIlWbvwIXN3pmwW2WDNrHBzBNzwldBBao8HZplCEe6agjFb2iV4eJCSxagpC3zmtE3Jj7KWwGA&#10;kcWUkP1Qu75ZcWHkqEGtQnuphyXkYu3AXOROfcODuCebrwR/I6Psku73e/4sVbzfk745O/WCRwIc&#10;OZhlZzRjhkIljk6voPdusks18XvjgM3pwnvPjUvhKPLAmDoah9Li1yNFC0p0OTVk4oJdR649F25a&#10;QVGPmZqjaA2srKZAsagZL0Tkpki7B1q6phGlJ6eRtoWH8MXlyQGYXYIMpsCHhW4VIrEC70TzGhqy&#10;VUoJIWi6U8k2iJPXDXqREAgKz8c9okFgAN6jk6asdGs26Za6GyNH6JnSFaluyBopUQCsLVfkksdw&#10;2U1femXrYmF2gx24/JkABxRMcilVx1QOagGPaYrD7PkT3Fo6Na9IwDNzWSKBK8Kqdydb/GWdN1PV&#10;AdnJkHg5nS6thjTRbKjwaivUXHk8VN/7RyKKVLRIGSU7d/alUMMYhGQpW8owE8OY0cwoWrQQFUqS&#10;pQyyV7YKWUJ2UXZCdllTsovwm5HqU9/t79+Z19y55znnPM9z3vc59zzzvvOaLpbJhddjFTcf3D/Y&#10;5z79OqcBIiPtlH5mXSVFkl81RwMlFC4s+GZ3v9qLzn1Dh8dDTSV1GvLuZ8Ce1Zdl5wQpnp3ZnkkM&#10;OxelU5EAC68SB3/4cmn5BvTah7O19nbzc6mU9Q31/QflE4cPu0/yjvRB/EUt3aQZsdQNunFfPcJh&#10;1q2bzWVMr7a2aYMHsC0KnhrLMo1r1iRpbArbWjxwDuvzkjXN2AAWIlGJDCadRHDmnNFsHYUQIDCI&#10;86mqCuhSmSQqEwRBskXGwBGCM0lOn+BOooOg8oCpuwsJMNTUBo4xCPYkEATF6aOu/lPLyhiOGivg&#10;OJl0DsCRGGR7qvWvZk73VSuabOtMGl2XeprGtrlak8OynSGBdCkUV7Z7nHYQFK2ClAdMXG2ZHNNY&#10;OvMcje6kzi6/lEJ+K9UgMEh4GpUJWBrisVpaiseo5LMkOkPf1IRJVD5GYavUpAJaVDsakUy1B8zI&#10;VCyVQf5Vx5PpDKamA4EOgkEBjhq2+3Z0sgvHDQh6BQ19wmoPKATyyykOKJAf0KwYNyMTmQ4MKwia&#10;g+C/f0Ex/7nt73FwOJytBYaAguBgFAgG4VwqzhmYfYk4XrHb2DI2Obwqh6ExHBn7CEP9HgeH/meL&#10;/97H/z/SHwitIMFG6bffP/H5IWFjZv2PsOFAtxqLWIYdJ+IxUDigSXDRIZHtHZggFKfGDgYTElMO&#10;YLgQ7EiAg7uLA4kK2NEoNCqABTQBHKAFaAO6gD5gABgCRwFjwAQwBY4BxwEsk0whkgBNOxKRTKEQ&#10;AF2CnSuTvXRWPuQ5C2PFpDIUDAfwFII942fMaWjQ3KyUkTAQpwkEAYPBHL+sV+IRT3AmU9zlVqMa&#10;pG8KYsc1CIEBrYa2/I9eZAoJBoJwgsB4RcBZwv91RXCi1oR9O2DaOQA/VNGoRBKVQSKujDf7AQgc&#10;DAZ0mQQK2Q5LtaeQQGDAhElyPg7CIH/H/u8VA5iv4ogAQ/+BOserVdTxZAqTROfMnknCkdhrkgTo&#10;k6j2TAcQBIGC/bm6NNXVV+9Xgjo3Y03WU0xIovnnnJcPlMm1VbEIyi9D7LHEnZqhV4xk73Df9qHe&#10;u6ox2vwh+UJ6X+anpNvjZT1ysar3C4vs1kjtgvftuwNZF4XdAQKlgYKvCDiVMEvKs/uBwgJSpZ8U&#10;ZLzzYydjaTJybLn63JKmSeX2W/HkjtHhLQ2y+tsf2GWgtd5EhLH6wUJV8md0ys4064SHZKS3W8l/&#10;6s3W/15YXOkjr+Buadj67bvYLrvGo5BNARhmHdoqTO+5qOh+r54Y7YRX0rHxsbGCwzJWEXLE7FHh&#10;Z40q+pkDH2KhD4nMG/HSUnmxuBsyLWt1030DYc9bxPrv97Dk7uF8dZXebInjMdpcptf/rTQOf8Hj&#10;UamC5fUpP3uQa/Be89FrRqDS0BLjGFOllrca8aWOjKxKHD3UFA8VVPKKkH7A63vMRfSWxhHj44Fg&#10;z4D0/bwxTdLEZZZqByXzo29dqXGMHihuEXbgVJAEfuLlpu26cgohSmfv7esiPLP4fPmqlX9cb4GO&#10;tABSN01kfh9vp+O20oQev/pXurpvtrx4vre66pou3ETU4ORhAyPLWyPaRmtsEwtFp/doCcU8Fn0g&#10;/ij2Itz1RvRto8b1sahGU0c+UnSwiXJ6oMc9ZIP20OQUK7QTwrBDlttcTzRPcjA+YXbkuEcqb1Pj&#10;AuLdxOLpBxf54YqOQXRXB3yWeKHCxeDi1EJLsfS9St33JHDhX8Vl/Abwzm5CWyTfKJ8oKdpk6K/X&#10;xCOaUXeAkG0rK3om7ZUQoE3M5uuNEu4dwt8wgcuIyAqXSyWanLUcWWPFChj2ud3lpADf+REy6i8k&#10;gP14XV8sFgRUm67dhPR6qyDh2zITnB++k1W8S+HtHtcvz5HfLHd2iHjNXYnmrsckqYIF4CK5g6Ou&#10;SwNpFm+ZC6qMM63xH1S/F7ZbjDlhzJ1YxTWCJwgeoQ2q2z/dMuYfHxEvuFhkuHAtar1ClKFO8Wft&#10;lyjRdedfBRbWvEPFTY5JaYrzr9kUe76myFRNFGaTsv+69ribtPGdxHHNDMnwTbzXAe6RxTmhRG8j&#10;D1XB8K/eku/3Tj9Hpn0jmFl9DOjEXvf7aH1CkQE81X194iSyeYLw4CbUvuaE5cuUmz7lbvqWiirE&#10;J08lIlvS3ZFdFnn6EFSmpGq96anAqoc7ECfTmnZAzWr9sdEOYCISF+YFF2PBM+fHn0oJWVx//wa/&#10;JPg5d33IGmk6qiR3k5zkOK6JX+pkv0cJv8bpcL/AYu1jikefXzS9ro2T0/Zy3nAt4kagnGSvythX&#10;D3eidp2bevu9MEdF6EDrq0E3z8GbvXlRd2YThE/G7zg6YP36RMLzSd1TwByBbGqdadKxlXnmnYa+&#10;3fnhog2L+sR1s33XXHpUeaw9N5YVtbirJzX01Q2RM72Jip6ankmjeiCrnUaf8GbeuxMgx1865flu&#10;jCLlOs0gpItcBqLtaGXine/SCjqeLI92L+J0kilFnm7G1mD/A97V7lsFQi3Nvz3x2G28TUuvMSB3&#10;y87tO2wOiEfJor7vbFCLcPb54lPjOXLbaSyAf/5j5LbP6hFuOdQF7ojPDm2UmoaCLVkV4eZHl42U&#10;C95R2wJjSplnVW7vpE98pnXVv/hcIGx+DKI8vvjk2rlJ69w746d2bHdVGb5SZugpk/hVhBu0dFdm&#10;e/2hV5Ivtb2Ex8VYGlUdGqerRfJvnc6NbQ9Lme97dbFJRP1drLs2VrLWnbbgPj0je+mUoqw8CMNt&#10;uwmHL74y7wPcm5kOAbbkfjrU4ZSR6UiNuEZOaHlYs/vpBevyw4EohlV75Pv3jq0Pp/nfaaeHnA0/&#10;ONo8CHp/61t9ueVMDnHqXZ3lqGSI2chgCKC8kK56nOWbMJqbRlvOkLBPpOEaZ46bXMlb+9mm11tq&#10;JmQZfpMoyOeewLttfPRO/95jEf4ZT50yHmYCZ01VnsgppU64PZnSO2yq13z5mdudmbceY4/WlH4Q&#10;3KqUYvFMv6AorzNhT4J8R27NCb3vTsh8z6vWZXYk2CyCR5wPP3Uzc8kFvnRZBT115UlKYkRAqydr&#10;N++CmSfVde6Zz7c0FWLbrRCK91SbeUu28HzSRVGz98kIldrFINmJRurNO5dtk2fcei9UaF54w/fF&#10;kP1jjeXllcMaLoM+pg4nOfwzwYVwkoCf+72uCeg0gcIgARoGwBEa3ZlAATSxIIgKGDA8utpieNQA&#10;xE7xsCAm3ZUEmBgQGE7srlTSj71Oy42pbcJkb1yAHWFlHM3lx7jfW93Pnc4K0NXU5CSmRBCU44Px&#10;r3R4pfo/N0MoAg0DjoBg/9wBw4PdTU3ObS2/THsTEXA/rdhOyOpKGl8AgkK4u4vXaJ3uOu7NGjot&#10;a7G4taJaOK8n96HNzky8oRZLJcUuWbj50kj9mmnwyBA6fev726xtaG3WEfv4hjHJsVnM7LmxsY6u&#10;vFnWJFeUbNyTjCbwei7/5qiaw36lW8VEbWMFuNYIgng2cUHdk1WUD0jxdweW6aVZtgt89404yR9A&#10;ztujX/ka/HX5pvL7YSGuQzvQ/HJBGfTwA2dSnqCG9Gd2hLvH3ZfxNtryaZz3TCb8mWNE3uDFAUxb&#10;iaD/8asv5O1ZGjHgcXK42fsd99F7H6PPNT2+P40+VdoaV5lo1Pe9XfSpUaUj96FhmVysPFDeutE+&#10;R11W79okD1cFs+nAiXnhnUFCfA1x0k05+DzLY9TX7f27Q+Xgpn775D89DeLzBGvKpAYNi4XGWsbc&#10;I+/kDi2YDEfHt9m63fXUelRYqHFZsu7A9fnUhwVH4zurG+69zY7Afl9Pcz44aKYmeMVta+q7+ZeZ&#10;9cpcfqm8rycGrB5WLXCBx/N35c9VX5qLd5dHbWcS8vOnp6fVHePay01rUfORwgWHxl7VlDPbH07Y&#10;nKmEhj2rvBI2IpOa8gQ58sySpZ9S4nVwV++pXXOT7m728lVB5+O23qkoTtBPPtbzuVmhkc81Y6uJ&#10;07LJlsukFkP4wfdZWXap3Kkt/GkqE1wTL9dz9ddzGacLdV3tnFK+H8gP/Yro6un83l4jMD9r0qPe&#10;EHM8+YHvPWK/DT0mn+pRM2XBwxPFI9PNrWizMfzqARGeyyI8RVj4Df43oF0fr/CkiVZgMbVcaon8&#10;ylG7mFd3p+2m8BTbHNi+JrfQw0XEz/NOocBXbZfdFwVSrlrZbNb39LHhU12bClq3B7vhxnoLrHCA&#10;4se13zRt5Tbf8jF+pJTIpXDVNGArVEO5VjCRf8TH+9GuWurQbK3REC9TOIf30loD7MaosagQME8D&#10;YTeFP7cwP2377asm3RJuAknXnLplsrac5N9YGPNVfQ58kUd94ylP2R6fr0o8IuJF2hKbpPbgpXX2&#10;G98IkjofKzaM57trRDxI34DxPYGVuatdsT7oBt1og1h0j8PmB76VdeLpYp+1fOqshwhT8PNrWRr2&#10;te95+QqDu7XW7dUR8F2noKH2yBes06I7d8PF28UfbOB2WHrzNxw3xCsUpwQ6LvLwZl5Jcsmakr4S&#10;vZLcEovNN4laE3u0Aup1oYFXG7XaNNq05/2YYXCD80fi7+6qWPrIS5ey0PsC2hg4G3Bw3ymZrr0F&#10;0WlyKUHgw/u1sOTYKaMyuXK5bfINQWamyGOH/KMGjiomfm6UGvEY2THiPLJF3H8Atz6OVN+Y3p8u&#10;1TbmENkQ7wAMSeTIWmsA0TuHPw1J1t9pKIg+SABvp/o54KWKX5uXt7xDl849GG/3cxqwk0GYhGaE&#10;+YfuQuZSZkJ1CTlQu1C9MIO32AGpAa2BvVuv95cFphGTjjev+yT3ic8p+B3Jt2WYIpQbkudz6fal&#10;SM3erDO9GMEjsoNrquWrrVWKXAcOZ9G/CH7ZPrvh3APtjwJuxifXpvrMWnXy0srC7XY7RNh32qjb&#10;Lt38Ji3Zkzse913BQ3IZtLx/Oe46S8vver2tf6mHb9XWGiVnpRjl+8EdwfxKqRb56UVJvckKyUhz&#10;f6uOZ/hktWRY8qfklxaRzzyIxS8EXt79wPwgkZ5NXv/hfNvpVuQHD5sLhWebqztV6o7Yvyz9EtSx&#10;90L+pfRL1xevLCbMbJTIEr4r7OjD7VMjsXQrzA5iLob0YpWdlnDedU/C//YBCVmJUxiBcDprf7gw&#10;uuNM/H5fVlU4f7jh/posdFZsdnrWqGv28OEzYrnBudSzap/m3xp0B49lVjq3f85/bQwSgwvMCFJz&#10;Ye0x7U7t2h2p50XUSnbf322llj/lpeapWqWmrQqcLzxZeNIxNflkyCuBzkedlmNGYzs1csB4c9l2&#10;xfCJnoXYeeac34LqjOu48lRH94Xm2YxTAafud4V2KW/SDlIaEdm15dLg2DAwKzleIP56nc46h/Xo&#10;zV+do8yioC5W3ZGeWVgy9um1I3yLe9HS5pKvDs5hb+jp6FZckEKVqJ7xzjL77i4nBUemK0/11W4j&#10;FBK80zwJlzdu8zbzHhMoKDiUdijbhlLYsS5hnUXJ7RtvdJSeS08sVrxhx6BFo0Mjqq667tYQq27W&#10;VtVWwXamVPX2tG9TuYfogv5mGQsZzG6fkn1lruUGJYxeRp9PX8ERl8NH940ahOpuOEw5ohqB0zms&#10;2xbA1HSUva93Ts8+UDMwZF/kkUcJxIQNCRfvjYQ9MVQL5kvYl+Csn5tX6/robI/bfp2QeJp+wT2p&#10;isQ3c5oyENhehvQkYBGdFJz0orV9tHdUrdWQYcuYp1P7cwbFGYYDkMlbE2cH1aruVI3VRJ74mOvQ&#10;Gj25tnntyLW912OLXhWxrrMfe2+jWapai5o2HmNeummjWxzI0EsOOa68GBtqoaSobqoh9wZoNZnw&#10;VLJGKjxkh2C+2f69IRWoKkmFaLE1t/gr15EKJk5a4Cwut1465uUYM4J1N/1m821vBk4taSlzz2Pb&#10;C6UvKqcqNypeTqpM3R8l5XQYrp0h4Rw3w8y45Ko5vY8VkqKHsthy/MXj0/jI6C6L9U0qj9Vsu3sO&#10;mmzz+1J2v+xxTkXO3ZzBafdpH/EWoTbv9f4R/k7iY4h98MX4Hc7BqEjKGQqZFma59QVFW7HRsu38&#10;83fZyS+cz7v3Tlh/bpypnDnoOuc6de5iwZ7Lpc+O5Fb3s86ZyaS0fyA1x43lPFO42DTTNOQ4PXIT&#10;we2UmeTekTy0FF2eap826HPSfWybk5aTT/NSVgqlA3fKpStzumS6bfo9Cufc0lTzhTZSkAtx7uvh&#10;pkRd6F4wKH1YLcQnTO3S76C0q2KC5g25YrmtlkKzwqTDAsK+P3B40PRQ42FquET4zfBZFpFVH3Eo&#10;IiVyV6Rv5HwUOarlkfajzGiZ6OAYvpizMQOxx2PL49Bxj+PF433jFxOoCd2Jxoklj1GPHz+ReHLn&#10;Kc9T16fDSSeSapNxyVns32w8St2a6pvGleaaNvLM5lnzc73nRS/QL1LS96WHZ2zJuJXJneme+fWl&#10;w8vuLIusuuzD2UU5B3IyclVyE15JvXqYJ5Z3J18w3yt/ueB8wfRrl9ejhfaFfUWnij4Umxc3lhiV&#10;VJfqlVaU4cuKy7HlBRVqFa/e7H+TXYmufFmFrMp8i3ib8Y79l9jVyOrMGlRNVi2mNqdOtS6//mB9&#10;YQOuoaxRt7Gq6UhTXfOx5pb3J953txBbhlopreNtZ9sWPlxpX9t+q0OkI7hTojO6S74rtRvZndeD&#10;63nba9L7oc+u79NHxsfv/V4DQgPBg5KDj4egQ6+G8cO1I1Yj/Z9cPi2Men/e9Dn8i9yX9LFDY2+/&#10;mn/tH6ePL0/4Te6YTJiCTxVNH53uZP9f3MLsrbkdc4nf0N/K583mBxfOfef/Hroov5izpLfUvuy8&#10;mu6u5ryzXpML/5rzchg/Tn5pxaEM/5F3/oMxXSFeyTQqjp3LyuH2Q8FQOBgBRUMgMBgUqgyGyYLB&#10;svL/g54FnZAzINiRqUwaw+GEvDxgQCP+d3VH6TSiqx2Jvkr3HsXhQRSyLZ1Ad2czyipgsPzvLNqN&#10;TjotJAgGQaHs468CQiIQMASI07JaOMwzp4Cov2QQDm/6pwyG5OTcf8pWaj9kP/XBMEg2AfdD9lMf&#10;HAHlcIuc8tsGDIliY/mXDINhw/2HDA5FIP/uB4fC4WwK8o9+MAwazv7a8IcMDIei/2UecBji77Fg&#10;OJto+3ssAsHhgv/QB8OgYH/PjS1D/m0DDob/C6ZsBhXzN37suf3rfBFQ1D8wYNPubEqSznm2YEI+&#10;T2JfS8CYRmM/YeBEJftxw2kaCLp6jrNSxWNwGnANKAqN0sLAsVg8GoFHaUIxWE0EHoLBQLXUVdFY&#10;OAqD0oJqYdBsvOAIDBIOwWKw7FngoDgsBqnOoXkZTAKduRI9cAQcjhLat0/LEC/ExSXMXjEi7PfP&#10;8n8AAAD//wMAUEsDBAoAAAAAAAAAIQDrdzPe1woAANcKAAAUAAAAZHJzL21lZGlhL2ltYWdlMy5w&#10;bmeJUE5HDQoaCgAAAA1JSERSAAACVAAAAA4IBgAAAOkSgpEAAAAJcEhZcwAACxMAAAsTAQCanBgA&#10;AAqJSURBVHic7Z3bbhy3HcY/csg57q5W51UixXGSpmnqoE1rFG0F6KJ9Ad/1FfoAegwDfYSib6DL&#10;3hVw4TshPaVBG6Rp0sSxosNqz7tzZC9IariTlSzZlmXJ/AEEuXMgubtazjcf/xwRWC6dze0dH0AD&#10;QF3lcwBqADy1LVLlBoAAgK+OgcoJABdAqLY1AFAAXJ2rqQFglea5cd5lIgD0ZmwfA4hnbO+qc0wS&#10;AKMZx/YB5E+odwAgO6X+otK3TB2viVV9mpHqy6y6zbLZr+7D+/eq78disVgsN4DN7Z06gDcAbNye&#10;23v/nebjD95ufrMSsCQrBBkkOX9ErrqT14XN7Z0GgFUAiwDmjbRQKS9AiqQmShFVFTmWm01X5aaQ&#10;M0VcCmCoyqaYm6gETIu6U0UcpGgUz9Dm+OH9e7MEr8VisdxYNrd3KOT1ehHAEoDXVN4CsLIUdNdf&#10;rx0tbtQPWStq++v1Q77o98BocQzgnzU+/mPI4z+3tnb3dZ2vrKDa3N5xAKwAWIP8AF9Xr1cBLEN+&#10;yCsqLUE6PVdGyGMQCAQsBiUCAUtAiYBvvkYBnyVwiM6lYRLwGFSZNa6TglN5PaakQMASo43JVJu6&#10;3tPwnBSMVo2js0lzB0lx/o+yEATjzJ1RD0NafFenjjMPhZj+s84KB3Eu2xQARql/sm+Sc+QFlccJ&#10;B3Gm+0YwzLyT4+KMIxeObLtwkOSybSEIRsZxk9w9qe8aMoQUYTmkcNPbUkwLNe0OmkLOFIMdlZvC&#10;rafqMF1ILQ5N4afF41QfHt6/lz7rm7NYLDePze0dF6WxoU2NRaO8MGv/nDcMVsPOwVrUHmw0DkYb&#10;tYN8rdZ2m95wLmTxMoABIWIXwF8BfATgL62t3c/P6suNFFSb2zsBpDX3BoB1ABsqX4cUT2uQQum5&#10;X/kYzRGyGCGPEai8xid5xMdJxOPYZ0kWsUke8Unms1T4TiJCHlPXSYlLM+qzhHGaM04zyp3cYzTj&#10;5BL6abl88oIaQm5aeMUZR6YE2ij1IECQFxQTdXycuciF/NqHSgCawnCi9gsQjFIpONOCnQi9ceai&#10;AEUhCCaq3ThnyArVZuZBCIJcUExmCNaXFHNa+UmiTrt3s0SdKdbM/VrMmXWazp7pGs6s6+H9e+bU&#10;scVimYFyhxqQ4SiRKutwGF2uzyg3K6/rkGEyJxAijhb8/vFq2Om1ouPR67XD9LVau1gJO27TG9Yi&#10;Pp5nNF8jMswGAL4F8AmAj1X+CYCPW1u77Yu+r2spqDa3d2oA3lLptpHWIUXUwrPU77MEDXeEujtO&#10;57zhoOkNRvPeMG76g7TpDUTdHSNkMQ157PhOwj0n9biTeYwUISHi2lydLBaTpCq41PCgBZ10C+UY&#10;ZIo/0y00Hbpx5qKoiEJTAObCwUQ5gmnBkKg6kpyf9EPWQco+qfIsJ/IlQ7t9QOnYmeLMjAE8r9A7&#10;T13msabANI83BSMA9B7ev1ec941ZbiZq1qYOQOcMZVxuDWXMro7n1XkIGffbuED5vNMUCYAjAhzN&#10;+/3OctgdtcLjeDU6zpeDbrEadpx5f8Dr7igKWDLHaL4KaZY4lXp6AD5V6TOV/gXgs9bW7vFFPqez&#10;eGlHpM3tnQUA3wfwrkpvAXgbUjgtnbceSgQa7hBz3ihdDrq9xaDXXwk7yYLfz+b9QT7nDZ2Ixa7P&#10;Et9z0siheZ28uJinrpHru+8C5VSIHhz1tIseOM2BshpQresApgdRYHqwNQdvk2p9s9D9eZHoQPyz&#10;0AH8p+Gr9DTne6jcCVU4q3/mggKgHKCe9rUDoJ4LKgcNAQaCOgAIQQiBcAgRkdxFCIGglIiz+n6t&#10;iY1p26TgSJUYS/NSpJnunikGC8Ohk2KvdBGHxtTwtJgrRV6cu8hU23Feuo6myDSniM1+FILOnM6+&#10;YsYoXThzLKiOFx2jbI4r1cUi5nHVY6ttzGoHmB7vqpjjnUl17Dsv5xn/NNVFQedh1sKh6thRHae0&#10;m2OihY+5T4ucWdu0SILqMze2UWPfZdCF/J56AHoNdzSc9wejpjcYLwa9ZCXoFkthDwt+n855Q7fO&#10;x27I49B10rpDiibKGKeqSDIZAPgKwH9V+kKlzwF88TRu09NwpYJqc3uHAXgHwPuYFk/v4QkuU41P&#10;sOD3sRJ1OstBp78SdsdLQTddCnqk6Q1pxCeh7yR1hxZNPNv77Ko0Uqmv0gjyh9cx9g0g/2j0657a&#10;Nob8cXcBFK2t3S4sliti78FdUzi+0LIAaFY4AYUIBQgRIHVAMBgXAQrhgUg73iHFRS9Y1xIBYGyK&#10;ucwQc2npFpqun5w2VkLScPWSSnyheY7pMgJAUjCkeXmdGmU+hFqrmgvnRHjq9nQcIQAMjf6aQhEo&#10;p6Qt15I+1DWLENGr8/E44pM45HFc4+N43h+kEZ/kNT7J6+5YzHlD1Pi4UOEtzGcJ85yUcZoxRvMa&#10;5DRdE3IsaF6wLwWAAwCPAeyp/BGkePqfyr9+Wa6pL0RQqfnSNwF8AOAOpIC6A+AHqFh/hAjMuUMs&#10;BT2xEnY7a1G7+1rtaLIadsRi0GN1dxT5TrpIiPCq7ZxCF1L0XDi1tnY7F3yrFovlEth7cNd0A/Rd&#10;vnnXHaCMiWiq3HQG9R29eY6ux3QAz9wmBJF3/kTUIAgDEYyc7Vy+8lTFIjAtGIHpmEJAu4jT7t2w&#10;UocpIoHvijpgWozKc6bFpjkFXWV6kco0phv5vKEQCad56jopoUQkhIgUABxSpBEf57IsYkJEzkg+&#10;iviEMponlIiMkiL1nDTzWeJwmk9CHnuM5KnHUsZpBk5zMJq7jOYZp3lESZE7pAgIEZSSghPpjOmb&#10;Gx/lb+p5M4QUR/uQAulbAN+o3BRPB62t3YutfLpCnrugUgHhPwLwYwA/AfAhgB9CDToOKbAY9LAc&#10;dsV67fB4o37QX68fZavhMWu4o5rHkiY53dprQ6rVA8gv4shIBwAOzW0vyuazWCyWvQd3tWgzxd+s&#10;bXqKZ9az5c67zZyC1i7gadvOmua2WJ6FEcpZnA6mr8dt4/Uhyutzu7W1eyMf1fJMgko96OoupGj6&#10;EFJAvec6GV2L2liL2vmtxn77rbnH41Z0TBaDfuizeL6yaq2L0sY7UaWqvK/SHoDD1tbu6Wv4LRaL&#10;xXIqxlSvGaNjxvTo/WYMjikETcGmY3OAUjSepw6zbbMOgvJhxvq4y3JHXlV0nO4QMiatXykPVHmg&#10;khZLPZSiaSpdJ/foRXAhQbW5vfMugJ8D+AUBfrkcdu7cauzTW4397u25vdF67VAsBr0wYEkTMrjw&#10;Mcp5zq8gRZMpnh61tnbtMmOLxWKxnMreg7tm4PZZ/yGiGsBtTgUD0zF91cUiVaoi7zR0kPdFqf7H&#10;BpNq8H41+L6jcnPFpl7MpB/voQPss9bW7mntWJ4jpwoq9bCsnxEittZrh79ai9p3NxoHzvea3wxu&#10;NfZp0xsEAuSQkuLfnOafQkbUf41SPO1Z9WqxWCwWi+VV4ERQbW7vUIcWP31/4cvfrNcPf/1mY39t&#10;o34Q193RgBLxZcjjvzXc0T8glyT+x3zcusVisVgsFsurDPn9H377O4cUtwlBY97vjzwn+/ta1P7T&#10;UtD9qLW1e3TVHbRYLBaLxWJ52fk/bZikgW4NHf0AAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAKKH&#10;3ifgAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMT01rg0AQvRf6H5Yp9NasJlRa4xpC+nEKhSaF&#10;0ttEJypxZ8XdqPn3nZzay/BmHvM+stVkWzVQ7xvHBuJZBIq4cGXDlYGv/dvDEygfkEtsHZOBC3lY&#10;5bc3GaalG/mThl2olIiwT9FAHUKXau2Lmiz6meuIhTu63mKQta902eMo4rbV8yhKtMWGxaHGjjY1&#10;Fafd2Rp4H3FcL+LXYXs6bi4/+8eP721MxtzfTS9LGeslqEBT+PuAawfJD7kEO7gzl161BqRNMDBP&#10;ElBXNn6OBB0ELeSk80z/b5H/AgAA//8DAFBLAwQUAAYACAAAACEAZgmFg88AAAApAgAAGQAAAGRy&#10;cy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8kcFqAjEQhu8F3yHM3c3uClKKWS9F8Fr0AYZkNhu6mYQk&#10;ir59A6WgoPTmcWb4v/+D2WwvfhZnStkFVtA1LQhiHYxjq+B42C3fQeSCbHAOTAqulGE7LN42XzRj&#10;qaE8uZhFpXBWMJUSP6TMeiKPuQmRuF7GkDyWOiYrI+pvtCT7tl3LdMuA4Y4p9kZB2psViMM11ub/&#10;2WEcnabPoE+euDyokM7X7grEZKko8GQc/i5XTWQL8rFD/xqHviE/PnPoXuPQ/TnIuwcPPwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEA/cs4TBUBAABHAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEYBAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBKCa2IEAMAABIKAAAOAAAAAAAAAAAAAAAAAEUCAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQChJgDuOqAFALDJDwAUAAAAAAAAAAAAAAAAAIEF&#10;AABkcnMvbWVkaWEvaW1hZ2UxLmVtZlBLAQItABQABgAIAAAAIQDh7hoArMQAANCQAQAUAAAAAAAA&#10;AAAAAAAAAO2lBQBkcnMvbWVkaWEvaW1hZ2UyLmVtZlBLAQItAAoAAAAAAAAAIQDrdzPe1woAANcK&#10;AAAUAAAAAAAAAAAAAAAAAMtqBgBkcnMvbWVkaWEvaW1hZ2UzLnBuZ1BLAQItABQABgAIAAAAIQCi&#10;h94n4AAAAA0BAAAPAAAAAAAAAAAAAAAAANR1BgBkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAA&#10;ACEAZgmFg88AAAApAgAAGQAAAAAAAAAAAAAAAADhdgYAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVs&#10;c1BLBQYAAAAACAAIAAACAADndwYAAAA=&#10;">
+            <v:group w14:anchorId="38240175" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:24.05pt;width:595.25pt;height:44.1pt;z-index:251682816;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin=",1376" coordsize="75596,5593" o:gfxdata="UEsDBBQABgAIAAAAIQD9yzhMFQEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISadEHKEhAqB7CcSWIRjy2PCentsdNWgipFYumZeX/+t73eTGZgI3jSFkt+mxec&#10;ASrbaOxK/r57yu45oyCxkYNFKPkeiG+q66v1bu+AWKSRSt6H4B6EINWDkZRbBxg7rfVGhnj0nXBS&#10;fcgOxKoo7oSyGABDFpIGr9Y1tPJzCGw7xfLBCZiWs8fDXFpVcm0SP2WpIxYZh90ik+rLhIeBzhDp&#10;3KCVDPE+xIjNWZbsmCOP5DxDvXZ0E8Ne2JA6v3P8XHDkXuIDeN0Ae5U+PEsT04rGk4CVra3K/9ZI&#10;Jg1ltm21grz2tJ2pk6dL2o39Qg/jf8XriL3BeFIX8zeovgEAAP//AwBQSwMEFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vYzg8EyettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0Z&#10;F1vbkcyxiGqULAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nm&#10;P+wUHZPQVDtHSdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96&#10;vely/AIAAP//AwBQSwMEFAAGAAgAAAAhAP7pIJiEAgAAWwcAAA4AAABkcnMvZTJvRG9jLnhtbNRV&#10;227jIBB9X2n/AfHe2E5iO7aaVKvNtlqp2kZ7+QCCsY1qLgJy6d/vgJ00SSvtqupLH0JmDMycORyG&#10;65u96NCWGcuVnONkFGPEJFUVl80c//l9ezXDyDoiK9Ipyeb4iVl8s/j86XqnSzZWreoqZhAEkbbc&#10;6TlundNlFFnaMkHsSGkmYbJWRhAHrmmiypAdRBddNI7jLNopU2mjKLMWvi77SbwI8euaUfdQ15Y5&#10;1M0xYHNhNGFc+zFaXJOyMUS3nA4wyBtQCMIlJD2GWhJH0MbwF6EEp0ZZVbsRVSJSdc0pCzVANUl8&#10;Uc2dURsdamnKXaOPNAG1Fzy9OSz9sb0z+pdeGWBipxvgIni+ln1thP8HlGgfKHs6Usb2DlH4mKdp&#10;keUpRhTm0iyO84FT2gLxz9uSSZ6l455u2n57dXdaTNKJXxIdckdniDSnJfwGGsB6QcO/5QK73MYw&#10;PAQR/xVDEPO40VdwYpo4vuYdd09BfXA2HpTcrjhdmd4BRlcG8QpuQ5JPs7iYZTlGkghQPyzz2VHi&#10;q/Q7/eJ+K/Gl3Sv6aJFUX1siG/bFatAvxAmcnC+PvHuWd91xfcu7zp+Yt4cKQesXWnmFpF6HS0U3&#10;gknXXyzDOihWSdtybTEyJRNrBlWZ71UARErrDHO09QlrSPwTwPaHd5wIKJ+BecwWpPaKuCZJns6S&#10;AiOQ0alWDjqbTPMknQ46S2ZxAZo7VQrQZ6y7Y0ogbwBMQAPHQ0qyvbcDrsMSUNgzlGCC2x8IGB9H&#10;X8UszydpMs0u9RVukS/xY+pr6BNHGb2DvqD3+wY1TpJkaFAHZZ11MK/C4v2VFfoYdPDQ2obXxj8R&#10;pz7Yp2/i4i8AAAD//wMAUEsDBBQABgAIAAAAIQDh7hoArMQAANCQAQAUAAAAZHJzL21lZGlhL2lt&#10;YWdlMS5lbWbsfQd8VFX2fxrVUAWkMwQjNZmSPkIgJCAggUhTKYYhGSCaxiQg4qoRxYKiYFldxbJ2&#10;sLuuirqioNjA3ruoP8vqYu/l//1O7gmHx5vJi4L63835fE7uueeeds879777XiaT2JiYmHKgQKu4&#10;mJie0kF7kzsmpgQ815jCsTExsTFPrY6NiQc/VsmEybYxMZe3iImZCdkplsHV7jYxRYNaxMBATMFr&#10;MTHZQJgbGjsqJqY3eB2BcR3vf5Vqcw16RsWF+Qnox8TUjWwzql6O/V9++SVmAPqJoAmtR8W03h9t&#10;dyDtkEeA3C/1FGViW5yGkb8AxVdrxNoLAq7WMTH7uNqLaHPbnIHmDOz5DOwLk0cY9O95880WHWYA&#10;u14MdrzwNu5QpVnsD8xAS/hu9Qf6/yNcj4RT2Ss6/BEBNPtszkBzBn7XDKyEN57XvwOm/66e/3ed&#10;DcbU7wK+CLwQOAZ4GpDXgY9rzfDnyQAfj/8CfB54L3AR0Af8BLgF+L8CPA98CmSN3gFkXpqhOQPN&#10;GfjvzQDfHXwB5Jpf+N87zT/dzHhfYc6tuAM8vO1thj9RBnhes14n6S/+E8W5t0PhGYnzfgvYGdgM&#10;zRlozsB/dwZOxvS45q/8757mn2p23Ft/Bt4G5PuaU4FbgZuABcBm+HNlYDXC4RrJB/Ld+vVAvvc5&#10;H9ga+L8AiZgk35fwHWPG/8KEm+fYnIHmDMRMQw4WAPEppWb4HTPAdwRxv6O/Zle/PgO8Trxe/8vQ&#10;G5PnPjH6z5qE/t328Z4xK/WxM2enPi64fPrQfy2akHxVTvK+UyXuBQVJf5Vxa3vazJQt5J00Y+h9&#10;Ii/t8EFdDhP5gpRuJYsOPuBq6UMm/LuWxNYJnefl9T/7rDnuJ644KvPji+envx0cnXRu1/at+rWI&#10;j219ymEpm0XHrp2fn8QzZ8y0rN7LZHxx4cD1EkOk1m7unEPluOTLD0rdj9dtl98F5Q7uOusvhwy+&#10;nfFdsiD93ZNmDNtY6OtRDaFoe1IS7PBsfIPCK0CfDswDCiwFoWWuRX81kO+nresoG7xzgBuBm4GX&#10;AscBrcDnpsuBDwAfB94KHA8UsIttLQZPBqaKkKWdib7EeZJljF3rPGZZZDzoiz7bCy3j7Dbmw0Zl&#10;N7/XQegsYCWwvVKwxqdjGabkhLTKs65Yb4uB2i7lWwFrgeuAkm/mqCNQwwHoXAC8D0g51oMH6BTo&#10;dzmQ13MrkNf3VGBXoIA17mj1JDqN5d1q8zoongWsBDImgZUgmFfOS8NadMhfrZmgWwKZV44RU4BW&#10;4NyYy9uA24DMsRtoBSe2qJMNPAfY2BqirIB1/hIv22FA6/ivqX36SgJeD9T2hWYO7MYvAf8EYB5Q&#10;IB2E6E0UJlq+2xe+X/EPAX0xcIvBarStgVZorE4ovydtOV1X1jit/WgxOc2VXe7XwpF1z7TWgt36&#10;Y/3KddDXZ0/Hebg1EabfaF7T+neacEvtgb9EwtHDugVoi2eISDIXBdPelLHOiS176ViOHDvgIhnL&#10;Tu485cLStNelD7nYOPx5yNlHeJ4Snm6vq8r+slfn1oM1z44+cfrQe+lz1Rz3Nhm/MeT/sWVCXFsd&#10;i5VubO4V4/a/THSmZ/f+i9i2tjxPiJxNy/X3SxQ8yujcHUXmPiPD5lDg90A7m6xJgSNB2MmQd5kR&#10;ihbbD5DJN3K6uQMdsbsDdKweBG2dx42W8XL0RZ/tdss4u435sFHZza/28SoUehola3xabrSN4Wjy&#10;jF32T7aPArU9od8Ff18ggfvQ90AZ020FBRqBNhh/E6j1hP4S/CFGP1rcup6MeLhpLO/RbOoc8/7N&#10;mD7XxkF/YPgvWPiZhi/zqLaM90efuZZxaX8Gb75FtjFbFHe6hiymo9YYa8ean19T+/TpB8ocre2m&#10;RsaZkyVAQiFQ9ENhTv2PhYo/w/B5fxNZ3b4JfoKRkeYOJbsDtHUP2JO2nK4riS1S21hMTnMV7dro&#10;PdNaCzqnsv7sfO6NOFfYJMVRXvU98vx53pdCBx9wzQWlvtfkHoh77z20rc8HtRMHrqsan3yF4DGT&#10;B90i8rSnY1k5K/VRGevSrmUf6/kga//ORTJ+WVnG+8W5/VaeP8/3svDGpHQL8oxBX0sKB14v/L8f&#10;mfmR+J+S2evoVi3i9sGZ4AcZZzu4V7vhOhYrbZ370smDbsK7ge1i4/pFOd+1bhGX2KZlfPtrK7M+&#10;F/6yosG3Qfbmm2v8P5N3U43/p24dWnEPswNdT89A4CrgI0Cpl5eNkq4nytwKZL2J3ADQ8cC3DO8n&#10;tOuA1wB/NLwv0XYEUu59oOhyT7kEKHJfgeZ9xhrb1eC9CBS9K0Fr4D6wAyjjbJO1AGg9D46/ZBm/&#10;EH2tv90y7sSHRSXc1X45D65Bnb8Ko6TlmOcrFA4xMrqxyt+AwR1AmcPhRrhU8d4GvRL4huKdDJpw&#10;J1B0ee3OAXJPJ+8JYGNwJARE/wvQa4D6mp1gDFjjvhV8nY8BRk4aJ3nXNqPleBuMMsbPxbhpPzD8&#10;Fyz8asOXedG2hgvQkTGunb8Cvze8zWg1VKMjsmyttuLBe8vIRFtDENkN9PztakeP03dTa18c+kHI&#10;HJ4BrWv0WPSt4zeCp2vt3+jHAQuBYicEWmAhCOHPAN0bKLXxFehzgE8DRSYftEBjdbInbdGn03Ul&#10;8dm1TmJymitr7llfev1daQLQtcBasVt/Vp97K84VNklxlFd9j8R7+vNoh+/15V54bsAbXsv6fNCu&#10;TUIX7W9s6n7zRZ7v+GWM7wbWVWV/zTHe+8m3ng+mZvU+RnRn5PQ5njK5g7rMFB7scT2EoWPbFt2F&#10;z99pCJ/tsD4d8mRM2sK0nou0jJW2mzvPAxeU+F4VG6l9OxQM7d1+pPT5rkPsrJyZ+ojw05M6TRS+&#10;pdX1pK+TXn/cs3Q9tTA2VqOVNToG9DDVfwC0wF0gRC4HdE/Vf12E0G5Q/JGg7WLrDP5PRu4htBqG&#10;oCN+pJ2lBUDreVDmR2BrJfMgaNFlu12NkXTiw6IS7mq/kr/DMCK+bjZKdnJ29oRnJ3+IsrvcCN6g&#10;eHmGl614zD3hPSBj+gQYCyQ8BiSP+3pjcBEEZE5zjDCvufA2Gp5d3KuVHOtJwxB0xIa00a5ttBxv&#10;M7Y+1w5Af2D44T1Fja03fPH7qhojKfc+5kdydi9oyrNWE4ACjdlyuobEnm7tchppnLE1tfbFlh+E&#10;5GKFMFVrN8419qTSc4MuVP0QaIGFIMQ+zwdHqH6FERqueFLjHBqi+GJD18metEV/Nyh/0dYVZSOB&#10;k5ic5sou953hmHXIfDxkgrjb9MmTtbJa8caAtvrc23HCZQM4yqvdPZIW+EzMex+fp9mPdj7g7/Hl&#10;Psl3C5Qn9OrcZpDw+cxNnvV8MGdEv9NEZkzKfqWU4XO/8PhenzxCtPMBzyXUufKozE+uKs/aQZrv&#10;Quo17X9GmntpXv814p+fwRg+sMuh0l9YkMRnmTAERrlWCV9ilzHV2tUTh9cDZX2xvuzqqVLJHAJ6&#10;rOqfClrgeBBiayroNNVvuB7gnaD4+aAjxfYfI/c0Wg28PvTzBvBNQ69Gq0Hm8QqYEpNHCeww/HdM&#10;G64vNe7EhxJvIMUvfcp6bAn6RyB5m4AEO7n6EfufdvJDICpzO8eobTE8+tvH8Oj/W8N/1vC+Mf0n&#10;TZ+NrNVPFC8S+Q8MiO/BRigOrexPmw3PLm5rPRnRcOMk73Y27XK8DRYZ4+faAehI5wOphX8ZPep2&#10;UrqSw0cU7zwlyxgEGrM1FoKSv2hrSOzp1m7+duOvKB8eJbDD8CXG7WpMk34jxzhX6AFDRxpfrvRG&#10;gy5U/ZDRZbNQ8WeAXqr640ATugAlT6eEOfU/GquTPWmLHrcAGUdj64qykcBJTE5zFSn31j3zbgQj&#10;+ZP9yLr+rD5/jzglR47yGukeyd/f8963dkE6aznq+SA+LrbF+uqcbyjP3w1IAPq+OiO793HkW88H&#10;mQM6T5Z7LD8XSZl9WsV38ro6jiN279B6AHmEaOcDfm6Qdvj5wpMPHXY/ab4HqNe0/xlp7ofm9DlB&#10;Yho5uOvsUUO6zpH+4f4+J4o1/F5jqfD5DkX4ljZSPV0NOamfXqDt6qlcyUwFba0nsMKwED/F1gzQ&#10;2ucp9SLhnz3xM8Nge7RaTu9DH2OM9p4FargEHfJvAt5q6IfQapB5sP0cSPnZRoDzZP8HIK816e1A&#10;DU58aHmhxS9tthAm2h1A8h43vEhyZni3xk4+GVK0SbzYaGwzfc5ZwwfoUO4Fw7zf9Lnf9Tc8D9px&#10;wHzTj9boeFoqwXTQGUA5M2g5yYe1npR6+PdPjNPJtaWc2KSNHUDyJMdOc0HdPkaX+sWKHgNagGPE&#10;+4WBlvOdaTDO8J3YKoSs2AsZPTbWNaSGGki7nDYMgpBxtqwD+mlK7UM8DH78lBhXGJ5uIo1XKb2D&#10;QTuda53SGwWawNqaadBNhoFL0DK2SHVSZ8YpMwpI+LW2qLsNSFvMpwbrujoIg8UGk7Ug6DogbUSL&#10;yWmuIuX+Y2Nf9sy7lU9ZK9b1Z/VZp3RGgSZYc2fVqZfavX4jxSnyjvJqd49s3SK+ndz3+DcFNBjt&#10;/QHH+b6fOnzvIJ8LxLuBU8UO7/WUs54PcBboKGcRyh7s7VFBOTuIcj6I5XsD6s8b5TqrdHT/c8Qv&#10;/zbCzhZ5dnMnX9/38V4guJfOBzfCldRse9B29XSMkskFvadqA6bCYFdDsRj5FsjY7gtL7fzxouGf&#10;gHa5ob9GmwAUkHlsAGMLkHZOM4Ncw+zzDHmnobej1eDEh5YXWvzSvqxHjsk+8pwRjCRnhndr7ORT&#10;IEU/xLOMxjbTb2wfO87IUfcBoM4duo2CXTx2SnZy1nrSek7ybmeTNqw5dpoL6h4KZC6+AyYCfzD9&#10;Y9EKSK43CiNC68RWIXTFXkjZWaj4MxRfk5HmLzIy/mtrX+z4QUiMTTkf6DlMgw2nc61T/kaCjgaN&#10;1UkdlCX232qLcTitJZGj7xIqKqgD3VhMTnNld23s9kypBfqV/ci6/qw+93acCKUBJF9R9yvrPZK/&#10;f+fnAOT+etTY/dfSoj4f8G8a+N6d6OnXcSzH9Tv55B6JWeQdN2XIHWKnXeuEfcmzng/I4+cMRY7n&#10;C/6dA/lWiHQ+6NmpzUDRzxvatZh/Ryl9ic9qi33r3EVGnw/4XmAvnA94HngHyNr5Ccj6stYT98pH&#10;gJT5Crgf0FpPYIVB7wvc2+xq2Iju0tjJcV+RtbRKSXcG/bMZm4x2qqEp6wEKyDy4R/4NyPF/mMEa&#10;078F7Z2G3o5WwKkPkdet+KU/WY8c/wBI3gvsALRcNvrpBodx0Aa0vNhdBDnaJB5vdBytN8gmAT8F&#10;iv4VoHn9nYJdPHa6Vjm7ehI9p3m32hR9a46d5oL6a4DMxZPsAJ4Fsn8LUEBytVEYEVontpyuITsX&#10;ev52tSPjv6b2tT8/OjLnS0FLjbLtBNTjK9AXWAhC9LgPOJ1rndIbCToSOKmTOihLDL/VFuNwWksi&#10;R98lVFRQB7qxmJzmyi73dnum1AL9ct+wW39Wn3s7ToTRAJKvzxs49cQua1nfI+WeKu15Ae+LvCdT&#10;TZ8PZFxaPqPzPbz0zXcHxFy6MOP/yOOZQGKwOx/gfUMbvqcQ/eurc77F5wLzRUfaSOcDnldE19W1&#10;rXvAfonp0tefbxQ70uq5y2czObYXzwdfwvxbwK+BUq+bQRN0Pb2D/jdAyrDluidY66me2/i7pdYQ&#10;LLJgV/R1rX+F/r+BEtdToDsCBSaAkDEX6GTVD4IWkHlwjywHUudNM3iZ6Z+C1u584NSHMbdLI37p&#10;r4Ua2aXewddylNUYr/SE1PJvgin2RE/q1NF6M0b57vcnoNg42/CdNDoeztMLLFI4AjRBy0Wqp3rJ&#10;mJgJICQWF+jGri1lo+W4Kbl4zPi+HC3haiDtv8eOAYltozAitE5sFUJX7IWUHa4x4fPeagc6pyIr&#10;LWtHxn9N7Wt/fnTErrVdjjE9vkIpWufgdK51yt9IZc9KTlByLtDJqh8ETagDSsy/1RbtOa2liyB7&#10;v0HGqaEOncZicpornfuvYDfSnnm38hlp/Vl97q04dY0grDA4yqu+R8o9VdozZ7u37tehVRKtRTsf&#10;8N1Az06tDxA9fpdSh7Ytukm/ZuIB19WHZP/+gGP428e+/N4h0bm2MvsLfu5R9NhGOh/g7x8vpt4N&#10;i3K+T4iLbcnzhvzOYlnRoFu1DU3ruf9O5wOpUWl3IJ6xJiZdTzLOlvej6UbGWk+GvdvvTnUNszZ6&#10;A7VN0ryvaTnr+NUY57OKwMkgKPOpYcSh5XmHvIsNj43Mg3vkSCDH+d6B5+fHTH8OWrvzgVMfUN8N&#10;xC/9tVCjzB95LxieliNfI/d4K0STvx3CsUbB0XpTxqtBa9/L1Fg0UsfDea612NlslLWc9qPrSfw4&#10;zbu2GS3HTnPRBgF8b+KvNsEsMX3G3MvwJP6Npm/XOLXldA3Z+dDzl5ikZe3I+K+pfe3Pj47YtbYn&#10;YUyPr1CKC5XeDNBO51qn9EaCjgRO6qQOyhLzb7XFOJzWEmUjQR0GGovJaa507sWmtFfDj+yZUgsy&#10;Jq1ef1afeytOXSMIMQyO8qrvkfyeQj5v6+8rmjW8L2til/NB3y5th3Xap0UPQQxzj4y9uiLrU96n&#10;+VkEd78OY+RePymtZ8M53e79Ae0TeBbh9xKKHj/ryHt9/Wjk88E5c73PUWd1sedpkeW7D/L4DkN4&#10;1lbP/Xc6H7BmqoDzgROBXYECup4Wg7kGKO8QeEZljq31BFYYrPuCrmHWBs8HPwHl9wOs1XyglqP/&#10;ZcBHgVLLFaAF7gNB/gPCQPuw4T2leLRDOe6RnQ3Nfg7wS9NPR2t3PnDqA+q7gfilrxZqlOuRvBcM&#10;T8v1Ba+HQiOyS6PlWceVwMOB2btI/bp97GjYYGzEn4GjgITxwCIb7Aaejofz5NmM11bs2J0PItUT&#10;1MLgNO9W36JvzfE2DDCez0XAtFa5XCNH2Twjc5DiFRmezG2j6ds1Tm0VQlns8XoKLAQh/BnCtLR6&#10;/n0xZq0dGd+Asc5AsZcDurHah0gD+EGJLvcB7acd+nqc61vAOgenc62DAfE3UozZtE7qZE/aYghO&#10;a8km3AZWHajG5uc0Vzr3vN7LgI8q+xWgCRwTn5HWn9VnndKJdB2sOlAJg/Xa6zh1jYj8NhCML+oa&#10;tbtH9uvSNkXu0SsOG7aJBvX7A+v3H3CcwO8xpB6f/Q/J6LVEbAzp1X5EvUTk9wcyzs8SXFOR9Zno&#10;jh7aba6M2b0/4Ocb5XuKqMPvdiLyXYLYsH6no9izmzvH9Hcy7KXPH0gIutX11MIMXIpWaiwF9G+t&#10;jWOVPev5QGqI+574vBE0IR4o+9sXoO81yHMLZX8AtgESZB4b6rsNf+9P+2I3EbT1fNAUH8b0Lo34&#10;pQ/JHwU+BJJndz7QcpS1g0h2rbLbwKCfqOvNqoT+6UaPug+Z8e8Uj3zBsaAjxcNrQLnNQIKdnLWe&#10;KNeUvNvZpA1rjp3mQp+PtsIO6+pRoMyXNUOQ/sb6ru1Pp7acriE7J5HmL7IyvsEw3kPL2DkPmYNd&#10;7Rvxhsav5CUHDYMgIo2XKT2ecZzOtU7pjQRtB07rpA7KMtffaotxOK0lykaCOgw0FpPTXNnl3m7P&#10;lFqg3xYmMOv6s/rc23GaMMKNo7za3SP5eQK5t551hPtJWnNyPpg9vN8poiffm8j3/PxuQwnM+v6A&#10;3z3E/2Ew0dejit9TSLmD3N0Xih35fCT5ducDL/4uQmQjtfiOxkOobwW7uVPm8AP7LhdbPJ/shc8n&#10;WkNh366eloOv69paT2LH6dnxWGUvH7RdrccpmY3GgVfxJB5re6CRlXnIHinngNeNje1GTvjSb4oP&#10;Y2KXRvwyLlmPFPgMSN5TQEIkufrR3X86lXe03mCetUj0GVcJaJ8DSj7bgn4W+JINMseR4vkBY7Sx&#10;GUiwk1sOvvgZGZaq//yC8CK11mtLuWg5dpqLW1U8dr7vMTHK2EbTZzMUOAHIM1Ms0Kktp2sIJncD&#10;u5xqIRlvau1rG6T9QJlzU84Hi5ReEWinc61TeiNBE3h9mV/iQKAXKDFFalkndUrOzlYSxp3aguhe&#10;Ox9Y5+c0V3bXJk7NeSODBtwNlDzJWrGuP6vPOqVjlzteB6sOWGFweg8Q+W0gGN/nwjDtB4Yffp6y&#10;u0e2bRnfQe6PTv++kbZ5HxY9afHO/xnjN9xYzwfz8H+ZRJbfhUAhfQ44etKgG0Vf8+X7E/l9BKLP&#10;72bi31EQ+V3Jwue5RWzo1m7uHOf/hhJdxqQ/e8nvcxIb+nsSfsX3I4kZae3qqQ6DUmOsF10bi0UR&#10;bbmSmwZa13BDvOAfq+QinQ8g0uBzIzuAo4ASxxWg1xi8TvGrQRNkHrJHrgRPdNkK33o+aIoP+rGC&#10;+KUPWY/xoH8EkrcRSLCTqx+x/+lUXtbbVxYzH6NP/zwDEEjreMjjNRJ+bzKigI6ntZL7ATRtRDsf&#10;1BkZyo0EEpqSd+07Wo4lF1H3Hvj+CMhYXgZKTbF90/D/gzbW0JR7AChwLgjyiC2BTm05XUMwuRvY&#10;zV8LybjU+EoMSoxshW+tfW2DtB8oeiusg1HG65TeSNB6riH0BRaCEPszQJ+g+nlGaF/F4/7ptE72&#10;pC2GIrXU2LqibCRwEpPTXEW6NpLPjSYIqQXyZa3UgRa5kaCtPk9Q45Gug1UHKmGwXtNIcYq8o7za&#10;3SN/7flg38SWveW+Km35QftfIgGxjXY+4HsEyvBvEESfnz0kj2B3PuD/hxDZ9m0SutZL1n+WQfjy&#10;PyRkTFq7uWMziltT7HlWdPm7EV//juOlz89oiH7dtKF3Cz9jQCdeNzto7DqJjpN60rauF0W0vGdL&#10;3eWC5jlT+htBCxwLQvj5oLU9vQ+JjOheZfR4r9X3pM7K3tWgCTIP2QvngCf22K4GEqx7ZFN81FvY&#10;9af4pQ9ZjzmgxfdNRtxObldLu/acymu5ocZEElrxf5/hSf9l5eZCJZeo+HbktUp2pBL4wfClPnU8&#10;ko86G92m5N3Opl2O7zd+GFM7IIF18w2Q838UuL+h2de1h274+/8lT8no7wCy/yJQQMcyGEyRb8yW&#10;X8leL8bQWteQGmogtU/JacMgCBnfYJhOa1/bIK1jtM4n2jj9Sh5SQY9S/dNBC9SBELnxoMtV/1DQ&#10;BB0DzwdO66QKsmL7t9piHJJT2oy2rnpgvJ9B67VxMr9R0JW4o+VK50VfG9HdCDsEHbfEUwe+yI0E&#10;zXuG9EOgf4844SYMOr6IebW7R+rzgTz/698v8Pfz/B4jQf0dh/I3jXLf5O8KJCC21vMBbYjsuXO9&#10;z/Nd/vFTh9wpPP6toehbzwe8l8v/TbL5HGKsfI6B37cMGxDfFfTc+TkLfmZCnzdom78b0X+bgd+X&#10;/MDPcDIH/P9NjDP8/5nat3Ltar2hF6meGgQMoa+XXT3xPNkd+DOQNfUZcBrwEOAnQPK+A3YFtjE0&#10;ed8DA8BuwNVA8ohOzgcPQI7wBpA6L7BjgXfQ59grhi/z2GD6HrTik+0Cw7/T8LebflN8GJVdGvFL&#10;H1OArLtXgeK7EjRByzF3kxR2oYAFtLxcF4tIuPtX/BRf60FnAGVPJf8sIOF1oMgdDnoCUHL4AejG&#10;4CQIiP49oIcA+wN/NPzNaAl2cdeBL7p5FAI0Je/aZrQcXwi74ucU0AOBxyve30EfofozQGsoQUf0&#10;Z4J+TPWZs/HArw3vC7RNseV0DcHsbqDnb1c7Mt7U2rc68oMh818PepLCA0Fbx6eDdz5QdD4EzVrt&#10;CfzJ8F9Dmwuk7guGR/kkIPMpuv8C7QNep3g1oN8wfepa4R0wqP8KcIKh2bezVQu+U1sQDf8vLolt&#10;PfqR1tU2jIncXNAanMyvJxSc5MoPOfGzQjkR3gOGd7eS47Ug1AFFjuuvUPVDoPdWnMybrqE09P+q&#10;fHPcNq/6Himf4effDMhn/uz+/4Lcu6XV32fEvycUPtukbvuw1hrAej7g3yzI/3rQeqT5/535d5Ki&#10;bD0f4HOUqaLDM4XISXvq4SkPyjjv8cKXVs9d5HRbktd/tcieMHXIXXpM0/y/kiJn00aqJ6uoXT0t&#10;hZDUU5FR0OtWxqS9WBnV11/GdZsP2UixfYsxyj4F7G5o9q8FWuF2MDj2M7ATUOaxATShFfAHoPge&#10;QSaA14u87cCm+oDKbiB+xY9ud0C6s9GIJjd6N6s750N7ss5txMLPNrK/aN+kvwEOMEpr0FrHpX+s&#10;kYnW9MGgXB/R0+1mo6znKXEvxZjIFoFuat61TbEj7Q7YkxwPAa2vuciwZY58wAuBwh8IWkM6OjK2&#10;GvQ81Re+tDdjrCm2IL7LvU/sSKvXEGU1RJs/a0fGm1L72r7QfhASj7XdhLFo45Q/UQyhvQZotSH9&#10;W4xcPNqXIshxXXOvEJ1rQVtB7wFdMCj3f9GRtqm2uJ8MBTpZV9sgJ35KQGtobH4eI+wkVzr3K5ST&#10;b0HT/1OGJ7VAXqT1V4gxiTkEem/FKT6kXQdfjvKq/w6R/1sZemGQ//Es/3dR32v1vZE0PyMoevx/&#10;SjLO/8nA/80gY2zl7w75fx3RjSWPn1EkX84k/EwjP/dwQI/EbI4LWM8HIwZ1OVx86c8FiDzOO+fL&#10;uN37fz13ytE/30Pw/zKO93Q/CnbC8dEeP7OJ73n8u7yvoPzlZRkf8kyVEB/bSnzatJyDXJcTbMaF&#10;dZeR43Mg64QwESi6s8Kc+ve1F4L+VI39H+gzgAlAgTYgVgH/AxQbbL8DPg/0AiPFthVjlH0VOMHQ&#10;7C8FWoFrROzngpZ5cM8QeAGEyHD/INwGJO91YFN9QGU3EL/i50tIcJ5XA3spaaucyLMdoeSEFHl9&#10;XWTM2o4B4zngT0DaY64fA6YBBVgrvFZfAMU3r1EdsAXQCRwIoSeAjElssP0QeAGQYBe3tZ6amnex&#10;KT4j5Zj+c4CsI+aA8j8AnwKOAhKYF/K/AsYBNbRBR+Z2nxmoRPsaUHzTLmuoB7CpttpB50Lgp0Cx&#10;Z7eGMLwLWOcvumxZOzJ+u9JqrPaVaAOZDUrb1vQmjFnHWW/vAbcAA0ANrLezgR8Axc6/Qf8V2BYo&#10;0A/EHcBvgCJHm8XAptZJX+j8E/gtUGy9C3ousKm2oBIzBvgcMNq6ehzj4qsEtBX6gRFpfiLrJFc6&#10;9yeIIlrWOv2/anh3mT7rON7wJhoe5WYBD1b9CtCEvREn/WlcF/bkLK9G9I9v8N6ibbcOrfo3cr/9&#10;wwPlOUW/1/gDA+oG310c+KcM664j0LoXg9UMezgD3GeY74RG7HbHeNdGZKINt8CgC0g7rYF/RmAO&#10;mAvGuifgQxi5Frj/njAGG07X0B5y94ea2dfMN1oQ3B/6ADtEE3I4diTkvgXyPrgn6tPpuooWntP5&#10;OclVND+/dez3jHNP5PW3zrdZvzkDzRlozsBvycAgKP8M/MVg8W8x1qy71zNwHTzIM/8roBs7L+/1&#10;gJodNGegOQPNGWjOwH9lBvickwhcDOQZ4WJgM/x5M8BncF6z/wB5vXoDm6E5A80ZaM5AcwaaM7Cn&#10;M3A9DL4L/B74DdADbIY/ZwaGIixeo/eBPBtcC2yG/88y0HNUbPifh/LFHWHXX07HFeBjrXn1I+HR&#10;cD9uVP0hnpyxwI6348UR8KCC8fkJOz9/xOEwxOKna2xBETsv/SMmZhja5KKCsSne1Mx2ydvfefLZ&#10;dm29Lo+rat6R7YYPdxcGawOlgdqAywfeFPfk/KJQVXUwVFsWrMFoAXDypFkZHJvjnhwqDYZcmWHB&#10;KaMPClUtrq6ZNSc3F1oH1Rgh9IoCC4I1rrSw2LRjqoPufNgvr1qQm9suWFlKv/Rl/E8MVi6oXehK&#10;S/d43FMXz6ul/GGFE91hRQkuN7emNhQMVLRrO3zk0upAyVHBWte84IKyyhFJO+7ZmOQqKx2RdGhG&#10;oaewOj+4sGzcslBw6rJJ00qWHVWSU5o0Mrft8KX+pRXVFZiqa2lFeWWNf+mIpAAiCfpBk+1OcoVF&#10;ao8akZTHAddhhUWu/KpQ0JWT6k0p8Xh8rqyc1EBmIDMtJ3OYy+fxpbs9aW6vL8WT5U/P9vvSXAaS&#10;ctuCGh4qne+fUjDW+ENvRNLC2tpqv9t99NFHpx6dlloVWuD25uTkuD0+t8+XAomUmmMqawNLUypr&#10;BtQbETsFwZqSUFl1bVlVpYt2A/OqFteOSEqiowYwE6uoLixscFVZkxqeZmpJVYV7aaDa7U31uCsq&#10;3HaaZeXli5HlQG1VyF5fCYTt2BlBlu2VxbmdUrVKzi4RYwCe0mzDLS1pcFS9OFQeTmdpiTtYHqwI&#10;VtbWQM/rbsgikjQcoRUW+qegAsuYyPzyQE1NbnWoqmq+H36Gu23Hd2bY6BdUlSymg/EFuYsXl5X6&#10;0zPTAjkZ83wpJfNKfCnpmelZKTmloALBnIz5pYGSnHnz08W20t3N7vjKmtpAZUlQ7GYE5qfPywqm&#10;p5RmZ2Wn5MxPD6QE0jK8KfODAV/O/LT5Pk9pqdhVusquulz+fCweXFesr2lVVeW59RU+fucFH+6O&#10;Iq1sIkf1toIFgdpgLldBiicjxZc9zev1p6X5UceeNL/HE45MS9rZqArZB+PyZadmugYVBkrKKmur&#10;ahYOVtaMjsVcYVVp2fxjnISkJK02zD7oyIqWVXZQR35sn6WLS4Ihk2RsvK7ysnmhQOgYlzcrlanZ&#10;RUppl5b451eFKgK1uYHq6vKykgDLlNLD3TuHjPxwN/cBtS/UbzphLnYd7Hjuhi0vPNSwTewtYudE&#10;9pYH2G120qTkNqerOV1NykCThJurqzldTcpAk4Sbq2uPpUs9NOH0OyLpaDwS8UnMPFOZZzI+r5ln&#10;svyqxZW1Lq/74LLSmllZfI6bU/88Fn6y2/kYxyGjkheqHV21dJYn1eMiZuCs40vLdPmyUtNzMr1z&#10;3PlVlbU8l7uyac49MVBTGz6LlQVLBxX4eZD0ZPiyvd60tPAZcqDHM3Awnk1LywJRzRYFQrBqnjWn&#10;BGuqFodKwg+u+VXlOO/iUTGIJ9j8qR5XDv3i4XTM0tqDptbi9Ar+QeB7EXB4YCwiBG+atxhMPiBT&#10;Gqe5kqnB2llunOPc04JLa+eQtfP5uDAfc62XhXT4mZU5cheVBXGWr5xfBYvqnO3yhp+ycwHyKMx8&#10;mByOLSuvDYbcY8sRXUGwpKo06DZPxz6fd+cj8LjTa4vumfSgp+PH3wy95vYzDn5hydpWr19Scsmo&#10;gtzerVbuc0V2bNeBeT8XbzrstPY3pr/yt5cvuKN9+6/e7X7q0yfmnv73e9b3mHnY89Nfuf2lnz6/&#10;+dBlm85vf/qRWWmpvbJ/GFJSUrFlScwdj5//UcmSN7PWn7ssMOiqrGcKg4s7PPHZBa+sfDlxXL/a&#10;bk+PfOOJ8V8n3vpwd9dlz/ZZtM494MntXTZ7/3Ptx8vWzrhy272P/2X2VR/VnH17x+vfnjRkTucv&#10;BiR82+b42bMP+WXdhjXfLYm988G7egZfD/V7LHTZI5O/69fhy3Z4m8XXWb/8Eh/TtjD3jN3rMpwy&#10;eVngqGyKQmVLkEKXN/wKYmeqw32p1/F8t4DDfsDlTecFdOeNxzU2quR7Xd7wlQ2XbqCsMhiaEQzV&#10;8BHc63ObByrh+LLdU7BmSmvxlD41/KaCpeDy7eTulFTx0LHMrP41iNeTlrnzSif3L5qaEn5YS0nD&#10;omqXnGz8+l27PcINmjLY5UtP9UAob3x28a4B+sPPVOHBsVUhv2sQSq0MAU4pq6oZ7Bo0GErTymrL&#10;gxghHVbGTPksRFW3J8PtS8eqwDMehwOVS/DwXLYMg97MtGzyRnP6ZZULsFqhkeZ1pWR5MlxZGR5X&#10;SmZWFgTGlWF5WqVSc3LSvJnpnkxfBhXSU7Ny0nN83uwsqKbnpPp8DV1aSfXlZGdjk/BlwJ48THOF&#10;Bmtqwuu9xu/KPyZQ6SrEEsSbFNfhwfLyqqNdo8vxxqgd0pJRjHkHkQE8ZOGyMx95472+4tGLy8pL&#10;Jy2umBdEbjIysslOKw6bnF4DWzDL7YTsrOLxFeBgT6jFbOEwbAPC2BUqAqGjyHGleD3Z3FnwwwxP&#10;C1ZUc1mH05OR7knFfOsb3an3Ow0x1qcxMyyX4/O4sr05VPGmIZWMbefsg0vKgkf7XZOqKoMcyijG&#10;Tjy1/tKk450apomf9SNTFpcHQ9Mry2oRJF4F5o33pRdPDIQWBOsv6NSSACvAy5Gc+tljiw6WG1bY&#10;Mvam8KQxSZje+bPewTQaq+U2XL6YD69+V7b4RnYnBo7BAjLWvFnFo/kCD37CN4bisvnFS+rXV/GC&#10;Wj+qLZ02IZbHTbESuRNRwx9TWVpsVlWwdOdYMvffyaEy2PZ703EtstPD088qPihUVrrzumX5cCsK&#10;/whPIxWRErxepDvHh7uFMw5e4AGyMr0Z2d50bO6p2Y1x6tPLTR43RMmGrzi/cGdsHk9q4VTUOKaY&#10;X1XB10017Ww2Rm5Pu24feIvq86n9I3yJZ+J2V1kaCJUWc1sb9E/3TzGHfVkR3/M99yMDVxcUXNQh&#10;Zu7Wk6b1mT70k4ufufuU2I7fXpEc2HfakC8H9J3Od8id8I45O3FV4oWJA7Ylz13U6WBX3ZPnxWxa&#10;ct7cabeNX9494dSEtmf9u9PS1HWrYrZc54lbMT/Y6bTR3mlF+U93yTv5q4l5Q44flXDZi2WtfR0O&#10;H/xBZs+Hz41r/fiHy2ccOjDhuOXL454Z/HWbtidNyLt/3db4B7bNu+stX1L5EWn/zLjvlL5/e7Go&#10;Q8+NX24689Uber/T69njFm36S2jDoGmhRQU5R37WJXHmopYfnrf99W7n3pJw18rVk2e77jl4be1H&#10;+9/01tyCH0fMcZ11eJfc12Im+dc+f2uv499o067f1r6Jk7e9vmLqkf32GfhUi/P/0TJ+0OQOZ7dt&#10;ddzEtz3jyzaN6PHsu4lT8zbds61yVuviRc+cVNylW6uBOee1vPbwSx84NP7B5QuSVpzjHpf1aJuv&#10;69697JBj23//lP+Cez1renW+afXjz01bfsGM5ISbW49ydeh/UfwFY9af2OH+c8+++ae3P6scOuKc&#10;uPe9Yx+e89a4ty7p4n2rw/S8+/dZW/NGcvb78T09+YWxb59c5r08690nfW+trXn+4Vats0dm9211&#10;xIGLE2df7u+esLamcsEBa6+8/bENm84Lpd5zV9ykox6Knbx0c12H7nND2eefNzH5iHWuiemTLjh1&#10;yv0Jnzz5Vcb6rp4tVU8Prup4RVp85+rcuXWPeeNHXHP15M+nn5F4yvVD327bZupbE+48pvt+57av&#10;631620HXr3rixZirc6oKjl536cGrTqwed3zdlqI696rscxf3PW/le8mX+w74anJ+2piS2os/2XRE&#10;+jWugvcH7Ju28NWEDQek7dsqcWFV3IYPDssc8sjCgRkr36ye9umiNfcuXPf8sG59z0yetyHg++SG&#10;bW0r7zymZWL3omMOyWi76bitQ24cs/62vpNCeedv3dpl9vNz336xIr7loJZXzBw88bWnenQeNX1G&#10;vyVTSkuS4qZ373/mwzmPb845dXjCjjNr7ntm6dpne8S9H3/3qhahJ0Ysj31//8KOF/Y5Yv/49+Nh&#10;3nP5q6PO7bbv0DY3nRV33YMLY49NO6PFigO2roiNH33fcx+dHTvaHxo30b/l27cS7lk1e82dB3yS&#10;+sbQPks7zl7/0RfDB73z9ytm3n13pn9km1tH9z2gl2/4jvR5nb5cc/Cqbfuc+FDM6R+tmLnwvXkF&#10;g/vcPjRzxoRW76/96cj5BxeuPvL/AUAgv9/0Ry2qT3DO60QoTEtaHNUvqnLOeQfBOSc7s24NCTjn&#10;84FzjjhDb+22kcTAOX/JPo0zIuCcCz7O+UyCGmf7aAVGFM8E0iArkAymbamexzk31FQlSsk557HC&#10;+imVtSHgnIM6zjkMUzHOEeec0wTOuceAaMrIOecDPOqmbHSbIPNxLvAOnKctA+cDBgyYN2vBErtR&#10;nsaAFMfyOmyK50EJXRQF3k005x0IuRlwXqKKhO5YC8Rx8YgpaZoozqpkPo5b5Zx3G4L7rtz+tGxg&#10;MKjoFLm3Ir6zjNa23BE5yOtvaviefwhmXTK8lrM8cv+HKy4ttz/0bmz6dL/N0rCXU780W8Kc8V8/&#10;DnKynz5nmUYh35XbNyaJnMFznC8XNMsRwMJz/aYphkRyseV3OBgu/3ubYCzGRuIzXooES5aOhINt&#10;X93FKr7Rv7UckkfwD4XOjw3f7OundvvhLzprDGsH8EfcD0B72b5PDnN+HKR+YTZ8Z5cxq1maLc+1&#10;y84LEpZbGGff8qyV49mHXdy3WViuX5fz8E17a47+MztzjppzXxrGCWjjT7NzHbO0zTkw59gYFWMJ&#10;c9Gc52gZllvOpVnZZdMs58CcHu7bb8zE1fWn5/kWcYyGo1HGYO+/xPKAl5Yv4y2jMPxR+Af4G06A&#10;/cLsDeJg8evAnH8m03bdvumHXewoxdDfjjH1p7EdmG3lTSunNnuBv+jjICxNn7QtguHbgjlnPeyh&#10;wn/sC7Pca8fsYsArguGP2gF8m/vxC9u3bMuziDX619/Yb8vOHsaCMZKvv6mQZbn4s4DRyPl/w2zJ&#10;/R+ulHb9prD4BcB/Sw2FLXpjkvtDZFku7Nff+HExwrD4/C1rsV9/E/9PrwpGo1T8+vXyzPcsf7gP&#10;Y29YzG7se7ZvDzngDXGx+nM4B+b8uNLT2A5n//rTHwvHcR4Wv7QtEjmDiqPdr/s5Ax9j0ajp11I6&#10;aLJtyxVFw43l9osC+G6MoT98c94zGLM8ev2NVzgYnHf4hh2/9Ez/ADL3A9C//vT87QBUGP7owpMN&#10;zpOKRhuzMOsKkKC/XbN0yahj+YV9mgvgwzNNbrn5hVuO/i+ue8z5cbAsV0TOw+I3Vr8xW6JlGbb8&#10;AK/Nwp/VbXb8yh+Y/SGR671MfJu1RQLsF35db/2W7BjsDbHcl17tGCNyndVtCM4g4Gtq+9f1+WEX&#10;a9PyHIAq2u2bfhxEAM2+D05kdRtrs6nDjVWWYlSMpV2/m8pnc324zvXt2/aH2Y8bqxDu9VOR2yDi&#10;5p5CJ65vLtdVAxyH654DAOc5Gde5DNc3ASeub+yJIxnkIuycwpOKBkMRdq7RFw7fHYpyZJCeHMPO&#10;dY7hFb4rFGQvF43FooedIxkLhXd4Rmf4BunLsHN+MfZGyRh7Jxtkb4R983D9wzPtFYkbgvs0tiNy&#10;BklfYQKzDSeWYTZcLMfntz24GAByrBG3+sMCbJFNn45EohRxhj+zMRHnxrc802T02+8t4ujvxu8r&#10;ZrOfk/1jFv7Y8ctuaDZm4c/HGWYZ/gFilUbLr58GeO32zzX9/4AXFr8tS4+4jzPY7Ze5PJz7B7w/&#10;wLup3fjD7fvCMIt+moUtH2f4MFflaNluf6mlfbsWIPpw+9o0+6HVb+16N7HWZgEg4mjZfl2Vs+nT&#10;ML9sCMvyyKbPjzNwBliWR1ysvukKF7PZT+yJ6W/b7Ofb5FeMmW+ZXuMXdsOfbe5ssPi145f+xHKH&#10;VXaRBcsumgARS9w+PM+s2BUj92HxHyDDosKPHGvDPxUbDs8FINPzzIoMh+dgtn1dlhZLh984FvZp&#10;HtHR8BzM0rBvx6/4zqLd3q5MzyyNdtfi6/W6MPvaNDuLN030Db/R32Y/DRPr+sMC7Dd+X/ErLhie&#10;g9m79m05FkmG5/zCD2x/FjByY1VgJIoDLO4Bi19XbmOV/LS7HrEypTraYplmW3H2Yxkmi/bNwrSb&#10;ZmHxHRO3lrVlV/wBPu0SY5luWZoovnX9YVt2SSSSx+PBYMQNg1HVUz3FzY3Z+pZjNv3nX7Ou+Leu&#10;/NJ/FmGXC7/E9yVuMn2rLP1CCfjuG+B1YZdL+2KsZt34i9uXRdVznuJv2bkW67eeXxj+9uvDtkz7&#10;MPzeMHGLX1qGX7Ycw2z7wmSYxsJtAF+MASC7sfza9b9rsvjZH7/w3dYszaVl8cdv/NL+y6XlmybG&#10;X8Adv7T6huctVrNw7RHVU3x915bjUJzRLO27LG2Ldgz20gJmuRXdT3+7fmGfFrcadrkxS6M/TIzN&#10;LA1jaXYW7Q/Dt0uM5ddufy3C4hemv12Ldvxb8X8a9l2R/jAY697idt+3KMuyLItb/L7v+/8Xt9+y&#10;rBjAh1+0u6XflhVZViSJm0f8LvzaHfHbd8uqIgvDr/tbVITFL32K9Vt/+r/uKTZGz/0ALA0TFw7u&#10;w7D4rb8t3zXRQW4D23zbXwSTYZn+dN1W2/Gn0WTUjdWu20ScsHcOyhrjb9ssbBkVvlH6BcPhGB19&#10;dHjfG2GDGxnuS68shqKR4LrCP+IX9tKeD2M/nftZbqx+m43pb8Mni+ExZ7cpOMX4sGGsAKzXy7Lj&#10;b8cyyopf2K+wGL6mvwB2Q7s7DfuG5fqH7A+j2ZHnOtc5FrbY9Mkq4e/KHAfm7DbPPT7MtqIPo9kN&#10;SzFizm5bcI/afmMS/eE71LtCIbLp88dyh3sA4L8BPoP0Ca4MHb7B9dGxGOF3lODKsCvKb7PwTPsj&#10;rje6T3Cde9QzmqXNMo2ySO5Rw+LXtr/ow1gahsXAnN3GPT6MrUksEnN2W6MsuQf9XbS748LvXWGN&#10;HnN6zmZptGz58GthlZjT/e7/nRhlaRsmJVxbNNrU9A/wxiTuUduxbJm1LFzhACDD8EdxrB1/GMvh&#10;YlYAyj1qWoZltK5/K9MfO/60u5XTrtvK0TfGRsMxhgzGIjGOoUPB4EpGw48OhYMRKjojwZXjoisW&#10;nnQ4wvqH3kvXbQzGIsH1ksGVnZHgPDlyjwDkCix+3fiWK123kQ1y4bnHH/DWNRsgZtGu20jy4T2n&#10;GMWyi42Re3ybTWP5fXzYfkddtxk+zlDLb4j78wu/lo970LJlETZG7hHLb03/EquBObtu66Fi5Ayh&#10;j5ZtlrbrG4YxHPegZZv9NNp1G9dDMvFdsnsmRB/eBaUJfiiJ2BWoSoKPZDEE74lGgpcmogQPu/tx&#10;s7aCPPMJgLzbWEyCYhg/hFkg4xuU6Tcts5ATxuz3i0nlz5lqwxE7rdZJfg/y07uN8YEopO+OineM&#10;5MEoLuTBSHY+At02conaQVJmZoL85MgkOBq2INf43/FuO3ligoOfAMhPy4jgLlCc4LR6pOl6Yzc2&#10;ZLiym9V/G7JAdob5Q5E5kVffXOiTrHEqM0qagYVETav6UAbACuMUvUKFFHGMJjVtOKDabXeF/ung&#10;sDDBRqs0wUmmdSHt2AQEEchaESJSmB65fYQkD6dWP6wqI06r8kqpWhEUDxwWjWlxOVHPFin2QUaT&#10;PiIPxsMqovZuA2GmVneZTLKl8wcOS4ce1QqjS9SOmOmCR7gRtU9mjADE9L00GfK64A+hgVasQ4UD&#10;HKEsAqkoVtFqp7W4nIJvQtMXicQbZ7LEBLuNOzZk+LGJj2c8McFNJw6Cd/zvuIc8E7yu0Qa+SDQS&#10;vBO2IC9ZRgR/DLwDjy1CEnB8gCKKkQOKnfB4IPyAtpzkKdWC5IVTWCNMsgqJaA+1vtv4CRpPWSAw&#10;nurKa7o3ZyTgolWaoNtJE0O2tBIRAdpCYNEgGxVSRrg4TIqo4Haz5ZkoZmlpgimq4HaPA4pddJUm&#10;IKNVmqD3mFPc7AD+yHvMadfsxo+dxdq1PMv0zJJhMuwdjYb7KrvCdRPta9FItP0rEopW8ROs67us&#10;/2y3aZYm4uYXRjnM6ZJfMcYlZ35N/wCfhmG5DV2yrLOwa35ndeiSZbCYpT+MrWGYPTkV/F2Z5s5z&#10;CNs1bNfzDNs1Pc8hPc+OUtFoeEb5YSztDem5N+h5pn+Al045AS7O/fH7+mkMACE9z3IspOc5pOfZ&#10;vWXXWLMuWdZdsoyG2y7PNOyi4daO/0uPjAG0HJtf+DWHLt3CaBlGf5j18By3bR26dAu/dujSbSxA&#10;OLMw/QPIoUu3Auy626/tkmXuC4Afv/Dru3T7fhg7067eYZuG3dCOX/KLnmHXddehHb9g0hXWMwv7&#10;cRvWcyzbsdy2Hg7rmf4uG6vDerZ/HdbzHM4B0OEcACycA5gDeOE2nAN47ZiV21/f7iyHcwDffmMA&#10;qMM5gDkA2MXGv45jtg1r2qVpIa0Nx8Ri4fALVMVwlTVUf9+O35DWxmw5pLX1r296Zmn26wpdsswV&#10;vl6y+z/sCmc02MzZ9bvhZjGG834kyT76ftc+/Qr9YiR99y4tzyxth70dRz8yyFGx8CHpSdKP49hJ&#10;7/3Y/dhjVgCq8L57cmSQjQVD0Rmh76QfvS87qfCLsJNx6L9uh+TofegVfiaA1tZv2PuoGH0f25Bk&#10;w7GOvxt6RjmSC0UvGSHpFTTc2jDbxvfLluc6JGfxG9o1PItf1Lakn4+DvDOLqn4kYVhuabJd3+hH&#10;s27M2qJWThXzzNKjsbOVWfxuAPDfkuub7Jq1zC/d1j8NYwDI8Sy+ufp9ydyvbw5m4xj21j+NMVzN&#10;crH2rrn2heeZ5exbFsDCHMvFL2e/3G9ZeOZkm3P/j7lbFkDLHOLl4peFweLXft3PxTIXs/DM3bKA&#10;X9ckLrSkHy5muZrlYpaDxW8AtubiHwMAV3Mu92M292mW+/WPjT769LAfkl8x5sPYz2wWcPnua7Mz&#10;TUYVXn5tNvRr1y3qXgBLryNfwy8bu2h3bPRtlv7xX2c0y6F/LKPj628E0KH4teufjqYZzXJoLz0a&#10;wy7HMkdhsy6Zbs9ZHsmu048jpn3h+obbGDOOH35HAlh69Z8m07FWjmVOaEbLALDpkybTFvq/r9eO&#10;v4txYxn98Exj6xgAciqApddXE8svTUYXPmazH5Yl/Ywec4r1t2/XS9s2K34KT7I2m3Iffl8y/Rk9&#10;5vw4CKvbzAA4Xp2hXhkHFl1ShRT6hySnBSzGVCvNVqPWbRkOynOLJfrMA08f54jpiskm8pKR7ZCB&#10;kCVdbOOU99TYc3xenLGMKxpNFKHQTNpJQPv+RsENkBqB2VlWzxhnWpq5cMExk2Bgs4wGpkQyTPtZ&#10;yLrN23Tid+BBAr0QQ0rx0vQMjpVo4icGiUFkjMv1DMYqiDwwDDmSMJLymr3uk8nzamsX8hWCoPCv&#10;CEg+v+wZxTcMlGgu3VuQK4MhFi6L0cjtgK9FbbeV7E6jDbkOtOtTckuuzycEcYE+mJsVfSgCrKlE&#10;mbApF4bAtvbAqjXzMdq6MQpDC4ydWhbDfxiWSiKFLNKB8a5eAtyzGixYxYoBj2TVRgQiqVyPDkTV&#10;bYVQxVXm7EqlBN4OTfFWYkiZrpU7sIKRmoFD/fIDG4NKE5AfiJHAZBN7CLxelgs0xgEVykVSpSgG&#10;oQWiWs4MdoJ8oOckU10WJ9V80SZB1xAwkV6w09RtClHFYJKphVeJY8Y4JS9ZlaUZZESTQBSRAOmh&#10;GaiQBqX2QHK9bNjI8z0+o8hk1BiBKQEfzQbPSuQKiauIVPiiKEPq0EITsVEKMWTkJNQ/4hcyLMAX&#10;qNu6z+EBCWRLA3S/VBxkr2zW505NMJ8BGxs/3kyteRC3YMAz9lXqgVg4oSdNRWidzqA0dQbUxdmJ&#10;wRhgh0MqMs74kkYctPKanBL3Bo5soBTbHE5PtOm2ysiSbFB049vYLyGmcbA/pCmtBCSaesDzacxf&#10;imVUsZEoAw6+memMtyFDrw4ZBm0HSBiZwXBiTM0IgYHBB9rFVGOny4z+pBdU4+gX2gDWVk7bqdZu&#10;AzsGzLpqJMpVYnjwtbY9Lgtp9jsWR0yEWGqZybOgaIdXPXmKpBoOjYr6mgVRFXFac3rGTKo0DD2Z&#10;tO54GKl7nwhpaXW90Ixti1BzM54oeeiEaLeBLT1XBmtlVaH7rKnQbpCjIptFvEqM9WTnywQznTCU&#10;q57vAEueM9WKn/OM5lJ494koHsk4KeLqESkOdqYnKcLCTj6b2TNR0R1zMkMTiUlhfmez2xgcAZaJ&#10;OWg6psqVSkxasyJMsszMEg2hxJK0MbYjMbgHU4KiJglJS+BVixhSDTaCaWOfyCtDKZFy8PWIqbM2&#10;xMuYXMhGlY4gtZemEMuKKiAyrCFAui2VjN7HHPuoxzoRZB5cYHk8QKj38EBEGrNDRfgtRySmghxz&#10;qVBxfDR/dIwUz8Aho2jeRgdiCjQUFVTTmC+XSMPk4SQap8utGQeZdhmz0SwxTprVyug2i2twMBaK&#10;1IFRQDlqC/iDXQuWKDRaiMSKZXFp+cZiUjkcFowDolZ2WKItDR6RVHYoupYChslR2ocZWNYEslbU&#10;BNRX2ITDSSEAURlFgRGRKEDUFhXd1j0mgaIB28hICsGhIjMVxocktUqUbBkUCzIWpQbSG2xqI0P0&#10;3XEND6cRtUI1I6zK5gh6knE831o3lj6X2Muod/mRIZM8p7MYHzOIJF40dLzvts2H6fwswYl7SYJc&#10;3ZTCSn3wsTPdwpaTPhuQyB45v6+7Vp+aWHqEl7jKkARE0n54xNXlRsVy4DZEVyiUECNkRiDCcQYO&#10;LyQNGxIim1Jo+kqasNsYc4wSwq7CIuQMVMCwC8DuRCwUzhIcU6qVIFNlKSG/YE3CVOuciTPxYCRA&#10;s0skZqNYkDDNXDSESrZaBPlRoRCDuvUgXkutIgbkRATRwVhGRGXA+hDdxggJbDBscGRgVwtYkD5x&#10;TCCcIjrgq7dS0CW4QECW3BhBFcxgAAdYsn0YUL2zQ4qFXYfVl1EHVi6ADp9AXg4zxWVyqKWqxWEw&#10;UAgPYC3tDmUDrhm6bTIyX4OGyy2DCc2cDO4s/BjqtLYawno1MZibDcPwAVHR0P6KZxBoKva36BX4&#10;28wZ92vZVOoriOLRZ6Yg5ztBLOpnN2SS77FwLL6T4xV+XGJ6X7dNKDPbY2E2NA9ELV4eJ3avvPl7&#10;Td7ETH08V+TBeApZU/FSEBDEC1UlhXcSf8JLmOqCZzIk7kJoSuPCQPlhBcXb2YJrBQkUJIjCqBDP&#10;TpyCprRYC932nS+lMOA/jwJEwFAUZlohLIDcmVdQsC4v0NrX3H1aLFm3eGVuV5vBq+5kC1AdJWSI&#10;OoNEw+lioNjaiV690pmFTqQDT3vRxWzHdynvBrtN51Touk1yQ3gXrvZMuOvWjBDTcF6EgcGDJXxK&#10;YoqwPkITQVIjQoTSBHIIiZO8EDyfogQ+a0xCjZVyEGgkXhJkGkgnxNYVSIChCI/wmngEBNhZqAcx&#10;NBQPuk2mGWUDmgj2BzT7YQeC2aEaeIYBapCQyEYDBSj1GUhmps3A0kWXgSfTSQcCshBl8IK0IoOa&#10;pTUGIFkoBw0U6QeXhSgxMLlewyA2URQGBFokGCxIni3oNkzjMwtU84AmqKFIr2DEQF6CSxvEklJ9&#10;ZeC0OsxOQVFX7aJZJM2aSbwRHcS4S+KN6IlmrSS020ymL2AF/iXwry7wtZQ31rwXAlHzXjOqZCiV&#10;TpZZSiVLa2kFY9Fq9i/7/ct+/77s926jfWiflfYRnQq2pHXpaPdoXTqqaF06i/1ddDJ0pAnJQY+J&#10;Zu5IE5KDHhMN6DHRzBrQY9KRJqT9eUwyNQeB7LY74zO0jINAZmiefxBIjSczNMGDQNqpnX4TOwVt&#10;1Sio1arR8z4YWaJknSojeYGxLv70eUV/+gj4xDbtmmnTrDUWrWu3DVhmBIrkSSk2r54O9DAdgEDS&#10;Ae9zHnzhkw7MhQ9tlsoIF1qmm7Fumks8gj/wuHfCkxBeQLMKGIug7jYEaTFI8UdfWVdJnHWDxUVl&#10;6d3WYRYBCjUfTJRDrOy2DgmGgCEKqKHikW67NEgUva4lX1eobpulg0ViZRGkDIpZiOD6xlkmeF00&#10;DD4emckSkzE7ib1kaT4uC8EX5+jARy4LwUWrEoKbQimCd5uHaCxeDeFpkQnhPchYUkIpAZDEJLg6&#10;Rizf6jmJriMKZODxNFTCGiXBsoh9RtUu1CJEXz1EXz1EXyjqdDp1W8LQmmupWsrkErCo6WRozWgX&#10;UdSbUas5o0qnQ8179UPNe3VwVv9ug5wHD0kgDrO6JJdIp0O3baSI9lk/q7noSBNSM2t8R5qQmvl7&#10;kCakB3pMNPMAJE1ITbdHEzJDyyhqDgJJ3pkMrZD5uvBBIDV+kiEztND+qwliMJvhc0no9Jt026U2&#10;7cNYmzbrVBkJE3uEMEE/usAusHW1WMBVwJIzAqWuEmlK9duMQJnglkCZ6mp1mCoCFSNQ6Zimctrd&#10;m/PgCx/0PPgOPXkKlETsqi0/wPNxaPVu6yhJGEXJ4aYJ5MAEER/CaCGpJU3o0hAYgNYFYWW10o6i&#10;Gyw+EY2lh6zKoIAHJp8hVtIFhleXn0atCgwcFrow3mBBEhisnZwtgjqFUhlCDMJgwTl0i3+0btqA&#10;GkAf5qURmniD1qULTG90LanTZwUnabctwJYsGYnASSrK/EFqyogV1M/SkYQlWdHqpmKLFFHJIpAy&#10;XgMvxsW8mApkyAxLFG9MwJTZXmFKSqCwxotF5ogIdfFHTaNEoqyErvXdJiCG6Kt2rebW2afKiM5O&#10;lRFFnVaHCdauenWqjAnUqTL6U6Ik8Rbfg2bRLJrlv8eAxBtLhVLphJLeq9e814xCU+rBTKneg5wH&#10;j5IK6Kz+s/r3WS2XVvRxHjxqKL3VFrCj0+i0OszRyWBoXXoCAR4+Q+vSUfZ32oekfVbR6dBtmwH0&#10;mJCaWczQMmTNQSDJO+MnGdqneBBIMkNbHWbmexDIDO3O+IktsVOMnWIK6jfByBAeBiMz2LBaNXYb&#10;nX4TBetUYZ0qY6j0Zb8XJnY3sS+w1WF+niPxRsQFhiBH30sSbywlSo7ZuLpfyCP4Em88rPdK4o12&#10;Yzau7or4SLwxdEigHAHrLQLWPbpqGwHr5dHVbepKXalpSvUFzUrOCJS6GqRSqldXqrqaESg5HOXC&#10;xxykaa3wMcFuGz+58DFjkALfFhOMvD6GTUoBefDIgAOCWBAyJlwa60BHPYE6jfqj3NjfFAaL0Ui2&#10;9JFmEQyk7kVtEKJBImDoP0EEsomdFDX4qGlHYhXULZbzerqK6J5QCplHukOs/DxAAzzSgbsWqBEr&#10;KNqGFdTSbZESRlSBFMWYjCzqxxxZVhSCw8JiS/Aa85g0bYMpTO82z+Dj+I5+lZQOCxYSOZpIgcS4&#10;A5xTdiFgCj0eVh/WYGZsUy4nFvXXY05poliMjQZCIGvXStautXaF6KtXQuztniqjGKKJEO22bitJ&#10;vHGOGMLv8aJZp9N3OoE063u8erfRrJW1mrXUOiYE/pUQ+FctZTqZTqZTHRKwHk0I/AsU+FefUd02&#10;o9YZVUJ5KaV6T0r13RbWvFcnZ9Q6o1YTlEur+FUQIzirPzirwVkNzurfu00urSaJRDpRzoNHwVlt&#10;mNWHL/s9HAtuR2204HYU/RAFt3tbt20k7bOaopPoJDoV5LB16ejGYn9HBzy3eyz2d82sKTvShIMe&#10;mrmgMYAeHoM0IUGPrtDSeDjoMbkpi5qDQN4ZjxL4V8/QxpqDQFZCLHlnOKDHROMnGZp3szICjZ9k&#10;xJmDQGJkZKxWjWutUr2dfhPTrP4dIzN4mM5WDdRvgmK4+k1UvpogppYrYOiqVWPtgQ6E6KtfYOBY&#10;m/ZYm7VZEKA2Gj8BLyFC7VQRTGweO1XG0KU2bZpBs9ZuW2MR7bPGBMcs5MlMbBNcZc64uqvDvJAu&#10;E1ztAYk31o3ZuLpgt4kk+3cKyLM6zG6zsF1Bo34TsNssA56E8AhPQvjBfRKwFvbg05TqDaRLAsox&#10;sRJi+8UjsH5GoNITe+kFQ+tU816929RC+PlgmlJ9QbNyRqUJiUqpCRRCRZDqKpT+mFigMSnVk+rK&#10;kHEIVEaB7/GqpdYtAbHIKgcvy4VuI7HY3w+DTSDauNeppqZyq0ZMn3gjgiPxRu9mYRwzl+QVu67M&#10;9G4rfECHm3XpXaF16R/S6jBnaQJlgmktVzyhLv0xsVLLFXCcJefBd5vMQXSqaYIgUqQQu8p6bk8H&#10;Vof5dRviMXhF9JBAQfq2mCCI9rXO1HnwFYSi22Kl56SuaoNFTLtXs5TmCqCGS8PxRwkVhZPcJNV0&#10;t3kbi6AOeSTG+L43WJRaiFVRWwS1CrUaaSHCYNHpDksfJa2bRhkU8DpAI9TMS4MM/digHhQKrqjS&#10;aRBEChel6LaWlfEFL7MI6m4TQCkG4Jk0GCxAsDEChq2bVgXnwXebwSV5xUHktSHDgiBC0/dJInYv&#10;bnBEx2MUKC6NWgxpmdIEPXJgdr6mEx+JNwpoeC1NgmNDhqZQiuBoKEVwy8wEeSiLIVAzE+QEexyw&#10;bc5JO72SIoARMAUuW99II61CYrd1t6j1s68qKetMSHhTtjCMCdVGAi5iTmmCc8QwmwVOCKGYU2Sp&#10;cagRFK82CCICPh4nlwYH4dXdhtjETooV4/N9UKVBPUCqBwd4aRwcs1Lsbxq1mmBmRNh0N3Uagwys&#10;prst5BEXi9C7C6k66w08kwaGSqdRcHQaPXaxNE3gkU3vmPil20KtyWpMsKGFCy11hRXNclE2LtZG&#10;5jKHK8yjXDFCrpKKVsWikKyo9M3hMQoUAuDayYwqGlVDaLregGLvttcAYiLXhud9HjRPRce+4PbC&#10;TF6NJdvSqDNjm6JJNWR1GUzGtVGL4cNAGPnpBZMxU/guzqkeUpgCL2xErrjtFqZizHQlBGSC3Xci&#10;W7Sk4HbKSV3Vuu2TeCI1EKtbUg7WgtUpqVMB/NBAlbE0A4W255upDpH0JIN5OgbSIJG9Nh3DyKPq&#10;itTXsai6bEBB091msk8WS/JIU6aDa2LqtlpqNcEvtTCdLdOqZJhsxoLbKaYIWvoiFHIu9W7TrLaA&#10;nSRgpZ4ZgFdxJT0E/iWDvCBJ9ptSw3XBRPdg0zh5pY52W1jjpF4OVDKXVAfy8rg2kAlL5HCURDbi&#10;u5pUQlMPMhjNwEEjqLut/g9RNwzQLC/qrBNlzSgrNtbotpc+cEqrCcJgzlmABjNGXbsI6m4Dx4Lb&#10;y4vKw6Djy6FUBzadIqCYhDYAUiCt330iYJmlVL+VZhvRojGrfx+xfGOBqjA2KMb3vbOvghr9rEvv&#10;NhS9rt1dv4dT2MiDtYtK4qyD1KLOy9JXjbIzjSy92zwjLURgwCyC2rOoWLoASnWdB88QuGuDwaLA&#10;VxPstsikW/rMKLgdA7JPAk+yCOrEOtBRewiVediq0fNYTj5Y1GLYbYwv61CwwAeLQnoe/ILF/n53&#10;rUvvtoTGT0wJUQJaQpAImG7GCCgrCm5XDUw+Q7d1vnV/IoXYOZ4WAp4MCpquNxr0QSDhtTTBSQm6&#10;XqysxfDgmCFQ8gPstu8D0z4JTEvWrtUE78aGDG+SZvQYUF7yTMHt3SaJUCwk+RsiZAeSYhfkwHJH&#10;NNZJq4A8mIHPpOluC78PRCFBLHEsuL0WnGGvjBKaRj+rEmJrZS2GNBeN8N2G0mAuryLBzlnxkFZ/&#10;CdMZpR7UOOKAInL8O0O8J5iuAulxatUIAXEWm7FWhA4J9EugTLDbOrVcAUfuN5vcdSKt4WqgFROw&#10;iNoNKInY34pt4PDsNfDSZSG4uioheLc1Xi0DF4UtyBuJRoJjViUEV9C0wbBatD6MabFzgABxTtmH&#10;yHT7BAuJGgel9ZdWMes12OrVCxDDexbqbuPUY60AGVBeikIDrdjdBwS0Viqg9hSYWQTSVQ4rqHq7&#10;g5TRJd320DgqXsD9Jqmn0GlVUiFqUsfUxRS5lLUYzqLd1imrl/ggvXqo2CC+x6vP0lHiH92Wxl0i&#10;JMkEoeqiMVTowkCt4PweE90hnj0moqLbWjzSkRQBEGxcGRR+VQhYnxpAVWhVlPlJ8D1i9/dI0902&#10;8zBI+VOa7MFEOYySbhs4QjRIyqCgaTuk6ZQmJBh7XrFWmkUPxCuqJPMVYw4tLLi94teTxYsVmkZ/&#10;S6h0JMrxjZxEhKbl9aD41J/NNY22wBN1uVIJJ1kMwTczE+Qq8kxwliOT4J4TB8HfeqyZtonGAtaT&#10;DhTX7+qjzHSGOE7ATMV0kpcDWSBZ2eowY0dk1jER8tXpjgIkaStC628aIR15RuaI3oar49oqPt2Q&#10;EYAhERD9HEbSesIgBLJ71m4TKYSL75QmGCpgq+/40Cp2DpJ15T2m2LscyaQdnRGhpjTBicZVdhFj&#10;ir0WkngjghJ5rFT/PR7f5/YQdaqMn8IUO+i0OsyOKUVLqVlPntVhJi4ISXm4lCaImNX/u5QmGLLY&#10;3+tUaYKfZjXBEFFwe61kyAhYb2BZaJlyIikdYIZTMamTOaIoHWB6sEVKqVYxqYpRLjw8xobAMIwH&#10;FKRzbmYYRwxr74NyTiKtsds6n0h81iwu0BdAHYS3YMyG+/XebXDXunRx0Lr0z7SaIEO1mO3IZqwV&#10;JkrCpXqpUehsBXBqUY1Qz0krkd32smmBHIAUSAVpLJCi6mPujqwU0FqudNvm1X7OAyyEKyGUm1ou&#10;hcyFtMZR4GRohW7WuIFZozy6TDAUKE0wpAiwSlNpgiVsZLEGdTVwjyQ4HUtPm44YgTQ0lSYYSi7p&#10;2G0I08y9DaNmwMCytCIRAtkaB1BcJGD4XBXj7ChI5oKGkMBIPRB9H4mj0iSUOoSyMjgQaieCx3Dk&#10;PhaGETEqTZCciTgiaEH5AYHWd5vn0vo+oos2BJUmIQEqTTDhZ5cHQd3K5cdOaYLjZnHx3dY7pdgp&#10;TbA/5kQbrlaQFWxW34lhCAmP0WAmJIHKmEAlKIEFJabYIR49eJWBYYrdUZu1arfRYh7CYy6lCTY4&#10;o2oRLSFaip0eOFVGhKQU+4wRsP7AKMX+eS8sRZtVmmD42WKnUaWJgD8m2DKZNOflVFJBlsm0+lx8&#10;cTm7LXUqwasZbwQgK5JiUj+zgcMCcWuRInDRzuIUWlXo6VsE0hvtFmbmQ2Gcd0cUjgaZ5I8Xk8en&#10;zSmssYKROWIBjZxkt9GdM+YNq9jTP4e32ZAm5PhAXD7TG8MWJ2achwNKglpGlCOT4BLNT3CLAl7I&#10;YohF2IJcra0gH5DFENz27IRp42P2lnUPsrZGlKevLsP4V49T70O5aRhHtGXz6gsbUh0JtW4DdRsl&#10;vGe82wqemOCY08kTExuXheAk/HYbrOT9bbZcfnN5XZ5C4Ce5ZmAhcTN4xLymFVHHGoxw8d4tKZAl&#10;gmYuuy3m3CaFDcYa3VYTyosK/CJq6JER54bmtCr8Uwsc320DmMdCFgyDw2ghDBjGjIUSO2Uvc0QO&#10;O4EkpfMCSXJx0XmAYAoHQ7d1W7e5DN3WbbSyFsNuqxMtyC0CEMhDlhHBSVCc4AMG2uQrzYxwNJV4&#10;fGJsiPdyqbr8J/KGxE8Rtr5mC9Sx22YeAU8f/Sh0kua5HMduG4kyP3Vb4qGyahm4GcZu66U/UR8N&#10;8MXaiBfGLXBYTorJyMIpXq3YvNvgCA3zoAmm9QKL2hpRjWpG2UwK6ci9GkcsNODYeT8WIEq3MTDF&#10;BE5sE0RZTGKFhGAKh4TAwU+T/kBpQ6LbvMhJijVWJeEyFj4t3XaAZyzL2U2IgqY5yyL2N13JSKMz&#10;dQhNzMdmrBWiwmjARCtrX8WIofb3/O2eKqbFGwFji5DEMMBf9PO6jUGeCdoTAHnGZSG4RQGDnPIJ&#10;gLzjiQk+hlKEzbn80WZXqy+xHgtJW9Abzxk4geTktPpGzieIWpD83KPykEAL9tht72q6KD2oHWCJ&#10;1nebZOCh6d/WbffM7DYZ1ReupYek8nJqJrZI2YgqJrXbRP4u1/FuqA7SG8POL5QKR4INW30mBQuJ&#10;AhDXScKHjvc1UuR4uZXIdIFiwDBaZBe72zy9xnabWHZb62OCH6Lbum3lu6nbaJnebXFad48xA31o&#10;dlu3NbqtNDuJ3WtxBEfQtIFfThwEd8kzwU3yTHCRZUTwbuurEoI/OhGDSBZD8DDczDUEjwy8g4nl&#10;ip2hV6c1YlwCnp6hsPzZbZoSLCRyG+byoAchOlfYFTs37CzTDQfNDK8OXOBjfjO8csCrGZJk/EiY&#10;YQfebapuY7UtVnWlKPkYzIVXCrJHE7LbMgXDxBVLXijdCoVpt7FiKQjlwGpHA2bj8giRQuyNcTIz&#10;Qd7DFuQpUJzgJvwa+CrRSHBE5WDgFIoBwUUnDoLTiRbkmpkJ8o0nJrhITSV4t42Vg6FjGRG8ErYg&#10;p4QtyB0CHQNfjNLXjEIiwc5Z+ozvGUNUl48tsJAIWjCt53gC8lxVJufkNBYkvTpTK5UmOHdb5IS+&#10;umEcY8Z5SAklknmRkV6922igdPxQktpjhGkq9mYVFJ0Hi65azW472aBuSzl9kp/HhKZR9EWm1E5e&#10;iUIXLC8aIiCTbgY9JnAjESc8e0yt0NHJSlHykaqpDwqBwGmsERxIpONBIUqpno67mNhtrbJMLSrK&#10;x1OJ024j2LRI8XzYOyWsXHDpcaloFTKPXhRTjL3TTpIRZ6YEJ6mlA2pPSp8RZwdVMaljDyvo7HCY&#10;9ZhtPb3bECsIpsy1EkTRgLwPBUVljjhZeU2fvygd69S0+gLK/Waz2zxbUt8d+aVSqqedF0Xo2d3W&#10;dltXreYJc/ksd4dIwW6DbMZaMfG06djVsEO3SdgVwtN8A6G0gpl6YJHMWmiZRCiC7xadmcUAJv1k&#10;kNGJCnklSre1xFpMmaktVqXYowkJkSkpNREZmOA3aF26GXL9jvGoyjiyLGKvkenonEnWNU2lBA0k&#10;UzAhE9D3zSrvVx+U0OYxMLAsnngePCH9MdGnBS+yL0pZ3aqxUrhNUODYkGGnflNFxcOppX5pmPQU&#10;zxql2/z7uaihWQZC8SqbZTFFwjAdTfPFMIosi9i7DVXJXUzgCqihx7LqJnSpMWa040NoU2l0xgRe&#10;UK0HhkHr0iGKEUc0ZYTLoJ80Z72RaSeNKs2BgIROPRWvQzXolRIU6ejcRGCec3BBsCwxz6Kl8pHN&#10;smAkmhLll+reGwRDBwetSzdd0qt3KInYE7S2I7/1MPHGEq0IKwgTdkMug4wKdUMEh8UsBw6LaOy0&#10;KgU/elFCv2JSMYg/SB+pXHh0W2fQaVUqkcXlpCwWl9PB+ageDNiEgHJ8owcFndMrTDgnBrZ2xK4y&#10;rCRaqM2UyQBs9XJK5U+BAO3yFnGFhF+PQQ/9tC59JuHQp9tMHcWMGHxq1v83hJgud+GBHEIJTodV&#10;6/pSFBfJzLQvS69oKpZ+QBMhn20sa4cV9W2YU6kXu621ngyqBOoimSCRfOCxFKXyuSDBAHwRn5sS&#10;0G8WZmcCkkHt6WBtBCA1VeyOgq9L+O+kmPVY+Mn0GgOR6fI9c8TQwEDsDNlqfHY/YpwGTq0aIbRH&#10;wPoQ5/V0ouqleQJjEdQWMKV6WWHDSKipf/Fi5YJTcCgkGFHLI4Stm07jzu0bGqFmfhzQAXZbqd0I&#10;GCAxQu9ATcfEO4uYQtcIpJhI4eHvbUTxrEsHJhHhsVihBGLIcvJQreIZYq3klFg2p0UgtWvPLjtS&#10;wLMtZLcJuA6ik/ewI5ZiJhKFQlu5vD3ygGTMWH/vMMaSYml8bPlTmqD7Cb0bjVodxYzotpu7PAWH&#10;AtO18ODriA6BoJvFCplV9OkqMKRB+Jy6woHDBFQlysvRuXgu7pvw7JGm7ZBC7F+DddMQOVXTokrT&#10;dLeBPk6reyey1W0yxOqv02rVPQKXqhtICIH+lRKmfktWpQ7bvdRfsZrUSy9m1B0kR9RjH/Z02Iu2&#10;6awOZtMTDtDaN69s6SlIY+mPhEztokxVe7fJs3cEokKQCOiomRDwlElCHrusPH4evMcLYKrjNPsZ&#10;gSJTw5+ZiC1S3tCoJdqcp1nyx86EfPXKuQqJo/UCkt3WeesfYVjqvZey/NlZXu9fF9lZfI/YZ9/i&#10;wF2rIoYo6tRt3jiS46z+B00tVw43q9tipBdjtWrEjBgZxq5VIwYjM9jpN6kfF9hYm3ZjZoKra/E+&#10;c2MGImqjiyNgPekiLezoMkHQ7FUVgVJX6iChdgiUapDT9OB9zG4bOHXbxXGSLRqXOboLPNHotvRE&#10;4ZwjlMs4SSfMOTsZMj5TgeFDcXiZI5Y8YszP0pbLq0JHjQJyatXYBZgZqCTVxaEmSaUyyIzIjAgG&#10;aZAA8xIAMCAgGA/KBdPhOscHFAADPzwoQERKLiogMCgOR8KwOCgShsVxGEhiFIWhJENOQYYDAJuU&#10;mY4clRYW8/Zae/jpgizlNGkZsiPvQFhXFoQrdo3xqSfokAnE2zjYw2dT9yvOdSTi7Rfcg/lHuExj&#10;rClUuhtJeAgp8xK2gosxF5iVVNsJyQajAzxBfzQ7ma8bFn/XsZlJdQGsQVmZWShIRYSa+RKDiSEw&#10;A/DKkiHcBpvOkXpAy5/2i8E1QuZL0c5MKCoxQoTMww2Ahybc8QlQX8NJRmBpyMUX4OjYI/FV8iZA&#10;R76v4nCTdyc/SQyKo/BSxU7XmT8Hw8IIjLFJXWFAWkiiSoNz7hTMBDWaldkEPTQYFRUTLuFE13iO&#10;xINKdJq2LkoElIHajPupWdvkEO32q+A8/c1tOPmCbslwZd4OT/4IuQs2nO6CmUMPXtVWF+zb0/8E&#10;2yX9b9PdMaBrQ0umMeGxDBvpCRANsyLtBGJXPmhHjysZaqrIBhATUO+UbiImschmk3UaHR/cx9Yd&#10;X30QwZih0c5st0vpaQ8D+SfMYSnR7VvzukXZJzPwfr/FhXPfqRiV6KPDZzZOcNVTNfK/pLT0yO3H&#10;Iu0hwrXU6xKqofsnmyP84d5IZpf5Cxd/AGFwDGIawgDs3019lLExtuIEm7dRBCilKHy6MYPuvp3h&#10;n1giMWuwiqSUS/aFHmkzZhpNFm8ekhL63m3Za6gcpuGOd+DxR8ny8kV8lB3bcPxpNRb6v+a2SefD&#10;3OndWrVYQMNV4VemYf5l/yf7YL9Hu4kqNVuNNxayxP2wygoDB7RVFmg8XJ0fBQeK16rlyT7GOviw&#10;s8bxGV2ZIUm2aye3jON5+4y+CkGo0MRVvzZfhJUUqCqnzjj9g7JjwjrNB6TiKBEOXMiKSoewqDon&#10;K9GMHM3lrlIqqyADWz9Ot5YEUN7xaxopKQcuyIilUmsfN7BiWWP0qMDgSJonglQM93KZvJ0IE9p0&#10;3zn+JCUTZ4iOQiqrZXTPM0pEhj/rQ3qcMsewMQ8ZoBmG1e4jPiabGms+f2P16BAKipLOfxA7cuoX&#10;+QHV2aJiqBbtp1OTk/XEEL9mMjLL83LC5kzmsvIxkn0Tojzot6ADE5ZA3hr9ATxs8TvR9Ug2GrKY&#10;40Kluif5j7yWdzXwZuory30NFFTDil4KX9zcaEHsuqHZNt2kfrtoyk+blyLWZeTB2uumuTw1ILmX&#10;3L2+TR+t2T+h6sU5qmHSiIZepdL3vRBF3C5F3Pr+LGqJ995Y2cpG93fFK9eXdsbNnXwlHjg3KePD&#10;JtzH05BEPMRF4SG9QU5d3PZS2Qpu1GDpAf5FCO1xS9ruOwPlzEY36fdefGugcik/qAGhy6m4+LfM&#10;6y2ETc/zuSGU/Ij5N+nGFYU+G0PY5IiZ1328nXgB1T9a/8eQ+7Ud2T/IFDEqyZ0C1iy/2kndSM53&#10;hvMLDz2Y0a9p+2KGMv2UH9Ewb5+/dV+0KXrVYZKcgPetmpcI/SOzDuk9bfaOcFpFiTJL7ZdT1E4e&#10;4KoSj+ri+e0Sw5xZ0OmGqGOUlqhAZHxGkQ38EgsPJydRfCgt4Fj+K+OSFyS4xP17QGbngIVOcagH&#10;BO7QXmD7M8o5FZltv/9m3WKZeCUBWSJBLfiC8mTEpaRcG2SVT9nn7m418EbW5yU9TLBff9iPWTfD&#10;8iuILUoF6j1iEt+HOuBGGz1d7iZqosyQljn2vCYvfG0lB95fN7KBOFreLZgpV0kA7o5A2/W7yUci&#10;Gbo7DbxvKomckoQ9E1JYRGlHQG2MxPm390RFEN4eiuuc0TSlu++At83Dx6SECDG7vLa4wI6E1Y8M&#10;7H7cnE6eNMPTmAjtUtx96prkpwPaxbXNy21k4XnA2fvabqWbFfjBiUPexcag2KNAH/4/drMra1so&#10;/UjarEuim1WCgdxhBIl/QSMC0/6jPavtQooNZb3C/G4l6jP8s3yPLm+FTR1yO/ONtSLzZG2LQaGD&#10;3KW265UZLIDObcwD921E89F29C/AHa7XVsrfHI8pqbG2S3QYlJcy6pfFam47Lx7BS8ml6cnI11d4&#10;WHAxttzG+RvcRcfusSdEczolzRMQkNn+EB+//dQedqnXe3D2ErmZPJHuHNtm/kiu0eKj60JeUdi4&#10;dn2D+pFkLapDaDUW+CmEaUmtRffLVV4fF0IQkaRFOrxPrrszLrnewppFeInDvktH+kNYgU2VDEei&#10;JFaoY4ne7zEoceA6aEOefo+zwbaqLaqK0GDPGlwFsCUCNeDPOsnBn8H2tbaEH4oc4z62Un4fApqZ&#10;PZABayHPUvF5EhxP/Ni5+ybzpKztPCzX69Fa473skTv/iCBoe5s9/CubrU+PIETHceTKNBVzje4I&#10;pAm2HWS+seJgHiERwb3j+PCvA1QVue+kKlm45SuDHkk/HDKTc225I6dyFHNHQ7IOrIhDo47/+GRJ&#10;whjzUZxRs7iRXE2vHbQWMtkLGFv/szZfRLT9NZnheqskzM1m9Fz+c63uFP9qExPdXKBq4DQ0Aln4&#10;4EnEJo4i2DAhlthoJmzWRWeDbFTwtiMDpkoowXvrka/1H6cfn5AIVdFZlUGx/CCddEdaulnTRAGP&#10;waAqSUM+R0auPi5Aci8uP5p1GHs4y0ETH7Tmx2Bo/+4xo9m6F8iM5OP5hu5/2NtfHW0zThY/G2fB&#10;O72YpIkHExVsf1XadDF1O0o+wb/lFZyZzcnqFuNLylyUt/02pClwBtNU7T7yWhcztugRUqjOt4vC&#10;zRyyKc1ydNS9mqkjU8yGQx6hiZ9bqGtgbwa1zXXpHQR5YXjOQym2iViOYjeQGxv8VdM1xw+Rknbw&#10;6qjioqmnt3ZznoGIIqGP2GeUvGxjh2/E8X+W8dXjYqWFtnOrP5WxYh1+TkeRT9LXsbjamKnGUm5b&#10;dpWAH8UwNvLpzpOw4S0v8O0i7to3FloBko/8pWFMuFzz1+y1SaiJ3kS+KeduSBQr717Uz0HbKf1e&#10;uZYlLOJc1nD4regakxhNoiMHxumHQK+/Ug10pgDA1dowP6XKoiqll3xBwin3vT+o89v8KeXCOO7P&#10;Iwk1CRLYQNXhpQHbg+fpzp3pNVmbPB/ZdvC1nZyfMt526atEgKwmTLV/Vffonci/14oDT0laHK6t&#10;O7S4tmIb21nciinQRl1/j9WVaVfXEYSJ7CKO1iOhGQCMD+plJCtNe0Vc62bleeg2ZTbzy2CzYaaz&#10;8orjeqczH271QLRV7+D1JWpmjs7igJDwPc/CCrWv5TN2P8oqtXZB9TqnWKrkPuLZAlwjMbWNOCSl&#10;WELlnfYzrCKhsCSFcCXN1oNzZt9Px3lWADAKYG44QUbtPnu9vF3+fak4fpiMlBS3oyU9LkwQyli6&#10;7F+suAIsLBdxYek9q76BJYmAWAXAgPLMQmcs216hnMh3Wre0/7wMLRJ+YOMGM88Cz20yDDKHeKY1&#10;nhwyQx1Y3YHdEsxxHXRaajIUStQ63qQ2mrdh600CItVHz1LNPtF3oMVZ/kQVTpGIE/OOOqRO5uRp&#10;lSezJjuoBEoI6LF0/WScSJfzLVWswfNt8ElOP9Y2ywGHeSL97MZRcRTfHbfJIlk+ngQsYQ3k8WkH&#10;ye4vtkSFE5wG16gsA3miLR/Hxd7vTU4P9UPWVFqlmaEl5ZQmwBEVh0nuGsVijyqCwqE6kP6wAi9R&#10;kUuZFFSnZL1R5aW5wZjrzfszv3Xd17K8fjo6/E4AHHkXXRqejM5wJQOUvhk5+3ehz5VvVOKW1p4C&#10;iPTZCpT+YSi6SsffZn9V+TAchh32rkPTUZUXfdQY9/sKUk12V6z1JaW0joOKKUCCPQ7kCMrwauR4&#10;RyBItCtcHjQR8Xic95e7C9y10TGNzLML3XfDyRXaKlW4upKdZDkc5Gp+MeHO/i3qeRUGu+C+xr1A&#10;OlSbehXr/iHeLAIUxmFi4LAAOqHDnZVKwK2SYggUFiyFQnESMmKhvJhuSlmvwfwDEdYSwlYB8lgC&#10;MbgyPHzCl9qjWq+Q3ohngZ2LOf2MHOiJZUUObJQjUT32pKtKiFz4toYuZUzBcdUWKnRzajQ5rgpX&#10;6VLwsKqhhYdm8br1IQej9+nHA4UAmnhcc36k0jEy7Cy5oPMwHVaxzpFPolAE9DZUDApfNzD8iTqu&#10;zrIIw8QRV0WIVcO3MrhECFWaP1eJFETwkY0WVcSzy6zsL7HGjeO/4l+ZCGq4YORBXMVVk+i6IM0o&#10;WRJ9IZ1WUy3UjiiOv6dzLEym0Lp9sZahSrX7KMv9NHc+Ev1IFBM7YvFXWl8S+K/v32h/bAnH17bO&#10;37pv01wTGm3CM9Ls9gzMNc15yugBLJjxMd40zyaxsmKxgjSjNc21X6yWNOchVzzRNJNcErgfPO6R&#10;xz/TfIAP2+iUG9KMGUBtN7QVUbm7M2+YbarwgSoryTW1p+f2/BXvrvNq0fOLFuJn9rLlXg+Q4DMn&#10;fm619rF+dLGheQ4FW+Qzt/A1YYxiSmhu8goGE8CIDFmpLj/ztx2jX47k3JrUlM/MSM7T23nGc87e&#10;OE2t0opELvGPlnsN4vaBdHpc1EAV51gpw010UlODdPJCHIKXrI9PpcPmIeN2qzcVakopFuZTld9M&#10;94oQ2HyqaNzv6njIiIsNn0o039PAciMe7TzlrYFP1YC2vmDWdoqNxwSIJVjOp5JLKQgn4sm8m4mQ&#10;wylXw9y7lyAiurAAwP5sJZsGNYXmgkE+FS18Zp56qiRPm8pK7eWmZvQh6FxM8pAh5Qs+VXGC+/M+&#10;W22fZcNCgE/Fc5CQK7JwdP/zByE2r2G1aDmWPVM6L1qUBqRE3oMXlr99LTik7uFTUc7+bSLEN7Yo&#10;5LueigaBT0W0VltVWCbyqUI+ui0m8uBGqmm84LPk+FSKUgrahhCH23ao93Ol3D58qr1AqLehCzUl&#10;kIC35wRMzJHkU7GAlErPzD0kThifqg1X3U7XcCufqiDUTfX9cAvRkoOHoflU/arU6SvoU2oDwadC&#10;acugcF9x/CnSBRcNnyrxKeofe9YRn8q27yboStoeAY8+mmBJ+FTWFWmWbMwT5lNZE2V8zPIcxhRw&#10;ws1YbuDamW8xNI3T119scBhGbVE0W67Yde9BTV4IsQiWDSag8OJJi2XoWzbjf81tYqCvumlfcgVY&#10;MLJUHd57e9EfrtjAfhfJB7LHXBFeW4KO9bxRiwFSTvByOt/hga9l6TnAtpjvlzN3jbqn7wXlCO5B&#10;ROPW1eFw9Q5EqObUixohAlPWxjbd48wTw+xALY/Z8kvQ46ojS3afAMn1cFZk1eX0VUIjGlpu0rrc&#10;PiKOmlUtySAb74Y188rve88D2rGd63nKN2jBK1d1wGkJr+y6hs6VP/XKLAiRP/3edb6/nJoqk9Ab&#10;a04iuyV4nJmEU+t7bLZHt048Ao1jM4iY/vcJw+Iz1KAxCMcRWj+bDDAOBmtfEohQbupC48+DXlwt&#10;f6zoT00jquhYSli0i9zCaQ4JhQkFR75QGZEvBXtGqfMtYhLBS//7yv9bDkbtcr58jMTqybNJeAHt&#10;YyAqaTNtv24ZV65CnP/WKlAu79QRjZ5NwACneG0hsF1qrbdFYxIZF3uhOdCVCVzkz0aFrfZ9ay4A&#10;UIRCpgxhJAtHZawCxUwx45rz/qk3MPAtCg+yz94GAZAeyCy3VAHWhjIJa0j6DYF5Xr38IpU8ahF6&#10;bukPaqTbitUY17GJVy65Sbie1CtWcyFbw1QB6GGTSWj5zAozqgBqZG+dzOYO3nuYl9s+qqKh2o+l&#10;6PnnHqPMuHWjg0GRGfp1rg6O29ElrhnxKimRC04sHU/eBLcM8E+VFCvZXCA4AIsllV8KiItl7c7S&#10;hWCE+M138Q+fzKyEio8UUUlZK9GpZ9Kh7CJ3V300JuoVwvhNoSEqqaQ7EfH3EMRvljankkJFGU/S&#10;GJoltVbjTJVUBVD31WwFxv/c+bS4lioplzZLyp0W7OCtukrKZ8BYUkvXRlFDkIKqn0pKLOmxpJAb&#10;lturkjI5IiypeYHs8H3iqKSQuMsyf86xLKnoiyrRqaRGjh9LKuZGzC0Ja1MlVUawpIqqNZeKSqqT&#10;Y5bUvpN8KZej9yikqDC+mSwpd1RJGRTIutthSZV3rgAVIOrf2TIuhSmhMerxM2gQP62C+eSnL8uJ&#10;5xhrr4TNhp1+/xJTEpEwehDLVFgQs7LKaTQPSYpsk7/Ct8eqVqL1RaFltaGK9Q1VHP7GPMcwb6gb&#10;gFZap4aaVoTQBbtrPttQUKF6b6gqn7TLo/HG3BvKwYoGCeYlyPX9BuYJGa69xVUAepr/NR1tqH02&#10;HZ1vqCC/54U0/T34xpa4rTVmpuZoLwMxhQyg/x1IqbIoCxav5LvJIRo5nnpozwpHLLjWospm7WZk&#10;ukjjs+U2B9OeZxjXkLdLm1SZwZdTXiOoJi83m2IqcqI5QPXsqEJNgL26SJtyNpX0rUGyJcW/L1pB&#10;JM7zDUaUnBVhq0498jsQ8TPjrnje2gmZFS9cf5twkl+8txPfeFoXHRP0T2TeWjqXO51MGIv4KdrV&#10;FodM/JXx5HXFJUS6jTSYJc6TTllDtJc4WTKtyJswVklkAxwS0iQ43h1he4+fpAbuccKjFkeLEaqO&#10;wnLXiJKoemzMUsDTwxHm/9PIraEYBJOkez+jBw4B+VuGuqcRnTr8XXEYGCCSDXQBJ2pC8VRsxExA&#10;PUBfaCtuvdC/WoD04NyBvITWSQJuOCMeICPnyOMy70unFVtb7933xHfFIuBhagCHbUnJUVZuOpNi&#10;XZQOFZDDEvYNbMedPx0qNYqT/hcy8WzviO7DdhaWTab5t/fIu4vkTB6UTXdJ8RxXQZmrDRwkTuvF&#10;Ab0uzjSXUi+HcvNAh/L/u+o2tqFDeU4eEWx0+tI6OUbRoWJyILLcMaAguiLSS0yVyKFyzVJvpUOZ&#10;2KMApk6hMgbHLQBCiWpxsHPLintIadYeFXWcIvMMJPwVUlxGB2hs7+DdsilKmK/+RJ0Iasxp/fqY&#10;W3TOK+Wf7YVNN5Vx3AMNSyX4lXmrSd0PNuo9tWnDA8jqU3sVqZUR06xJg+97StVF5DS0FZpfL1Fb&#10;mcNHUwX4IDUP2QU6pb1y9uPc7pnqSIG0wqBx8ZFJHkOrfFZsM1jA7HR6y07cg14mzhNuYxFmXWT+&#10;vPVXd9fJePqYpCz+x2Ktq2JZU9JVdXDCPfDZD7r9MiXx5AYRdLlEJmcRtLoVUoe6krxOMpbBhgOT&#10;Z6FxN+l8wT2JK0yyn2ZhhUw68TGYuA/MCa+FN7U87t7CByqpoZfMlIK5A9LUtbwl1pgQRnObPZ2X&#10;YNP0pGsuF44xYscK6kKtGitttkycQdG4Df39VRIPQJTun1R/RM4HqAdEDuCq3rTcxqccz56TcDbQ&#10;jnT8iiR+HmgMcIcvZZH8f4fbv62Fh16AFOkLl8336/+g+18zpp0F7a0NAvsgjxn9M4FvwF5wYNEG&#10;7gO6bNIjVsquXneo9nRLxHXnSKn72ZroFGZ+mRtjChYkYMAAknPw6g7R+bPOngA9vRUIRVm9VJff&#10;QXHPeaCYNGZRGFWUpYGQoi9eldNVdOXbYA6hmvmWglRDHEpXRANMx3UwOw2E6uMHCK8yKtZoIBRj&#10;ugYUWtbge8Zoi6QQIh2elGYxHtKk2ztZISuqd5iTdhSu+e8uDAgYFBGiW1/YMXfp+qPgCAlQrE4e&#10;NIHwQCwcbAm05MDaEkl9vAsIbhIXTysPCFyK6zzKVJMuAeV4aVxHKfcV8BI5UiHcUe60DxFgTG17&#10;yd/rf+Lbcinl9TbUNfnuyYAKOK8cJog7ePlBI6to6YmQVJ4RPrNK6DOrPtARGoWfqXb+Pei8CVHe&#10;fQfiOMGvXQhR31vzWiRoJwatmyc81nxJaP/AFVvkCug31mwRbh2CyGL/NgdCOGwIy0LVMUHBIkzE&#10;WUHiAybBjJbzQZnLM9YFWT6JCp9KqihSPiAmRpZPwUWHwpLGrYRxaOA2nygf10MUYV6pe1B8FFAR&#10;RoYMipEEJF0l/1WE1eHWhEgwZ6E9RzjFZSSK8Hg1XOna8qJFdhn/sQj/7b/Ff4tw8NCVNK3R+76e&#10;LtZFH0U4gu6cHnqCCvWVA2MXg3/vIkw+e41a5cLkliFgEY5Dm0pea7d25lg4wns143oR3veUbGcE&#10;oAjPuIN3+SrI7Omf8bcy34twjiwEVcVB6o41RmmmvgdnSoo4dyuhAhdGloED8yrxdIXLtsK7Nu+P&#10;r0jo/+PBc72S+OE7dtVGXSAabVKnqKwo0CooWEz0ZxqkgcHOVPjMjPHUdVpxdVDPyjlIvAWP5hXm&#10;nk2h1sqjUTDow4U6IdUTQjfa4C9aRHmhJJDnwa/gvpOMqRoW8Mg8QaK84So53Q7B4u6+gEHj2mJN&#10;Qe7DvYAcDQyWO7HhiLuPVGp5G1eqxezhlFGP2H41Lv+Sa9I4ecj2au1B69vKa8f58OMuoJZt2sNW&#10;QRUscAqphJ1YaLfkQ4Y11cZ+V1K7PQYKrm4xXX43A1T0X0zxpUwAl2F4NpYZY9YzqTfuVwJ2ktWh&#10;d2/I2orVKTjro98p4K2SexAa360B59aviGTWcDycacWSYewyjDlTIrhcrzlFZ4FL49EaVbAMkolv&#10;0AWcTG9PLrTqvIMdFcutHHq45ltT3rcuFMFYXIGz8e8gC2EQNIeBEkiNFd5tQzPB/2VnTUi4JPaa&#10;CA02EkM78XunbHTNI4QArdnqQKEKJ1yMsAiGYWFpL6MmFCmgNQLl/lFzsytQVmHv/ESpXH32jtAt&#10;5rEv0urIOhhwu0yx3yK9TxN6DUCtIQ/q6u/VJSTwypmtoE2j3oiR4WPnsuC4r7HL1V/38w3L48Eg&#10;vf3PpP46IgPXLpGXOX30d1ak/sLabOyCg0HUX+8rbykr5z5oR0d/qzZCN+pvPu+ySGarVAFly/gG&#10;/XWTo7jFnWyyO/7+CbsI+4/BBldA3ZedlmRssH/HGVY0irRtmy4LKkIMzgvwkJ103guDkY7iwqPJ&#10;3X60NFfKDF1G7LHtHNGgY0nw9m32uEpKhIUmG3jzq27Kgo9EuWZ7n2Hmlzh7f2mGVENK2SC8RKEa&#10;rbwSNwTVW70yKlZ367MlMmrsU0rtShrU0ctD0Plx0CPYif/BsgucLMkKiZ0kORnLwRbpLPRDC4YE&#10;eU875joE88OAfpjMOCGhTRBFFlhubpK8kSUinngNpPiaivAIsUAq8JgVL0vMVUVb9iiWGV0M1zj7&#10;8uZdDt4pritxwLfDBGN8lYyXC01+IUr/9onCxGYALl6M9UcTXEVsLm55pdLrBBuseOj8EBtwt/R2&#10;KQ0T/x8Oma4hn74XV2yBSFm+NPe94WsEhCiEbeFJjp41uMxZ3MphfYHLfKXHawDvpJuNj14QlC/r&#10;zXu/v2N1QjDQiC5Aq5J5ZZ8e8PeXikJFt/u48v2VE5wCpZg34vuLliX+vr+VAZlP0zf+XftLRnl/&#10;ta5F1xM2fn/ViWabixQBFaLO72/oZAD6o4y/v3o7caOzyt7+SvjvL4hvrBa7QdqI4KHVWiM4MBTc&#10;yXCYdaY4pTXLb/zmGAfQxAwjsvEbmJSDLs0l130Euc/IzOpe+u6LQpX30Z1kIP2xFaw8RgwzBH+c&#10;CI2j05s1S7RhCaYnR8sa0sGqCA5vvClE3IUF5piw1b5G8RIqnE4+bcgAUkGdAJoYyhrxg+MLZ9CL&#10;oWEe8qq0uVI1lv23mq8weUtdqPkqPMa3pcgMIQ6MZqNmLJ9hVDnupoS95fXgYjNgKExnbOBAihDD&#10;oqY1J+o11CwUywSgwyzDAJYfGJhhl36kAxY53gLsqgXpNz4pg4rzfwNvhpGFzHOg3h0nL+59Vgkq&#10;Bo7phnYCy0wtcHy+9HJKDQYelT0TlyrnwZVJdisRMTClKDe3g1wYsmuBpyYMrI+fqZ1tY2CDjxFh&#10;8MU6/hgY/5QChpMps48F/nMJ7AYMiXC/HkPNdcNMKvwSPdKhxhia0fSCuYnkHDx+otmFgjgGDrud&#10;kyyLoc22cHMNt8kJm6mi/a+hP4fetqbXmEVFWvRL2wJMGzKiFPxWiYC1Imp/fj43vrMsdTfhK2dx&#10;NoAr/1l72iQvxTI8/1RwktDu4t6D2dXCJzW8unzCEumESxSnYVS1/5hAgD7pFsPoSumow08lCw1M&#10;4sH/OELim8AHqrolbc+QUw3KjraBDGSp6UUDtnkiGjNqYIFC2n+ZJUR1sJbRX+fR01lQac2Jr78e&#10;d4tiXyv+xPeQ+YN4T9WSx5FF9CS+oWOSWYTMJb5u0WmeMVNzraEaMwKHO3ugeV/aYGzptomvmtht&#10;u3i1fn2U+LaYhm8ODBSKVB5OqRMkC9KvZMnEN+CRr2P8fDHV+y2hGvNe4uuVykOF8/5xQjY+5FTB&#10;2fkC17kJkbJNyDSHpPhWHeAe+20nKxg6ncpjXD4WPdC5N5ZQkR8JdudBfdLmzkN/EBKx1GFkSAWi&#10;zfOqNQfMLrWQXjS/5kp4Z+oT3+iN3TWvP+yOsiQmbj77J49d+vhvtLJCEVLpdBxTqBeiK57DMFcz&#10;Am+5CwlmnB8+c1ssJmpfvCSiJ7ADT/RMvHjDJjvrQz5rIOPjkbyZFaBFQAezIOUbNRZuYSMqqih3&#10;66IuC2iCK0BhOt3MeJM2FyJ2NPMRKtiFhIHksrH9/Bv6hB1msa2DN2R0R4mY65ZR4WRBYH0rb5FB&#10;1evtrt5cw/tPK1X17lQthHmcsjZ0rZ+nqNfVsapJ1WZ8prq8fptxtTi1MrwctrxZZudBgSH2SGBF&#10;c5DRbAbmpduBQDgvMtgLETzWE3BaxYaQSv4jBhhOjy5fri+eFaih/k4TqZT4WzxUPxrmrhXi/j6h&#10;Y93DFm5dRyaf6lqruba6Bkux7QWBvtcXYyivTBv+Ds/Mnkh68R1U14nnhqVItrqsLOjY5OFK39Yl&#10;OlK4ZgDvdlXF2e8lzRiIyVTr7erBQWuvROfm03Lme7jp8+zUilFIGVkIgZaXgBKT/E0rCDoTGnK+&#10;dW0tuE5pLURo7NSKbacSUNQYRnzx7UO5cQz1ehQdH6HRSzb65ikF1AID65+BXu+TnbusoqYhSQIj&#10;p+yufHEhIyTxrGKLRIXDXOfAx+XL7k8LXyEXkwV7e1hJ0lTb7/L8y/rBfxZXHxlE3Xm7ji0JSqtx&#10;tYaWSnZJAUSurittCrsmjxqEeqPkXU1E7eJubWvNlbxGmqJPUq91ShuOQH4EOOVFvUqKWskr1mhp&#10;XQDJkjek85yW8g5+H+coeXNUdIKrZLjklTiz1Bjl7X4GWnVwJiGqKe+eZfKV5O1O/QxCkfEDo72s&#10;lep8DvKxjHZRkU1rdcgEeV23DBg10lFnjnID+qKKnRb+yO0rPn2PQs027ce+I4YlwCuOLE5b7iy0&#10;g7Zi7CLHzXEDkHgC+Yw53HGw4sOgcIHjY4Zh8rcl5XJOAB2Pb9L9ypwYJ8c3I5SMEMW+/BJ0EHZN&#10;xwtiraYBaKgGHGqKC5Nth1+li5hQzYbzfu98/RV+CWlsiXwS6medWe/i3vJLoBObOBmzYAyWSo/E&#10;PBREzzX8RR8byEAbrdUq8Rxru6VX0B9HreGxULVOZmDqiiBEZfQr8kLA/0DngPJuVPf1HKC64DE6&#10;LxwbFTqIsXuEmK0SuRH0I7+FRQ2uI8bNZ5+EEjQsQjvCl4eQA6EZDxwvT3PZyiIMYq+Kw6m1apc7&#10;ydyUe2A35HZVWt1FMkjF6L0TwpDdYuQkNGFSroX2CQVnxA488T8CLJYm87dVy9CFkEoUrFCeuSrE&#10;YcC8SrLmmwgeT2N7h07KPB8BEHJkKTf/PHr+MZB3yHRApSOZN7XZkMu7O00EaTIWyLzEU1o7JwJ3&#10;Q9pQeXgdjg/fY5PLe7z2zMTFPfNy/3VmFE5s5mVISlX65X1XCi3wCoK4tywzzLzQqJxiL28SQmid&#10;KpoZss589fI+DVQxOvNODUImlit0xAhmMCp/KZ7dMPkNNnh4iu1j+Yn/qytDc+T+SY2ZBdnJFJGi&#10;1nLY5jyaLmBEx2c4cMPGoy4hYLOPFmmaP/30WBnNZC/Kph/tX6d0cbYDdr3gOkbHJ93Lysg6FJIJ&#10;Nfcrj/vsvJ68/9xHesbIBQ8lv7lNp2Xswcpgui41zZLMyXpk+VvhxBSMxjDvZG0yh10ZGVvaYpaY&#10;YMKZSsgMLG8SD+Ey2mDKIU485HyFfzK6U5iU+FB9vzI4LAkq8TFwfVfqwhqhhZ8e0MMKxjq5SyhW&#10;QTMWzvRa8RtJLBnvGDvzkgAmqWwdI4//gcPVqQpR9mdMCm6u5xJKoZBgvmVlr97Znxr+ZwKnmnls&#10;r0xrFDpnMJGlpHR6lM2XdpNAlU0rnl6ktktN9o5SknbxXABnRwR8qBd5xktGmWD3VcE3V3/nGxzg&#10;80gHpjU6r3XEZGYZPqOwKsMfcsXG7jJtyzqSKsvdgwG6XIHlLuOaYw46CokCohi4RuzbGaCQ2uMx&#10;yv5xmgTl36wpFkTV+ChU1Xb9tssgtIMvxUPDdIp/97XNHOHvb4VQ/iGjrL/mK+ea8areHkY3PR/N&#10;WlxuUEuAOTZh7gHAY5o0WTCdIeyWv5CxwdyXR7lgDFihUdklLPZ4eT2Arwmg0qkm+eMgYrJfmHAH&#10;ip1PnIhHjlIIbz3A3LzT/aDARGI9+zHI0Ipyl4eEJYDKMcB6/QkCvSXi8jVMadYIYJeIC3t3uM1e&#10;BotbNhISmh3tZwoDWuZG8fi/kegTW9TnTURr/CBuqIEc1BWoTL+oTiQFbVmE9c2pQUb3Ghzb8EVK&#10;ro2Lpujje0vuN8sbd+Cff3nxOM+6iORrjJl2K3swQ6JKv7QiZwri0G6eqxr1xlFWPi/XT9phBxc8&#10;XRkMa0nYyO6HF0IbVJ6cDNRsb2HU2NajgKoLtpcLeNk5zUMBwTf9flENROlUbZ7XHbTYJ3+WgbHT&#10;MkJwz1ckAfMOH/8T1PiGvpJi4R4nm4K5Hw6rgc+LZlQWWW5gagmQsPiK8a59modyAV5WRI1+963h&#10;atKjDHVdrPjl0hImBxAJxc8vVQFwhVAjGwZ4c9WrEhSiyh12SvNXvENJFStyALeclsi1XvROzVqq&#10;cmzJ24Bu6uhbr41dlm0S3PF0of27xJbBWb2zt0ketl7NZEKJ3uauldkvDKT1YhnYS8y5HdGvc4ki&#10;WDENEVZnT+mT7avXeR1FsB+YLVbRnxWBryi3HtisXhtDE2wP4/sb56q3Xi99eQF19KhNy7CtLmWV&#10;MKMEHHaPhhiZsPxhYmIvacPsR0oY/odxOYTJqQoRjVEiRdvFxyqUvXOW+EpmRKgBxM7/Ah8tNZS6&#10;eRwCXANnxveOwZD0JHIBusk66EPjdxjzdb9+Pk/5rgnDog6MfRS5a63/3HwbtkJLdKOuXCEcBIUT&#10;5LZNfYFLz1b4XBmthaHXYFExJzvez6Rm/Cz+K7g1EjWSH/tcX44clCADpFBFtbwMGdmNGkRCvv0Z&#10;WJviqxVemAXo2mCt5g3v1LQcQ4kJttv3t6Jj7YfHekkxkwA1FIWxSBTdETGgGPaBihhDaGssX0kH&#10;0hDK9Ii7aIuj1WqJHu7BNe9GzIgkkZ6PPuwokbtqquVz81BznyxKNNH6MDWLGPSShzo1viST7OTD&#10;BtOeXA4HR0yujNrXx8/xeWwqZM0/zVoan4NOvRQW3wzlsBAPi8ppXl+Qhq/DM+Hx5aCzO8tuGFx2&#10;NOXWAhpTMcG4Z40pma04wfuoIwanVt9XpL4ZhAiY7FMqjQmRtbj/YmYZGpqph00Sf1idFDcMELIi&#10;6h/PMCRUYw6bER0QBsle1Sl7yXL0EVSrrL+jZGistJWtDxLArObuyjcHU7UAcj6ubh4y7CU5oL9w&#10;mocPHUXf0W5Gzz7KBsTlvLZmqzBYqgYzKVj918+FEm36xPTxfMYaMXwk1aa87mr4aQnDGHI1ahVx&#10;8dh9NfCrhifWcVRzXueOzlu2rjfWw/mzGl+NMEKtbH7mFKJwTW6MgWB979uzv+fzVN8rQTyoKPD/&#10;+Q7LaADtaflM2UdzKtiKoDJoz/lIKmGsUEb7pfz7IxGAjUgsBM4oD9KllYiVFSZ8IRwf6AVGsESY&#10;vGRxUc9f91aOCaeF57KpoEsFFWG57MDVWc/AO5R7c/XtTO0QVziO9+Y172iXPq5gupiPdUpq76s9&#10;hG2W+4HPkquEoTQreG4860wOjZj0ZdfSqJztYII0ROxlLQJgAoS+3X0TXDOrYglMWzkOvNXdofS8&#10;OO3MfBkUltkrrWHqGjACcPOR/kFeRcwovF6WEwqLPNpepJlrwGnnRwFelAxxksk6BancuACk5DTg&#10;bYCkdB+hmUz3+GZBQh/xfB9rVJCsMfOcl7IfiAYv9wtxWICu/lp26gt3RXQ/mpnDNZ+cIZgchnIj&#10;vXlTj3vhAEiYLzfDKUB/FlhWZBq5wQCMBFDxXB+FryOrZFmzeQKkd0l07jh8ZroqmQPAPEaAouRx&#10;IAgTNI+Xn4uWPAF5BMOUNv8aSg2rL5E/DYnL76chvw7y8z8w/x9tIsMQ7yFROO7MubcXiPEULRAa&#10;PNO3FdTsTJ+xlYoApMe4BwEhZbOab6vc07LWIGlFj0fMRxISH1ZkWVsGSj08JmlIcqQQmLzCYxz0&#10;Dy/ipDuYFm13RkGueDLD2fR6lmuLchGaM5SAH3ZmxW81oC39rf1kd19figCTBA5h4MNxG4vXZYCA&#10;pY4hzcsDVSQ2tdWA7mcrDo1xqzii+RZDECbDkvzAIUQeyy09xgB7Jtipnxd+a+TxmjKHU5+y6iMb&#10;EU623TK2MtUon4OXGWwqo0GoB2TSgQhchJ289vMs+2Yo6Eo1BwNBB5bt6Frz1rltCOaAgsGwXtgw&#10;/K+gWg+VAF8PxSck36XuyOpomw9khmHw/BhomGzxZ/fb5cq5cYYVDqQQ4JsvP1FHIVkurHMzRLpZ&#10;mI1SS8OkO/LpRlhLnfPI0qs1f3e5yBlDMRxMdM/OMSXhKx9vZB0dE5R1Jg7Us0YqFsoUOABE/gGE&#10;K3Ks+GHtfDOvdGeZwap1x5wLuvKyFoWCfa/TEWG2fFiBg2ATdkkq8FqgkNq0BqncHIDUHP4/i/B/&#10;ueAJ3OVfR7sX1QOJ9toBalR+aaeFnmUD4wzNpfj14xM5sRxpZCFHj+8PSC3gM7851X81gRjNuoK0&#10;zOIhqXh2I12lYtYAIcv2zT3GYpKZIYVZOZzej5AX7yW4XKP3bEPuzIuewTKsnV56W/heHfi8uT6y&#10;CFRm7L3hNBHRYx3/Jtndv2ZYj7EfKsAA/wCKe2h7sU3Avcb1fXfSqcbc+B4g0fMfoctYtScKGNaV&#10;t70ixxBCuTCcqlLLW7mu7GH0OC56mXSBqaDzhp2rnvGC5QV0um8op2OZgthAgeo3B89lbJkHGxma&#10;iepWgEU3zEsSwpIYCtuX2o8wlSixWJ+A5+nahtSQL0nnkBgfT94nMbDI2yNy0dBPHBRGsmZeTJBp&#10;Rw28ZMcyUAiVHSAxBf6gfNpEpeBl9dB+9n+TM3mt2idopP6Xs/XGmh/KXHLhcYdCKwKmT306NKxj&#10;9kD7qTGNkM6DChZp3zS+WnESoLWcVLIJTtW0TXxz02Q0FojFHK40kGxUTCiWdeOAKz8MksGKmS0g&#10;OAzp6bGbhqRC7+cAV3UidJB1Rx2l+eb7jhfnyO4eRikzu3IdZBp3W4N6RoaNOJ9i43AbOHRqkEmr&#10;ntk04W004d0QABJNzIe9tdVVxlyKlB6S+Y3n555MAPlLeSJcJJ9zjOfX8ncAVzhP3TJ7dW5siovr&#10;4CWV4cY8wqYjI1VL4Zm651w5aelo8zS8p7F8guQ89d0LOlZUK80Q9mLN/KE7mB4r4yzpF32mbyrc&#10;GesSiYOEbos6GiynC7NZzPqvdXkfu9B0BzvIg+BQBJVD6DsI0PJWWnt1XXkl6wTD0tJgp57S0mY9&#10;J6d4nIL7oSOGcgOcQTgcclwuGCjI0QfI4DbdsIzBd8ZXvuI1XTrU+skNuObYEh4+RWlkjDlKaUPH&#10;FsBCKvVlVUZoiXkmHk3lWecME8oc7wJ0SVuTlBufjm4NzZaw3jU2+WouXfEqAKGFbvQuLw+d/kWm&#10;oTwniv2zGrUS1fiEVqoShGJ454LDlWZFYYKw24WmYjkaaqEkcvGbZlkCUsLjSpYnPxtsxt8ZEOj8&#10;2cT58WH+04POF3ocXs2hqFQzbdowrZBHHFpNMEJpiWCqFELssR0WacLYQB7qOemp1NPBmcC2RKzT&#10;rViq0PWqn4D2A8TvG6DlBeocgipzv0pgUb8MmxID1AWsqSjOFhiDgm8Z1LaRH3pxyFRVZzq6RG3J&#10;g3hcplJJ99J2OB2w9+zejElBvb8t4HI/w9xegy5PoHNbcmP2HCNHj+MCkzgZ6d9SZrrEMx9uwc+d&#10;S0SSPt43cOCdmDABVdDLugb1f6YhliomvS82N2sV52z96ck4noB5AmUF/xG7yc0Z4sDAIiGpbpuC&#10;x44MXNbnWcJYgE/HsjS2GJC+7EfLPflwtNybEPqfvHjHUnt7EQj9QQt0VoO9OARrSc4f51yHH0wk&#10;nBWIHFVhsYc5NlKcESDZV7zbV1alSlmDh4bEcO1mORmTyxJBUGQhD8Y5iRLxiDFtVd0Q4r/KFUso&#10;4IwIezzpwUOjV2LG2EAtKUDhZdY/cL5WRCLmngSG3M89Xr59yFx7uP0LdbCRZwwflDQ9N6Ts8nD3&#10;rtcF9Meoz9SFwFbtxSZ+2tq741XZqXfEp2734feYXM/Be3UdvIc4KDmehwHFiNC/PE6sUUzFksu8&#10;TCbIGYHf4VyYnJ8gEBl+81FAhQAF6p1GMBRfCT9DIy5h6AtjG8R184S+NjkHVFNAdbZhtWHJgwQA&#10;FeuWs79Ffn0z2UnwYAkBJmIX+BUtEZz2XOTMMwY0ZyrO0GGPZv7Sxg2f4H/nqp1y03K2Aa1oBB7o&#10;BT1Ln5to9XRylpfK9TA/OKgW90Y0ULbxIHlNGS8OnfnyeAh30bpM3yAR7KA5m5KR3uFjXIAxb/VT&#10;AVeIt7vf/pqQk1AkzT4jQi5JaniO85hqNfKBhEroqmJc4H8tcM4B7HnRNpfEUKc5U0Eh4QwJkA0f&#10;o5jmd9V/TQq/GA+e/wvvmLqHVJRxK64FXibr6sgpwYUbp5QcvqIJeRuV57Ef9eILbcCMKy7eH3YM&#10;+yF2Y6/iWvGPWrHEd1okEfo13wj6Fgg5U3HTxMq9yrSvfJRlp9xDWN0APCDD3wYFXgODGPazzdio&#10;IaU6hZOwnnIMFronCpzk38foLi8AuEWPflVz4se3ICxQrEDLOMyLDgyyO8lKgSc5y/zesNmfpbnL&#10;PskYJvluPGZAOVUX4YnowClOuhe/B7quuSmgVWA+in9L446dZXrMesrRbnNZI3O6/tUkQ3tTAs9k&#10;s8SsUhRXELx2YolTsgF1753fCjZ16qQkBhml42xM/0l9OxV8fSsIIMSKxG9OSAQVHjlLat8ZdgwF&#10;FigNSOaWRSHe6B/ocxABqB030PYJ4CYJn4dSXRi2+8K7n0MRN0G1ZL3sgJS8N2VbJo3lfm1yeXbD&#10;+mEopX4VsmRj+yOUfM+YVRhrEp8P/hiG8Q3MGI/B3a5dJ9gofrwQtjXsTXzFQk5meKlASPSXCYYt&#10;sPzeMLn1T6CDjQr6qXEjCHukQQncMe8qsxiu2CfMVw6wrbCYxAYD9XX+JrzJ6mDK5kkgYP/mB+HN&#10;vMRtIVmmB1hHQ5EadtzRfyw+tYEQD8zsbY6TM0PX0/a0R15zWII1UTJaO7Ogbtl2yw19Y3L8r91i&#10;n6ytBJmRTtxEki2hYBFTU8E7mRUsI2wubQg7SUDM1l2MBwTDDuAOqEqpyWyGC8rh4yql3stmnNiL&#10;nYR9GFhmxTzJXLkosKCxArAQ1nYQI4oHV9byevbqa+jua11Ufb2E2wWJMmPAzwoeBSaBCiD7wLMj&#10;zSwNtpwJVwH9SuIMLrOCQBCtNz5/SkwlRsw0ZmEz85E8/Q2kaCk7TLWTQcgvx8O3EQAtd87TCae1&#10;6KWxTBNOmotEHqSf4Frm8lSk6/CcURLcx1olKobY56NPFzOJbKsU8bbfBUGRyerzWlo76H/A0lB7&#10;00lM/NWxziN6vI3xu7PLbiGinc5Fb4SZEg8MXPDRgW4TQ2/DN+GR3dbjxAeWO2IEwkPwaBWjl4j6&#10;qFm19YE3zawHBvCJJf4FTdmzD+LEOif4XDl9EeDYlTx4QcDVTpTUv6p92dEQNJmUPTuFN1UPmOsO&#10;3FRNTHPGrq4KDnL1j6Ack2VE5x0nv/ONBz8SuGLVARg4BX3+Jjo8GgaSWYBSRAfCeJZml+8W5QKw&#10;p3glhqinpzcCPFsn6PMm6kxPryUGpBMtDCzuJ+ZpIwNcw4mRuKxwOth1Ss5VgB/AudJIOSMQaOAS&#10;Aly/rSTB5b/DmnlOQCGdRmNsJP2CCcZSAigDjuW9HdyXz8tkzaAMyjTMdDNNA4yPBMRjxcmMlU8g&#10;XkTmLYHjK907Au+WGEcm6XQuQxfnkZp79lKWA4B3qBgIfXPfAps7qaYEZeXRtX0OcmR/soSXWn6+&#10;BXDWe5zl+17vo48CdcK9FHW4Br1dhJwz+q35cq6BksjWFCgxhtZZmyR5EgoD9Y2CW/gdSQ8FAt7p&#10;vBnzxs9l4J0FMmDxbP19AC33h8aNafYlP3Qv5Zj8th7f1oM6FzUzXz86ZvH82WVqnbp/I0VvsARU&#10;QJQ2Hp/dBt/d1Rhu4mPKrWgY+gLCTxWO4MAo3lzUwSfZB3gJBUG3jYD9KHmWhIpNw8LQB1A+bA2a&#10;LUAf57YUzi5/tJGTJ11gpTDBnhsv372A83MsOrR3Al8az/UwBiFBNmAHs/R+vdGrmFx4fQXlgtzn&#10;BNkD2SWODkD1+ZsNKjR4YYIIEQLI4hefX5kOzY4vgAoxC3fj+ZZYlGABieJ2Ga/WlygzSyZ+plOP&#10;zFWAORdB53y5zfQb1rG8KvZc9sTQ1kEn2opCsjvsWuoCh6N93Una/xB/3mhxjgTB063z32M7LqGp&#10;x3yh7lMjZfJDJQ0QzUrEJDpp0Ao5y9tBx0jybbJOCH50zbupcUWkUyuyFpK6rGDAJ07EgJFEK7Kz&#10;khfNGCFCkM7PXAq6SGkF5UeXzo0fVmApofcPpQMukxYu+AjYysAhi0L+FfGqDaZmyiirrdtPgItr&#10;93MwRrhVJOy6Jb8CUUkNA2AfVBgKMWLpUgHQr7oyFPiDUElXGK3fSE4mjw8i4YqE0jigF44+qf5h&#10;lseKl0gGioe/3PZsYXynx7zx5XHhc1wwyJ8qLiaFDbiWd3IIZGaVKuM1DW/TilJwdeHASDg41wFT&#10;vd5yFCCxSYYkFgGIXl2yhr9btaoxU2W/FCFxA+2YCrtAIFlYgywGkAzqz5Tdb/72K8lOWlJV4qe2&#10;VjyAEf4lRQLDd8P1xqw6qM9w3sXXJiLVuS4enqqer6pSnM2CkQwK1QV/s6O1IR6etfnUVtd268Qx&#10;LudIRtPKUyTfr0rQxgLDq3S3idhFLCYq4wZ1bW99vHnVDAfB5eLDqvUZfiIr988DtKRmG080lrM5&#10;jyIsi8koYl0im3hOEpRrujm2DSownhXbct0XWcvzOENiALwS2UIRz/rOvaZHdZYEwrY1+PoQagZ5&#10;m2ITt3NQKNRnRxqE6rpQZtDgiGdxcHi1EgW/Lfqgqj16RfQ+L34ZHv51/qmquoxp/gqv7P8gcEtx&#10;xeIscCVEJ3Sd5r5cDEzgn+jMbTlmRu+xBeSqM/UO6rDfG7tythS2HFtsuqOlH0dh0euEc2KCbNWB&#10;omG6tLibVCAEcDMOE2zKb1FgXJri/h8PBAJHMLe/3TJ6YIX2npsi6oGDgoY27Y6hOjrUeKX4c7Os&#10;eIy6mvI0DavgCWBflf6vvDGGdSRulnndAkkda/37U887EV0tFnrvWhobn9pTuEbsi5ueJEmsyoSk&#10;FjjFVz+8lS4zh6RShXJFUEHg5rVLBvyCQhJgAkj+GUP5CQ+/g9RLIJM1ruCDwmYRnQNY+AcYfjkS&#10;MbQs54/hCm9gpT05eZmeqgyyDEo4yieF0/4qpnVfaUdTK7Hh7d5yJS5vEkl9spdk4pZUe6k5IXWO&#10;bSL8tRrQ5Pxn48msjdWrhm5jMPvIyp2ROcTOD1cMUbLbreULmE62yRAidH1GEetxS99Y0ynyvfSt&#10;VO/SOtYExUpk5OprGmGHMhxgWTHZ51t5uzgB5WKXp9dEPDoM0pYOuOdLxcfkNsxkEulaVep3OZYI&#10;JL2YsqO21INWda5GnKrMd9kLQ3g4w4U8xl9ABCPA4JjRU2m/egrGYYYFgg1CE4jpOXBvmU7JSwdu&#10;hSiw+Q6av6d6F1FQa11LV1SgTAad3HcPPFh2HXVKIFlnNnZoVP8kvvV93DyCXBYjwBk0+rSS/wno&#10;Zhh7/2RlZOIMR74Vy2GUyG29b9vyEwdm0P6n/o4AFxNqljVD4R//1swrX5QeddDVd1NFhuqgB5Fo&#10;innhzOCQYheIcCUCuz+ZgRl/kplK9AL8frBZww3otcrEkg2JlgYATxZvRp7qzP2kOShZTPaIhFkf&#10;pDTRJREc5w7dysdV61tqjLJiCWaY+Moun7h3E1gu+kego0clxADtC3oF/0Bwq1kut/OYtZtFuAD6&#10;CMk0K5BEAtJ2AADGM/aZcnoVYD1xxyQahzJ3u8EvREiZme6/OEcAAAAABAAAAAFCAykDPgMLjd6r&#10;A475/Zt6zx8lPxYggPn1hUbvt1TY4HMTMiNLtjefKGdCxxsQDvzttKo3J8PRmyQdGr1XLjSq95Op&#10;9wuX8uGZX1IqcZwSRjp+Nk71LjkG7WceWfgqSvN+iZJN42WuiHh2WUSitLtYpuOOhubsMEIDfIYG&#10;JH/D49A67AaYxvjx0PrT8fuRzOl7c9GdH4djKcLU+41MieNlz7A8RYBDPLsSrEeY+V3GI5SASoFl&#10;MrgGacMtE9/ZVZAanY1Xsj1SBG+wXn14JEy9nzh8KOPesGlfsOqDMZGISZuPWK1DRFKyQYGNytfG&#10;K9mjDNl4i4KmUTsDzO+DSfObkKn3KAHS/DAVgozqYPQ27dmVbhAdX7A2KqcIsFD72zFpPbJaUCHn&#10;qKKAe8dE1JjSoqE5Ttkh1ulpuNlQQAzcNNcFhAsX1YNJRy+Yv97FmMdXq7LjlZZK65NHK+LrhqX9&#10;cAoFxm5bRZ5dm+Oida7RW90WqfeKMiHXe2/k7CKQN5KdwIDmR/EU849uCL8jEWAaMzJlw9aADIct&#10;0gEPE1WvwzgdAjFv0xy2WLCI7NI0qA1bSLQPV7MplBqfYiD6R6bedwlWKHFiIHrFU3T8my9m+3FU&#10;jT7U/MNqFdLDt6cNQUB0PG6VNKiLcIY4q6syI8Ysay45zZYtphq9wbGBwrRGtaMr1NsJQDavtihQ&#10;SG3crA7+BV40hUbcjKdbGvoUUyOVcRKK87No6IS2vhYl1bYUCs2ujTfBsJVElkkln9VSoCGhoOQt&#10;aEHuOeBaEkjG1yKxFxEKTDErkvFFMGplRJ4oB+aA+yitRvSiEqBTBZg9qnZLSC0Wc9DhlMK6HZaj&#10;MGqxnoS1w15QJOOLQxkBSjg1NzS7GOip3ofOoH3WZxCByPVeNORasVD8K9mMxkWyF4qLZC/+lWzW&#10;ggSC+kSetpMANUCqdiMg+awg5gEvVqim0qsPN0DJ8MlxLefsEiHh/A1RK1QgZvBR31eSvQwkPzQi&#10;KwH/aKp45oT/4xLebgj/iCJgsYEKE6UXFEEfp3nfO8Rvl1LfT3WVxwsoVfg9rD6CCH+vqOwaISXw&#10;RQUI/MUL4OmVx6ilyq4vBj+7vmwF32MxOoUNcgcb+GNPXg6jX7cD8BcPOsQfmhLHSXmj8pVugI8m&#10;aMB/PbH8Xd6oXEV4QtwcrSwKDvEEpzl7u4KmkXcuakXrqKcx2WTmXBysPnzyGMA8ThJANv6CcclL&#10;a8jByKmWMB6Rjndco/fJbh7uOdVuCH95ANk4m5ElO7sipZd6P7KCQ9yBMGkd3cimcYcgG6/AD613&#10;Io75UVYN0m5LJfAVDDrEWQQ4xL+hIe0zYppGsYB+8LOLXU/fs45ORcTd9VLvvxi035ZW8FWE2PHE&#10;RuFfEeAQ35zD6GFP0fEJxjN/STFofy3btKc7M/8HeSV7ggpZnl0JNvXexSjguwx0/r1hWl8RkRBn&#10;iJqzS8qEEGdDcX7GpE17uqHwK2iCtKObWP7RodG7peP3IQiI+R0tCv9Dcam36NDoHZ+ejjc8Jfmz&#10;a6EmsNwBOX3fswaiY0rF/OpG4SfPNu2N9d9PpKn3MIgjbdUT4e9epOPnqsPyRKYV4iqENI0JATjm&#10;5z6wlqsbRMfBGqHek9HFNHZSu0VYjq4Q4YPyRrInGdI07pljfhFM7DgEFL+/qFS0vmr+fX5oIHqL&#10;Asnf9ix8nlCS/y1brXsGFsl2aEocZ3Cas6eaU71VLAR+9zwhnl0QSyw/vxxGPxnoLT9LMfiiJ34f&#10;BcXyc3mj8hYT50fpBviPgoeIuxid9ZED2XikVMB/ejjwyy3CH9l01knKYfQRLAX+uoVIu28RlmdX&#10;ixCyPEE5jB5+0B1fMQpphxZWvReK0/eLTHN2R4RVb8hoJW1yFYOP0nCIb1CDtE8QR9qihiNtNSFk&#10;OehIvZ+UGZZDMqd6cy/T8exqE0KWf6Y5O+rK9SZTx/lhGBmWR2CR1hceO9kL9N9nxJiOmwfSwUiG&#10;DqNvM7JkiwEt85OcmIi7PaHjivah9RYRmf+LH/wTJSWbKxDzZ5e74ZjGME29jzcd4pSH1/ITFJP2&#10;u720azDzt1KymAg7Xp42Kke1XPNbsBQ45qdgrT6cjEv4y7iEF7RDxEsEVsTHROn9FutkfqTAYfQ7&#10;EXYcJcumYxXSOunpzN9CMRA9uxJuCH8ics4fkiJ4KzSY+VWnkxmgzebHA2mPO1oZW6HF/BTw9M/C&#10;KqctWXgpKWYlgXzZJXqstFeITi0+jjzzKBIXEzQeJZ9V5Fqy60ueeVR9CcbnOfhONtJqSGjn5HbY&#10;BZRJ1b3MAmv5NCAk8uRhQoGI3VBATKDR+jCRJOqwA9MB+DiZELh3BVgq8tapHXz2OkypABkQx1ee&#10;tzJGPlXps0tipjRogCvSusQLgf+Vk7pWuQu0gsZxgYbLHMACSKbee+hl3C1Mc3ZQnZ5Ea3bBBIqw&#10;Anq9iShlsjLwCJPm1xFB74spBqKjMGl+m2CjcgMQ7hYSGr1DziaSK5Hbm5XAQHTtcjCN4uE07u+0&#10;GffCpQvYBBIjiNsMT6X1siHXm0xgjXtBQGldt1t87MohELmYxIc0v0SJovXs+g9pflwBx/z2hzS/&#10;bem0Ln5Is+yQCCfEie0dE4iLvkOau9OZQ7xDml+Z4Gh5oheQ5rdQ8AWk+XUf2fx2wVhAmt+4Ylie&#10;XWGB4mQTAx3EGbfoB0jz2xe605oQLYG0tOh83hpxYZEqJMY8XLjjWRaT5osDPTs+QJpfmAg7VQje&#10;X0DAI8D8ugYzP4Y0v0XknH/EkOb3kHB+lQI2FIgZQ5qf+JVkDGl+PXPCXyHNr7shjCLgFyuJ0vsV&#10;mdN4FdL8vJT6fuRXFPihjoFE14zPjYOo+cmuDzcpoSDS3gI2lPwa5JYgx70FbAfN2QNE8A4PVh+e&#10;Go0bPG3GrVBbOFS2gv8+PPN3n4v5CXAg4yYgFYh4diU8tOPpxaD9mIHCj64Q8//oSftskJJN1huV&#10;u1sGv0lr3meoNMvNOJafkWIg+sBHpHWzFJP2xjIsby2n781VSOtrAzSN2RWiX4aZKVgM8FUE1XuM&#10;qUDEIQllR3INRG8RNOCnK0THGbAn4u31yBqILgkjHZdMMvOPFrneCYdG7wmmQMTdR2T+/qikXUWA&#10;Q5w7NHq73RPibVfMv1Flx1tEJMS3Q6P3i7BOdhtm8z9mVXY9xaB9lwzFJziMHiYfWFtWTIyHAn5z&#10;/fezq6w3Ko+xlPwqIvV+qWIeXyGkZO+FRu+KqCLiKQr0/oiCN9cgvaWVtM/4Sbv0tFgOay6mMfxw&#10;zM9NWCf7bU1pz64trqS9emI5l2tpsyzLrro0Qg2wcLAy1KoF1qpWlQx1aYSqWSNDDYDRqnSpagFM&#10;I9VAGMZXwcbQcYZyj1gjdoBRhhWAesCQ4JF0/9eLco9GDF6Gu5zlkE70RLjLmRTOC9LM6fK5lBWA&#10;emA0cAGoFlgCdcIINCzQCpq6VrmjYV8NwwAbw75Sw75C2eXQsFRpaBs6HjI0DGxEE1M2Yyi7WKp0&#10;DGVXmxr2pRAbOm7gLjk2bMMmDdvAUBgYCgNJcsMb/qIV2iy7aIU29H+ZA0izK84uL2ATYXElbROb&#10;GGuE2vO8jYHAivU2Bh5oxTEG7IYZdN3G4NN1lK9T4MgCLLyzi+M42cVxnOziOI7bum0l+YblHHEc&#10;Bu2gxdNyHARWLFfRCEAXFEzS7JJXH/4dTl5q1J02494l0PtcbRm3Qk3o+CaQ4Il0d4G8cBKaVQIH&#10;gmES3kld5JZqrTMRpVWmAhLywMoLJg+6FYB8G8ntsB8IguGGIueAa1lIPiuCxlR9pXdD+F2FgwAq&#10;Qhd5x30IHUbfrW/nWUqYR6JMqe/vmJ68BvzJBzFVChG8JxWCU9I6EP1rgKZRY21MIyiupP3B0I1v&#10;X2oj7Q4mze+rEeqdMllc4lLvMDVCCXiM7Bo4OxCDG62P61Q61L1I9ssiiF9dod5HELR4+nqeiL/p&#10;L1BGAcXjtLMLRc+W3TmIkooUK5aWmbTOYV7zIz+kmdicD3RglZFYAeCETtlLLFFikKbeix7WI94Q&#10;tMdoZMMO7GrOLpOdROkk89EpTA3aDwP+PYxe1JzGMEAEb7Ikj5FH68NBkOAwepA1aB/MyOMexfK4&#10;s0vUBzZzB/I8KmcopAMpaqI4WEUOTZOuDYim3JprzHAWAQsBVItbHqykDlQ7RAvni3QiohMVBs6+&#10;uYx7Rb+8+vCduYx7tYFsXIwvrTBy+dYLgzViJWzLO8bvuEGh+4I+9O0a745RUOvzUVEEZx9FcQW9&#10;06reHAyHIZID2QwSEKMFymLEXWRkF0gbQ+zS0xBznMwPO4xCDtsUUFrux8M4/aukFVOAAChloKL1&#10;GCFDSd0O6YKiIwTLLQMLgVFha09bhXL8Z9c+yZMPqEo4xSh8mjHh0W4OHQIxcAVzHjoEYhmMcABi&#10;qQHU1nlAvr5tBEReab08bSGwg8OoknuShFAZmREREZEkSdIBogkQBGE4DoNBEClW+hJggGESZmEK&#10;GmQMIYQQIkIiIyIiIklBkw5IunsiR5+57Wiz7BKoi0UYu1NQWTR64nHB4dDifuYJrYOmudAPA+jQ&#10;LYhbz7MTpBtQtP4hohwU58YwfEY8cPWeVEoamXhG+e7O+6ejpdncnf/2w1S0YGslugrE02y0eWSw&#10;RN5JhEJYoqSWEUwiM5gleqphIH4+EXuWyPSyepRExSZLZKcasAeX++E7v0EZFyHU/3O6Qc3LCMVp&#10;9DJxg8ICIRReOt2g5k0IRW7zGoO6lyAU/pWEtkHZywj1VGUbEReOCLXDoIg/QtWNT6YA5oNBdTEQ&#10;yj5VlUF1YurdI8uT7lJLgzKOIdR/Fx9WxWRI/KfjEMr+fTJDRPQGarcSjcZN3KKzRIL2UqJikan5&#10;bJkqEy+0p2RoVPorJNF0BxgmMk7sF5+cdxTLyo9+SDBrDiB920jr0E8AC5HTR8HJcsc7pqQ73VRm&#10;M5roepONZ4ywkQQ25pk4sZqDmHEA2JnkGVcCOIOVH+uWypgpC9BuRrusYmHLtCX5u83vo4E8NjUH&#10;jrK5ZjOleiztKbykB0ubaqTDJhbSQ8q1lbAgk+VxmliQYbPJaBmXirB3Y6Y3yQMJIblJVSNyOhMe&#10;CV++m2AtI7MR+jKAbMJJSgzXSYdbgeLzJtIpQ7mkeYmlyZKydrLLFDLgLdlvMFCakBnfKD1Q2pYH&#10;lrnh+Qb5zAGqpaaemLXKxWHWgi2S9JNhbIn9fTi1zkqaAoRlMKYZKkz3BCD0tvQ84YeJbZliqFAs&#10;/VQbeIxWMUK3yGhajxYAN2pESuPwuf8YfRuUIjmq3jMjbMzhKwnZEEV4yUgjkj8JQYEJ1b8akGD0&#10;nBSzcaYIGWlBh9MQodvlk3V2jA3NUXFLbNQcvnn8bz04Ab8aUSj7/3VXK+FAdRazjxexEA3+OOFY&#10;ARXZ4m0vt5bcMJ1gcB9aJsKsfsmuAep9OECHhIqwjfyQ+YKFPCSZ0lXpo4B2ZkTM3ePetc5GOfba&#10;bcOxFwuKms2caCXZ1sLofWZdKkuRj4yvZMU3ydcFCJ+1I0in722dx7eRKjVC2MZUTIeCHdcjHhQ6&#10;Bpv4PG0ZRyJ01XO+quGNH+wwSmkafuAbVR6xfgIcJKR2piw2aJGxca28nZTQTi8QfAmLkfyIGEHN&#10;5iVeCXVk7IM59Y40NfDT4Iq+0M7b6MlK3DQPWcDDe2WaU2YBN6IPYJ+BlyTTqbVkkz8Yh52odJfS&#10;sMKt6ZtRFmLcztrImk3aEvD+BB9u7xYY32+rG0VWvA1qRPojcT1AasROCjY46NP/5/Z3RZiBqLlA&#10;q7Oe6cYwjN0O80FG7/7Ls0OEPLg9yHJ1f0lcH19+sdVtbD4ZAHL9HKospKPitzgjBhWTQXSh+rBC&#10;0tatr+ar2jgtGGx1vsoYwA5FYYn80Umz0wfqLGxHJT03a9YvzzNS7dnPbBCCIT9AxLJ+3yMIaZ4J&#10;4iJT7jlLT9OpSvtnxddVv9qfcxnCYCb4xjS47CfsrqwkgeIum1qheSI+1vqqKs547gKv1qB/Y1jV&#10;i9lVOutWkH1EF5WFQb6mb9Xu1CzOgaL6r3iR2KYLhW50WkAVuUuVn2qE/ebBeHH0XuNYtG5f+jyZ&#10;m1ahF3u+BxzuMra58LUMs6gGqsr3GjiSvDnI3uZqDOFruK2zygq5CI4ry/Ufhg1NojhPiYlAqJt9&#10;7VXueECHt1GiApd//epygVrNTJ+uIdavLt1HV30JWiOLe3WpM1sfMUvvCfUp+5cM9nhARk+Dba5U&#10;L3O1W7cfC4P7G87kbWyNR36Zq6ViIG5ZsexJEFdpq+v2Fg0dPB5aRrV8BQALH5hb6kQb3Fp7ok+d&#10;w4VdRpD4LdAAmGoq8I94YWUjz0kiNCZhEkMHlkOkPF1KXSzahtZgT3tXcCPCsB1ZcNzSkKnxQIyx&#10;hwEgxYncyuP/7o5CVknBB5xJjXJzUrc6CF7feyIXACrPsm5/HH3PHPpzib3K+/MBMr8KuPE5xYSL&#10;Uy9xjZCD8p+sSkMDLF1XJfg2KisyUCXQ4WN/zD8bKb8MlvHRA/2dCGMar1fpNDVoUg2RdmY4iNMi&#10;DTCBhL3PD2rjueH5WsJeNgkMswy0mZDCpBvSg09aNoAOXrwfwOsu/biQBUpwCyFLnPiRQFlS8nHB&#10;dpccnRncedKvKlZuDrNisVBSKIwA9zbjqktxBp6urUrJW4AmW+mtZZ2WMsP8IEL6B0t/IFO5zNPF&#10;+z4kJlNQa64Z4/lh44Ehm2EhP6b4H1cfsCxm/NGN3TUzUuQNcVx6TubhOAzESWUvFFZi8vhHuPT8&#10;bbw/N0cqCvj3ZWxOe2UZC+TZUQqUhIOLhMRdx4eFiQOKpCQEGGY/7icvKi0cojnaakcbfuOn3vFx&#10;hK+SkGZNALjQOPqLj7qQfGsrpwSDpWnHhGVK9SVKIIiFhhW6kBA5nH4EIHeEH1RcbYlCfIpVUS1B&#10;Dly2PECfq5m8eGc30klOY13j3EuerrxT5yttVjck2droCAFpsgPhfFRkNvWTobMTl30rq/ADXaTC&#10;bGGDTbLYZXGxYlNT2EP3/gi2/AmqM2Y86+9ecXK8j8NV4PKgA/sl4EEgeokBpKw9qSkcQYeSLhl/&#10;xR6CG9/QACFwI/Y9BWAnsjI7yJVm78CFzd6ZsFtlgzaxwcwTc8JXQQWqPB2aZQhHumoIxW9oleHi&#10;QksWoKQt85rRNyY+ylsBgJHFlJD9ULu+WXFh5KhBrUJ7qYcl5GLtwFzkTn3Dg7gnm68EfyOj7JLu&#10;93v+LFW835O+OTv1gkcCHDmYZWc0Y4ZCJY5Or6D3brJLNfF744DN6cJ7z41L4SjywJg6GofS4tcj&#10;RQtKdDk1ZOKCXUeuPRduWkFRj5mao2gNrKymQLGoGS9E5KZIuwdauqYRpSenkbaFh/DF5ckBmF2C&#10;DKbAh4VuFSKxAu9E8xoaslVKCSFoulPJNoiT1w16kRAICs/HPaJBYADeo5OmrHRrNumWuhsjR+iZ&#10;0hWpbsgaKVEArC1X5JLHcNlNX3pl62JhdoMduPyZAAcUTHIpVcdUDmoBj2mKw+z5E9xaOjWvSMAz&#10;c1kigSvCqncnW/xlnTdT1QHZyZB4OZ0urYY00Wyo8Gor1Fx5PFTf+0ciilS0SBklO3f2pVDDGIRk&#10;KVvKMBPDmNHMKFq0EBVKkqUMsle2CllCdlF2QnZZU7KL8JuR6lPf7e/fmdfcuec55zzPc973Ofc8&#10;877zmi6WyYXXYxU3H9w/2Oc+/TqnASIj7ZR+Zl0lRZJfNUcDJRQuLPhmd7/ai859Q4fHQ00ldRry&#10;7mfAntWXZecEKZ6d2Z5JDDsXpVORAAuvEgd/+HJp+Qb02oeztfZ283OplPUN9f0H5ROHD7tP8o70&#10;QfxFLd2kGbHUDbpxXz3CYdatm81lTK+2tmmDB7AtCp4ayzKNa9YkaWwK21o8cA7r85I1zdgAFiJR&#10;iQwmnURw5pzRbB2FECAwiPOpqgroUpkkKhMEQbJFxsARgjNJTp/gTqKDoPKAqbsLCTDU1AaOMQj2&#10;JBAExemjrv5Ty8oYjhor4DiZdA7AkRhke6r1r2ZO91UrmmzrTBpdl3qaxra5WpPDsp0hgXQpFFe2&#10;e5x2EBStgpQHTFxtmRzTWDrzHI3upM4uv5RCfivVIDBIeBqVCVga4rFaWorHqOSzJDpD39SESVQ+&#10;RmGr1KQCWlQ7GpFMtQfMyFQslUH+VceT6QympgOBDoJBAY4atvt2dLILxw0IegUNfcJqDygE8ssp&#10;DiiQH9CsGDcjE5kODCsImoPgv39BMf+57e9xcDicrQWGgILgYBQIBuFcKs4ZmH2JOF6x29gyNjm8&#10;KoehMRwZ+whD/R4Hh/5ni//ex/8/0h8IrSDBRum33z/x+SFhY2b9j7DhQLcai1iGHSfiMVA4oElw&#10;0SGR7R2YIBSnxg4GExJTDmC4EOxIgIO7iwOJCtjRKDQqgAU0ARygBWgDuoA+YAAYAkcBY8AEMAWO&#10;AccBLJNMIZIATTsSkUyhEABdgp0rk710Vj7kOQtjxaQyFAwH8BSCPeNnzGlo0NyslJEwEKcJBAGD&#10;wRy/rFfiEU9wJlPc5VajGqRvCmLHNQiBAa2GtvyPXmQKCQaCcILAeEXAWcL/dUVwotaEfTtg2jkA&#10;P1TRqEQSlUEirow3+wEIHAwGdJkECtkOS7WnkEBgwIRJcj4OwiB/x/7vFQOYr+KIAEP/gTrHq1XU&#10;8WQKk0TnzJ5JwpHYa5IE6JOo9kwHEASBgv25ujTV1VfvV4I6N2NN1lNMSKL555yXD5TJtVWxCMov&#10;Q+yxxJ2aoVeMZO9w3/ah3ruqMdr8IflCel/mp6Tb42U9crGq9wuL7NZI7YL37bsDWReF3QECpYGC&#10;rwg4lTBLyrP7gcICUqWfFGS882MnY2kycmy5+tySpknl9lvx5I7R4S0NsvrbH9hloLXeRISx+sFC&#10;VfJndMrONOuEh2Skt1vJf+rN1v9eWFzpI6/gbmnY+u272C67xqOQTQEYZh3aKkzvuajofq+eGO2E&#10;V9Kx8bGxgsMyVhFyxOxR4WeNKvqZAx9ioQ+JzBvx0lJ5sbgbMi1rddN9A2HPW8T67/ew5O7hfHWV&#10;3myJ4zHaXKbX/600Dn/B41GpguX1KT97kGvwXvPRa0ag0tAS4xhTpZa3GvGljoysShw91BQPFVTy&#10;ipB+wOt7zEX0lsYR4+OBYM+A9P28MU3SxGWWagcl86NvXalxjB4obhF24FSQBH7i5abtunIKIUpn&#10;7+3rIjyz+Hz5qpV/XG+BjrQAUjdNZH4fb6fjttKEHr/6V7q6b7a8eL63uuqaLtxE1ODkYQMjy1sj&#10;2kZrbBMLRaf3aAnFPBZ9IP4o9iLc9Ub0baPG9bGoRlNHPlJ0sIlyeqDHPWSD9tDkFCu0E8KwQ5bb&#10;XE80T3IwPmF25LhHKm9T4wLi3cTi6QcX+eGKjkF0Vwd8lnihwsXg4tRCS7H0vUrd9yRw4V/FZfwG&#10;8M5uQlsk3yifKCnaZOiv18QjmlF3gJBtKyt6Ju2VEKBNzObrjRLuHcLfMIHLiMgKl0slmpy1HFlj&#10;xQoY9rnd5aQA3/kRMuovJID9eF1fLBYEVJuu3YT0eqsg4dsyE5wfvpNVvEvh7R7XL8+R3yx3doh4&#10;zV2J5q7HJKmCBeAiuYOjrksDaRZvmQuqjDOt8R9Uvxe2W4w5YcydWMU1gicIHqENqts/3TLmHx8R&#10;L7hYZLhwLWq9QpShTvFn7Zco0XXnXwUW1rxDxU2OSWmK86/ZFHu+pshUTRRmk7L/uva4m7TxncRx&#10;zQzJ8E281wHukcU5oURvIw9VwfCv3pLv904/R6Z9I5hZfQzoxF73+2h9QpEBPNV9feIksnmC8OAm&#10;1L7mhOXLlJs+5W76looqxCdPJSJb0t2RXRZ5+hBUpqRqvempwKqHOxAn05p2QM1q/bHRDmAiEhfm&#10;BRdjwTPnx59KCVlcf/8GvyT4OXd9yBppOqokd5Oc5DiuiV/qZL9HCb/G6XC/wGLtY4pHn180va6N&#10;k9P2ct5wLeJGoJxkr8rYVw93onadm3r7vTBHRehA66tBN8/Bm715UXdmE4RPxu84OmD9+kTC80nd&#10;U8AcgWxqnWnSsZV55p2Gvt354aINi/rEdbN911x6VHmsPTeWFbW4qyc19NUNkTO9iYqemp5Jo3og&#10;q51Gn/Bm3rsTIMdfOuX5bowi5TrNIKSLXAai7Whl4p3v0go6niyPdi/idJIpRZ5uxtZg/wPe1e5b&#10;BUItzb898dhtvE1LrzEgd8vO7TtsDohHyaK+72xQi3D2+eJT4zly22ksgH/+Y+S2z+oRbjnUBe6I&#10;zw5tlJqGgi1ZFeHmR5eNlAveUdsCY0qZZ1Vu76RPfKZ11b/4XCBsfgyiPL745Nq5SevcO+Ondmx3&#10;VRm+UmboKZP4VYQbtHRXZnv9oVeSL7W9hMfFWBpVHRqnq0Xyb53OjW0PS5nve3WxSUT9Xay7Nlay&#10;1p224D49I3vplKKsPAjDbbsJhy++Mu8D3JuZDgG25H461OGUkelIjbhGTmh5WLP76QXr8sOBKIZV&#10;e+T7946tD6f532mnh5wNPzjaPAh6f+tbfbnlTA5x6l2d5ahkiNnIYAigvJCuepzlmzCam0ZbzpCw&#10;T6ThGmeOm1zJW/vZptdbaiZkGX6TKMjnnsC7bXz0Tv/eYxH+GU+dMh5mAmdNVZ7IKaVOuD2Z0jts&#10;qtd8+ZnbnZm3HmOP1pR+ENyqlGLxTL+gKK8zYU+CfEduzQm9707IfM+r1mV2JNgsgkecDz91M3PJ&#10;Bb50WQU9deVJSmJEQKsnazfvgpkn1XXumc+3NBVi260QivdUm3lLtvB80kVRs/fJCJXaxSDZiUbq&#10;zTuXbZNn3HovVGheeMP3xZD9Y43l5ZXDGi6DPqYOJzn8M8GFcJKAn/u9rgnoNIHCIAEaBsARGt2Z&#10;QAE0sSCIChgwPLraYnjUAMRO8bAgJt2VBJgYEBhO7K5U0o+9TsuNqW3CZG9cgB1hZRzN5ce431vd&#10;z53OCtDV1OQkpkQQlOOD8a90eKX6PzdDKAINA46AYP/cAcOD3U1Nzm0tv0x7ExFwP63YTsjqShpf&#10;AIJCuLuL12id7jruzRo6LWuxuLWiWjivJ/ehzc5MvKEWSyXFLlm4+dJI/Zpp8MgQOn3r+9usbWht&#10;1hH7+IYxybFZzOy5sbGOrrxZ1iRXlGzck4wm8Hou/+aomsN+pVvFRG1jBbjWCIJ4NnFB3ZNVlA9I&#10;8XcHlumlWbYLfPeNOMkfQM7bo1/5Gvx1+aby+2EhrkM70PxyQRn08ANnUp6ghvRndoS7x92X8Tba&#10;8mmc90wm/JljRN7gxQFMW4mg//GrL+TtWRox4HFyuNn7HffRex+jzzU9vj+NPlXaGleZaNT3vV30&#10;qVGlI/ehYZlcrDxQ3rrRPkddVu/aJA9XBbPpwIl54Z1BQnwNcdJNOfg8y2PU1+39u0Pl4KZ+++Q/&#10;PQ3i8wRryqQGDYuFxlrG3CPv5A4tmAxHx7fZut311HpUWKhxWbLuwPX51IcFR+M7qxvuvc2OwH5f&#10;T3M+OGimJnjFbWvqu/mXmfXKXH6pvK8nBqweVi1wgcfzd+XPVV+ai3eXR21nEvLzp6en1R3j2stN&#10;a1HzkcIFh8Ze1ZQz2x9O2JyphIY9q7wSNiKTmvIEOfLMkqWfUuJ1cFfvqV1zk+5u9vJVQefjtt6p&#10;KE7QTz7W87lZoZHPNWOridOyyZbLpBZD+MH3WVl2qdypLfxpKhNcEy/Xc/XXcxmnC3Vd7ZxSvh/I&#10;D/2K6Orp/N5eIzA/a9Kj3hBzPPmB7z1ivw09Jp/qUTNlwcMTxSPTza1oszH86gERnssiPEVY+A3+&#10;N6BdH6/wpIlWYDG1XGqJ/MpRu5hXd6ftpvAU2xzYvia30MNFxM/zTqHAV22X3RcFUq5a2WzW9/Sx&#10;4VNdmwpatwe74cZ6C6xwgOLHtd80beU23/IxfqSUyKVw1TRgK1RDuVYwkX/Ex/vRrlrq0Gyt0RAv&#10;UziH99JaA+zGqLGoEDBPA2E3hT+3MD9t++2rJt0SbgJJ15y6ZbK2nOTfWBjzVX0OfJFHfeMpT9ke&#10;n69KPCLiRdoSm6T24KV19hvfCJI6Hys2jOe7a0Q8SN+A8T2BlbmrXbE+6AbdaINYdI/D5ge+lXXi&#10;6WKftXzqrIcIU/Dza1ka9rXvefkKg7u11u3VEfBdp6Ch9sgXrNOiO3fDxdvFH2zgdlh68zccN8Qr&#10;FKcEOi7y8GZeSXLJmpK+Er2S3BKLzTeJWhN7tALqdaGBVxu12jTatOf9mGFwg/NH4u/uqlj6yEuX&#10;stD7AtoYOBtwcN8pma69BdFpcilB4MP7tbDk2CmjMrlyuW3yDUFmpshjh/yjBo4qJn5ulBrxGNkx&#10;4jyyRdx/ALc+jlTfmN6fLtU25hDZEO8ADEnkyFprANE7hz8NSdbfaSiIPkgAb6f6OeClil+bl7e8&#10;Q5fOPRhv93MasJNBmIRmhPmH7kLmUmZCdQk5ULtQvTCDt9gBqQGtgb1br/eXBaYRk443r/sk94nP&#10;KfgdybdlmCKUG5Lnc+n2pUjN3qwzvRjBI7KDa6rlq61VilwHDmfRvwh+2T674dwD7Y8CbsYn16b6&#10;zFp18tLKwu12O0TYd9qo2y7d/CYt2ZM7HvddwUNyGbS8fznuOkvL73q9rX+ph2/V1holZ6UY5fvB&#10;HcH8SqkW+elFSb3JCslIc3+rjmf4ZLVkWPKn5JcWkc88iMUvBF7e/cD8IJGeTV7/4Xzb6VbkBw+b&#10;C4Vnm6s7VeqO2L8s/RLUsfdC/qX0S9cXrywmzGyUyBK+K+zow+1TI7F0K8wOYi6G9GKVnZZw3nVP&#10;wv/2AQlZiVMYgXA6a3+4MLrjTPx+X1ZVOH+44f6aLHRWbHZ61qhr9vDhM2K5wbnUs2qf5t8adAeP&#10;ZVY6t3/Of20MEoMLzAhSc2HtMe1O7dodqedF1Ep2399tpZY/5aXmqVqlpq0KnC88WXjSMTX5ZMgr&#10;gc5HnZZjRmM7NXLAeHPZdsXwiZ6F2HnmnN+C6ozruPJUR/eF5tmMUwGn7neFdilv0g5SGhHZteXS&#10;4NgwMCs5XiD+ep3OOof16M1fnaPMoqAuVt2RnllYMvbptSN8i3vR0uaSrw7OYW/o6ehWXJBClaie&#10;8c4y++4uJwVHpitP9dVuIxQSvNM8CZc3bvM28x4TKCg4lHYo24ZS2LEuYZ1Fye0bb3SUnktPLFa8&#10;YcegRaNDI6quuu7WEKtu1lbVVsF2plT19rRvU7mH6IL+ZhkLGcxun5J9Za7lBiWMXkafT1/BEZfD&#10;R/eNGoTqbjhMOaIagdM5rNsWwNR0lL2vd07PPlAzMGRf5JFHCcSEDQkX742EPTFUC+ZL2JfgrJ+b&#10;V+v66GyP236dkHiafsE9qYrEN3OaMhDYXob0JGARnRSc9KK1fbR3VK3VkGHLmKdT+3MGxRmGA5DJ&#10;WxNnB9Wq7lSN1USe+Jjr0Bo9ubZ57ci1vddji14Vsa6zH3tvo1mqWouaNh5jXrppo1scyNBLDjmu&#10;vBgbaqGkqG6qIfcGaDWZ8FSyRio8ZIdgvtn+vSEVqCpJhWixNbf4K9eRCiZOWuAsLrdeOublGDOC&#10;dTf9ZvNtbwZOLWkpc89j2wulLyqnKjcqXk6qTN0fJeV0GK6dIeEcN8PMuOSqOb2PFZKih7LYcvzF&#10;49P4yOgui/VNKo/VbLt7Dpps8/tSdr/scU5Fzt2cwWn3aR/xFqE27/X+Ef5O4mOIffDF+B3OwahI&#10;yhkKmRZmufUFRVux0bLt/PN32ckvnM+7905Yf26cqZw56DrnOnXuYsGey6XPjuRW97POmcmktH8g&#10;NceN5TxTuNg00zTkOD1yE8HtlJnk3pE8tBRdnmqfNuhz0n1sm5OWk0/zUlYKpQN3yqUrc7pkum36&#10;PQrn3NJU84U2UpALce7r4aZEXeheMCh9WC3EJ0zt0u+gtKtiguYNuWK5rZZCs8KkwwLCvj9weND0&#10;UONharhE+M3wWRaRVR9xKCIlclekb+R8FDmq5ZH2o8xomejgGL6YszEDscdjy+PQcY/jxeN94xcT&#10;qAndicaJJY9Rjx8/kXhy5ynPU9enw0knkmqTcclZ7N9sPErdmuqbxpXmmjbyzOZZ83O950Uv0C9S&#10;0velh2dsybiVyZ3pnvn1pcPL7iyLrLrsw9lFOQdyMnJVchNeSb16mCeWdydfMN8rf7ngfMH0a5fX&#10;o4X2hX1Fp4o+FJsXN5YYlVSX6pVWlOHLisux5QUVahWv3ux/k12JrnxZhazKfIt4m/GO/ZfY1cjq&#10;zBpUTVYtpjanTrUuv/5gfWEDrqGsUbexqulIU13zseaW9yfed7cQW4ZaKa3jbWfbFj5caV/bfqtD&#10;pCO4U6Izuku+K7Ub2Z3Xg+t522vS+6HPru/TR8bH7/1eA0IDwYOSg4+HoEOvhvHDtSNWI/2fXD4t&#10;jHp/3vQ5/Ivcl/SxQ2Nvv5p/7R+njy9P+E3umEyYgk8VTR+d7mT/X9zC7K25HXOJ39DfyufN5gcX&#10;zn3n/x66KL+Ys6S31L7svJrurua8s16TC/+a83IYP05+acWhDP+Rd/6DMV0hXsk0Ko6dy8rh9kPB&#10;UDgYAUVDIDAYFKoMhsmCwbLy/4OeBZ2QMyDYkalMGsPhhLw8YEAj/nd1R+k0oqsdib5K9x7F4UEU&#10;si2dQHdnM8oqYLD87yzajU46LSQIBkGh7OOvAkIiEDAEiNOyWjjMM6eAqL9kEA5v+qcMhuTk3H/K&#10;Vmo/ZD/1wTBINgH3Q/ZTHxwB5XCLnPLbBgyJYmP5lwyDYcP9hwwORSD/7geHwuFsCvKPfjAMGs7+&#10;2vCHDAyHov9lHnAY4u+xYDibaPt7LALB4YL/0AfDoGB/z40tQ/5tAw6G/wumbAYV8zd+7Ln963wR&#10;UNQ/MGDT7mxKks55tmBCPk9iX0vAmEZjP2HgRCX7ccNpGgi6eo6zUsVjcBpwDSgKjdLCwLFYPBqB&#10;R2lCMVhNBB6CwUC11FXRWDgKg9KCamHQbLzgCAwSDsFisOxZ4KA4LAapzqF5GUwCnbkSPXAEHI4S&#10;2rdPyxAvxMUlzF4xIuz3z/J/AAAA//8DAFBLAwQKAAAAAAAAACEA63cz3tcKAADXCgAAFAAAAGRy&#10;cy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAANSUhEUgAAAlQAAAAOCAYAAADpEoKRAAAACXBI&#10;WXMAAAsTAAALEwEAmpwYAAAKiUlEQVR4nO2d224ctx3GP3LIOe6uVudVIsVxkqZp6qBNaxRtBeii&#10;fQHf9RX6AHoMA32Eom+gy94VcOE7IT2lQRukadLEsaLDas+7c2QvSGq4k5Us2ZZlyfwBBLlzILm7&#10;Ws43H/8cEVgunc3tHR9AA0Bd5XMAagA8tS1S5QaAAICvjoHKCQAXQKi2NQBQAFydq6kBYJXmuXHe&#10;ZSIA9GZsHwOIZ2zvqnNMEgCjGcf2AeRPqHcAIDul/qLSt0wdr4lVfZqR6susus2y2a/uw/v3qu/H&#10;YrFYLDeAze2dOoA3AGzcntt7/53m4w/ebn6zErAkKwQZJDl/RK66k9eFze2dBoBVAIsA5o20UCkv&#10;QIqkJkoRVRU5lptNV+WmkDNFXApgqMqmmJuoBEyLulNFHKRoFM/Q5vjh/XuzBK/FYrHcWDa3dyjk&#10;9XoRwBKA11TeArCyFHTXX68dLW7UD1kravvr9UO+6PfAaHEM4J81Pv5jyOM/t7Z293Wdr6yg2tze&#10;cQCsAFiD/ABfV69XASxDfsgrKi1BOj1XRshjEAgELAYlAgFLQImAb75GAZ8lcIjOpWES8BhUmTWu&#10;k4JTeT2mpEDAEqONyVSbut7T8JwUjFaNo7NJcwdJcf6PshAE48ydUQ9DWnxXp44zD4WY/rPOCgdx&#10;LtsUAEapf7JvknPkBZXHCQdxpvtGMMy8k+PijCMXjmy7cJDksm0hCEbGcZPcPanvGjKEFGE5pHDT&#10;21JMCzXtDppCzhSDHZWbwq2n6jBdSC0OTeGnxeNUHx7ev5c+65uzWCw3j83tHRelsaFNjUWjvDBr&#10;/5w3DFbDzsFa1B5sNA5GG7WDfK3WdpvecC5k8TKAASFiF8BfAXwE4C+trd3Pz+rLjRRUm9s7AaQ1&#10;9waAdQAbKl+HFE9rkELpuV/5GM0RshghjxGovMYnecTHScTj2GdJFrFJHvFJ5rNU+E4iQh5T10mJ&#10;SzPqs4RxmjNOM8qd3GM04+QS+mm5fPKCGkJuWnjFGUemBNoo9SBAkBcUE3V8nLnIhfzah0oAmsJw&#10;ovYLEIxSKTjTgp0IvXHmogBFIQgmqt04Z8gK1WbmQQiCXFBMZgjWlxRzWvlJok67d7NEnSnWzP1a&#10;zJl1ms6e6RrOrOvh/Xvm1LHFYpmBcocakOEokSrrcBhdrs8oNyuv65BhMicQIo4W/P7xatjptaLj&#10;0eu1w/S1WrtYCTtu0xvWIj6eZzRfIzLMBgC+BfAJgI9V/gmAj1tbu+2Lvq9rKag2t3dqAN5S6baR&#10;1iFF1MKz1O+zBA13hLo7Tue84aDpDUbz3jBu+oO06Q1E3R0jZDENeez4TsI9J/W4k3mMFCEh4tpc&#10;nSwWk6QquNTwoAWddAvlGGSKP9MtNB26ceaiqIhCUwDmwsFEOYJpwZCoOpKcn/RD1kHKPqnyLCfy&#10;JUO7fUDp2JnizIwBPK/QO09d5rGmwDSPNwUjAPQe3r9XnPeNWW4matamDkDnDGVcbg1lzK6O59V5&#10;CBn327hA+bzTFAmAIwIczfv9znLYHbXC43g1Os6Xg26xGnaceX/A6+4oClgyx2i+CmmWOJV6egA+&#10;Vekzlf4F4LPW1u7xRT6ns3hpR6TN7Z0FAN8H8K5KbwF4G1I4LZ23HkoEGu4Qc94oXQ66vcWg118J&#10;O8mC38/m/UE+5w2diMWuzxLfc9LIoXmdvLiYp66R67vvAuVUiB4c9bSLHjjNgbIaUK3rAKYHUWB6&#10;sDUHb5NqfbPQ/XmR6ED8s9AB/Kfhq/Q053uo3AlVOKt/5oICoBygnva1A6CeCyoHDQEGgjoACEEI&#10;gXAIEZHcRQiBoJSIs/p+rYmNaduk4EiVGEvzUqSZ7p4pBgvDoZNir3QRh8bU8LSYK0VenLvIVNtx&#10;XrqOpsg0p4jNfhSCzpzOvmLGKF04cyyojhcdo2yOK9XFIuZx1WOrbcxqB5ge76qY451Jdew7L+cZ&#10;/zTVRUHnYdbCoerYUR2ntJtjooWPuU+LnFnbtEiC6jM3tlFj32XQhfyeegB6DXc0nPcHo6Y3GC8G&#10;vWQl6BZLYQ8Lfp/OeUO3zsduyOPQddK6Q4omyhinqkgyGQD4CsB/VfpCpc8BfPE0btPTcKWCanN7&#10;hwF4B8D7mBZP7+EJLlONT7Dg97ESdTrLQae/EnbHS0E3XQp6pOkNacQnoe8kdYcWTTzb++yqNFKp&#10;r9II8ofXMfYNIP9o9Oue2jaG/HF3ARStrd0uLJYrYu/BXVM4vtCyAGhWOAGFCAUIESB1QDAYFwEK&#10;4YFIO94hxUUvWNcSAWBsirnMEHNp6Raarp+cNlZC0nD1kkp8oXmO6TICQFIwpHl5nRplPoRaq5oL&#10;50R46vZ0HCEADI3+mkIRKKekLdeSPtQ1ixDRq/PxOOKTOORxXOPjeN4fpBGf5DU+yevuWMx5Q9T4&#10;uFDhLcxnCfOclHGaMUbzGuQ0XRNyLGhesC8FgAMAjwHsqfwRpHj6n8q/flmuqS9EUKn50jcBfADg&#10;DqSAugPgB6hYf4QIzLlDLAU9sRJ2O2tRu/ta7WiyGnbEYtBjdXcU+U66SIjwqu2cQhdS9Fw4tbZ2&#10;Oxd8qxaL5RLYe3DXdAP0Xb551x2gjIloqtx0BvUdvXmOrsd0AM/cJgSRd/5E1CAIAxGMnO1cvvJU&#10;xSIwLRiB6ZhCQLuI0+7dsFKHKSKB74o6YFqMynOmxaY5BV1lepHKNKYb+byhEAmneeo6KaFEJISI&#10;FAAcUqQRH+eyLGJCRM5IPor4hDKaJ5SIjJIi9Zw081nicJpPQh57jOSpx1LGaQZOczCau4zmGad5&#10;REmRO6QICBGUkoIT6Yzpmxsf5W/qeTOEFEf7kALpWwDfqNwUTwetrd2LrXy6Qp67oFIB4T8C8GMA&#10;PwHwIYAfQg06DimwGPSwHHbFeu3weKN+0F+vH2Wr4TFruKOax5ImOd3aa0Oq1QPIL+LISAcADs1t&#10;L8rms1gslr0Hd7VoM8XfrG16imfWs+XOu82cgtYu4GnbzprmtliehRHKWZwOpq/HbeP1Icrrc7u1&#10;tXsjH9XyTIJKPejqLqRo+hBSQL3nOhldi9pYi9r5rcZ++625x+NWdEwWg37os3i+smqti9LGO1Gl&#10;qryv0h6Aw9bW7ulr+C0Wi8VyKsZUrxmjY8b06P1mDI4pBE3BpmNzgFI0nqcOs22zDoLyYcb6uMty&#10;R15VdJzuEDImrV8pD1R5oJIWSz2UomkqXSf36EVwIUG1ub3zLoCfA/gFAX65HHbu3Grs01uN/e7t&#10;ub3Reu1QLAa9MGBJEzK48DHKec6vIEWTKZ4etbZ27TJji8VisZzK3oO7ZuD2Wf8hohrAbU4FA9Mx&#10;fdXFIlWqIu80dJD3Ran+xwaTavB+Nfi+o3JzxaZezKQf76ED7LPW1u5p7VieI6cKKvWwrJ8RIrbW&#10;a4e/WovadzcaB873mt8MbjX2adMbBALkkJLi35zmn0JG1H+NUjztWfVqsVgsFovlVeBEUG1u71CH&#10;Fj99f+HL36zXD3/9ZmN/baN+ENfd0YAS8WXI47813NE/IJck/sd83LrFYrFYLBbLqwz5/R9++zuH&#10;FLcJQWPe7488J/v7WtT+01LQ/ai1tXt01R20WCwWi8Viedn5P22YpIFuDR39AAAAAElFTkSuQmCC&#10;UEsDBBQABgAIAAAAIQA3z9pF3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9h&#10;GcGb3ayxpcZsSinqqQi2gnibZqdJaHY2ZLdJ+u/dnvT2hje89718NdlWDNT7xrEGNUtAEJfONFxp&#10;+Nq/PSxB+IBssHVMGi7kYVXc3uSYGTfyJw27UIkYwj5DDXUIXSalL2uy6GeuI47e0fUWQzz7Spoe&#10;xxhuW/mYJAtpseHYUGNHm5rK0+5sNbyPOK5T9TpsT8fN5Wc///jeKtL6/m5av4AINIW/Z7jiR3Qo&#10;ItPBndl40WqIQ4KGp6UCcXXVczIHcYgqXaQgi1z+H1D8AgAA//8DAFBLAwQUAAYACAAAACEACmj3&#10;/MgAAAClAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8kMGKwjAQhu8L+w5h7tu0PSyy&#10;mPYigldxH2BIpmmwmYQkir69WfaiIHjzODP83/8x6/HiF3GmlF1gBV3TgiDWwTi2Cn4P268ViFyQ&#10;DS6BScGVMozD58d6TwuWGsqzi1lUCmcFcynxR8qsZ/KYmxCJ62UKyWOpY7Iyoj6iJdm37bdM9wwY&#10;HphiZxSknelBHK6xNr9mh2lymjZBnzxxeVIhna/dFYjJUlHgyTj8X/ZNZAvyuUP3HoeuIT/9OciH&#10;5w43AAAA//8DAFBLAQItABQABgAIAAAAIQD9yzhMFQEAAEcCAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAARgEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP7pIJiEAgAAWwcAAA4AAAAAAAAAAAAA&#10;AAAARQIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOHuGgCsxAAA0JABABQAAAAAAAAA&#10;AAAAAAAA9QQAAGRycy9tZWRpYS9pbWFnZTEuZW1mUEsBAi0ACgAAAAAAAAAhAOt3M97XCgAA1woA&#10;ABQAAAAAAAAAAAAAAAAA08kAAGRycy9tZWRpYS9pbWFnZTIucG5nUEsBAi0AFAAGAAgAAAAhADfP&#10;2kXfAAAACAEAAA8AAAAAAAAAAAAAAAAA3NQAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAA&#10;IQAKaPf8yAAAAKUBAAAZAAAAAAAAAAAAAAAAAOjVAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxz&#10;UEsFBgAAAAAHAAcAvgEAAOfWAAAAAA==&#10;">
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Picture 1" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:8603;width:15259;height:4133;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBgvgPNzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NS8NA&#10;EIbvgv9hGcGb3RjbEtNuS1CKvVlT0euQnXxgdjZm1zb6652D4OWF4WWel2e9nVyvTjSGzrOB21kC&#10;irjytuPGwOtxd5OBChHZYu+ZDHxTgO3m8mKNufVnfqFTGRslEA45GmhjHHKtQ9WSwzDzA7F0tR8d&#10;RjnHRtsRzwJ3vU6TZKkddiwLLQ700FL1UX452a3L7FA/uffj827+U9QFpvu3T2Our6bHlUSxAhVp&#10;iv8ff4i9NZDN07vF8n4hJuIlTqA3vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBgvgPN&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#10;AgMAAAAA&#10;">
-                <v:imagedata r:id="rId6" o:title="" croptop="15887f" cropbottom="7436f"/>
+              <v:shape id="Picture 1" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:31758;top:1376;width:34715;height:1810;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAN23uuyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSgMx&#10;EL4LvkMYwYu0SUW2dW1aiiL0qKsHe5tupruxm8maxO769kYoeJzvf5br0XXiRCFazxpmUwWCuPbG&#10;cqPh/e15sgARE7LBzjNp+KEI69XlxRJL4wd+pVOVGpFDOJaooU2pL6WMdUsO49T3xJk7+OAw5TM0&#10;0gQccrjr5K1ShXRoOTe02NNjS/Wx+nYarN0e1a6rbj731eHlK4zD/uljo/X11bh5AJFoTP/is3tr&#10;8vzZ/K5Q94tiDn8/ZQDk6hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAN23uuyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                <v:imagedata r:id="rId6" o:title=""/>
               </v:shape>
-              <v:shape id="Picture 1" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:31758;top:1376;width:34715;height:1810;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCxo7dKzwAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvgu8QRvAiNqnItm6blmIRetTVg96mm+lu7GayJrG7vr0RCl4GZn7+b/iW69F14kQhWs8aphMF&#10;grj2xnKj4e316XYOIiZkg51n0vBDEdary4sllsYP/EKnKjUiQziWqKFNqS+ljHVLDuPE98Q5O/jg&#10;MOU1NNIEHDLcdfJOqUI6tJw/tNjTY0v1sfp2GqzdHdVHV9187qvD81cYh/32faP19dW4XeSxWYBI&#10;NKb/xhmxM9lhOrsv1MO8mMGfWD6AXP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsaO3&#10;Ss8AAADoAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#10;AAMDAAAAAA==&#10;">
+              <v:shape id="Picture 3" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;top:5211;width:75596;height:1759;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAWLQ3pxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8X9h3CCXvTVLdVrUbRjaEIE6z9AEdztmXNpSSZdt9+GQz2eL//t9r0phU3cr6xrGAyTkAQl1Y3&#10;XCkoLu+jOQgfkDW2lknBN3nYrB8GK8y0vfOZbnmoRAxhn6GCOoQuk9KXNRn0Y9sRR+5qncEQT1dJ&#10;7fAew00rp0mSSoMNx4YaO3qtqfzMv4yCjze9d4XM5X5XtlwcT+mOL0elHof9dgkiUB/+xX/ug47z&#10;F/PZ7Oll8pzC708RALn+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABYtDenHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
                 <v:imagedata r:id="rId7" o:title=""/>
-              </v:shape>
-[...1 lines deleted...]
-                <v:imagedata r:id="rId8" o:title=""/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="58B1967E" w14:textId="2393B699" w:rsidR="00984737" w:rsidRPr="00F42B73" w:rsidRDefault="002F099E" w:rsidP="00E508C6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="58B1967E" w14:textId="3992C78E" w:rsidR="00984737" w:rsidRPr="00F42B73" w:rsidRDefault="0002078B" w:rsidP="00E508C6">
     <w:pPr>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BF1BFA3" wp14:editId="629C2AD3">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-900430</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-47625</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7559675" cy="558800"/>
+              <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1712387806" name="Group 4"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7559675" cy="558800"/>
+                        <a:chOff x="0" y="137652"/>
+                        <a:chExt cx="7559675" cy="559353"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1496229512" name="Picture 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="3175819" y="137652"/>
+                          <a:ext cx="3471545" cy="180975"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="2143978374" name="Picture 3"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId2">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="521110"/>
+                          <a:ext cx="7559675" cy="175895"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="39BD904D" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:-70.9pt;margin-top:-3.75pt;width:595.25pt;height:44pt;z-index:251680768;mso-height-relative:margin" coordorigin=",1376" coordsize="75596,5593" o:gfxdata="UEsDBBQABgAIAAAAIQD9yzhMFQEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISadEHKEhAqB7CcSWIRjy2PCentsdNWgipFYumZeX/+t73eTGZgI3jSFkt+mxec&#10;ASrbaOxK/r57yu45oyCxkYNFKPkeiG+q66v1bu+AWKSRSt6H4B6EINWDkZRbBxg7rfVGhnj0nXBS&#10;fcgOxKoo7oSyGABDFpIGr9Y1tPJzCGw7xfLBCZiWs8fDXFpVcm0SP2WpIxYZh90ik+rLhIeBzhDp&#10;3KCVDPE+xIjNWZbsmCOP5DxDvXZ0E8Ne2JA6v3P8XHDkXuIDeN0Ae5U+PEsT04rGk4CVra3K/9ZI&#10;Jg1ltm21grz2tJ2pk6dL2o39Qg/jf8XriL3BeFIX8zeovgEAAP//AwBQSwMEFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vYzg8EyettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0Z&#10;F1vbkcyxiGqULAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nm&#10;P+wUHZPQVDtHSdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96&#10;vely/AIAAP//AwBQSwMEFAAGAAgAAAAhACQwOZOEAgAAWwcAAA4AAABkcnMvZTJvRG9jLnhtbNRV&#10;227jIBB9X2n/AfHeOLbjOLaaVKvNtlqp2kZ7+QCCsY1qLgJy6d/vgJ00SSvtqupLH0JmDMycORyG&#10;65u96NCWGcuVnON4NMaISaoqLps5/vP79mqGkXVEVqRTks3xE7P4ZvH50/VOlyxRreoqZhAEkbbc&#10;6TlundNlFFnaMkHsSGkmYbJWRhAHrmmiypAdRBddlIzH02inTKWNosxa+LrsJ/EixK9rRt1DXVvm&#10;UDfHgM2F0YRx7cdocU3KxhDdcjrAIG9AIQiXkPQYakkcQRvDX4QSnBplVe1GVIlI1TWnLNQA1cTj&#10;i2rujNroUEtT7hp9pAmoveDpzWHpj+2d0b/0ygATO90AF8HztexrI/w/oET7QNnTkTK2d4jCxzzL&#10;immeYURhLstms/HAKW2B+OdtcZpPs6Snm7bfXt9dpFnql0SH3NEZIs1pCb+BBrBe0PBvucAutzEM&#10;D0HEf8UQxDxu9BWcmCaOr3nH3VNQH5yNByW3K05XpneA0ZVBvILbMCmmSVJkcYKRJALUD8t8dhT7&#10;Kv1Ov7jfSnxp94o+WiTV15bIhn2xGvQLcQIn58sj757lXXdc3/Ku8yfm7aFC0PqFVl4hqdfhUtGN&#10;YNL1F8uwDopV0rZcW4xMycSaQVXmexUAkdI6wxxtfcIaEv8EsP3hHScCymdgHrMFqb0irjTOs1lc&#10;YAQyOtXKQWfpJI+zyaCzeDYuQHOnSgH6jHV3TAnkDYAJaOB4SEm293bAdVgCCnuGEkxw+wMB48Po&#10;K4knaZHP0nxyqa9wi3yJH1NfQ584yugd9AW93zeoJI7joUEdlHXWwbwKi/dXVuhj0MFDaxteG/9E&#10;nPpgn76Ji78AAAD//wMAUEsDBBQABgAIAAAAIQDh7hoArMQAANCQAQAUAAAAZHJzL21lZGlhL2lt&#10;YWdlMS5lbWbsfQd8VFX2fxrVUAWkMwQjNZmSPkIgJCAggUhTKYYhGSCaxiQg4qoRxYKiYFldxbJ2&#10;sLuuirqioNjA3ruoP8vqYu/l//1O7gmHx5vJi4L63835fE7uueeeds879777XiaT2JiYmHKgQKu4&#10;mJie0kF7kzsmpgQ815jCsTExsTFPrY6NiQc/VsmEybYxMZe3iImZCdkplsHV7jYxRYNaxMBATMFr&#10;MTHZQJgbGjsqJqY3eB2BcR3vf5Vqcw16RsWF+Qnox8TUjWwzql6O/V9++SVmAPqJoAmtR8W03h9t&#10;dyDtkEeA3C/1FGViW5yGkb8AxVdrxNoLAq7WMTH7uNqLaHPbnIHmDOz5DOwLk0cY9O95880WHWYA&#10;u14MdrzwNu5QpVnsD8xAS/hu9Qf6/yNcj4RT2Ss6/BEBNPtszkBzBn7XDKyEN57XvwOm/66e/3ed&#10;DcbU7wK+CLwQOAZ4GpDXgY9rzfDnyQAfj/8CfB54L3AR0Af8BLgF+L8CPA98CmSN3gFkXpqhOQPN&#10;GfjvzQDfHXwB5Jpf+N87zT/dzHhfYc6tuAM8vO1thj9RBnhes14n6S/+E8W5t0PhGYnzfgvYGdgM&#10;zRlozsB/dwZOxvS45q/8757mn2p23Ft/Bt4G5PuaU4FbgZuABcBm+HNlYDXC4RrJB/Ld+vVAvvc5&#10;H9ga+L8AiZgk35fwHWPG/8KEm+fYnIHmDMRMQw4WAPEppWb4HTPAdwRxv6O/Zle/PgO8Trxe/8vQ&#10;G5PnPjH6z5qE/t328Z4xK/WxM2enPi64fPrQfy2akHxVTvK+UyXuBQVJf5Vxa3vazJQt5J00Y+h9&#10;Ii/t8EFdDhP5gpRuJYsOPuBq6UMm/LuWxNYJnefl9T/7rDnuJ644KvPji+envx0cnXRu1/at+rWI&#10;j219ymEpm0XHrp2fn8QzZ8y0rN7LZHxx4cD1EkOk1m7unEPluOTLD0rdj9dtl98F5Q7uOusvhwy+&#10;nfFdsiD93ZNmDNtY6OtRDaFoe1IS7PBsfIPCK0CfDswDCiwFoWWuRX81kO+nresoG7xzgBuBm4GX&#10;AscBrcDnpsuBDwAfB94KHA8UsIttLQZPBqaKkKWdib7EeZJljF3rPGZZZDzoiz7bCy3j7Dbmw0Zl&#10;N7/XQegsYCWwvVKwxqdjGabkhLTKs65Yb4uB2i7lWwFrgeuAkm/mqCNQwwHoXAC8D0g51oMH6BTo&#10;dzmQ13MrkNf3VGBXoIA17mj1JDqN5d1q8zoongWsBDImgZUgmFfOS8NadMhfrZmgWwKZV44RU4BW&#10;4NyYy9uA24DMsRtoBSe2qJMNPAfY2BqirIB1/hIv22FA6/ivqX36SgJeD9T2hWYO7MYvAf8EYB5Q&#10;IB2E6E0UJlq+2xe+X/EPAX0xcIvBarStgVZorE4ovydtOV1X1jit/WgxOc2VXe7XwpF1z7TWgt36&#10;Y/3KddDXZ0/Hebg1EabfaF7T+neacEvtgb9EwtHDugVoi2eISDIXBdPelLHOiS176ViOHDvgIhnL&#10;Tu485cLStNelD7nYOPx5yNlHeJ4Snm6vq8r+slfn1oM1z44+cfrQe+lz1Rz3Nhm/MeT/sWVCXFsd&#10;i5VubO4V4/a/THSmZ/f+i9i2tjxPiJxNy/X3SxQ8yujcHUXmPiPD5lDg90A7m6xJgSNB2MmQd5kR&#10;ihbbD5DJN3K6uQMdsbsDdKweBG2dx42W8XL0RZ/tdss4u435sFHZza/28SoUehola3xabrSN4Wjy&#10;jF32T7aPArU9od8Ff18ggfvQ90AZ020FBRqBNhh/E6j1hP4S/CFGP1rcup6MeLhpLO/RbOoc8/7N&#10;mD7XxkF/YPgvWPiZhi/zqLaM90efuZZxaX8Gb75FtjFbFHe6hiymo9YYa8ean19T+/TpB8ocre2m&#10;RsaZkyVAQiFQ9ENhTv2PhYo/w/B5fxNZ3b4JfoKRkeYOJbsDtHUP2JO2nK4riS1S21hMTnMV7dro&#10;PdNaCzqnsv7sfO6NOFfYJMVRXvU98vx53pdCBx9wzQWlvtfkHoh77z20rc8HtRMHrqsan3yF4DGT&#10;B90i8rSnY1k5K/VRGevSrmUf6/kga//ORTJ+WVnG+8W5/VaeP8/3svDGpHQL8oxBX0sKB14v/L8f&#10;mfmR+J+S2evoVi3i9sGZ4AcZZzu4V7vhOhYrbZ370smDbsK7ge1i4/pFOd+1bhGX2KZlfPtrK7M+&#10;F/6yosG3Qfbmm2v8P5N3U43/p24dWnEPswNdT89A4CrgI0Cpl5eNkq4nytwKZL2J3ADQ8cC3DO8n&#10;tOuA1wB/NLwv0XYEUu59oOhyT7kEKHJfgeZ9xhrb1eC9CBS9K0Fr4D6wAyjjbJO1AGg9D46/ZBm/&#10;EH2tv90y7sSHRSXc1X45D65Bnb8Ko6TlmOcrFA4xMrqxyt+AwR1AmcPhRrhU8d4GvRL4huKdDJpw&#10;J1B0ee3OAXJPJ+8JYGNwJARE/wvQa4D6mp1gDFjjvhV8nY8BRk4aJ3nXNqPleBuMMsbPxbhpPzD8&#10;Fyz8asOXedG2hgvQkTGunb8Cvze8zWg1VKMjsmyttuLBe8vIRFtDENkN9PztakeP03dTa18c+kHI&#10;HJ4BrWv0WPSt4zeCp2vt3+jHAQuBYicEWmAhCOHPAN0bKLXxFehzgE8DRSYftEBjdbInbdGn03Ul&#10;8dm1TmJymitr7llfev1daQLQtcBasVt/Vp97K84VNklxlFd9j8R7+vNoh+/15V54bsAbXsv6fNCu&#10;TUIX7W9s6n7zRZ7v+GWM7wbWVWV/zTHe+8m3ng+mZvU+RnRn5PQ5njK5g7rMFB7scT2EoWPbFt2F&#10;z99pCJ/tsD4d8mRM2sK0nou0jJW2mzvPAxeU+F4VG6l9OxQM7d1+pPT5rkPsrJyZ+ojw05M6TRS+&#10;pdX1pK+TXn/cs3Q9tTA2VqOVNToG9DDVfwC0wF0gRC4HdE/Vf12E0G5Q/JGg7WLrDP5PRu4htBqG&#10;oCN+pJ2lBUDreVDmR2BrJfMgaNFlu12NkXTiw6IS7mq/kr/DMCK+bjZKdnJ29oRnJ3+IsrvcCN6g&#10;eHmGl614zD3hPSBj+gQYCyQ8BiSP+3pjcBEEZE5zjDCvufA2Gp5d3KuVHOtJwxB0xIa00a5ttBxv&#10;M7Y+1w5Af2D44T1Fja03fPH7qhojKfc+5kdydi9oyrNWE4ACjdlyuobEnm7tchppnLE1tfbFlh+E&#10;5GKFMFVrN8419qTSc4MuVP0QaIGFIMQ+zwdHqH6FERqueFLjHBqi+GJD18metEV/Nyh/0dYVZSOB&#10;k5ic5sou953hmHXIfDxkgrjb9MmTtbJa8caAtvrc23HCZQM4yqvdPZIW+EzMex+fp9mPdj7g7/Hl&#10;Psl3C5Qn9OrcZpDw+cxNnvV8MGdEv9NEZkzKfqWU4XO/8PhenzxCtPMBzyXUufKozE+uKs/aQZrv&#10;Quo17X9GmntpXv814p+fwRg+sMuh0l9YkMRnmTAERrlWCV9ilzHV2tUTh9cDZX2xvuzqqVLJHAJ6&#10;rOqfClrgeBBiayroNNVvuB7gnaD4+aAjxfYfI/c0Wg28PvTzBvBNQ69Gq0Hm8QqYEpNHCeww/HdM&#10;G64vNe7EhxJvIMUvfcp6bAn6RyB5m4AEO7n6EfufdvJDICpzO8eobTE8+tvH8Oj/W8N/1vC+Mf0n&#10;TZ+NrNVPFC8S+Q8MiO/BRigOrexPmw3PLm5rPRnRcOMk73Y27XK8DRYZ4+faAehI5wOphX8ZPep2&#10;UrqSw0cU7zwlyxgEGrM1FoKSv2hrSOzp1m7+duOvKB8eJbDD8CXG7WpMk34jxzhX6AFDRxpfrvRG&#10;gy5U/ZDRZbNQ8WeAXqr640ATugAlT6eEOfU/GquTPWmLHrcAGUdj64qykcBJTE5zFSn31j3zbgQj&#10;+ZP9yLr+rD5/jzglR47yGukeyd/f8963dkE6aznq+SA+LrbF+uqcbyjP3w1IAPq+OiO793HkW88H&#10;mQM6T5Z7LD8XSZl9WsV38ro6jiN279B6AHmEaOcDfm6Qdvj5wpMPHXY/ab4HqNe0/xlp7ofm9DlB&#10;Yho5uOvsUUO6zpH+4f4+J4o1/F5jqfD5DkX4ljZSPV0NOamfXqDt6qlcyUwFba0nsMKwED/F1gzQ&#10;2ucp9SLhnz3xM8Nge7RaTu9DH2OM9p4FargEHfJvAt5q6IfQapB5sP0cSPnZRoDzZP8HIK816e1A&#10;DU58aHmhxS9tthAm2h1A8h43vEhyZni3xk4+GVK0SbzYaGwzfc5ZwwfoUO4Fw7zf9Lnf9Tc8D9px&#10;wHzTj9boeFoqwXTQGUA5M2g5yYe1npR6+PdPjNPJtaWc2KSNHUDyJMdOc0HdPkaX+sWKHgNagGPE&#10;+4WBlvOdaTDO8J3YKoSs2AsZPTbWNaSGGki7nDYMgpBxtqwD+mlK7UM8DH78lBhXGJ5uIo1XKb2D&#10;QTuda53SGwWawNqaadBNhoFL0DK2SHVSZ8YpMwpI+LW2qLsNSFvMpwbrujoIg8UGk7Ug6DogbUSL&#10;yWmuIuX+Y2Nf9sy7lU9ZK9b1Z/VZp3RGgSZYc2fVqZfavX4jxSnyjvJqd49s3SK+ndz3+DcFNBjt&#10;/QHH+b6fOnzvIJ8LxLuBU8UO7/WUs54PcBboKGcRyh7s7VFBOTuIcj6I5XsD6s8b5TqrdHT/c8Qv&#10;/zbCzhZ5dnMnX9/38V4guJfOBzfCldRse9B29XSMkskFvadqA6bCYFdDsRj5FsjY7gtL7fzxouGf&#10;gHa5ob9GmwAUkHlsAGMLkHZOM4Ncw+zzDHmnobej1eDEh5YXWvzSvqxHjsk+8pwRjCRnhndr7ORT&#10;IEU/xLOMxjbTb2wfO87IUfcBoM4duo2CXTx2SnZy1nrSek7ybmeTNqw5dpoL6h4KZC6+AyYCfzD9&#10;Y9EKSK43CiNC68RWIXTFXkjZWaj4MxRfk5HmLzIy/mtrX+z4QUiMTTkf6DlMgw2nc61T/kaCjgaN&#10;1UkdlCX232qLcTitJZGj7xIqKqgD3VhMTnNld23s9kypBfqV/ci6/qw+93acCKUBJF9R9yvrPZK/&#10;f+fnAOT+etTY/dfSoj4f8G8a+N6d6OnXcSzH9Tv55B6JWeQdN2XIHWKnXeuEfcmzng/I4+cMRY7n&#10;C/6dA/lWiHQ+6NmpzUDRzxvatZh/Ryl9ic9qi33r3EVGnw/4XmAvnA94HngHyNr5Ccj6stYT98pH&#10;gJT5Crgf0FpPYIVB7wvc2+xq2Iju0tjJcV+RtbRKSXcG/bMZm4x2qqEp6wEKyDy4R/4NyPF/mMEa&#10;078F7Z2G3o5WwKkPkdet+KU/WY8c/wBI3gvsALRcNvrpBodx0Aa0vNhdBDnaJB5vdBytN8gmAT8F&#10;iv4VoHn9nYJdPHa6Vjm7ehI9p3m32hR9a46d5oL6a4DMxZPsAJ4Fsn8LUEBytVEYEVontpyuITsX&#10;ev52tSPjv6b2tT8/OjLnS0FLjbLtBNTjK9AXWAhC9LgPOJ1rndIbCToSOKmTOihLDL/VFuNwWksi&#10;R98lVFRQB7qxmJzmyi73dnum1AL9ct+wW39Wn3s7ToTRAJKvzxs49cQua1nfI+WeKu15Ae+LvCdT&#10;TZ8PZFxaPqPzPbz0zXcHxFy6MOP/yOOZQGKwOx/gfUMbvqcQ/eurc77F5wLzRUfaSOcDnldE19W1&#10;rXvAfonp0tefbxQ70uq5y2czObYXzwdfwvxbwK+BUq+bQRN0Pb2D/jdAyrDluidY66me2/i7pdYQ&#10;LLJgV/R1rX+F/r+BEtdToDsCBSaAkDEX6GTVD4IWkHlwjywHUudNM3iZ6Z+C1u584NSHMbdLI37p&#10;r4Ua2aXewddylNUYr/SE1PJvgin2RE/q1NF6M0b57vcnoNg42/CdNDoeztMLLFI4AjRBy0Wqp3rJ&#10;mJgJICQWF+jGri1lo+W4Kbl4zPi+HC3haiDtv8eOAYltozAitE5sFUJX7IWUHa4x4fPeagc6pyIr&#10;LWtHxn9N7Wt/fnTErrVdjjE9vkIpWufgdK51yt9IZc9KTlByLtDJqh8ETagDSsy/1RbtOa2liyB7&#10;v0HGqaEOncZicpornfuvYDfSnnm38hlp/Vl97q04dY0grDA4yqu+R8o9VdozZ7u37tehVRKtRTsf&#10;8N1Az06tDxA9fpdSh7Ytukm/ZuIB19WHZP/+gGP428e+/N4h0bm2MvsLfu5R9NhGOh/g7x8vpt4N&#10;i3K+T4iLbcnzhvzOYlnRoFu1DU3ruf9O5wOpUWl3IJ6xJiZdTzLOlvej6UbGWk+GvdvvTnUNszZ6&#10;A7VN0ryvaTnr+NUY57OKwMkgKPOpYcSh5XmHvIsNj43Mg3vkSCDH+d6B5+fHTH8OWrvzgVMfUN8N&#10;xC/9tVCjzB95LxieliNfI/d4K0STvx3CsUbB0XpTxqtBa9/L1Fg0UsfDea612NlslLWc9qPrSfw4&#10;zbu2GS3HTnPRBgF8b+KvNsEsMX3G3MvwJP6Npm/XOLXldA3Z+dDzl5ikZe3I+K+pfe3Pj47YtbYn&#10;YUyPr1CKC5XeDNBO51qn9EaCjgRO6qQOyhLzb7XFOJzWEmUjQR0GGovJaa507sWmtFfDj+yZUgsy&#10;Jq1ef1afeytOXSMIMQyO8qrvkfyeQj5v6+8rmjW8L2til/NB3y5th3Xap0UPQQxzj4y9uiLrU96n&#10;+VkEd78OY+RePymtZ8M53e79Ae0TeBbh9xKKHj/ryHt9/Wjk88E5c73PUWd1sedpkeW7D/L4DkN4&#10;1lbP/Xc6H7BmqoDzgROBXYECup4Wg7kGKO8QeEZljq31BFYYrPuCrmHWBs8HPwHl9wOs1XyglqP/&#10;ZcBHgVLLFaAF7gNB/gPCQPuw4T2leLRDOe6RnQ3Nfg7wS9NPR2t3PnDqA+q7gfilrxZqlOuRvBcM&#10;T8v1Ba+HQiOyS6PlWceVwMOB2btI/bp97GjYYGzEn4GjgITxwCIb7Aaejofz5NmM11bs2J0PItUT&#10;1MLgNO9W36JvzfE2DDCez0XAtFa5XCNH2Twjc5DiFRmezG2j6ds1Tm0VQlns8XoKLAQh/BnCtLR6&#10;/n0xZq0dGd+Asc5AsZcDurHah0gD+EGJLvcB7acd+nqc61vAOgenc62DAfE3UozZtE7qZE/aYghO&#10;a8km3AZWHajG5uc0Vzr3vN7LgI8q+xWgCRwTn5HWn9VnndKJdB2sOlAJg/Xa6zh1jYj8NhCML+oa&#10;tbtH9uvSNkXu0SsOG7aJBvX7A+v3H3CcwO8xpB6f/Q/J6LVEbAzp1X5EvUTk9wcyzs8SXFOR9Zno&#10;jh7aba6M2b0/4Ocb5XuKqMPvdiLyXYLYsH6no9izmzvH9Hcy7KXPH0gIutX11MIMXIpWaiwF9G+t&#10;jWOVPev5QGqI+574vBE0IR4o+9sXoO81yHMLZX8AtgESZB4b6rsNf+9P+2I3EbT1fNAUH8b0Lo34&#10;pQ/JHwU+BJJndz7QcpS1g0h2rbLbwKCfqOvNqoT+6UaPug+Z8e8Uj3zBsaAjxcNrQLnNQIKdnLWe&#10;KNeUvNvZpA1rjp3mQp+PtsIO6+pRoMyXNUOQ/sb6ru1Pp7acriE7J5HmL7IyvsEw3kPL2DkPmYNd&#10;7Rvxhsav5CUHDYMgIo2XKT2ecZzOtU7pjQRtB07rpA7KMtffaotxOK0lykaCOgw0FpPTXNnl3m7P&#10;lFqg3xYmMOv6s/rc23GaMMKNo7za3SP5eQK5t551hPtJWnNyPpg9vN8poiffm8j3/PxuQwnM+v6A&#10;3z3E/2Ew0dejit9TSLmD3N0Xih35fCT5ducDL/4uQmQjtfiOxkOobwW7uVPm8AP7LhdbPJ/shc8n&#10;WkNh366eloOv69paT2LH6dnxWGUvH7RdrccpmY3GgVfxJB5re6CRlXnIHinngNeNje1GTvjSb4oP&#10;Y2KXRvwyLlmPFPgMSN5TQEIkufrR3X86lXe03mCetUj0GVcJaJ8DSj7bgn4W+JINMseR4vkBY7Sx&#10;GUiwk1sOvvgZGZaq//yC8CK11mtLuWg5dpqLW1U8dr7vMTHK2EbTZzMUOAHIM1Ms0Kktp2sIJncD&#10;u5xqIRlvau1rG6T9QJlzU84Hi5ReEWinc61TeiNBE3h9mV/iQKAXKDFFalkndUrOzlYSxp3aguhe&#10;Ox9Y5+c0V3bXJk7NeSODBtwNlDzJWrGuP6vPOqVjlzteB6sOWGFweg8Q+W0gGN/nwjDtB4Yffp6y&#10;u0e2bRnfQe6PTv++kbZ5HxY9afHO/xnjN9xYzwfz8H+ZRJbfhUAhfQ44etKgG0Vf8+X7E/l9BKLP&#10;72bi31EQ+V3Jwue5RWzo1m7uHOf/hhJdxqQ/e8nvcxIb+nsSfsX3I4kZae3qqQ6DUmOsF10bi0UR&#10;bbmSmwZa13BDvOAfq+QinQ8g0uBzIzuAo4ASxxWg1xi8TvGrQRNkHrJHrgRPdNkK33o+aIoP+rGC&#10;+KUPWY/xoH8EkrcRSLCTqx+x/+lUXtbbVxYzH6NP/zwDEEjreMjjNRJ+bzKigI6ntZL7ATRtRDsf&#10;1BkZyo0EEpqSd+07Wo4lF1H3Hvj+CMhYXgZKTbF90/D/gzbW0JR7AChwLgjyiC2BTm05XUMwuRvY&#10;zV8LybjU+EoMSoxshW+tfW2DtB8oeiusg1HG65TeSNB6riH0BRaCEPszQJ+g+nlGaF/F4/7ptE72&#10;pC2GIrXU2LqibCRwEpPTXEW6NpLPjSYIqQXyZa3UgRa5kaCtPk9Q45Gug1UHKmGwXtNIcYq8o7za&#10;3SN/7flg38SWveW+Km35QftfIgGxjXY+4HsEyvBvEESfnz0kj2B3PuD/hxDZ9m0SutZL1n+WQfjy&#10;PyRkTFq7uWMziltT7HlWdPm7EV//juOlz89oiH7dtKF3Cz9jQCdeNzto7DqJjpN60rauF0W0vGdL&#10;3eWC5jlT+htBCxwLQvj5oLU9vQ+JjOheZfR4r9X3pM7K3tWgCTIP2QvngCf22K4GEqx7ZFN81FvY&#10;9af4pQ9ZjzmgxfdNRtxObldLu/acymu5ocZEElrxf5/hSf9l5eZCJZeo+HbktUp2pBL4wfClPnU8&#10;ko86G92m5N3Opl2O7zd+GFM7IIF18w2Q838UuL+h2de1h274+/8lT8no7wCy/yJQQMcyGEyRb8yW&#10;X8leL8bQWteQGmogtU/JacMgCBnfYJhOa1/bIK1jtM4n2jj9Sh5SQY9S/dNBC9SBELnxoMtV/1DQ&#10;BB0DzwdO66QKsmL7t9piHJJT2oy2rnpgvJ9B67VxMr9R0JW4o+VK50VfG9HdCDsEHbfEUwe+yI0E&#10;zXuG9EOgf4844SYMOr6IebW7R+rzgTz/698v8Pfz/B4jQf0dh/I3jXLf5O8KJCC21vMBbYjsuXO9&#10;z/Nd/vFTh9wpPP6toehbzwe8l8v/TbL5HGKsfI6B37cMGxDfFfTc+TkLfmZCnzdom78b0X+bgd+X&#10;/MDPcDIH/P9NjDP8/5nat3Ltar2hF6meGgQMoa+XXT3xPNkd+DOQNfUZcBrwEOAnQPK+A3YFtjE0&#10;ed8DA8BuwNVA8ohOzgcPQI7wBpA6L7BjgXfQ59grhi/z2GD6HrTik+0Cw7/T8LebflN8GJVdGvFL&#10;H1OArLtXgeK7EjRByzF3kxR2oYAFtLxcF4tIuPtX/BRf60FnAGVPJf8sIOF1oMgdDnoCUHL4AejG&#10;4CQIiP49oIcA+wN/NPzNaAl2cdeBL7p5FAI0Je/aZrQcXwi74ucU0AOBxyve30EfofozQGsoQUf0&#10;Z4J+TPWZs/HArw3vC7RNseV0DcHsbqDnb1c7Mt7U2rc68oMh818PepLCA0Fbx6eDdz5QdD4EzVrt&#10;CfzJ8F9Dmwuk7guGR/kkIPMpuv8C7QNep3g1oN8wfepa4R0wqP8KcIKh2bezVQu+U1sQDf8vLolt&#10;PfqR1tU2jIncXNAanMyvJxSc5MoPOfGzQjkR3gOGd7eS47Ug1AFFjuuvUPVDoPdWnMybrqE09P+q&#10;fHPcNq/6Himf4effDMhn/uz+/4Lcu6XV32fEvycUPtukbvuw1hrAej7g3yzI/3rQeqT5/535d5Ki&#10;bD0f4HOUqaLDM4XISXvq4SkPyjjv8cKXVs9d5HRbktd/tcieMHXIXXpM0/y/kiJn00aqJ6uoXT0t&#10;hZDUU5FR0OtWxqS9WBnV11/GdZsP2UixfYsxyj4F7G5o9q8FWuF2MDj2M7ATUOaxATShFfAHoPge&#10;QSaA14u87cCm+oDKbiB+xY9ud0C6s9GIJjd6N6s750N7ss5txMLPNrK/aN+kvwEOMEpr0FrHpX+s&#10;kYnW9MGgXB/R0+1mo6znKXEvxZjIFoFuat61TbEj7Q7YkxwPAa2vuciwZY58wAuBwh8IWkM6OjK2&#10;GvQ81Re+tDdjrCm2IL7LvU/sSKvXEGU1RJs/a0fGm1L72r7QfhASj7XdhLFo45Q/UQyhvQZotSH9&#10;W4xcPNqXIshxXXOvEJ1rQVtB7wFdMCj3f9GRtqm2uJ8MBTpZV9sgJ35KQGtobH4eI+wkVzr3K5ST&#10;b0HT/1OGJ7VAXqT1V4gxiTkEem/FKT6kXQdfjvKq/w6R/1sZemGQ//Es/3dR32v1vZE0PyMoevx/&#10;SjLO/8nA/80gY2zl7w75fx3RjSWPn1EkX84k/EwjP/dwQI/EbI4LWM8HIwZ1OVx86c8FiDzOO+fL&#10;uN37fz13ytE/30Pw/zKO93Q/CnbC8dEeP7OJ73n8u7yvoPzlZRkf8kyVEB/bSnzatJyDXJcTbMaF&#10;dZeR43Mg64QwESi6s8Kc+ve1F4L+VI39H+gzgAlAgTYgVgH/AxQbbL8DPg/0AiPFthVjlH0VOMHQ&#10;7C8FWoFrROzngpZ5cM8QeAGEyHD/INwGJO91YFN9QGU3EL/i50tIcJ5XA3spaaucyLMdoeSEFHl9&#10;XWTM2o4B4zngT0DaY64fA6YBBVgrvFZfAMU3r1EdsAXQCRwIoSeAjElssP0QeAGQYBe3tZ6amnex&#10;KT4j5Zj+c4CsI+aA8j8AnwKOAhKYF/K/AsYBNbRBR+Z2nxmoRPsaUHzTLmuoB7CpttpB50Lgp0Cx&#10;Z7eGMLwLWOcvumxZOzJ+u9JqrPaVaAOZDUrb1vQmjFnHWW/vAbcAA0ANrLezgR8Axc6/Qf8V2BYo&#10;0A/EHcBvgCJHm8XAptZJX+j8E/gtUGy9C3ousKm2oBIzBvgcMNq6ehzj4qsEtBX6gRFpfiLrJFc6&#10;9yeIIlrWOv2/anh3mT7rON7wJhoe5WYBD1b9CtCEvREn/WlcF/bkLK9G9I9v8N6ibbcOrfo3cr/9&#10;wwPlOUW/1/gDA+oG310c+KcM664j0LoXg9UMezgD3GeY74RG7HbHeNdGZKINt8CgC0g7rYF/RmAO&#10;mAvGuifgQxi5Frj/njAGG07X0B5y94ea2dfMN1oQ3B/6ADtEE3I4diTkvgXyPrgn6tPpuooWntP5&#10;OclVND+/dez3jHNP5PW3zrdZvzkDzRlozsBvycAgKP8M/MVg8W8x1qy71zNwHTzIM/8roBs7L+/1&#10;gJodNGegOQPNGWjOwH9lBvickwhcDOQZ4WJgM/x5M8BncF6z/wB5vXoDm6E5A80ZaM5AcwaaM7Cn&#10;M3A9DL4L/B74DdADbIY/ZwaGIixeo/eBPBtcC2yG/88y0HNUbPifh/LFHWHXX07HFeBjrXn1I+HR&#10;cD9uVP0hnpyxwI6348UR8KCC8fkJOz9/xOEwxOKna2xBETsv/SMmZhja5KKCsSne1Mx2ydvfefLZ&#10;dm29Lo+rat6R7YYPdxcGawOlgdqAywfeFPfk/KJQVXUwVFsWrMFoAXDypFkZHJvjnhwqDYZcmWHB&#10;KaMPClUtrq6ZNSc3F1oH1Rgh9IoCC4I1rrSw2LRjqoPufNgvr1qQm9suWFlKv/Rl/E8MVi6oXehK&#10;S/d43FMXz6ul/GGFE91hRQkuN7emNhQMVLRrO3zk0upAyVHBWte84IKyyhFJO+7ZmOQqKx2RdGhG&#10;oaewOj+4sGzcslBw6rJJ00qWHVWSU5o0Mrft8KX+pRXVFZiqa2lFeWWNf+mIpAAiCfpBk+1OcoVF&#10;ao8akZTHAddhhUWu/KpQ0JWT6k0p8Xh8rqyc1EBmIDMtJ3OYy+fxpbs9aW6vL8WT5U/P9vvSXAaS&#10;ctuCGh4qne+fUjDW+ENvRNLC2tpqv9t99NFHpx6dlloVWuD25uTkuD0+t8+XAomUmmMqawNLUypr&#10;BtQbETsFwZqSUFl1bVlVpYt2A/OqFteOSEqiowYwE6uoLixscFVZkxqeZmpJVYV7aaDa7U31uCsq&#10;3HaaZeXli5HlQG1VyF5fCYTt2BlBlu2VxbmdUrVKzi4RYwCe0mzDLS1pcFS9OFQeTmdpiTtYHqwI&#10;VtbWQM/rbsgikjQcoRUW+qegAsuYyPzyQE1NbnWoqmq+H36Gu23Hd2bY6BdUlSymg/EFuYsXl5X6&#10;0zPTAjkZ83wpJfNKfCnpmelZKTmloALBnIz5pYGSnHnz08W20t3N7vjKmtpAZUlQ7GYE5qfPywqm&#10;p5RmZ2Wn5MxPD6QE0jK8KfODAV/O/LT5Pk9pqdhVusquulz+fCweXFesr2lVVeW59RU+fucFH+6O&#10;Iq1sIkf1toIFgdpgLldBiicjxZc9zev1p6X5UceeNL/HE45MS9rZqArZB+PyZadmugYVBkrKKmur&#10;ahYOVtaMjsVcYVVp2fxjnISkJK02zD7oyIqWVXZQR35sn6WLS4Ihk2RsvK7ysnmhQOgYlzcrlanZ&#10;RUppl5b451eFKgK1uYHq6vKykgDLlNLD3TuHjPxwN/cBtS/UbzphLnYd7Hjuhi0vPNSwTewtYudE&#10;9pYH2G120qTkNqerOV1NykCThJurqzldTcpAk4Sbq2uPpUs9NOH0OyLpaDwS8UnMPFOZZzI+r5ln&#10;svyqxZW1Lq/74LLSmllZfI6bU/88Fn6y2/kYxyGjkheqHV21dJYn1eMiZuCs40vLdPmyUtNzMr1z&#10;3PlVlbU8l7uyac49MVBTGz6LlQVLBxX4eZD0ZPiyvd60tPAZcqDHM3Awnk1LywJRzRYFQrBqnjWn&#10;BGuqFodKwg+u+VXlOO/iUTGIJ9j8qR5XDv3i4XTM0tqDptbi9Ar+QeB7EXB4YCwiBG+atxhMPiBT&#10;Gqe5kqnB2llunOPc04JLa+eQtfP5uDAfc62XhXT4mZU5cheVBXGWr5xfBYvqnO3yhp+ycwHyKMx8&#10;mByOLSuvDYbcY8sRXUGwpKo06DZPxz6fd+cj8LjTa4vumfSgp+PH3wy95vYzDn5hydpWr19Scsmo&#10;gtzerVbuc0V2bNeBeT8XbzrstPY3pr/yt5cvuKN9+6/e7X7q0yfmnv73e9b3mHnY89Nfuf2lnz6/&#10;+dBlm85vf/qRWWmpvbJ/GFJSUrFlScwdj5//UcmSN7PWn7ssMOiqrGcKg4s7PPHZBa+sfDlxXL/a&#10;bk+PfOOJ8V8n3vpwd9dlz/ZZtM494MntXTZ7/3Ptx8vWzrhy272P/2X2VR/VnH17x+vfnjRkTucv&#10;BiR82+b42bMP+WXdhjXfLYm988G7egZfD/V7LHTZI5O/69fhy3Z4m8XXWb/8Eh/TtjD3jN3rMpwy&#10;eVngqGyKQmVLkEKXN/wKYmeqw32p1/F8t4DDfsDlTecFdOeNxzU2quR7Xd7wlQ2XbqCsMhiaEQzV&#10;8BHc63ObByrh+LLdU7BmSmvxlD41/KaCpeDy7eTulFTx0LHMrP41iNeTlrnzSif3L5qaEn5YS0nD&#10;omqXnGz8+l27PcINmjLY5UtP9UAob3x28a4B+sPPVOHBsVUhv2sQSq0MAU4pq6oZ7Bo0GErTymrL&#10;gxghHVbGTPksRFW3J8PtS8eqwDMehwOVS/DwXLYMg97MtGzyRnP6ZZULsFqhkeZ1pWR5MlxZGR5X&#10;SmZWFgTGlWF5WqVSc3LSvJnpnkxfBhXSU7Ny0nN83uwsqKbnpPp8DV1aSfXlZGdjk/BlwJ48THOF&#10;Bmtqwuu9xu/KPyZQ6SrEEsSbFNfhwfLyqqNdo8vxxqgd0pJRjHkHkQE8ZOGyMx95472+4tGLy8pL&#10;Jy2umBdEbjIysslOKw6bnF4DWzDL7YTsrOLxFeBgT6jFbOEwbAPC2BUqAqGjyHGleD3Z3FnwwwxP&#10;C1ZUc1mH05OR7knFfOsb3an3Ow0x1qcxMyyX4/O4sr05VPGmIZWMbefsg0vKgkf7XZOqKoMcyijG&#10;Tjy1/tKk450apomf9SNTFpcHQ9Mry2oRJF4F5o33pRdPDIQWBOsv6NSSACvAy5Gc+tljiw6WG1bY&#10;Mvam8KQxSZje+bPewTQaq+U2XL6YD69+V7b4RnYnBo7BAjLWvFnFo/kCD37CN4bisvnFS+rXV/GC&#10;Wj+qLZ02IZbHTbESuRNRwx9TWVpsVlWwdOdYMvffyaEy2PZ703EtstPD088qPihUVrrzumX5cCsK&#10;/whPIxWRErxepDvHh7uFMw5e4AGyMr0Z2d50bO6p2Y1x6tPLTR43RMmGrzi/cGdsHk9q4VTUOKaY&#10;X1XB10017Ww2Rm5Pu24feIvq86n9I3yJZ+J2V1kaCJUWc1sb9E/3TzGHfVkR3/M99yMDVxcUXNQh&#10;Zu7Wk6b1mT70k4ufufuU2I7fXpEc2HfakC8H9J3Od8id8I45O3FV4oWJA7Ylz13U6WBX3ZPnxWxa&#10;ct7cabeNX9494dSEtmf9u9PS1HWrYrZc54lbMT/Y6bTR3mlF+U93yTv5q4l5Q44flXDZi2WtfR0O&#10;H/xBZs+Hz41r/fiHy2ccOjDhuOXL454Z/HWbtidNyLt/3db4B7bNu+stX1L5EWn/zLjvlL5/e7Go&#10;Q8+NX24689Uber/T69njFm36S2jDoGmhRQU5R37WJXHmopYfnrf99W7n3pJw18rVk2e77jl4be1H&#10;+9/01tyCH0fMcZ11eJfc12Im+dc+f2uv499o067f1r6Jk7e9vmLqkf32GfhUi/P/0TJ+0OQOZ7dt&#10;ddzEtz3jyzaN6PHsu4lT8zbds61yVuviRc+cVNylW6uBOee1vPbwSx84NP7B5QuSVpzjHpf1aJuv&#10;69697JBj23//lP+Cez1renW+afXjz01bfsGM5ISbW49ydeh/UfwFY9af2OH+c8+++ae3P6scOuKc&#10;uPe9Yx+e89a4ty7p4n2rw/S8+/dZW/NGcvb78T09+YWxb59c5r08690nfW+trXn+4Vats0dm9211&#10;xIGLE2df7u+esLamcsEBa6+8/bENm84Lpd5zV9ykox6Knbx0c12H7nND2eefNzH5iHWuiemTLjh1&#10;yv0Jnzz5Vcb6rp4tVU8Prup4RVp85+rcuXWPeeNHXHP15M+nn5F4yvVD327bZupbE+48pvt+57av&#10;631620HXr3rixZirc6oKjl536cGrTqwed3zdlqI696rscxf3PW/le8mX+w74anJ+2piS2os/2XRE&#10;+jWugvcH7Ju28NWEDQek7dsqcWFV3IYPDssc8sjCgRkr36ye9umiNfcuXPf8sG59z0yetyHg++SG&#10;bW0r7zymZWL3omMOyWi76bitQ24cs/62vpNCeedv3dpl9vNz336xIr7loJZXzBw88bWnenQeNX1G&#10;vyVTSkuS4qZ373/mwzmPb845dXjCjjNr7ntm6dpne8S9H3/3qhahJ0Ysj31//8KOF/Y5Yv/49+Nh&#10;3nP5q6PO7bbv0DY3nRV33YMLY49NO6PFigO2roiNH33fcx+dHTvaHxo30b/l27cS7lk1e82dB3yS&#10;+sbQPks7zl7/0RfDB73z9ytm3n13pn9km1tH9z2gl2/4jvR5nb5cc/Cqbfuc+FDM6R+tmLnwvXkF&#10;g/vcPjRzxoRW76/96cj5BxeuPvL/AUAgv9/0Ry2qT3DO60QoTEtaHNUvqnLOeQfBOSc7s24NCTjn&#10;84FzjjhDb+22kcTAOX/JPo0zIuCcCz7O+UyCGmf7aAVGFM8E0iArkAymbamexzk31FQlSsk557HC&#10;+imVtSHgnIM6zjkMUzHOEeec0wTOuceAaMrIOecDPOqmbHSbIPNxLvAOnKctA+cDBgyYN2vBErtR&#10;nsaAFMfyOmyK50EJXRQF3k005x0IuRlwXqKKhO5YC8Rx8YgpaZoozqpkPo5b5Zx3G4L7rtz+tGxg&#10;MKjoFLm3Ir6zjNa23BE5yOtvaviefwhmXTK8lrM8cv+HKy4ttz/0bmz6dL/N0rCXU780W8Kc8V8/&#10;DnKynz5nmUYh35XbNyaJnMFznC8XNMsRwMJz/aYphkRyseV3OBgu/3ubYCzGRuIzXooES5aOhINt&#10;X93FKr7Rv7UckkfwD4XOjw3f7OundvvhLzprDGsH8EfcD0B72b5PDnN+HKR+YTZ8Z5cxq1maLc+1&#10;y84LEpZbGGff8qyV49mHXdy3WViuX5fz8E17a47+MztzjppzXxrGCWjjT7NzHbO0zTkw59gYFWMJ&#10;c9Gc52gZllvOpVnZZdMs58CcHu7bb8zE1fWn5/kWcYyGo1HGYO+/xPKAl5Yv4y2jMPxR+Af4G06A&#10;/cLsDeJg8evAnH8m03bdvumHXewoxdDfjjH1p7EdmG3lTSunNnuBv+jjICxNn7QtguHbgjlnPeyh&#10;wn/sC7Pca8fsYsArguGP2gF8m/vxC9u3bMuziDX619/Yb8vOHsaCMZKvv6mQZbn4s4DRyPl/w2zJ&#10;/R+ulHb9prD4BcB/Sw2FLXpjkvtDZFku7Nff+HExwrD4/C1rsV9/E/9PrwpGo1T8+vXyzPcsf7gP&#10;Y29YzG7se7ZvDzngDXGx+nM4B+b8uNLT2A5n//rTHwvHcR4Wv7QtEjmDiqPdr/s5Ax9j0ajp11I6&#10;aLJtyxVFw43l9osC+G6MoT98c94zGLM8ev2NVzgYnHf4hh2/9Ez/ADL3A9C//vT87QBUGP7owpMN&#10;zpOKRhuzMOsKkKC/XbN0yahj+YV9mgvgwzNNbrn5hVuO/i+ue8z5cbAsV0TOw+I3Vr8xW6JlGbb8&#10;AK/Nwp/VbXb8yh+Y/SGR671MfJu1RQLsF35db/2W7BjsDbHcl17tGCNyndVtCM4g4Gtq+9f1+WEX&#10;a9PyHIAq2u2bfhxEAM2+D05kdRtrs6nDjVWWYlSMpV2/m8pnc324zvXt2/aH2Y8bqxDu9VOR2yDi&#10;5p5CJ65vLtdVAxyH654DAOc5Gde5DNc3ASeub+yJIxnkIuycwpOKBkMRdq7RFw7fHYpyZJCeHMPO&#10;dY7hFb4rFGQvF43FooedIxkLhXd4Rmf4BunLsHN+MfZGyRh7Jxtkb4R983D9wzPtFYkbgvs0tiNy&#10;BklfYQKzDSeWYTZcLMfntz24GAByrBG3+sMCbJFNn45EohRxhj+zMRHnxrc802T02+8t4ujvxu8r&#10;ZrOfk/1jFv7Y8ctuaDZm4c/HGWYZ/gFilUbLr58GeO32zzX9/4AXFr8tS4+4jzPY7Ze5PJz7B7w/&#10;wLup3fjD7fvCMIt+moUtH2f4MFflaNluf6mlfbsWIPpw+9o0+6HVb+16N7HWZgEg4mjZfl2Vs+nT&#10;ML9sCMvyyKbPjzNwBliWR1ysvukKF7PZT+yJ6W/b7Ofb5FeMmW+ZXuMXdsOfbe5ssPi145f+xHKH&#10;VXaRBcsumgARS9w+PM+s2BUj92HxHyDDosKPHGvDPxUbDs8FINPzzIoMh+dgtn1dlhZLh984FvZp&#10;HtHR8BzM0rBvx6/4zqLd3q5MzyyNdtfi6/W6MPvaNDuLN030Db/R32Y/DRPr+sMC7Dd+X/ErLhie&#10;g9m79m05FkmG5/zCD2x/FjByY1VgJIoDLO4Bi19XbmOV/LS7HrEypTraYplmW3H2Yxkmi/bNwrSb&#10;ZmHxHRO3lrVlV/wBPu0SY5luWZoovnX9YVt2SSSSx+PBYMQNg1HVUz3FzY3Z+pZjNv3nX7Ou+Leu&#10;/NJ/FmGXC7/E9yVuMn2rLP1CCfjuG+B1YZdL+2KsZt34i9uXRdVznuJv2bkW67eeXxj+9uvDtkz7&#10;MPzeMHGLX1qGX7Ycw2z7wmSYxsJtAF+MASC7sfza9b9rsvjZH7/w3dYszaVl8cdv/NL+y6XlmybG&#10;X8Adv7T6huctVrNw7RHVU3x915bjUJzRLO27LG2Ldgz20gJmuRXdT3+7fmGfFrcadrkxS6M/TIzN&#10;LA1jaXYW7Q/Dt0uM5ddufy3C4hemv12Ldvxb8X8a9l2R/jAY697idt+3KMuyLItb/L7v+/8Xt9+y&#10;rBjAh1+0u6XflhVZViSJm0f8LvzaHfHbd8uqIgvDr/tbVITFL32K9Vt/+r/uKTZGz/0ALA0TFw7u&#10;w7D4rb8t3zXRQW4D23zbXwSTYZn+dN1W2/Gn0WTUjdWu20ScsHcOyhrjb9ssbBkVvlH6BcPhGB19&#10;dHjfG2GDGxnuS68shqKR4LrCP+IX9tKeD2M/nftZbqx+m43pb8Mni+ExZ7cpOMX4sGGsAKzXy7Lj&#10;b8cyyopf2K+wGL6mvwB2Q7s7DfuG5fqH7A+j2ZHnOtc5FrbY9Mkq4e/KHAfm7DbPPT7MtqIPo9kN&#10;SzFizm5bcI/afmMS/eE71LtCIbLp88dyh3sA4L8BPoP0Ca4MHb7B9dGxGOF3lODKsCvKb7PwTPsj&#10;rje6T3Cde9QzmqXNMo2ySO5Rw+LXtr/ow1gahsXAnN3GPT6MrUksEnN2W6MsuQf9XbS748LvXWGN&#10;HnN6zmZptGz58GthlZjT/e7/nRhlaRsmJVxbNNrU9A/wxiTuUduxbJm1LFzhACDD8EdxrB1/GMvh&#10;YlYAyj1qWoZltK5/K9MfO/60u5XTrtvK0TfGRsMxhgzGIjGOoUPB4EpGw48OhYMRKjojwZXjoisW&#10;nnQ4wvqH3kvXbQzGIsH1ksGVnZHgPDlyjwDkCix+3fiWK123kQ1y4bnHH/DWNRsgZtGu20jy4T2n&#10;GMWyi42Re3ybTWP5fXzYfkddtxk+zlDLb4j78wu/lo970LJlETZG7hHLb03/EquBObtu66Fi5Ayh&#10;j5ZtlrbrG4YxHPegZZv9NNp1G9dDMvFdsnsmRB/eBaUJfiiJ2BWoSoKPZDEE74lGgpcmogQPu/tx&#10;s7aCPPMJgLzbWEyCYhg/hFkg4xuU6Tcts5ATxuz3i0nlz5lqwxE7rdZJfg/y07uN8YEopO+OineM&#10;5MEoLuTBSHY+At02conaQVJmZoL85MgkOBq2INf43/FuO3ligoOfAMhPy4jgLlCc4LR6pOl6Yzc2&#10;ZLiym9V/G7JAdob5Q5E5kVffXOiTrHEqM0qagYVETav6UAbACuMUvUKFFHGMJjVtOKDabXeF/ung&#10;sDDBRqs0wUmmdSHt2AQEEchaESJSmB65fYQkD6dWP6wqI06r8kqpWhEUDxwWjWlxOVHPFin2QUaT&#10;PiIPxsMqovZuA2GmVneZTLKl8wcOS4ce1QqjS9SOmOmCR7gRtU9mjADE9L00GfK64A+hgVasQ4UD&#10;HKEsAqkoVtFqp7W4nIJvQtMXicQbZ7LEBLuNOzZk+LGJj2c8McFNJw6Cd/zvuIc8E7yu0Qa+SDQS&#10;vBO2IC9ZRgR/DLwDjy1CEnB8gCKKkQOKnfB4IPyAtpzkKdWC5IVTWCNMsgqJaA+1vtv4CRpPWSAw&#10;nurKa7o3ZyTgolWaoNtJE0O2tBIRAdpCYNEgGxVSRrg4TIqo4Haz5ZkoZmlpgimq4HaPA4pddJUm&#10;IKNVmqD3mFPc7AD+yHvMadfsxo+dxdq1PMv0zJJhMuwdjYb7KrvCdRPta9FItP0rEopW8ROs67us&#10;/2y3aZYm4uYXRjnM6ZJfMcYlZ35N/wCfhmG5DV2yrLOwa35ndeiSZbCYpT+MrWGYPTkV/F2Z5s5z&#10;CNs1bNfzDNs1Pc8hPc+OUtFoeEb5YSztDem5N+h5pn+Al045AS7O/fH7+mkMACE9z3IspOc5pOfZ&#10;vWXXWLMuWdZdsoyG2y7PNOyi4daO/0uPjAG0HJtf+DWHLt3CaBlGf5j18By3bR26dAu/dujSbSxA&#10;OLMw/QPIoUu3Auy626/tkmXuC4Afv/Dru3T7fhg7067eYZuG3dCOX/KLnmHXddehHb9g0hXWMwv7&#10;cRvWcyzbsdy2Hg7rmf4uG6vDerZ/HdbzHM4B0OEcACycA5gDeOE2nAN47ZiV21/f7iyHcwDffmMA&#10;qMM5gDkA2MXGv45jtg1r2qVpIa0Nx8Ri4fALVMVwlTVUf9+O35DWxmw5pLX1r296Zmn26wpdsswV&#10;vl6y+z/sCmc02MzZ9bvhZjGG834kyT76ftc+/Qr9YiR99y4tzyxth70dRz8yyFGx8CHpSdKP49hJ&#10;7/3Y/dhjVgCq8L57cmSQjQVD0Rmh76QfvS87qfCLsJNx6L9uh+TofegVfiaA1tZv2PuoGH0f25Bk&#10;w7GOvxt6RjmSC0UvGSHpFTTc2jDbxvfLluc6JGfxG9o1PItf1Lakn4+DvDOLqn4kYVhuabJd3+hH&#10;s27M2qJWThXzzNKjsbOVWfxuAPDfkuub7Jq1zC/d1j8NYwDI8Sy+ufp9ydyvbw5m4xj21j+NMVzN&#10;crH2rrn2heeZ5exbFsDCHMvFL2e/3G9ZeOZkm3P/j7lbFkDLHOLl4peFweLXft3PxTIXs/DM3bKA&#10;X9ckLrSkHy5muZrlYpaDxW8AtubiHwMAV3Mu92M292mW+/WPjT769LAfkl8x5sPYz2wWcPnua7Mz&#10;TUYVXn5tNvRr1y3qXgBLryNfwy8bu2h3bPRtlv7xX2c0y6F/LKPj628E0KH4teufjqYZzXJoLz0a&#10;wy7HMkdhsy6Zbs9ZHsmu048jpn3h+obbGDOOH35HAlh69Z8m07FWjmVOaEbLALDpkybTFvq/r9eO&#10;v4txYxn98Exj6xgAciqApddXE8svTUYXPmazH5Yl/Ywec4r1t2/XS9s2K34KT7I2m3Iffl8y/Rk9&#10;5vw4CKvbzAA4Xp2hXhkHFl1ShRT6hySnBSzGVCvNVqPWbRkOynOLJfrMA08f54jpiskm8pKR7ZCB&#10;kCVdbOOU99TYc3xenLGMKxpNFKHQTNpJQPv+RsENkBqB2VlWzxhnWpq5cMExk2Bgs4wGpkQyTPtZ&#10;yLrN23Tid+BBAr0QQ0rx0vQMjpVo4icGiUFkjMv1DMYqiDwwDDmSMJLymr3uk8nzamsX8hWCoPCv&#10;CEg+v+wZxTcMlGgu3VuQK4MhFi6L0cjtgK9FbbeV7E6jDbkOtOtTckuuzycEcYE+mJsVfSgCrKlE&#10;mbApF4bAtvbAqjXzMdq6MQpDC4ydWhbDfxiWSiKFLNKB8a5eAtyzGixYxYoBj2TVRgQiqVyPDkTV&#10;bYVQxVXm7EqlBN4OTfFWYkiZrpU7sIKRmoFD/fIDG4NKE5AfiJHAZBN7CLxelgs0xgEVykVSpSgG&#10;oQWiWs4MdoJ8oOckU10WJ9V80SZB1xAwkV6w09RtClHFYJKphVeJY8Y4JS9ZlaUZZESTQBSRAOmh&#10;GaiQBqX2QHK9bNjI8z0+o8hk1BiBKQEfzQbPSuQKiauIVPiiKEPq0EITsVEKMWTkJNQ/4hcyLMAX&#10;qNu6z+EBCWRLA3S/VBxkr2zW505NMJ8BGxs/3kyteRC3YMAz9lXqgVg4oSdNRWidzqA0dQbUxdmJ&#10;wRhgh0MqMs74kkYctPKanBL3Bo5soBTbHE5PtOm2ysiSbFB049vYLyGmcbA/pCmtBCSaesDzacxf&#10;imVUsZEoAw6+memMtyFDrw4ZBm0HSBiZwXBiTM0IgYHBB9rFVGOny4z+pBdU4+gX2gDWVk7bqdZu&#10;AzsGzLpqJMpVYnjwtbY9Lgtp9jsWR0yEWGqZybOgaIdXPXmKpBoOjYr6mgVRFXFac3rGTKo0DD2Z&#10;tO54GKl7nwhpaXW90Ixti1BzM54oeeiEaLeBLT1XBmtlVaH7rKnQbpCjIptFvEqM9WTnywQznTCU&#10;q57vAEueM9WKn/OM5lJ494koHsk4KeLqESkOdqYnKcLCTj6b2TNR0R1zMkMTiUlhfmez2xgcAZaJ&#10;OWg6psqVSkxasyJMsszMEg2hxJK0MbYjMbgHU4KiJglJS+BVixhSDTaCaWOfyCtDKZFy8PWIqbM2&#10;xMuYXMhGlY4gtZemEMuKKiAyrCFAui2VjN7HHPuoxzoRZB5cYHk8QKj38EBEGrNDRfgtRySmghxz&#10;qVBxfDR/dIwUz8Aho2jeRgdiCjQUFVTTmC+XSMPk4SQap8utGQeZdhmz0SwxTprVyug2i2twMBaK&#10;1IFRQDlqC/iDXQuWKDRaiMSKZXFp+cZiUjkcFowDolZ2WKItDR6RVHYoupYChslR2ocZWNYEslbU&#10;BNRX2ITDSSEAURlFgRGRKEDUFhXd1j0mgaIB28hICsGhIjMVxocktUqUbBkUCzIWpQbSG2xqI0P0&#10;3XEND6cRtUI1I6zK5gh6knE831o3lj6X2Muod/mRIZM8p7MYHzOIJF40dLzvts2H6fwswYl7SYJc&#10;3ZTCSn3wsTPdwpaTPhuQyB45v6+7Vp+aWHqEl7jKkARE0n54xNXlRsVy4DZEVyiUECNkRiDCcQYO&#10;LyQNGxIim1Jo+kqasNsYc4wSwq7CIuQMVMCwC8DuRCwUzhIcU6qVIFNlKSG/YE3CVOuciTPxYCRA&#10;s0skZqNYkDDNXDSESrZaBPlRoRCDuvUgXkutIgbkRATRwVhGRGXA+hDdxggJbDBscGRgVwtYkD5x&#10;TCCcIjrgq7dS0CW4QECW3BhBFcxgAAdYsn0YUL2zQ4qFXYfVl1EHVi6ADp9AXg4zxWVyqKWqxWEw&#10;UAgPYC3tDmUDrhm6bTIyX4OGyy2DCc2cDO4s/BjqtLYawno1MZibDcPwAVHR0P6KZxBoKva36BX4&#10;28wZ92vZVOoriOLRZ6Yg5ztBLOpnN2SS77FwLL6T4xV+XGJ6X7dNKDPbY2E2NA9ELV4eJ3avvPl7&#10;Td7ETH08V+TBeApZU/FSEBDEC1UlhXcSf8JLmOqCZzIk7kJoSuPCQPlhBcXb2YJrBQkUJIjCqBDP&#10;TpyCprRYC932nS+lMOA/jwJEwFAUZlohLIDcmVdQsC4v0NrX3H1aLFm3eGVuV5vBq+5kC1AdJWSI&#10;OoNEw+lioNjaiV690pmFTqQDT3vRxWzHdynvBrtN51Touk1yQ3gXrvZMuOvWjBDTcF6EgcGDJXxK&#10;YoqwPkITQVIjQoTSBHIIiZO8EDyfogQ+a0xCjZVyEGgkXhJkGkgnxNYVSIChCI/wmngEBNhZqAcx&#10;NBQPuk2mGWUDmgj2BzT7YQeC2aEaeIYBapCQyEYDBSj1GUhmps3A0kWXgSfTSQcCshBl8IK0IoOa&#10;pTUGIFkoBw0U6QeXhSgxMLlewyA2URQGBFokGCxIni3oNkzjMwtU84AmqKFIr2DEQF6CSxvEklJ9&#10;ZeC0OsxOQVFX7aJZJM2aSbwRHcS4S+KN6IlmrSS020ymL2AF/iXwry7wtZQ31rwXAlHzXjOqZCiV&#10;TpZZSiVLa2kFY9Fq9i/7/ct+/77s926jfWiflfYRnQq2pHXpaPdoXTqqaF06i/1ddDJ0pAnJQY+J&#10;Zu5IE5KDHhMN6DHRzBrQY9KRJqT9eUwyNQeB7LY74zO0jINAZmiefxBIjSczNMGDQNqpnX4TOwVt&#10;1Sio1arR8z4YWaJknSojeYGxLv70eUV/+gj4xDbtmmnTrDUWrWu3DVhmBIrkSSk2r54O9DAdgEDS&#10;Ae9zHnzhkw7MhQ9tlsoIF1qmm7Fumks8gj/wuHfCkxBeQLMKGIug7jYEaTFI8UdfWVdJnHWDxUVl&#10;6d3WYRYBCjUfTJRDrOy2DgmGgCEKqKHikW67NEgUva4lX1eobpulg0ViZRGkDIpZiOD6xlkmeF00&#10;DD4emckSkzE7ib1kaT4uC8EX5+jARy4LwUWrEoKbQimCd5uHaCxeDeFpkQnhPchYUkIpAZDEJLg6&#10;Rizf6jmJriMKZODxNFTCGiXBsoh9RtUu1CJEXz1EXz1EXyjqdDp1W8LQmmupWsrkErCo6WRozWgX&#10;UdSbUas5o0qnQ8179UPNe3VwVv9ug5wHD0kgDrO6JJdIp0O3baSI9lk/q7noSBNSM2t8R5qQmvl7&#10;kCakB3pMNPMAJE1ITbdHEzJDyyhqDgJJ3pkMrZD5uvBBIDV+kiEztND+qwliMJvhc0no9Jt026U2&#10;7cNYmzbrVBkJE3uEMEE/usAusHW1WMBVwJIzAqWuEmlK9duMQJnglkCZ6mp1mCoCFSNQ6Zimctrd&#10;m/PgCx/0PPgOPXkKlETsqi0/wPNxaPVu6yhJGEXJ4aYJ5MAEER/CaCGpJU3o0hAYgNYFYWW10o6i&#10;Gyw+EY2lh6zKoIAHJp8hVtIFhleXn0atCgwcFrow3mBBEhisnZwtgjqFUhlCDMJgwTl0i3+0btqA&#10;GkAf5qURmniD1qULTG90LanTZwUnabctwJYsGYnASSrK/EFqyogV1M/SkYQlWdHqpmKLFFHJIpAy&#10;XgMvxsW8mApkyAxLFG9MwJTZXmFKSqCwxotF5ogIdfFHTaNEoqyErvXdJiCG6Kt2rebW2afKiM5O&#10;lRFFnVaHCdauenWqjAnUqTL6U6Ik8Rbfg2bRLJrlv8eAxBtLhVLphJLeq9e814xCU+rBTKneg5wH&#10;j5IK6Kz+s/r3WS2XVvRxHjxqKL3VFrCj0+i0OszRyWBoXXoCAR4+Q+vSUfZ32oekfVbR6dBtmwH0&#10;mJCaWczQMmTNQSDJO+MnGdqneBBIMkNbHWbmexDIDO3O+IktsVOMnWIK6jfByBAeBiMz2LBaNXYb&#10;nX4TBetUYZ0qY6j0Zb8XJnY3sS+w1WF+niPxRsQFhiBH30sSbywlSo7ZuLpfyCP4Em88rPdK4o12&#10;Yzau7or4SLwxdEigHAHrLQLWPbpqGwHr5dHVbepKXalpSvUFzUrOCJS6GqRSqldXqrqaESg5HOXC&#10;xxykaa3wMcFuGz+58DFjkALfFhOMvD6GTUoBefDIgAOCWBAyJlwa60BHPYE6jfqj3NjfFAaL0Ui2&#10;9JFmEQyk7kVtEKJBImDoP0EEsomdFDX4qGlHYhXULZbzerqK6J5QCplHukOs/DxAAzzSgbsWqBEr&#10;KNqGFdTSbZESRlSBFMWYjCzqxxxZVhSCw8JiS/Aa85g0bYMpTO82z+Dj+I5+lZQOCxYSOZpIgcS4&#10;A5xTdiFgCj0eVh/WYGZsUy4nFvXXY05poliMjQZCIGvXStautXaF6KtXQuztniqjGKKJEO22bitJ&#10;vHGOGMLv8aJZp9N3OoE063u8erfRrJW1mrXUOiYE/pUQ+FctZTqZTqZTHRKwHk0I/AsU+FefUd02&#10;o9YZVUJ5KaV6T0r13RbWvFcnZ9Q6o1YTlEur+FUQIzirPzirwVkNzurfu00urSaJRDpRzoNHwVlt&#10;mNWHL/s9HAtuR2204HYU/RAFt3tbt20k7bOaopPoJDoV5LB16ejGYn9HBzy3eyz2d82sKTvShIMe&#10;mrmgMYAeHoM0IUGPrtDSeDjoMbkpi5qDQN4ZjxL4V8/QxpqDQFZCLHlnOKDHROMnGZp3szICjZ9k&#10;xJmDQGJkZKxWjWutUr2dfhPTrP4dIzN4mM5WDdRvgmK4+k1UvpogppYrYOiqVWPtgQ6E6KtfYOBY&#10;m/ZYm7VZEKA2Gj8BLyFC7VQRTGweO1XG0KU2bZpBs9ZuW2MR7bPGBMcs5MlMbBNcZc64uqvDvJAu&#10;E1ztAYk31o3ZuLpgt4kk+3cKyLM6zG6zsF1Bo34TsNssA56E8AhPQvjBfRKwFvbg05TqDaRLAsox&#10;sRJi+8UjsH5GoNITe+kFQ+tU816929RC+PlgmlJ9QbNyRqUJiUqpCRRCRZDqKpT+mFigMSnVk+rK&#10;kHEIVEaB7/GqpdYtAbHIKgcvy4VuI7HY3w+DTSDauNeppqZyq0ZMn3gjgiPxRu9mYRwzl+QVu67M&#10;9G4rfECHm3XpXaF16R/S6jBnaQJlgmktVzyhLv0xsVLLFXCcJefBd5vMQXSqaYIgUqQQu8p6bk8H&#10;Vof5dRviMXhF9JBAQfq2mCCI9rXO1HnwFYSi22Kl56SuaoNFTLtXs5TmCqCGS8PxRwkVhZPcJNV0&#10;t3kbi6AOeSTG+L43WJRaiFVRWwS1CrUaaSHCYNHpDksfJa2bRhkU8DpAI9TMS4MM/digHhQKrqjS&#10;aRBEChel6LaWlfEFL7MI6m4TQCkG4Jk0GCxAsDEChq2bVgXnwXebwSV5xUHktSHDgiBC0/dJInYv&#10;bnBEx2MUKC6NWgxpmdIEPXJgdr6mEx+JNwpoeC1NgmNDhqZQiuBoKEVwy8wEeSiLIVAzE+QEexyw&#10;bc5JO72SIoARMAUuW99II61CYrd1t6j1s68qKetMSHhTtjCMCdVGAi5iTmmCc8QwmwVOCKGYU2Sp&#10;cagRFK82CCICPh4nlwYH4dXdhtjETooV4/N9UKVBPUCqBwd4aRwcs1Lsbxq1mmBmRNh0N3Uagwys&#10;prst5BEXi9C7C6k66w08kwaGSqdRcHQaPXaxNE3gkU3vmPil20KtyWpMsKGFCy11hRXNclE2LtZG&#10;5jKHK8yjXDFCrpKKVsWikKyo9M3hMQoUAuDayYwqGlVDaLregGLvttcAYiLXhud9HjRPRce+4PbC&#10;TF6NJdvSqDNjm6JJNWR1GUzGtVGL4cNAGPnpBZMxU/guzqkeUpgCL2xErrjtFqZizHQlBGSC3Xci&#10;W7Sk4HbKSV3Vuu2TeCI1EKtbUg7WgtUpqVMB/NBAlbE0A4W255upDpH0JIN5OgbSIJG9Nh3DyKPq&#10;itTXsai6bEBB091msk8WS/JIU6aDa2LqtlpqNcEvtTCdLdOqZJhsxoLbKaYIWvoiFHIu9W7TrLaA&#10;nSRgpZ4ZgFdxJT0E/iWDvCBJ9ptSw3XBRPdg0zh5pY52W1jjpF4OVDKXVAfy8rg2kAlL5HCURDbi&#10;u5pUQlMPMhjNwEEjqLut/g9RNwzQLC/qrBNlzSgrNtbotpc+cEqrCcJgzlmABjNGXbsI6m4Dx4Lb&#10;y4vKw6Djy6FUBzadIqCYhDYAUiCt330iYJmlVL+VZhvRojGrfx+xfGOBqjA2KMb3vbOvghr9rEvv&#10;NhS9rt1dv4dT2MiDtYtK4qyD1KLOy9JXjbIzjSy92zwjLURgwCyC2rOoWLoASnWdB88QuGuDwaLA&#10;VxPstsikW/rMKLgdA7JPAk+yCOrEOtBRewiVediq0fNYTj5Y1GLYbYwv61CwwAeLQnoe/ILF/n53&#10;rUvvtoTGT0wJUQJaQpAImG7GCCgrCm5XDUw+Q7d1vnV/IoXYOZ4WAp4MCpquNxr0QSDhtTTBSQm6&#10;XqysxfDgmCFQ8gPstu8D0z4JTEvWrtUE78aGDG+SZvQYUF7yTMHt3SaJUCwk+RsiZAeSYhfkwHJH&#10;NNZJq4A8mIHPpOluC78PRCFBLHEsuL0WnGGvjBKaRj+rEmJrZS2GNBeN8N2G0mAuryLBzlnxkFZ/&#10;CdMZpR7UOOKAInL8O0O8J5iuAulxatUIAXEWm7FWhA4J9EugTLDbOrVcAUfuN5vcdSKt4WqgFROw&#10;iNoNKInY34pt4PDsNfDSZSG4uioheLc1Xi0DF4UtyBuJRoJjViUEV9C0wbBatD6MabFzgABxTtmH&#10;yHT7BAuJGgel9ZdWMes12OrVCxDDexbqbuPUY60AGVBeikIDrdjdBwS0Viqg9hSYWQTSVQ4rqHq7&#10;g5TRJd320DgqXsD9Jqmn0GlVUiFqUsfUxRS5lLUYzqLd1imrl/ggvXqo2CC+x6vP0lHiH92Wxl0i&#10;JMkEoeqiMVTowkCt4PweE90hnj0moqLbWjzSkRQBEGxcGRR+VQhYnxpAVWhVlPlJ8D1i9/dI0902&#10;8zBI+VOa7MFEOYySbhs4QjRIyqCgaTuk6ZQmJBh7XrFWmkUPxCuqJPMVYw4tLLi94teTxYsVmkZ/&#10;S6h0JMrxjZxEhKbl9aD41J/NNY22wBN1uVIJJ1kMwTczE+Qq8kxwliOT4J4TB8HfeqyZtonGAtaT&#10;DhTX7+qjzHSGOE7ATMV0kpcDWSBZ2eowY0dk1jER8tXpjgIkaStC628aIR15RuaI3oar49oqPt2Q&#10;EYAhERD9HEbSesIgBLJ71m4TKYSL75QmGCpgq+/40Cp2DpJ15T2m2LscyaQdnRGhpjTBicZVdhFj&#10;ir0WkngjghJ5rFT/PR7f5/YQdaqMn8IUO+i0OsyOKUVLqVlPntVhJi4ISXm4lCaImNX/u5QmGLLY&#10;3+tUaYKfZjXBEFFwe61kyAhYb2BZaJlyIikdYIZTMamTOaIoHWB6sEVKqVYxqYpRLjw8xobAMIwH&#10;FKRzbmYYRwxr74NyTiKtsds6n0h81iwu0BdAHYS3YMyG+/XebXDXunRx0Lr0z7SaIEO1mO3IZqwV&#10;JkrCpXqpUehsBXBqUY1Qz0krkd32smmBHIAUSAVpLJCi6mPujqwU0FqudNvm1X7OAyyEKyGUm1ou&#10;hcyFtMZR4GRohW7WuIFZozy6TDAUKE0wpAiwSlNpgiVsZLEGdTVwjyQ4HUtPm44YgTQ0lSYYSi7p&#10;2G0I08y9DaNmwMCytCIRAtkaB1BcJGD4XBXj7ChI5oKGkMBIPRB9H4mj0iSUOoSyMjgQaieCx3Dk&#10;PhaGETEqTZCciTgiaEH5AYHWd5vn0vo+oos2BJUmIQEqTTDhZ5cHQd3K5cdOaYLjZnHx3dY7pdgp&#10;TbA/5kQbrlaQFWxW34lhCAmP0WAmJIHKmEAlKIEFJabYIR49eJWBYYrdUZu1arfRYh7CYy6lCTY4&#10;o2oRLSFaip0eOFVGhKQU+4wRsP7AKMX+eS8sRZtVmmD42WKnUaWJgD8m2DKZNOflVFJBlsm0+lx8&#10;cTm7LXUqwasZbwQgK5JiUj+zgcMCcWuRInDRzuIUWlXo6VsE0hvtFmbmQ2Gcd0cUjgaZ5I8Xk8en&#10;zSmssYKROWIBjZxkt9GdM+YNq9jTP4e32ZAm5PhAXD7TG8MWJ2achwNKglpGlCOT4BLNT3CLAl7I&#10;YohF2IJcra0gH5DFENz27IRp42P2lnUPsrZGlKevLsP4V49T70O5aRhHtGXz6gsbUh0JtW4DdRsl&#10;vGe82wqemOCY08kTExuXheAk/HYbrOT9bbZcfnN5XZ5C4Ce5ZmAhcTN4xLymFVHHGoxw8d4tKZAl&#10;gmYuuy3m3CaFDcYa3VYTyosK/CJq6JER54bmtCr8Uwsc320DmMdCFgyDw2ghDBjGjIUSO2Uvc0QO&#10;O4EkpfMCSXJx0XmAYAoHQ7d1W7e5DN3WbbSyFsNuqxMtyC0CEMhDlhHBSVCc4AMG2uQrzYxwNJV4&#10;fGJsiPdyqbr8J/KGxE8Rtr5mC9Sx22YeAU8f/Sh0kua5HMduG4kyP3Vb4qGyahm4GcZu66U/UR8N&#10;8MXaiBfGLXBYTorJyMIpXq3YvNvgCA3zoAmm9QKL2hpRjWpG2UwK6ci9GkcsNODYeT8WIEq3MTDF&#10;BE5sE0RZTGKFhGAKh4TAwU+T/kBpQ6LbvMhJijVWJeEyFj4t3XaAZyzL2U2IgqY5yyL2N13JSKMz&#10;dQhNzMdmrBWiwmjARCtrX8WIofb3/O2eKqbFGwFji5DEMMBf9PO6jUGeCdoTAHnGZSG4RQGDnPIJ&#10;gLzjiQk+hlKEzbn80WZXqy+xHgtJW9Abzxk4geTktPpGzieIWpD83KPykEAL9tht72q6KD2oHWCJ&#10;1nebZOCh6d/WbffM7DYZ1ReupYek8nJqJrZI2YgqJrXbRP4u1/FuqA7SG8POL5QKR4INW30mBQuJ&#10;AhDXScKHjvc1UuR4uZXIdIFiwDBaZBe72zy9xnabWHZb62OCH6Lbum3lu6nbaJnebXFad48xA31o&#10;dlu3NbqtNDuJ3WtxBEfQtIFfThwEd8kzwU3yTHCRZUTwbuurEoI/OhGDSBZD8DDczDUEjwy8g4nl&#10;ip2hV6c1YlwCnp6hsPzZbZoSLCRyG+byoAchOlfYFTs37CzTDQfNDK8OXOBjfjO8csCrGZJk/EiY&#10;YQfebapuY7UtVnWlKPkYzIVXCrJHE7LbMgXDxBVLXijdCoVpt7FiKQjlwGpHA2bj8giRQuyNcTIz&#10;Qd7DFuQpUJzgJvwa+CrRSHBE5WDgFIoBwUUnDoLTiRbkmpkJ8o0nJrhITSV4t42Vg6FjGRG8ErYg&#10;p4QtyB0CHQNfjNLXjEIiwc5Z+ozvGUNUl48tsJAIWjCt53gC8lxVJufkNBYkvTpTK5UmOHdb5IS+&#10;umEcY8Z5SAklknmRkV6922igdPxQktpjhGkq9mYVFJ0Hi65azW472aBuSzl9kp/HhKZR9EWm1E5e&#10;iUIXLC8aIiCTbgY9JnAjESc8e0yt0NHJSlHykaqpDwqBwGmsERxIpONBIUqpno67mNhtrbJMLSrK&#10;x1OJ024j2LRI8XzYOyWsXHDpcaloFTKPXhRTjL3TTpIRZ6YEJ6mlA2pPSp8RZwdVMaljDyvo7HCY&#10;9ZhtPb3bECsIpsy1EkTRgLwPBUVljjhZeU2fvygd69S0+gLK/Waz2zxbUt8d+aVSqqedF0Xo2d3W&#10;dltXreYJc/ksd4dIwW6DbMZaMfG06djVsEO3SdgVwtN8A6G0gpl6YJHMWmiZRCiC7xadmcUAJv1k&#10;kNGJCnklSre1xFpMmaktVqXYowkJkSkpNREZmOA3aF26GXL9jvGoyjiyLGKvkenonEnWNU2lBA0k&#10;UzAhE9D3zSrvVx+U0OYxMLAsnngePCH9MdGnBS+yL0pZ3aqxUrhNUODYkGGnflNFxcOppX5pmPQU&#10;zxql2/z7uaihWQZC8SqbZTFFwjAdTfPFMIosi9i7DVXJXUzgCqihx7LqJnSpMWa040NoU2l0xgRe&#10;UK0HhkHr0iGKEUc0ZYTLoJ80Z72RaSeNKs2BgIROPRWvQzXolRIU6ejcRGCec3BBsCwxz6Kl8pHN&#10;smAkmhLll+reGwRDBwetSzdd0qt3KInYE7S2I7/1MPHGEq0IKwgTdkMug4wKdUMEh8UsBw6LaOy0&#10;KgU/elFCv2JSMYg/SB+pXHh0W2fQaVUqkcXlpCwWl9PB+ageDNiEgHJ8owcFndMrTDgnBrZ2xK4y&#10;rCRaqM2UyQBs9XJK5U+BAO3yFnGFhF+PQQ/9tC59JuHQp9tMHcWMGHxq1v83hJgud+GBHEIJTodV&#10;6/pSFBfJzLQvS69oKpZ+QBMhn20sa4cV9W2YU6kXu621ngyqBOoimSCRfOCxFKXyuSDBAHwRn5sS&#10;0G8WZmcCkkHt6WBtBCA1VeyOgq9L+O+kmPVY+Mn0GgOR6fI9c8TQwEDsDNlqfHY/YpwGTq0aIbRH&#10;wPoQ5/V0ouqleQJjEdQWMKV6WWHDSKipf/Fi5YJTcCgkGFHLI4Stm07jzu0bGqFmfhzQAXZbqd0I&#10;GCAxQu9ATcfEO4uYQtcIpJhI4eHvbUTxrEsHJhHhsVihBGLIcvJQreIZYq3klFg2p0UgtWvPLjtS&#10;wLMtZLcJuA6ik/ewI5ZiJhKFQlu5vD3ygGTMWH/vMMaSYml8bPlTmqD7Cb0bjVodxYzotpu7PAWH&#10;AtO18ODriA6BoJvFCplV9OkqMKRB+Jy6woHDBFQlysvRuXgu7pvw7JGm7ZBC7F+DddMQOVXTokrT&#10;dLeBPk6reyey1W0yxOqv02rVPQKXqhtICIH+lRKmfktWpQ7bvdRfsZrUSy9m1B0kR9RjH/Z02Iu2&#10;6awOZtMTDtDaN69s6SlIY+mPhEztokxVe7fJs3cEokKQCOiomRDwlElCHrusPH4evMcLYKrjNPsZ&#10;gSJTw5+ZiC1S3tCoJdqcp1nyx86EfPXKuQqJo/UCkt3WeesfYVjqvZey/NlZXu9fF9lZfI/YZ9/i&#10;wF2rIoYo6tRt3jiS46z+B00tVw43q9tipBdjtWrEjBgZxq5VIwYjM9jpN6kfF9hYm3ZjZoKra/E+&#10;c2MGImqjiyNgPekiLezoMkHQ7FUVgVJX6iChdgiUapDT9OB9zG4bOHXbxXGSLRqXOboLPNHotvRE&#10;4ZwjlMs4SSfMOTsZMj5TgeFDcXiZI5Y8YszP0pbLq0JHjQJyatXYBZgZqCTVxaEmSaUyyIzIjAgG&#10;aZAA8xIAMCAgGA/KBdPhOscHFAADPzwoQERKLiogMCgOR8KwOCgShsVxGEhiFIWhJENOQYYDAJuU&#10;mY4clRYW8/Zae/jpgizlNGkZsiPvQFhXFoQrdo3xqSfokAnE2zjYw2dT9yvOdSTi7Rfcg/lHuExj&#10;rClUuhtJeAgp8xK2gosxF5iVVNsJyQajAzxBfzQ7ma8bFn/XsZlJdQGsQVmZWShIRYSa+RKDiSEw&#10;A/DKkiHcBpvOkXpAy5/2i8E1QuZL0c5MKCoxQoTMww2Ahybc8QlQX8NJRmBpyMUX4OjYI/FV8iZA&#10;R76v4nCTdyc/SQyKo/BSxU7XmT8Hw8IIjLFJXWFAWkiiSoNz7hTMBDWaldkEPTQYFRUTLuFE13iO&#10;xINKdJq2LkoElIHajPupWdvkEO32q+A8/c1tOPmCbslwZd4OT/4IuQs2nO6CmUMPXtVWF+zb0/8E&#10;2yX9b9PdMaBrQ0umMeGxDBvpCRANsyLtBGJXPmhHjysZaqrIBhATUO+UbiImschmk3UaHR/cx9Yd&#10;X30QwZih0c5st0vpaQ8D+SfMYSnR7VvzukXZJzPwfr/FhXPfqRiV6KPDZzZOcNVTNfK/pLT0yO3H&#10;Iu0hwrXU6xKqofsnmyP84d5IZpf5Cxd/AGFwDGIawgDs3019lLExtuIEm7dRBCilKHy6MYPuvp3h&#10;n1giMWuwiqSUS/aFHmkzZhpNFm8ekhL63m3Za6gcpuGOd+DxR8ny8kV8lB3bcPxpNRb6v+a2SefD&#10;3OndWrVYQMNV4VemYf5l/yf7YL9Hu4kqNVuNNxayxP2wygoDB7RVFmg8XJ0fBQeK16rlyT7GOviw&#10;s8bxGV2ZIUm2aye3jON5+4y+CkGo0MRVvzZfhJUUqCqnzjj9g7JjwjrNB6TiKBEOXMiKSoewqDon&#10;K9GMHM3lrlIqqyADWz9Ot5YEUN7xaxopKQcuyIilUmsfN7BiWWP0qMDgSJonglQM93KZvJ0IE9p0&#10;3zn+JCUTZ4iOQiqrZXTPM0pEhj/rQ3qcMsewMQ8ZoBmG1e4jPiabGms+f2P16BAKipLOfxA7cuoX&#10;+QHV2aJiqBbtp1OTk/XEEL9mMjLL83LC5kzmsvIxkn0Tojzot6ADE5ZA3hr9ATxs8TvR9Ug2GrKY&#10;40Kluif5j7yWdzXwZuory30NFFTDil4KX9zcaEHsuqHZNt2kfrtoyk+blyLWZeTB2uumuTw1ILmX&#10;3L2+TR+t2T+h6sU5qmHSiIZepdL3vRBF3C5F3Pr+LGqJ995Y2cpG93fFK9eXdsbNnXwlHjg3KePD&#10;JtzH05BEPMRF4SG9QU5d3PZS2Qpu1GDpAf5FCO1xS9ruOwPlzEY36fdefGugcik/qAGhy6m4+LfM&#10;6y2ETc/zuSGU/Ij5N+nGFYU+G0PY5IiZ1328nXgB1T9a/8eQ+7Ud2T/IFDEqyZ0C1iy/2kndSM53&#10;hvMLDz2Y0a9p+2KGMv2UH9Ewb5+/dV+0KXrVYZKcgPetmpcI/SOzDuk9bfaOcFpFiTJL7ZdT1E4e&#10;4KoSj+ri+e0Sw5xZ0OmGqGOUlqhAZHxGkQ38EgsPJydRfCgt4Fj+K+OSFyS4xP17QGbngIVOcagH&#10;BO7QXmD7M8o5FZltv/9m3WKZeCUBWSJBLfiC8mTEpaRcG2SVT9nn7m418EbW5yU9TLBff9iPWTfD&#10;8iuILUoF6j1iEt+HOuBGGz1d7iZqosyQljn2vCYvfG0lB95fN7KBOFreLZgpV0kA7o5A2/W7yUci&#10;Gbo7DbxvKomckoQ9E1JYRGlHQG2MxPm390RFEN4eiuuc0TSlu++At83Dx6SECDG7vLa4wI6E1Y8M&#10;7H7cnE6eNMPTmAjtUtx96prkpwPaxbXNy21k4XnA2fvabqWbFfjBiUPexcag2KNAH/4/drMra1so&#10;/UjarEuim1WCgdxhBIl/QSMC0/6jPavtQooNZb3C/G4l6jP8s3yPLm+FTR1yO/ONtSLzZG2LQaGD&#10;3KW265UZLIDObcwD921E89F29C/AHa7XVsrfHI8pqbG2S3QYlJcy6pfFam47Lx7BS8ml6cnI11d4&#10;WHAxttzG+RvcRcfusSdEczolzRMQkNn+EB+//dQedqnXe3D2ErmZPJHuHNtm/kiu0eKj60JeUdi4&#10;dn2D+pFkLapDaDUW+CmEaUmtRffLVV4fF0IQkaRFOrxPrrszLrnewppFeInDvktH+kNYgU2VDEei&#10;JFaoY4ne7zEoceA6aEOefo+zwbaqLaqK0GDPGlwFsCUCNeDPOsnBn8H2tbaEH4oc4z62Un4fApqZ&#10;PZABayHPUvF5EhxP/Ni5+ybzpKztPCzX69Fa473skTv/iCBoe5s9/CubrU+PIETHceTKNBVzje4I&#10;pAm2HWS+seJgHiERwb3j+PCvA1QVue+kKlm45SuDHkk/HDKTc225I6dyFHNHQ7IOrIhDo47/+GRJ&#10;whjzUZxRs7iRXE2vHbQWMtkLGFv/szZfRLT9NZnheqskzM1m9Fz+c63uFP9qExPdXKBq4DQ0Aln4&#10;4EnEJo4i2DAhlthoJmzWRWeDbFTwtiMDpkoowXvrka/1H6cfn5AIVdFZlUGx/CCddEdaulnTRAGP&#10;waAqSUM+R0auPi5Aci8uP5p1GHs4y0ETH7Tmx2Bo/+4xo9m6F8iM5OP5hu5/2NtfHW0zThY/G2fB&#10;O72YpIkHExVsf1XadDF1O0o+wb/lFZyZzcnqFuNLylyUt/02pClwBtNU7T7yWhcztugRUqjOt4vC&#10;zRyyKc1ydNS9mqkjU8yGQx6hiZ9bqGtgbwa1zXXpHQR5YXjOQym2iViOYjeQGxv8VdM1xw+Rknbw&#10;6qjioqmnt3ZznoGIIqGP2GeUvGxjh2/E8X+W8dXjYqWFtnOrP5WxYh1+TkeRT9LXsbjamKnGUm5b&#10;dpWAH8UwNvLpzpOw4S0v8O0i7to3FloBko/8pWFMuFzz1+y1SaiJ3kS+KeduSBQr717Uz0HbKf1e&#10;uZYlLOJc1nD4regakxhNoiMHxumHQK+/Ug10pgDA1dowP6XKoiqll3xBwin3vT+o89v8KeXCOO7P&#10;Iwk1CRLYQNXhpQHbg+fpzp3pNVmbPB/ZdvC1nZyfMt526atEgKwmTLV/Vffonci/14oDT0laHK6t&#10;O7S4tmIb21nciinQRl1/j9WVaVfXEYSJ7CKO1iOhGQCMD+plJCtNe0Vc62bleeg2ZTbzy2CzYaaz&#10;8orjeqczH271QLRV7+D1JWpmjs7igJDwPc/CCrWv5TN2P8oqtXZB9TqnWKrkPuLZAlwjMbWNOCSl&#10;WELlnfYzrCKhsCSFcCXN1oNzZt9Px3lWADAKYG44QUbtPnu9vF3+fak4fpiMlBS3oyU9LkwQyli6&#10;7F+suAIsLBdxYek9q76BJYmAWAXAgPLMQmcs216hnMh3Wre0/7wMLRJ+YOMGM88Cz20yDDKHeKY1&#10;nhwyQx1Y3YHdEsxxHXRaajIUStQ63qQ2mrdh600CItVHz1LNPtF3oMVZ/kQVTpGIE/OOOqRO5uRp&#10;lSezJjuoBEoI6LF0/WScSJfzLVWswfNt8ElOP9Y2ywGHeSL97MZRcRTfHbfJIlk+ngQsYQ3k8WkH&#10;ye4vtkSFE5wG16gsA3miLR/Hxd7vTU4P9UPWVFqlmaEl5ZQmwBEVh0nuGsVijyqCwqE6kP6wAi9R&#10;kUuZFFSnZL1R5aW5wZjrzfszv3Xd17K8fjo6/E4AHHkXXRqejM5wJQOUvhk5+3ehz5VvVOKW1p4C&#10;iPTZCpT+YSi6SsffZn9V+TAchh32rkPTUZUXfdQY9/sKUk12V6z1JaW0joOKKUCCPQ7kCMrwauR4&#10;RyBItCtcHjQR8Xic95e7C9y10TGNzLML3XfDyRXaKlW4upKdZDkc5Gp+MeHO/i3qeRUGu+C+xr1A&#10;OlSbehXr/iHeLAIUxmFi4LAAOqHDnZVKwK2SYggUFiyFQnESMmKhvJhuSlmvwfwDEdYSwlYB8lgC&#10;MbgyPHzCl9qjWq+Q3ohngZ2LOf2MHOiJZUUObJQjUT32pKtKiFz4toYuZUzBcdUWKnRzajQ5rgpX&#10;6VLwsKqhhYdm8br1IQej9+nHA4UAmnhcc36k0jEy7Cy5oPMwHVaxzpFPolAE9DZUDApfNzD8iTqu&#10;zrIIw8QRV0WIVcO3MrhECFWaP1eJFETwkY0WVcSzy6zsL7HGjeO/4l+ZCGq4YORBXMVVk+i6IM0o&#10;WRJ9IZ1WUy3UjiiOv6dzLEym0Lp9sZahSrX7KMv9NHc+Ev1IFBM7YvFXWl8S+K/v32h/bAnH17bO&#10;37pv01wTGm3CM9Ls9gzMNc15yugBLJjxMd40zyaxsmKxgjSjNc21X6yWNOchVzzRNJNcErgfPO6R&#10;xz/TfIAP2+iUG9KMGUBtN7QVUbm7M2+YbarwgSoryTW1p+f2/BXvrvNq0fOLFuJn9rLlXg+Q4DMn&#10;fm619rF+dLGheQ4FW+Qzt/A1YYxiSmhu8goGE8CIDFmpLj/ztx2jX47k3JrUlM/MSM7T23nGc87e&#10;OE2t0opELvGPlnsN4vaBdHpc1EAV51gpw010UlODdPJCHIKXrI9PpcPmIeN2qzcVakopFuZTld9M&#10;94oQ2HyqaNzv6njIiIsNn0o039PAciMe7TzlrYFP1YC2vmDWdoqNxwSIJVjOp5JLKQgn4sm8m4mQ&#10;wylXw9y7lyAiurAAwP5sJZsGNYXmgkE+FS18Zp56qiRPm8pK7eWmZvQh6FxM8pAh5Qs+VXGC+/M+&#10;W22fZcNCgE/Fc5CQK7JwdP/zByE2r2G1aDmWPVM6L1qUBqRE3oMXlr99LTik7uFTUc7+bSLEN7Yo&#10;5LueigaBT0W0VltVWCbyqUI+ui0m8uBGqmm84LPk+FSKUgrahhCH23ao93Ol3D58qr1AqLehCzUl&#10;kIC35wRMzJHkU7GAlErPzD0kThifqg1X3U7XcCufqiDUTfX9cAvRkoOHoflU/arU6SvoU2oDwadC&#10;acugcF9x/CnSBRcNnyrxKeofe9YRn8q27yboStoeAY8+mmBJ+FTWFWmWbMwT5lNZE2V8zPIcxhRw&#10;ws1YbuDamW8xNI3T119scBhGbVE0W67Yde9BTV4IsQiWDSag8OJJi2XoWzbjf81tYqCvumlfcgVY&#10;MLJUHd57e9EfrtjAfhfJB7LHXBFeW4KO9bxRiwFSTvByOt/hga9l6TnAtpjvlzN3jbqn7wXlCO5B&#10;ROPW1eFw9Q5EqObUixohAlPWxjbd48wTw+xALY/Z8kvQ46ojS3afAMn1cFZk1eX0VUIjGlpu0rrc&#10;PiKOmlUtySAb74Y188rve88D2rGd63nKN2jBK1d1wGkJr+y6hs6VP/XKLAiRP/3edb6/nJoqk9Ab&#10;a04iuyV4nJmEU+t7bLZHt048Ao1jM4iY/vcJw+Iz1KAxCMcRWj+bDDAOBmtfEohQbupC48+DXlwt&#10;f6zoT00jquhYSli0i9zCaQ4JhQkFR75QGZEvBXtGqfMtYhLBS//7yv9bDkbtcr58jMTqybNJeAHt&#10;YyAqaTNtv24ZV65CnP/WKlAu79QRjZ5NwACneG0hsF1qrbdFYxIZF3uhOdCVCVzkz0aFrfZ9ay4A&#10;UIRCpgxhJAtHZawCxUwx45rz/qk3MPAtCg+yz94GAZAeyCy3VAHWhjIJa0j6DYF5Xr38IpU8ahF6&#10;bukPaqTbitUY17GJVy65Sbie1CtWcyFbw1QB6GGTSWj5zAozqgBqZG+dzOYO3nuYl9s+qqKh2o+l&#10;6PnnHqPMuHWjg0GRGfp1rg6O29ElrhnxKimRC04sHU/eBLcM8E+VFCvZXCA4AIsllV8KiItl7c7S&#10;hWCE+M138Q+fzKyEio8UUUlZK9GpZ9Kh7CJ3V300JuoVwvhNoSEqqaQ7EfH3EMRvljankkJFGU/S&#10;GJoltVbjTJVUBVD31WwFxv/c+bS4lioplzZLyp0W7OCtukrKZ8BYUkvXRlFDkIKqn0pKLOmxpJAb&#10;lturkjI5IiypeYHs8H3iqKSQuMsyf86xLKnoiyrRqaRGjh9LKuZGzC0Ja1MlVUawpIqqNZeKSqqT&#10;Y5bUvpN8KZej9yikqDC+mSwpd1RJGRTIutthSZV3rgAVIOrf2TIuhSmhMerxM2gQP62C+eSnL8uJ&#10;5xhrr4TNhp1+/xJTEpEwehDLVFgQs7LKaTQPSYpsk7/Ct8eqVqL1RaFltaGK9Q1VHP7GPMcwb6gb&#10;gFZap4aaVoTQBbtrPttQUKF6b6gqn7TLo/HG3BvKwYoGCeYlyPX9BuYJGa69xVUAepr/NR1tqH02&#10;HZ1vqCC/54U0/T34xpa4rTVmpuZoLwMxhQyg/x1IqbIoCxav5LvJIRo5nnpozwpHLLjWospm7WZk&#10;ukjjs+U2B9OeZxjXkLdLm1SZwZdTXiOoJi83m2IqcqI5QPXsqEJNgL26SJtyNpX0rUGyJcW/L1pB&#10;JM7zDUaUnBVhq0498jsQ8TPjrnje2gmZFS9cf5twkl+8txPfeFoXHRP0T2TeWjqXO51MGIv4KdrV&#10;FodM/JXx5HXFJUS6jTSYJc6TTllDtJc4WTKtyJswVklkAxwS0iQ43h1he4+fpAbuccKjFkeLEaqO&#10;wnLXiJKoemzMUsDTwxHm/9PIraEYBJOkez+jBw4B+VuGuqcRnTr8XXEYGCCSDXQBJ2pC8VRsxExA&#10;PUBfaCtuvdC/WoD04NyBvITWSQJuOCMeICPnyOMy70unFVtb7933xHfFIuBhagCHbUnJUVZuOpNi&#10;XZQOFZDDEvYNbMedPx0qNYqT/hcy8WzviO7DdhaWTab5t/fIu4vkTB6UTXdJ8RxXQZmrDRwkTuvF&#10;Ab0uzjSXUi+HcvNAh/L/u+o2tqFDeU4eEWx0+tI6OUbRoWJyILLcMaAguiLSS0yVyKFyzVJvpUOZ&#10;2KMApk6hMgbHLQBCiWpxsHPLintIadYeFXWcIvMMJPwVUlxGB2hs7+DdsilKmK/+RJ0Iasxp/fqY&#10;W3TOK+Wf7YVNN5Vx3AMNSyX4lXmrSd0PNuo9tWnDA8jqU3sVqZUR06xJg+97StVF5DS0FZpfL1Fb&#10;mcNHUwX4IDUP2QU6pb1y9uPc7pnqSIG0wqBx8ZFJHkOrfFZsM1jA7HR6y07cg14mzhNuYxFmXWT+&#10;vPVXd9fJePqYpCz+x2Ktq2JZU9JVdXDCPfDZD7r9MiXx5AYRdLlEJmcRtLoVUoe6krxOMpbBhgOT&#10;Z6FxN+l8wT2JK0yyn2ZhhUw68TGYuA/MCa+FN7U87t7CByqpoZfMlIK5A9LUtbwl1pgQRnObPZ2X&#10;YNP0pGsuF44xYscK6kKtGitttkycQdG4Df39VRIPQJTun1R/RM4HqAdEDuCq3rTcxqccz56TcDbQ&#10;jnT8iiR+HmgMcIcvZZH8f4fbv62Fh16AFOkLl8336/+g+18zpp0F7a0NAvsgjxn9M4FvwF5wYNEG&#10;7gO6bNIjVsquXneo9nRLxHXnSKn72ZroFGZ+mRtjChYkYMAAknPw6g7R+bPOngA9vRUIRVm9VJff&#10;QXHPeaCYNGZRGFWUpYGQoi9eldNVdOXbYA6hmvmWglRDHEpXRANMx3UwOw2E6uMHCK8yKtZoIBRj&#10;ugYUWtbge8Zoi6QQIh2elGYxHtKk2ztZISuqd5iTdhSu+e8uDAgYFBGiW1/YMXfp+qPgCAlQrE4e&#10;NIHwQCwcbAm05MDaEkl9vAsIbhIXTysPCFyK6zzKVJMuAeV4aVxHKfcV8BI5UiHcUe60DxFgTG17&#10;yd/rf+Lbcinl9TbUNfnuyYAKOK8cJog7ePlBI6to6YmQVJ4RPrNK6DOrPtARGoWfqXb+Pei8CVHe&#10;fQfiOMGvXQhR31vzWiRoJwatmyc81nxJaP/AFVvkCug31mwRbh2CyGL/NgdCOGwIy0LVMUHBIkzE&#10;WUHiAybBjJbzQZnLM9YFWT6JCp9KqihSPiAmRpZPwUWHwpLGrYRxaOA2nygf10MUYV6pe1B8FFAR&#10;RoYMipEEJF0l/1WE1eHWhEgwZ6E9RzjFZSSK8Hg1XOna8qJFdhn/sQj/7b/Ff4tw8NCVNK3R+76e&#10;LtZFH0U4gu6cHnqCCvWVA2MXg3/vIkw+e41a5cLkliFgEY5Dm0pea7d25lg4wns143oR3veUbGcE&#10;oAjPuIN3+SrI7Omf8bcy34twjiwEVcVB6o41RmmmvgdnSoo4dyuhAhdGloED8yrxdIXLtsK7Nu+P&#10;r0jo/+PBc72S+OE7dtVGXSAabVKnqKwo0CooWEz0ZxqkgcHOVPjMjPHUdVpxdVDPyjlIvAWP5hXm&#10;nk2h1sqjUTDow4U6IdUTQjfa4C9aRHmhJJDnwa/gvpOMqRoW8Mg8QaK84So53Q7B4u6+gEHj2mJN&#10;Qe7DvYAcDQyWO7HhiLuPVGp5G1eqxezhlFGP2H41Lv+Sa9I4ecj2au1B69vKa8f58OMuoJZt2sNW&#10;QRUscAqphJ1YaLfkQ4Y11cZ+V1K7PQYKrm4xXX43A1T0X0zxpUwAl2F4NpYZY9YzqTfuVwJ2ktWh&#10;d2/I2orVKTjro98p4K2SexAa360B59aviGTWcDycacWSYewyjDlTIrhcrzlFZ4FL49EaVbAMkolv&#10;0AWcTG9PLrTqvIMdFcutHHq45ltT3rcuFMFYXIGz8e8gC2EQNIeBEkiNFd5tQzPB/2VnTUi4JPaa&#10;CA02EkM78XunbHTNI4QArdnqQKEKJ1yMsAiGYWFpL6MmFCmgNQLl/lFzsytQVmHv/ESpXH32jtAt&#10;5rEv0urIOhhwu0yx3yK9TxN6DUCtIQ/q6u/VJSTwypmtoE2j3oiR4WPnsuC4r7HL1V/38w3L48Eg&#10;vf3PpP46IgPXLpGXOX30d1ak/sLabOyCg0HUX+8rbykr5z5oR0d/qzZCN+pvPu+ySGarVAFly/gG&#10;/XWTo7jFnWyyO/7+CbsI+4/BBldA3ZedlmRssH/HGVY0irRtmy4LKkIMzgvwkJ103guDkY7iwqPJ&#10;3X60NFfKDF1G7LHtHNGgY0nw9m32uEpKhIUmG3jzq27Kgo9EuWZ7n2Hmlzh7f2mGVENK2SC8RKEa&#10;rbwSNwTVW70yKlZ367MlMmrsU0rtShrU0ctD0Plx0CPYif/BsgucLMkKiZ0kORnLwRbpLPRDC4YE&#10;eU875joE88OAfpjMOCGhTRBFFlhubpK8kSUinngNpPiaivAIsUAq8JgVL0vMVUVb9iiWGV0M1zj7&#10;8uZdDt4pritxwLfDBGN8lYyXC01+IUr/9onCxGYALl6M9UcTXEVsLm55pdLrBBuseOj8EBtwt/R2&#10;KQ0T/x8Oma4hn74XV2yBSFm+NPe94WsEhCiEbeFJjp41uMxZ3MphfYHLfKXHawDvpJuNj14QlC/r&#10;zXu/v2N1QjDQiC5Aq5J5ZZ8e8PeXikJFt/u48v2VE5wCpZg34vuLliX+vr+VAZlP0zf+XftLRnl/&#10;ta5F1xM2fn/ViWabixQBFaLO72/oZAD6o4y/v3o7caOzyt7+SvjvL4hvrBa7QdqI4KHVWiM4MBTc&#10;yXCYdaY4pTXLb/zmGAfQxAwjsvEbmJSDLs0l130Euc/IzOpe+u6LQpX30Z1kIP2xFaw8RgwzBH+c&#10;CI2j05s1S7RhCaYnR8sa0sGqCA5vvClE3IUF5piw1b5G8RIqnE4+bcgAUkGdAJoYyhrxg+MLZ9CL&#10;oWEe8qq0uVI1lv23mq8weUtdqPkqPMa3pcgMIQ6MZqNmLJ9hVDnupoS95fXgYjNgKExnbOBAihDD&#10;oqY1J+o11CwUywSgwyzDAJYfGJhhl36kAxY53gLsqgXpNz4pg4rzfwNvhpGFzHOg3h0nL+59Vgkq&#10;Bo7phnYCy0wtcHy+9HJKDQYelT0TlyrnwZVJdisRMTClKDe3g1wYsmuBpyYMrI+fqZ1tY2CDjxFh&#10;8MU6/hgY/5QChpMps48F/nMJ7AYMiXC/HkPNdcNMKvwSPdKhxhia0fSCuYnkHDx+otmFgjgGDrud&#10;kyyLoc22cHMNt8kJm6mi/a+hP4fetqbXmEVFWvRL2wJMGzKiFPxWiYC1Imp/fj43vrMsdTfhK2dx&#10;NoAr/1l72iQvxTI8/1RwktDu4t6D2dXCJzW8unzCEumESxSnYVS1/5hAgD7pFsPoSumow08lCw1M&#10;4sH/OELim8AHqrolbc+QUw3KjraBDGSp6UUDtnkiGjNqYIFC2n+ZJUR1sJbRX+fR01lQac2Jr78e&#10;d4tiXyv+xPeQ+YN4T9WSx5FF9CS+oWOSWYTMJb5u0WmeMVNzraEaMwKHO3ugeV/aYGzptomvmtht&#10;u3i1fn2U+LaYhm8ODBSKVB5OqRMkC9KvZMnEN+CRr2P8fDHV+y2hGvNe4uuVykOF8/5xQjY+5FTB&#10;2fkC17kJkbJNyDSHpPhWHeAe+20nKxg6ncpjXD4WPdC5N5ZQkR8JdudBfdLmzkN/EBKx1GFkSAWi&#10;zfOqNQfMLrWQXjS/5kp4Z+oT3+iN3TWvP+yOsiQmbj77J49d+vhvtLJCEVLpdBxTqBeiK57DMFcz&#10;Am+5CwlmnB8+c1ssJmpfvCSiJ7ADT/RMvHjDJjvrQz5rIOPjkbyZFaBFQAezIOUbNRZuYSMqqih3&#10;66IuC2iCK0BhOt3MeJM2FyJ2NPMRKtiFhIHksrH9/Bv6hB1msa2DN2R0R4mY65ZR4WRBYH0rb5FB&#10;1evtrt5cw/tPK1X17lQthHmcsjZ0rZ+nqNfVsapJ1WZ8prq8fptxtTi1MrwctrxZZudBgSH2SGBF&#10;c5DRbAbmpduBQDgvMtgLETzWE3BaxYaQSv4jBhhOjy5fri+eFaih/k4TqZT4WzxUPxrmrhXi/j6h&#10;Y93DFm5dRyaf6lqruba6Bkux7QWBvtcXYyivTBv+Ds/Mnkh68R1U14nnhqVItrqsLOjY5OFK39Yl&#10;OlK4ZgDvdlXF2e8lzRiIyVTr7erBQWuvROfm03Lme7jp8+zUilFIGVkIgZaXgBKT/E0rCDoTGnK+&#10;dW0tuE5pLURo7NSKbacSUNQYRnzx7UO5cQz1ehQdH6HRSzb65ikF1AID65+BXu+TnbusoqYhSQIj&#10;p+yufHEhIyTxrGKLRIXDXOfAx+XL7k8LXyEXkwV7e1hJ0lTb7/L8y/rBfxZXHxlE3Xm7ji0JSqtx&#10;tYaWSnZJAUSurittCrsmjxqEeqPkXU1E7eJubWvNlbxGmqJPUq91ShuOQH4EOOVFvUqKWskr1mhp&#10;XQDJkjek85yW8g5+H+coeXNUdIKrZLjklTiz1Bjl7X4GWnVwJiGqKe+eZfKV5O1O/QxCkfEDo72s&#10;lep8DvKxjHZRkU1rdcgEeV23DBg10lFnjnID+qKKnRb+yO0rPn2PQs027ce+I4YlwCuOLE5b7iy0&#10;g7Zi7CLHzXEDkHgC+Yw53HGw4sOgcIHjY4Zh8rcl5XJOAB2Pb9L9ypwYJ8c3I5SMEMW+/BJ0EHZN&#10;xwtiraYBaKgGHGqKC5Nth1+li5hQzYbzfu98/RV+CWlsiXwS6medWe/i3vJLoBObOBmzYAyWSo/E&#10;PBREzzX8RR8byEAbrdUq8Rxru6VX0B9HreGxULVOZmDqiiBEZfQr8kLA/0DngPJuVPf1HKC64DE6&#10;LxwbFTqIsXuEmK0SuRH0I7+FRQ2uI8bNZ5+EEjQsQjvCl4eQA6EZDxwvT3PZyiIMYq+Kw6m1apc7&#10;ydyUe2A35HZVWt1FMkjF6L0TwpDdYuQkNGFSroX2CQVnxA488T8CLJYm87dVy9CFkEoUrFCeuSrE&#10;YcC8SrLmmwgeT2N7h07KPB8BEHJkKTf/PHr+MZB3yHRApSOZN7XZkMu7O00EaTIWyLzEU1o7JwJ3&#10;Q9pQeXgdjg/fY5PLe7z2zMTFPfNy/3VmFE5s5mVISlX65X1XCi3wCoK4tywzzLzQqJxiL28SQmid&#10;KpoZss589fI+DVQxOvNODUImlit0xAhmMCp/KZ7dMPkNNnh4iu1j+Yn/qytDc+T+SY2ZBdnJFJGi&#10;1nLY5jyaLmBEx2c4cMPGoy4hYLOPFmmaP/30WBnNZC/Kph/tX6d0cbYDdr3gOkbHJ93Lysg6FJIJ&#10;Nfcrj/vsvJ68/9xHesbIBQ8lv7lNp2Xswcpgui41zZLMyXpk+VvhxBSMxjDvZG0yh10ZGVvaYpaY&#10;YMKZSsgMLG8SD+Ey2mDKIU485HyFfzK6U5iU+FB9vzI4LAkq8TFwfVfqwhqhhZ8e0MMKxjq5SyhW&#10;QTMWzvRa8RtJLBnvGDvzkgAmqWwdI4//gcPVqQpR9mdMCm6u5xJKoZBgvmVlr97Znxr+ZwKnmnls&#10;r0xrFDpnMJGlpHR6lM2XdpNAlU0rnl6ktktN9o5SknbxXABnRwR8qBd5xktGmWD3VcE3V3/nGxzg&#10;80gHpjU6r3XEZGYZPqOwKsMfcsXG7jJtyzqSKsvdgwG6XIHlLuOaYw46CokCohi4RuzbGaCQ2uMx&#10;yv5xmgTl36wpFkTV+ChU1Xb9tssgtIMvxUPDdIp/97XNHOHvb4VQ/iGjrL/mK+ea8areHkY3PR/N&#10;WlxuUEuAOTZh7gHAY5o0WTCdIeyWv5CxwdyXR7lgDFihUdklLPZ4eT2Arwmg0qkm+eMgYrJfmHAH&#10;ip1PnIhHjlIIbz3A3LzT/aDARGI9+zHI0Ipyl4eEJYDKMcB6/QkCvSXi8jVMadYIYJeIC3t3uM1e&#10;BotbNhISmh3tZwoDWuZG8fi/kegTW9TnTURr/CBuqIEc1BWoTL+oTiQFbVmE9c2pQUb3Ghzb8EVK&#10;ro2Lpujje0vuN8sbd+Cff3nxOM+6iORrjJl2K3swQ6JKv7QiZwri0G6eqxr1xlFWPi/XT9phBxc8&#10;XRkMa0nYyO6HF0IbVJ6cDNRsb2HU2NajgKoLtpcLeNk5zUMBwTf9flENROlUbZ7XHbTYJ3+WgbHT&#10;MkJwz1ckAfMOH/8T1PiGvpJi4R4nm4K5Hw6rgc+LZlQWWW5gagmQsPiK8a59modyAV5WRI1+963h&#10;atKjDHVdrPjl0hImBxAJxc8vVQFwhVAjGwZ4c9WrEhSiyh12SvNXvENJFStyALeclsi1XvROzVqq&#10;cmzJ24Bu6uhbr41dlm0S3PF0of27xJbBWb2zt0ketl7NZEKJ3uauldkvDKT1YhnYS8y5HdGvc4ki&#10;WDENEVZnT+mT7avXeR1FsB+YLVbRnxWBryi3HtisXhtDE2wP4/sb56q3Xi99eQF19KhNy7CtLmWV&#10;MKMEHHaPhhiZsPxhYmIvacPsR0oY/odxOYTJqQoRjVEiRdvFxyqUvXOW+EpmRKgBxM7/Ah8tNZS6&#10;eRwCXANnxveOwZD0JHIBusk66EPjdxjzdb9+Pk/5rgnDog6MfRS5a63/3HwbtkJLdKOuXCEcBIUT&#10;5LZNfYFLz1b4XBmthaHXYFExJzvez6Rm/Cz+K7g1EjWSH/tcX44clCADpFBFtbwMGdmNGkRCvv0Z&#10;WJviqxVemAXo2mCt5g3v1LQcQ4kJttv3t6Jj7YfHekkxkwA1FIWxSBTdETGgGPaBihhDaGssX0kH&#10;0hDK9Ii7aIuj1WqJHu7BNe9GzIgkkZ6PPuwokbtqquVz81BznyxKNNH6MDWLGPSShzo1viST7OTD&#10;BtOeXA4HR0yujNrXx8/xeWwqZM0/zVoan4NOvRQW3wzlsBAPi8ppXl+Qhq/DM+Hx5aCzO8tuGFx2&#10;NOXWAhpTMcG4Z40pma04wfuoIwanVt9XpL4ZhAiY7FMqjQmRtbj/YmYZGpqph00Sf1idFDcMELIi&#10;6h/PMCRUYw6bER0QBsle1Sl7yXL0EVSrrL+jZGistJWtDxLArObuyjcHU7UAcj6ubh4y7CU5oL9w&#10;mocPHUXf0W5Gzz7KBsTlvLZmqzBYqgYzKVj918+FEm36xPTxfMYaMXwk1aa87mr4aQnDGHI1ahVx&#10;8dh9NfCrhifWcVRzXueOzlu2rjfWw/mzGl+NMEKtbH7mFKJwTW6MgWB979uzv+fzVN8rQTyoKPD/&#10;+Q7LaADtaflM2UdzKtiKoDJoz/lIKmGsUEb7pfz7IxGAjUgsBM4oD9KllYiVFSZ8IRwf6AVGsESY&#10;vGRxUc9f91aOCaeF57KpoEsFFWG57MDVWc/AO5R7c/XtTO0QVziO9+Y172iXPq5gupiPdUpq76s9&#10;hG2W+4HPkquEoTQreG4860wOjZj0ZdfSqJztYII0ROxlLQJgAoS+3X0TXDOrYglMWzkOvNXdofS8&#10;OO3MfBkUltkrrWHqGjACcPOR/kFeRcwovF6WEwqLPNpepJlrwGnnRwFelAxxksk6BancuACk5DTg&#10;bYCkdB+hmUz3+GZBQh/xfB9rVJCsMfOcl7IfiAYv9wtxWICu/lp26gt3RXQ/mpnDNZ+cIZgchnIj&#10;vXlTj3vhAEiYLzfDKUB/FlhWZBq5wQCMBFDxXB+FryOrZFmzeQKkd0l07jh8ZroqmQPAPEaAouRx&#10;IAgTNI+Xn4uWPAF5BMOUNv8aSg2rL5E/DYnL76chvw7y8z8w/x9tIsMQ7yFROO7MubcXiPEULRAa&#10;PNO3FdTsTJ+xlYoApMe4BwEhZbOab6vc07LWIGlFj0fMRxISH1ZkWVsGSj08JmlIcqQQmLzCYxz0&#10;Dy/ipDuYFm13RkGueDLD2fR6lmuLchGaM5SAH3ZmxW81oC39rf1kd19figCTBA5h4MNxG4vXZYCA&#10;pY4hzcsDVSQ2tdWA7mcrDo1xqzii+RZDECbDkvzAIUQeyy09xgB7Jtipnxd+a+TxmjKHU5+y6iMb&#10;EU623TK2MtUon4OXGWwqo0GoB2TSgQhchJ289vMs+2Yo6Eo1BwNBB5bt6Frz1rltCOaAgsGwXtgw&#10;/K+gWg+VAF8PxSck36XuyOpomw9khmHw/BhomGzxZ/fb5cq5cYYVDqQQ4JsvP1FHIVkurHMzRLpZ&#10;mI1SS8OkO/LpRlhLnfPI0qs1f3e5yBlDMRxMdM/OMSXhKx9vZB0dE5R1Jg7Us0YqFsoUOABE/gGE&#10;K3Ks+GHtfDOvdGeZwap1x5wLuvKyFoWCfa/TEWG2fFiBg2ATdkkq8FqgkNq0BqncHIDUHP4/i/B/&#10;ueAJ3OVfR7sX1QOJ9toBalR+aaeFnmUD4wzNpfj14xM5sRxpZCFHj+8PSC3gM7851X81gRjNuoK0&#10;zOIhqXh2I12lYtYAIcv2zT3GYpKZIYVZOZzej5AX7yW4XKP3bEPuzIuewTKsnV56W/heHfi8uT6y&#10;CFRm7L3hNBHRYx3/Jtndv2ZYj7EfKsAA/wCKe2h7sU3Avcb1fXfSqcbc+B4g0fMfoctYtScKGNaV&#10;t70ixxBCuTCcqlLLW7mu7GH0OC56mXSBqaDzhp2rnvGC5QV0um8op2OZgthAgeo3B89lbJkHGxma&#10;iepWgEU3zEsSwpIYCtuX2o8wlSixWJ+A5+nahtSQL0nnkBgfT94nMbDI2yNy0dBPHBRGsmZeTJBp&#10;Rw28ZMcyUAiVHSAxBf6gfNpEpeBl9dB+9n+TM3mt2idopP6Xs/XGmh/KXHLhcYdCKwKmT306NKxj&#10;9kD7qTGNkM6DChZp3zS+WnESoLWcVLIJTtW0TXxz02Q0FojFHK40kGxUTCiWdeOAKz8MksGKmS0g&#10;OAzp6bGbhqRC7+cAV3UidJB1Rx2l+eb7jhfnyO4eRikzu3IdZBp3W4N6RoaNOJ9i43AbOHRqkEmr&#10;ntk04W004d0QABJNzIe9tdVVxlyKlB6S+Y3n555MAPlLeSJcJJ9zjOfX8ncAVzhP3TJ7dW5siovr&#10;4CWV4cY8wqYjI1VL4Zm651w5aelo8zS8p7F8guQ89d0LOlZUK80Q9mLN/KE7mB4r4yzpF32mbyrc&#10;GesSiYOEbos6GiynC7NZzPqvdXkfu9B0BzvIg+BQBJVD6DsI0PJWWnt1XXkl6wTD0tJgp57S0mY9&#10;J6d4nIL7oSOGcgOcQTgcclwuGCjI0QfI4DbdsIzBd8ZXvuI1XTrU+skNuObYEh4+RWlkjDlKaUPH&#10;FsBCKvVlVUZoiXkmHk3lWecME8oc7wJ0SVuTlBufjm4NzZaw3jU2+WouXfEqAKGFbvQuLw+d/kWm&#10;oTwniv2zGrUS1fiEVqoShGJ454LDlWZFYYKw24WmYjkaaqEkcvGbZlkCUsLjSpYnPxtsxt8ZEOj8&#10;2cT58WH+04POF3ocXs2hqFQzbdowrZBHHFpNMEJpiWCqFELssR0WacLYQB7qOemp1NPBmcC2RKzT&#10;rViq0PWqn4D2A8TvG6DlBeocgipzv0pgUb8MmxID1AWsqSjOFhiDgm8Z1LaRH3pxyFRVZzq6RG3J&#10;g3hcplJJ99J2OB2w9+zejElBvb8t4HI/w9xegy5PoHNbcmP2HCNHj+MCkzgZ6d9SZrrEMx9uwc+d&#10;S0SSPt43cOCdmDABVdDLugb1f6YhliomvS82N2sV52z96ck4noB5AmUF/xG7yc0Z4sDAIiGpbpuC&#10;x44MXNbnWcJYgE/HsjS2GJC+7EfLPflwtNybEPqfvHjHUnt7EQj9QQt0VoO9OARrSc4f51yHH0wk&#10;nBWIHFVhsYc5NlKcESDZV7zbV1alSlmDh4bEcO1mORmTyxJBUGQhD8Y5iRLxiDFtVd0Q4r/KFUso&#10;4IwIezzpwUOjV2LG2EAtKUDhZdY/cL5WRCLmngSG3M89Xr59yFx7uP0LdbCRZwwflDQ9N6Ts8nD3&#10;rtcF9Meoz9SFwFbtxSZ+2tq741XZqXfEp2734feYXM/Be3UdvIc4KDmehwHFiNC/PE6sUUzFksu8&#10;TCbIGYHf4VyYnJ8gEBl+81FAhQAF6p1GMBRfCT9DIy5h6AtjG8R184S+NjkHVFNAdbZhtWHJgwQA&#10;FeuWs79Ffn0z2UnwYAkBJmIX+BUtEZz2XOTMMwY0ZyrO0GGPZv7Sxg2f4H/nqp1y03K2Aa1oBB7o&#10;BT1Ln5to9XRylpfK9TA/OKgW90Y0ULbxIHlNGS8OnfnyeAh30bpM3yAR7KA5m5KR3uFjXIAxb/VT&#10;AVeIt7vf/pqQk1AkzT4jQi5JaniO85hqNfKBhEroqmJc4H8tcM4B7HnRNpfEUKc5U0Eh4QwJkA0f&#10;o5jmd9V/TQq/GA+e/wvvmLqHVJRxK64FXibr6sgpwYUbp5QcvqIJeRuV57Ef9eILbcCMKy7eH3YM&#10;+yF2Y6/iWvGPWrHEd1okEfo13wj6Fgg5U3HTxMq9yrSvfJRlp9xDWN0APCDD3wYFXgODGPazzdio&#10;IaU6hZOwnnIMFronCpzk38foLi8AuEWPflVz4se3ICxQrEDLOMyLDgyyO8lKgSc5y/zesNmfpbnL&#10;PskYJvluPGZAOVUX4YnowClOuhe/B7quuSmgVWA+in9L446dZXrMesrRbnNZI3O6/tUkQ3tTAs9k&#10;s8SsUhRXELx2YolTsgF1753fCjZ16qQkBhml42xM/0l9OxV8fSsIIMSKxG9OSAQVHjlLat8ZdgwF&#10;FigNSOaWRSHe6B/ocxABqB030PYJ4CYJn4dSXRi2+8K7n0MRN0G1ZL3sgJS8N2VbJo3lfm1yeXbD&#10;+mEopX4VsmRj+yOUfM+YVRhrEp8P/hiG8Q3MGI/B3a5dJ9gofrwQtjXsTXzFQk5meKlASPSXCYYt&#10;sPzeMLn1T6CDjQr6qXEjCHukQQncMe8qsxiu2CfMVw6wrbCYxAYD9XX+JrzJ6mDK5kkgYP/mB+HN&#10;vMRtIVmmB1hHQ5EadtzRfyw+tYEQD8zsbY6TM0PX0/a0R15zWII1UTJaO7Ogbtl2yw19Y3L8r91i&#10;n6ytBJmRTtxEki2hYBFTU8E7mRUsI2wubQg7SUDM1l2MBwTDDuAOqEqpyWyGC8rh4yql3stmnNiL&#10;nYR9GFhmxTzJXLkosKCxArAQ1nYQI4oHV9byevbqa+jua11Ufb2E2wWJMmPAzwoeBSaBCiD7wLMj&#10;zSwNtpwJVwH9SuIMLrOCQBCtNz5/SkwlRsw0ZmEz85E8/Q2kaCk7TLWTQcgvx8O3EQAtd87TCae1&#10;6KWxTBNOmotEHqSf4Frm8lSk6/CcURLcx1olKobY56NPFzOJbKsU8bbfBUGRyerzWlo76H/A0lB7&#10;00lM/NWxziN6vI3xu7PLbiGinc5Fb4SZEg8MXPDRgW4TQ2/DN+GR3dbjxAeWO2IEwkPwaBWjl4j6&#10;qFm19YE3zawHBvCJJf4FTdmzD+LEOif4XDl9EeDYlTx4QcDVTpTUv6p92dEQNJmUPTuFN1UPmOsO&#10;3FRNTHPGrq4KDnL1j6Ack2VE5x0nv/ONBz8SuGLVARg4BX3+Jjo8GgaSWYBSRAfCeJZml+8W5QKw&#10;p3glhqinpzcCPFsn6PMm6kxPryUGpBMtDCzuJ+ZpIwNcw4mRuKxwOth1Ss5VgB/AudJIOSMQaOAS&#10;Aly/rSTB5b/DmnlOQCGdRmNsJP2CCcZSAigDjuW9HdyXz8tkzaAMyjTMdDNNA4yPBMRjxcmMlU8g&#10;XkTmLYHjK907Au+WGEcm6XQuQxfnkZp79lKWA4B3qBgIfXPfAps7qaYEZeXRtX0OcmR/soSXWn6+&#10;BXDWe5zl+17vo48CdcK9FHW4Br1dhJwz+q35cq6BksjWFCgxhtZZmyR5EgoD9Y2CW/gdSQ8FAt7p&#10;vBnzxs9l4J0FMmDxbP19AC33h8aNafYlP3Qv5Zj8th7f1oM6FzUzXz86ZvH82WVqnbp/I0VvsARU&#10;QJQ2Hp/dBt/d1Rhu4mPKrWgY+gLCTxWO4MAo3lzUwSfZB3gJBUG3jYD9KHmWhIpNw8LQB1A+bA2a&#10;LUAf57YUzi5/tJGTJ11gpTDBnhsv372A83MsOrR3Al8az/UwBiFBNmAHs/R+vdGrmFx4fQXlgtzn&#10;BNkD2SWODkD1+ZsNKjR4YYIIEQLI4hefX5kOzY4vgAoxC3fj+ZZYlGABieJ2Ga/WlygzSyZ+plOP&#10;zFWAORdB53y5zfQb1rG8KvZc9sTQ1kEn2opCsjvsWuoCh6N93Una/xB/3mhxjgTB063z32M7LqGp&#10;x3yh7lMjZfJDJQ0QzUrEJDpp0Ao5y9tBx0jybbJOCH50zbupcUWkUyuyFpK6rGDAJ07EgJFEK7Kz&#10;khfNGCFCkM7PXAq6SGkF5UeXzo0fVmApofcPpQMukxYu+AjYysAhi0L+FfGqDaZmyiirrdtPgItr&#10;93MwRrhVJOy6Jb8CUUkNA2AfVBgKMWLpUgHQr7oyFPiDUElXGK3fSE4mjw8i4YqE0jigF44+qf5h&#10;lseKl0gGioe/3PZsYXynx7zx5XHhc1wwyJ8qLiaFDbiWd3IIZGaVKuM1DW/TilJwdeHASDg41wFT&#10;vd5yFCCxSYYkFgGIXl2yhr9btaoxU2W/FCFxA+2YCrtAIFlYgywGkAzqz5Tdb/72K8lOWlJV4qe2&#10;VjyAEf4lRQLDd8P1xqw6qM9w3sXXJiLVuS4enqqer6pSnM2CkQwK1QV/s6O1IR6etfnUVtd268Qx&#10;LudIRtPKUyTfr0rQxgLDq3S3idhFLCYq4wZ1bW99vHnVDAfB5eLDqvUZfiIr988DtKRmG080lrM5&#10;jyIsi8koYl0im3hOEpRrujm2DSownhXbct0XWcvzOENiALwS2UIRz/rOvaZHdZYEwrY1+PoQagZ5&#10;m2ITt3NQKNRnRxqE6rpQZtDgiGdxcHi1EgW/Lfqgqj16RfQ+L34ZHv51/qmquoxp/gqv7P8gcEtx&#10;xeIscCVEJ3Sd5r5cDEzgn+jMbTlmRu+xBeSqM/UO6rDfG7tythS2HFtsuqOlH0dh0euEc2KCbNWB&#10;omG6tLibVCAEcDMOE2zKb1FgXJri/h8PBAJHMLe/3TJ6YIX2npsi6oGDgoY27Y6hOjrUeKX4c7Os&#10;eIy6mvI0DavgCWBflf6vvDGGdSRulnndAkkda/37U887EV0tFnrvWhobn9pTuEbsi5ueJEmsyoSk&#10;FjjFVz+8lS4zh6RShXJFUEHg5rVLBvyCQhJgAkj+GUP5CQ+/g9RLIJM1ruCDwmYRnQNY+AcYfjkS&#10;MbQs54/hCm9gpT05eZmeqgyyDEo4yieF0/4qpnVfaUdTK7Hh7d5yJS5vEkl9spdk4pZUe6k5IXWO&#10;bSL8tRrQ5Pxn48msjdWrhm5jMPvIyp2ROcTOD1cMUbLbreULmE62yRAidH1GEetxS99Y0ynyvfSt&#10;VO/SOtYExUpk5OprGmGHMhxgWTHZ51t5uzgB5WKXp9dEPDoM0pYOuOdLxcfkNsxkEulaVep3OZYI&#10;JL2YsqO21INWda5GnKrMd9kLQ3g4w4U8xl9ABCPA4JjRU2m/egrGYYYFgg1CE4jpOXBvmU7JSwdu&#10;hSiw+Q6av6d6F1FQa11LV1SgTAad3HcPPFh2HXVKIFlnNnZoVP8kvvV93DyCXBYjwBk0+rSS/wno&#10;Zhh7/2RlZOIMR74Vy2GUyG29b9vyEwdm0P6n/o4AFxNqljVD4R//1swrX5QeddDVd1NFhuqgB5Fo&#10;innhzOCQYheIcCUCuz+ZgRl/kplK9AL8frBZww3otcrEkg2JlgYATxZvRp7qzP2kOShZTPaIhFkf&#10;pDTRJREc5w7dysdV61tqjLJiCWaY+Moun7h3E1gu+kego0clxADtC3oF/0Bwq1kut/OYtZtFuAD6&#10;CMk0K5BEAtJ2AADGM/aZcnoVYD1xxyQahzJ3u8EvREiZme6/OEcAAAAABAAAAAFCAykDPgMLjd6r&#10;A475/Zt6zx8lPxYggPn1hUbvt1TY4HMTMiNLtjefKGdCxxsQDvzttKo3J8PRmyQdGr1XLjSq95Op&#10;9wuX8uGZX1IqcZwSRjp+Nk71LjkG7WceWfgqSvN+iZJN42WuiHh2WUSitLtYpuOOhubsMEIDfIYG&#10;JH/D49A67AaYxvjx0PrT8fuRzOl7c9GdH4djKcLU+41MieNlz7A8RYBDPLsSrEeY+V3GI5SASoFl&#10;MrgGacMtE9/ZVZAanY1Xsj1SBG+wXn14JEy9nzh8KOPesGlfsOqDMZGISZuPWK1DRFKyQYGNytfG&#10;K9mjDNl4i4KmUTsDzO+DSfObkKn3KAHS/DAVgozqYPQ27dmVbhAdX7A2KqcIsFD72zFpPbJaUCHn&#10;qKKAe8dE1JjSoqE5Ttkh1ulpuNlQQAzcNNcFhAsX1YNJRy+Yv97FmMdXq7LjlZZK65NHK+LrhqX9&#10;cAoFxm5bRZ5dm+Oida7RW90WqfeKMiHXe2/k7CKQN5KdwIDmR/EU849uCL8jEWAaMzJlw9aADIct&#10;0gEPE1WvwzgdAjFv0xy2WLCI7NI0qA1bSLQPV7MplBqfYiD6R6bedwlWKHFiIHrFU3T8my9m+3FU&#10;jT7U/MNqFdLDt6cNQUB0PG6VNKiLcIY4q6syI8Ysay45zZYtphq9wbGBwrRGtaMr1NsJQDavtihQ&#10;SG3crA7+BV40hUbcjKdbGvoUUyOVcRKK87No6IS2vhYl1bYUCs2ujTfBsJVElkkln9VSoCGhoOQt&#10;aEHuOeBaEkjG1yKxFxEKTDErkvFFMGplRJ4oB+aA+yitRvSiEqBTBZg9qnZLSC0Wc9DhlMK6HZaj&#10;MGqxnoS1w15QJOOLQxkBSjg1NzS7GOip3ofOoH3WZxCByPVeNORasVD8K9mMxkWyF4qLZC/+lWzW&#10;ggSC+kSetpMANUCqdiMg+awg5gEvVqim0qsPN0DJ8MlxLefsEiHh/A1RK1QgZvBR31eSvQwkPzQi&#10;KwH/aKp45oT/4xLebgj/iCJgsYEKE6UXFEEfp3nfO8Rvl1LfT3WVxwsoVfg9rD6CCH+vqOwaISXw&#10;RQUI/MUL4OmVx6ilyq4vBj+7vmwF32MxOoUNcgcb+GNPXg6jX7cD8BcPOsQfmhLHSXmj8pVugI8m&#10;aMB/PbH8Xd6oXEV4QtwcrSwKDvEEpzl7u4KmkXcuakXrqKcx2WTmXBysPnzyGMA8ThJANv6CcclL&#10;a8jByKmWMB6Rjndco/fJbh7uOdVuCH95ANk4m5ElO7sipZd6P7KCQ9yBMGkd3cimcYcgG6/AD613&#10;Io75UVYN0m5LJfAVDDrEWQQ4xL+hIe0zYppGsYB+8LOLXU/fs45ORcTd9VLvvxi035ZW8FWE2PHE&#10;RuFfEeAQ35zD6GFP0fEJxjN/STFofy3btKc7M/8HeSV7ggpZnl0JNvXexSjguwx0/r1hWl8RkRBn&#10;iJqzS8qEEGdDcX7GpE17uqHwK2iCtKObWP7RodG7peP3IQiI+R0tCv9Dcam36NDoHZ+ejjc8Jfmz&#10;a6EmsNwBOX3fswaiY0rF/OpG4SfPNu2N9d9PpKn3MIgjbdUT4e9epOPnqsPyRKYV4iqENI0JATjm&#10;5z6wlqsbRMfBGqHek9HFNHZSu0VYjq4Q4YPyRrInGdI07pljfhFM7DgEFL+/qFS0vmr+fX5oIHqL&#10;Asnf9ix8nlCS/y1brXsGFsl2aEocZ3Cas6eaU71VLAR+9zwhnl0QSyw/vxxGPxnoLT9LMfiiJ34f&#10;BcXyc3mj8hYT50fpBviPgoeIuxid9ZED2XikVMB/ejjwyy3CH9l01knKYfQRLAX+uoVIu28RlmdX&#10;ixCyPEE5jB5+0B1fMQpphxZWvReK0/eLTHN2R4RVb8hoJW1yFYOP0nCIb1CDtE8QR9qihiNtNSFk&#10;OehIvZ+UGZZDMqd6cy/T8exqE0KWf6Y5O+rK9SZTx/lhGBmWR2CR1hceO9kL9N9nxJiOmwfSwUiG&#10;DqNvM7JkiwEt85OcmIi7PaHjivah9RYRmf+LH/wTJSWbKxDzZ5e74ZjGME29jzcd4pSH1/ITFJP2&#10;u720azDzt1KymAg7Xp42Kke1XPNbsBQ45qdgrT6cjEv4y7iEF7RDxEsEVsTHROn9FutkfqTAYfQ7&#10;EXYcJcumYxXSOunpzN9CMRA9uxJuCH8ics4fkiJ4KzSY+VWnkxmgzebHA2mPO1oZW6HF/BTw9M/C&#10;KqctWXgpKWYlgXzZJXqstFeITi0+jjzzKBIXEzQeJZ9V5Fqy60ueeVR9CcbnOfhONtJqSGjn5HbY&#10;BZRJ1b3MAmv5NCAk8uRhQoGI3VBATKDR+jCRJOqwA9MB+DiZELh3BVgq8tapHXz2OkypABkQx1ee&#10;tzJGPlXps0tipjRogCvSusQLgf+Vk7pWuQu0gsZxgYbLHMACSKbee+hl3C1Mc3ZQnZ5Ea3bBBIqw&#10;Anq9iShlsjLwCJPm1xFB74spBqKjMGl+m2CjcgMQ7hYSGr1DziaSK5Hbm5XAQHTtcjCN4uE07u+0&#10;GffCpQvYBBIjiNsMT6X1siHXm0xgjXtBQGldt1t87MohELmYxIc0v0SJovXs+g9pflwBx/z2hzS/&#10;bem0Ln5Is+yQCCfEie0dE4iLvkOau9OZQ7xDml+Z4Gh5oheQ5rdQ8AWk+XUf2fx2wVhAmt+4Ylie&#10;XWGB4mQTAx3EGbfoB0jz2xe605oQLYG0tOh83hpxYZEqJMY8XLjjWRaT5osDPTs+QJpfmAg7VQje&#10;X0DAI8D8ugYzP4Y0v0XknH/EkOb3kHB+lQI2FIgZQ5qf+JVkDGl+PXPCXyHNr7shjCLgFyuJ0vsV&#10;mdN4FdL8vJT6fuRXFPihjoFE14zPjYOo+cmuDzcpoSDS3gI2lPwa5JYgx70FbAfN2QNE8A4PVh+e&#10;Go0bPG3GrVBbOFS2gv8+PPN3n4v5CXAg4yYgFYh4diU8tOPpxaD9mIHCj64Q8//oSftskJJN1huV&#10;u1sGv0lr3meoNMvNOJafkWIg+sBHpHWzFJP2xjIsby2n781VSOtrAzSN2RWiX4aZKVgM8FUE1XuM&#10;qUDEIQllR3INRG8RNOCnK0THGbAn4u31yBqILgkjHZdMMvOPFrneCYdG7wmmQMTdR2T+/qikXUWA&#10;Q5w7NHq73RPibVfMv1Flx1tEJMS3Q6P3i7BOdhtm8z9mVXY9xaB9lwzFJziMHiYfWFtWTIyHAn5z&#10;/fezq6w3Ko+xlPwqIvV+qWIeXyGkZO+FRu+KqCLiKQr0/oiCN9cgvaWVtM/4Sbv0tFgOay6mMfxw&#10;zM9NWCf7bU1pz64trqS9emI5l2tpsyzLrro0Qg2wcLAy1KoF1qpWlQx1aYSqWSNDDYDRqnSpagFM&#10;I9VAGMZXwcbQcYZyj1gjdoBRhhWAesCQ4JF0/9eLco9GDF6Gu5zlkE70RLjLmRTOC9LM6fK5lBWA&#10;emA0cAGoFlgCdcIINCzQCpq6VrmjYV8NwwAbw75Sw75C2eXQsFRpaBs6HjI0DGxEE1M2Yyi7WKp0&#10;DGVXmxr2pRAbOm7gLjk2bMMmDdvAUBgYCgNJcsMb/qIV2iy7aIU29H+ZA0izK84uL2ATYXElbROb&#10;GGuE2vO8jYHAivU2Bh5oxTEG7IYZdN3G4NN1lK9T4MgCLLyzi+M42cVxnOziOI7bum0l+YblHHEc&#10;Bu2gxdNyHARWLFfRCEAXFEzS7JJXH/4dTl5q1J02494l0PtcbRm3Qk3o+CaQ4Il0d4G8cBKaVQIH&#10;gmES3kld5JZqrTMRpVWmAhLywMoLJg+6FYB8G8ntsB8IguGGIueAa1lIPiuCxlR9pXdD+F2FgwAq&#10;Qhd5x30IHUbfrW/nWUqYR6JMqe/vmJ68BvzJBzFVChG8JxWCU9I6EP1rgKZRY21MIyiupP3B0I1v&#10;X2oj7Q4mze+rEeqdMllc4lLvMDVCCXiM7Bo4OxCDG62P61Q61L1I9ssiiF9dod5HELR4+nqeiL/p&#10;L1BGAcXjtLMLRc+W3TmIkooUK5aWmbTOYV7zIz+kmdicD3RglZFYAeCETtlLLFFikKbeix7WI94Q&#10;tMdoZMMO7GrOLpOdROkk89EpTA3aDwP+PYxe1JzGMEAEb7Ikj5FH68NBkOAwepA1aB/MyOMexfK4&#10;s0vUBzZzB/I8KmcopAMpaqI4WEUOTZOuDYim3JprzHAWAQsBVItbHqykDlQ7RAvni3QiohMVBs6+&#10;uYx7Rb+8+vCduYx7tYFsXIwvrTBy+dYLgzViJWzLO8bvuEGh+4I+9O0a745RUOvzUVEEZx9FcQW9&#10;06reHAyHIZID2QwSEKMFymLEXWRkF0gbQ+zS0xBznMwPO4xCDtsUUFrux8M4/aukFVOAAChloKL1&#10;GCFDSd0O6YKiIwTLLQMLgVFha09bhXL8Z9c+yZMPqEo4xSh8mjHh0W4OHQIxcAVzHjoEYhmMcABi&#10;qQHU1nlAvr5tBEReab08bSGwg8OoknuShFAZmREREZEkSdIBogkQBGE4DoNBEClW+hJggGESZmEK&#10;GmQMIYQQIkIiIyIiIklBkw5IunsiR5+57Wiz7BKoi0UYu1NQWTR64nHB4dDifuYJrYOmudAPA+jQ&#10;LYhbz7MTpBtQtP4hohwU58YwfEY8cPWeVEoamXhG+e7O+6ejpdncnf/2w1S0YGslugrE02y0eWSw&#10;RN5JhEJYoqSWEUwiM5gleqphIH4+EXuWyPSyepRExSZLZKcasAeX++E7v0EZFyHU/3O6Qc3LCMVp&#10;9DJxg8ICIRReOt2g5k0IRW7zGoO6lyAU/pWEtkHZywj1VGUbEReOCLXDoIg/QtWNT6YA5oNBdTEQ&#10;yj5VlUF1YurdI8uT7lJLgzKOIdR/Fx9WxWRI/KfjEMr+fTJDRPQGarcSjcZN3KKzRIL2UqJikan5&#10;bJkqEy+0p2RoVPorJNF0BxgmMk7sF5+cdxTLyo9+SDBrDiB920jr0E8AC5HTR8HJcsc7pqQ73VRm&#10;M5roepONZ4ywkQQ25pk4sZqDmHEA2JnkGVcCOIOVH+uWypgpC9BuRrusYmHLtCX5u83vo4E8NjUH&#10;jrK5ZjOleiztKbykB0ubaqTDJhbSQ8q1lbAgk+VxmliQYbPJaBmXirB3Y6Y3yQMJIblJVSNyOhMe&#10;CV++m2AtI7MR+jKAbMJJSgzXSYdbgeLzJtIpQ7mkeYmlyZKydrLLFDLgLdlvMFCakBnfKD1Q2pYH&#10;lrnh+Qb5zAGqpaaemLXKxWHWgi2S9JNhbIn9fTi1zkqaAoRlMKYZKkz3BCD0tvQ84YeJbZliqFAs&#10;/VQbeIxWMUK3yGhajxYAN2pESuPwuf8YfRuUIjmq3jMjbMzhKwnZEEV4yUgjkj8JQYEJ1b8akGD0&#10;nBSzcaYIGWlBh9MQodvlk3V2jA3NUXFLbNQcvnn8bz04Ab8aUSj7/3VXK+FAdRazjxexEA3+OOFY&#10;ARXZ4m0vt5bcMJ1gcB9aJsKsfsmuAep9OECHhIqwjfyQ+YKFPCSZ0lXpo4B2ZkTM3ePetc5GOfba&#10;bcOxFwuKms2caCXZ1sLofWZdKkuRj4yvZMU3ydcFCJ+1I0in722dx7eRKjVC2MZUTIeCHdcjHhQ6&#10;Bpv4PG0ZRyJ01XO+quGNH+wwSmkafuAbVR6xfgIcJKR2piw2aJGxca28nZTQTi8QfAmLkfyIGEHN&#10;5iVeCXVk7IM59Y40NfDT4Iq+0M7b6MlK3DQPWcDDe2WaU2YBN6IPYJ+BlyTTqbVkkz8Yh52odJfS&#10;sMKt6ZtRFmLcztrImk3aEvD+BB9u7xYY32+rG0VWvA1qRPojcT1AasROCjY46NP/5/Z3RZiBqLlA&#10;q7Oe6cYwjN0O80FG7/7Ls0OEPLg9yHJ1f0lcH19+sdVtbD4ZAHL9HKospKPitzgjBhWTQXSh+rBC&#10;0tatr+ar2jgtGGx1vsoYwA5FYYn80Umz0wfqLGxHJT03a9YvzzNS7dnPbBCCIT9AxLJ+3yMIaZ4J&#10;4iJT7jlLT9OpSvtnxddVv9qfcxnCYCb4xjS47CfsrqwkgeIum1qheSI+1vqqKs547gKv1qB/Y1jV&#10;i9lVOutWkH1EF5WFQb6mb9Xu1CzOgaL6r3iR2KYLhW50WkAVuUuVn2qE/ebBeHH0XuNYtG5f+jyZ&#10;m1ahF3u+BxzuMra58LUMs6gGqsr3GjiSvDnI3uZqDOFruK2zygq5CI4ry/Ufhg1NojhPiYlAqJt9&#10;7VXueECHt1GiApd//epygVrNTJ+uIdavLt1HV30JWiOLe3WpM1sfMUvvCfUp+5cM9nhARk+Dba5U&#10;L3O1W7cfC4P7G87kbWyNR36Zq6ViIG5ZsexJEFdpq+v2Fg0dPB5aRrV8BQALH5hb6kQb3Fp7ok+d&#10;w4VdRpD4LdAAmGoq8I94YWUjz0kiNCZhEkMHlkOkPF1KXSzahtZgT3tXcCPCsB1ZcNzSkKnxQIyx&#10;hwEgxYncyuP/7o5CVknBB5xJjXJzUrc6CF7feyIXACrPsm5/HH3PHPpzib3K+/MBMr8KuPE5xYSL&#10;Uy9xjZCD8p+sSkMDLF1XJfg2KisyUCXQ4WN/zD8bKb8MlvHRA/2dCGMar1fpNDVoUg2RdmY4iNMi&#10;DTCBhL3PD2rjueH5WsJeNgkMswy0mZDCpBvSg09aNoAOXrwfwOsu/biQBUpwCyFLnPiRQFlS8nHB&#10;dpccnRncedKvKlZuDrNisVBSKIwA9zbjqktxBp6urUrJW4AmW+mtZZ2WMsP8IEL6B0t/IFO5zNPF&#10;+z4kJlNQa64Z4/lh44Ehm2EhP6b4H1cfsCxm/NGN3TUzUuQNcVx6TubhOAzESWUvFFZi8vhHuPT8&#10;bbw/N0cqCvj3ZWxOe2UZC+TZUQqUhIOLhMRdx4eFiQOKpCQEGGY/7icvKi0cojnaakcbfuOn3vFx&#10;hK+SkGZNALjQOPqLj7qQfGsrpwSDpWnHhGVK9SVKIIiFhhW6kBA5nH4EIHeEH1RcbYlCfIpVUS1B&#10;Dly2PECfq5m8eGc30klOY13j3EuerrxT5yttVjck2droCAFpsgPhfFRkNvWTobMTl30rq/ADXaTC&#10;bGGDTbLYZXGxYlNT2EP3/gi2/AmqM2Y86+9ecXK8j8NV4PKgA/sl4EEgeokBpKw9qSkcQYeSLhl/&#10;xR6CG9/QACFwI/Y9BWAnsjI7yJVm78CFzd6ZsFtlgzaxwcwTc8JXQQWqPB2aZQhHumoIxW9oleHi&#10;QksWoKQt85rRNyY+ylsBgJHFlJD9ULu+WXFh5KhBrUJ7qYcl5GLtwFzkTn3Dg7gnm68EfyOj7JLu&#10;93v+LFW835O+OTv1gkcCHDmYZWc0Y4ZCJY5Or6D3brJLNfF744DN6cJ7z41L4SjywJg6GofS4tcj&#10;RQtKdDk1ZOKCXUeuPRduWkFRj5mao2gNrKymQLGoGS9E5KZIuwdauqYRpSenkbaFh/DF5ckBmF2C&#10;DKbAh4VuFSKxAu9E8xoaslVKCSFoulPJNoiT1w16kRAICs/HPaJBYADeo5OmrHRrNumWuhsjR+iZ&#10;0hWpbsgaKVEArC1X5JLHcNlNX3pl62JhdoMduPyZAAcUTHIpVcdUDmoBj2mKw+z5E9xaOjWvSMAz&#10;c1kigSvCqncnW/xlnTdT1QHZyZB4OZ0urYY00Wyo8Gor1Fx5PFTf+0ciilS0SBklO3f2pVDDGIRk&#10;KVvKMBPDmNHMKFq0EBVKkqUMsle2CllCdlF2QnZZU7KL8JuR6lPf7e/fmdfcuec55zzPc973Ofc8&#10;877zmi6WyYXXYxU3H9w/2Oc+/TqnASIj7ZR+Zl0lRZJfNUcDJRQuLPhmd7/ai859Q4fHQ00ldRry&#10;7mfAntWXZecEKZ6d2Z5JDDsXpVORAAuvEgd/+HJp+Qb02oeztfZ283OplPUN9f0H5ROHD7tP8o70&#10;QfxFLd2kGbHUDbpxXz3CYdatm81lTK+2tmmDB7AtCp4ayzKNa9YkaWwK21o8cA7r85I1zdgAFiJR&#10;iQwmnURw5pzRbB2FECAwiPOpqgroUpkkKhMEQbJFxsARgjNJTp/gTqKDoPKAqbsLCTDU1AaOMQj2&#10;JBAExemjrv5Ty8oYjhor4DiZdA7AkRhke6r1r2ZO91UrmmzrTBpdl3qaxra5WpPDsp0hgXQpFFe2&#10;e5x2EBStgpQHTFxtmRzTWDrzHI3upM4uv5RCfivVIDBIeBqVCVga4rFaWorHqOSzJDpD39SESVQ+&#10;RmGr1KQCWlQ7GpFMtQfMyFQslUH+VceT6QympgOBDoJBAY4atvt2dLILxw0IegUNfcJqDygE8ssp&#10;DiiQH9CsGDcjE5kODCsImoPgv39BMf+57e9xcDicrQWGgILgYBQIBuFcKs4ZmH2JOF6x29gyNjm8&#10;KoehMRwZ+whD/R4Hh/5ni//ex/8/0h8IrSDBRum33z/x+SFhY2b9j7DhQLcai1iGHSfiMVA4oElw&#10;0SGR7R2YIBSnxg4GExJTDmC4EOxIgIO7iwOJCtjRKDQqgAU0ARygBWgDuoA+YAAYAkcBY8AEMAWO&#10;AccBLJNMIZIATTsSkUyhEABdgp0rk710Vj7kOQtjxaQyFAwH8BSCPeNnzGlo0NyslJEwEKcJBAGD&#10;wRy/rFfiEU9wJlPc5VajGqRvCmLHNQiBAa2GtvyPXmQKCQaCcILAeEXAWcL/dUVwotaEfTtg2jkA&#10;P1TRqEQSlUEirow3+wEIHAwGdJkECtkOS7WnkEBgwIRJcj4OwiB/x/7vFQOYr+KIAEP/gTrHq1XU&#10;8WQKk0TnzJ5JwpHYa5IE6JOo9kwHEASBgv25ujTV1VfvV4I6N2NN1lNMSKL555yXD5TJtVWxCMov&#10;Q+yxxJ2aoVeMZO9w3/ah3ruqMdr8IflCel/mp6Tb42U9crGq9wuL7NZI7YL37bsDWReF3QECpYGC&#10;rwg4lTBLyrP7gcICUqWfFGS882MnY2kycmy5+tySpknl9lvx5I7R4S0NsvrbH9hloLXeRISx+sFC&#10;VfJndMrONOuEh2Skt1vJf+rN1v9eWFzpI6/gbmnY+u272C67xqOQTQEYZh3aKkzvuajofq+eGO2E&#10;V9Kx8bGxgsMyVhFyxOxR4WeNKvqZAx9ioQ+JzBvx0lJ5sbgbMi1rddN9A2HPW8T67/ew5O7hfHWV&#10;3myJ4zHaXKbX/600Dn/B41GpguX1KT97kGvwXvPRa0ag0tAS4xhTpZa3GvGljoysShw91BQPFVTy&#10;ipB+wOt7zEX0lsYR4+OBYM+A9P28MU3SxGWWagcl86NvXalxjB4obhF24FSQBH7i5abtunIKIUpn&#10;7+3rIjyz+Hz5qpV/XG+BjrQAUjdNZH4fb6fjttKEHr/6V7q6b7a8eL63uuqaLtxE1ODkYQMjy1sj&#10;2kZrbBMLRaf3aAnFPBZ9IP4o9iLc9Ub0baPG9bGoRlNHPlJ0sIlyeqDHPWSD9tDkFCu0E8KwQ5bb&#10;XE80T3IwPmF25LhHKm9T4wLi3cTi6QcX+eGKjkF0Vwd8lnihwsXg4tRCS7H0vUrd9yRw4V/FZfwG&#10;8M5uQlsk3yifKCnaZOiv18QjmlF3gJBtKyt6Ju2VEKBNzObrjRLuHcLfMIHLiMgKl0slmpy1HFlj&#10;xQoY9rnd5aQA3/kRMuovJID9eF1fLBYEVJuu3YT0eqsg4dsyE5wfvpNVvEvh7R7XL8+R3yx3doh4&#10;zV2J5q7HJKmCBeAiuYOjrksDaRZvmQuqjDOt8R9Uvxe2W4w5YcydWMU1gicIHqENqts/3TLmHx8R&#10;L7hYZLhwLWq9QpShTvFn7Zco0XXnXwUW1rxDxU2OSWmK86/ZFHu+pshUTRRmk7L/uva4m7TxncRx&#10;zQzJ8E281wHukcU5oURvIw9VwfCv3pLv904/R6Z9I5hZfQzoxF73+2h9QpEBPNV9feIksnmC8OAm&#10;1L7mhOXLlJs+5W76looqxCdPJSJb0t2RXRZ5+hBUpqRqvempwKqHOxAn05p2QM1q/bHRDmAiEhfm&#10;BRdjwTPnx59KCVlcf/8GvyT4OXd9yBppOqokd5Oc5DiuiV/qZL9HCb/G6XC/wGLtY4pHn180va6N&#10;k9P2ct5wLeJGoJxkr8rYVw93onadm3r7vTBHRehA66tBN8/Bm715UXdmE4RPxu84OmD9+kTC80nd&#10;U8AcgWxqnWnSsZV55p2Gvt354aINi/rEdbN911x6VHmsPTeWFbW4qyc19NUNkTO9iYqemp5Jo3og&#10;q51Gn/Bm3rsTIMdfOuX5bowi5TrNIKSLXAai7Whl4p3v0go6niyPdi/idJIpRZ5uxtZg/wPe1e5b&#10;BUItzb898dhtvE1LrzEgd8vO7TtsDohHyaK+72xQi3D2+eJT4zly22ksgH/+Y+S2z+oRbjnUBe6I&#10;zw5tlJqGgi1ZFeHmR5eNlAveUdsCY0qZZ1Vu76RPfKZ11b/4XCBsfgyiPL745Nq5SevcO+Ondmx3&#10;VRm+UmboKZP4VYQbtHRXZnv9oVeSL7W9hMfFWBpVHRqnq0Xyb53OjW0PS5nve3WxSUT9Xay7Nlay&#10;1p224D49I3vplKKsPAjDbbsJhy++Mu8D3JuZDgG25H461OGUkelIjbhGTmh5WLP76QXr8sOBKIZV&#10;e+T7946tD6f532mnh5wNPzjaPAh6f+tbfbnlTA5x6l2d5ahkiNnIYAigvJCuepzlmzCam0ZbzpCw&#10;T6ThGmeOm1zJW/vZptdbaiZkGX6TKMjnnsC7bXz0Tv/eYxH+GU+dMh5mAmdNVZ7IKaVOuD2Z0jts&#10;qtd8+ZnbnZm3HmOP1pR+ENyqlGLxTL+gKK8zYU+CfEduzQm9707IfM+r1mV2JNgsgkecDz91M3PJ&#10;Bb50WQU9deVJSmJEQKsnazfvgpkn1XXumc+3NBVi260QivdUm3lLtvB80kVRs/fJCJXaxSDZiUbq&#10;zTuXbZNn3HovVGheeMP3xZD9Y43l5ZXDGi6DPqYOJzn8M8GFcJKAn/u9rgnoNIHCIAEaBsARGt2Z&#10;QAE0sSCIChgwPLraYnjUAMRO8bAgJt2VBJgYEBhO7K5U0o+9TsuNqW3CZG9cgB1hZRzN5ce431vd&#10;z53OCtDV1OQkpkQQlOOD8a90eKX6PzdDKAINA46AYP/cAcOD3U1Nzm0tv0x7ExFwP63YTsjqShpf&#10;AIJCuLuL12id7jruzRo6LWuxuLWiWjivJ/ehzc5MvKEWSyXFLlm4+dJI/Zpp8MgQOn3r+9usbWht&#10;1hH7+IYxybFZzOy5sbGOrrxZ1iRXlGzck4wm8Hou/+aomsN+pVvFRG1jBbjWCIJ4NnFB3ZNVlA9I&#10;8XcHlumlWbYLfPeNOMkfQM7bo1/5Gvx1+aby+2EhrkM70PxyQRn08ANnUp6ghvRndoS7x92X8Tba&#10;8mmc90wm/JljRN7gxQFMW4mg//GrL+TtWRox4HFyuNn7HffRex+jzzU9vj+NPlXaGleZaNT3vV30&#10;qVGlI/ehYZlcrDxQ3rrRPkddVu/aJA9XBbPpwIl54Z1BQnwNcdJNOfg8y2PU1+39u0Pl4KZ+++Q/&#10;PQ3i8wRryqQGDYuFxlrG3CPv5A4tmAxHx7fZut311HpUWKhxWbLuwPX51IcFR+M7qxvuvc2OwH5f&#10;T3M+OGimJnjFbWvqu/mXmfXKXH6pvK8nBqweVi1wgcfzd+XPVV+ai3eXR21nEvLzp6en1R3j2stN&#10;a1HzkcIFh8Ze1ZQz2x9O2JyphIY9q7wSNiKTmvIEOfLMkqWfUuJ1cFfvqV1zk+5u9vJVQefjtt6p&#10;KE7QTz7W87lZoZHPNWOridOyyZbLpBZD+MH3WVl2qdypLfxpKhNcEy/Xc/XXcxmnC3Vd7ZxSvh/I&#10;D/2K6Orp/N5eIzA/a9Kj3hBzPPmB7z1ivw09Jp/qUTNlwcMTxSPTza1oszH86gERnssiPEVY+A3+&#10;N6BdH6/wpIlWYDG1XGqJ/MpRu5hXd6ftpvAU2xzYvia30MNFxM/zTqHAV22X3RcFUq5a2WzW9/Sx&#10;4VNdmwpatwe74cZ6C6xwgOLHtd80beU23/IxfqSUyKVw1TRgK1RDuVYwkX/Ex/vRrlrq0Gyt0RAv&#10;UziH99JaA+zGqLGoEDBPA2E3hT+3MD9t++2rJt0SbgJJ15y6ZbK2nOTfWBjzVX0OfJFHfeMpT9ke&#10;n69KPCLiRdoSm6T24KV19hvfCJI6Hys2jOe7a0Q8SN+A8T2BlbmrXbE+6AbdaINYdI/D5ge+lXXi&#10;6WKftXzqrIcIU/Dza1ka9rXvefkKg7u11u3VEfBdp6Ch9sgXrNOiO3fDxdvFH2zgdlh68zccN8Qr&#10;FKcEOi7y8GZeSXLJmpK+Er2S3BKLzTeJWhN7tALqdaGBVxu12jTatOf9mGFwg/NH4u/uqlj6yEuX&#10;stD7AtoYOBtwcN8pma69BdFpcilB4MP7tbDk2CmjMrlyuW3yDUFmpshjh/yjBo4qJn5ulBrxGNkx&#10;4jyyRdx/ALc+jlTfmN6fLtU25hDZEO8ADEnkyFprANE7hz8NSdbfaSiIPkgAb6f6OeClil+bl7e8&#10;Q5fOPRhv93MasJNBmIRmhPmH7kLmUmZCdQk5ULtQvTCDt9gBqQGtgb1br/eXBaYRk443r/sk94nP&#10;KfgdybdlmCKUG5Lnc+n2pUjN3qwzvRjBI7KDa6rlq61VilwHDmfRvwh+2T674dwD7Y8CbsYn16b6&#10;zFp18tLKwu12O0TYd9qo2y7d/CYt2ZM7HvddwUNyGbS8fznuOkvL73q9rX+ph2/V1holZ6UY5fvB&#10;HcH8SqkW+elFSb3JCslIc3+rjmf4ZLVkWPKn5JcWkc88iMUvBF7e/cD8IJGeTV7/4Xzb6VbkBw+b&#10;C4Vnm6s7VeqO2L8s/RLUsfdC/qX0S9cXrywmzGyUyBK+K+zow+1TI7F0K8wOYi6G9GKVnZZw3nVP&#10;wv/2AQlZiVMYgXA6a3+4MLrjTPx+X1ZVOH+44f6aLHRWbHZ61qhr9vDhM2K5wbnUs2qf5t8adAeP&#10;ZVY6t3/Of20MEoMLzAhSc2HtMe1O7dodqedF1Ep2399tpZY/5aXmqVqlpq0KnC88WXjSMTX5ZMgr&#10;gc5HnZZjRmM7NXLAeHPZdsXwiZ6F2HnmnN+C6ozruPJUR/eF5tmMUwGn7neFdilv0g5SGhHZteXS&#10;4NgwMCs5XiD+ep3OOof16M1fnaPMoqAuVt2RnllYMvbptSN8i3vR0uaSrw7OYW/o6ehWXJBClaie&#10;8c4y++4uJwVHpitP9dVuIxQSvNM8CZc3bvM28x4TKCg4lHYo24ZS2LEuYZ1Fye0bb3SUnktPLFa8&#10;YcegRaNDI6quuu7WEKtu1lbVVsF2plT19rRvU7mH6IL+ZhkLGcxun5J9Za7lBiWMXkafT1/BEZfD&#10;R/eNGoTqbjhMOaIagdM5rNsWwNR0lL2vd07PPlAzMGRf5JFHCcSEDQkX742EPTFUC+ZL2JfgrJ+b&#10;V+v66GyP236dkHiafsE9qYrEN3OaMhDYXob0JGARnRSc9KK1fbR3VK3VkGHLmKdT+3MGxRmGA5DJ&#10;WxNnB9Wq7lSN1USe+Jjr0Bo9ubZ57ci1vddji14Vsa6zH3tvo1mqWouaNh5jXrppo1scyNBLDjmu&#10;vBgbaqGkqG6qIfcGaDWZ8FSyRio8ZIdgvtn+vSEVqCpJhWixNbf4K9eRCiZOWuAsLrdeOublGDOC&#10;dTf9ZvNtbwZOLWkpc89j2wulLyqnKjcqXk6qTN0fJeV0GK6dIeEcN8PMuOSqOb2PFZKih7LYcvzF&#10;49P4yOgui/VNKo/VbLt7Dpps8/tSdr/scU5Fzt2cwWn3aR/xFqE27/X+Ef5O4mOIffDF+B3OwahI&#10;yhkKmRZmufUFRVux0bLt/PN32ckvnM+7905Yf26cqZw56DrnOnXuYsGey6XPjuRW97POmcmktH8g&#10;NceN5TxTuNg00zTkOD1yE8HtlJnk3pE8tBRdnmqfNuhz0n1sm5OWk0/zUlYKpQN3yqUrc7pkum36&#10;PQrn3NJU84U2UpALce7r4aZEXeheMCh9WC3EJ0zt0u+gtKtiguYNuWK5rZZCs8KkwwLCvj9weND0&#10;UONharhE+M3wWRaRVR9xKCIlclekb+R8FDmq5ZH2o8xomejgGL6YszEDscdjy+PQcY/jxeN94xcT&#10;qAndicaJJY9Rjx8/kXhy5ynPU9enw0knkmqTcclZ7N9sPErdmuqbxpXmmjbyzOZZ83O950Uv0C9S&#10;0velh2dsybiVyZ3pnvn1pcPL7iyLrLrsw9lFOQdyMnJVchNeSb16mCeWdydfMN8rf7ngfMH0a5fX&#10;o4X2hX1Fp4o+FJsXN5YYlVSX6pVWlOHLisux5QUVahWv3ux/k12JrnxZhazKfIt4m/GO/ZfY1cjq&#10;zBpUTVYtpjanTrUuv/5gfWEDrqGsUbexqulIU13zseaW9yfed7cQW4ZaKa3jbWfbFj5caV/bfqtD&#10;pCO4U6Izuku+K7Ub2Z3Xg+t522vS+6HPru/TR8bH7/1eA0IDwYOSg4+HoEOvhvHDtSNWI/2fXD4t&#10;jHp/3vQ5/Ivcl/SxQ2Nvv5p/7R+njy9P+E3umEyYgk8VTR+d7mT/X9zC7K25HXOJ39DfyufN5gcX&#10;zn3n/x66KL+Ys6S31L7svJrurua8s16TC/+a83IYP05+acWhDP+Rd/6DMV0hXsk0Ko6dy8rh9kPB&#10;UDgYAUVDIDAYFKoMhsmCwbLy/4OeBZ2QMyDYkalMGsPhhLw8YEAj/nd1R+k0oqsdib5K9x7F4UEU&#10;si2dQHdnM8oqYLD87yzajU46LSQIBkGh7OOvAkIiEDAEiNOyWjjMM6eAqL9kEA5v+qcMhuTk3H/K&#10;Vmo/ZD/1wTBINgH3Q/ZTHxwB5XCLnPLbBgyJYmP5lwyDYcP9hwwORSD/7geHwuFsCvKPfjAMGs7+&#10;2vCHDAyHov9lHnAY4u+xYDibaPt7LALB4YL/0AfDoGB/z40tQ/5tAw6G/wumbAYV8zd+7Ln963wR&#10;UNQ/MGDT7mxKks55tmBCPk9iX0vAmEZjP2HgRCX7ccNpGgi6eo6zUsVjcBpwDSgKjdLCwLFYPBqB&#10;R2lCMVhNBB6CwUC11FXRWDgKg9KCamHQbLzgCAwSDsFisOxZ4KA4LAapzqF5GUwCnbkSPXAEHI4S&#10;2rdPyxAvxMUlzF4xIuz3z/J/AAAA//8DAFBLAwQKAAAAAAAAACEA63cz3tcKAADXCgAAFAAAAGRy&#10;cy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAANSUhEUgAAAlQAAAAOCAYAAADpEoKRAAAACXBI&#10;WXMAAAsTAAALEwEAmpwYAAAKiUlEQVR4nO2d224ctx3GP3LIOe6uVudVIsVxkqZp6qBNaxRtBeii&#10;fQHf9RX6AHoMA32Eom+gy94VcOE7IT2lQRukadLEsaLDas+7c2QvSGq4k5Us2ZZlyfwBBLlzILm7&#10;Ws43H/8cEVgunc3tHR9AA0Bd5XMAagA8tS1S5QaAAICvjoHKCQAXQKi2NQBQAFydq6kBYJXmuXHe&#10;ZSIA9GZsHwOIZ2zvqnNMEgCjGcf2AeRPqHcAIDul/qLSt0wdr4lVfZqR6susus2y2a/uw/v3qu/H&#10;YrFYLDeAze2dOoA3AGzcntt7/53m4w/ebn6zErAkKwQZJDl/RK66k9eFze2dBoBVAIsA5o20UCkv&#10;QIqkJkoRVRU5lptNV+WmkDNFXApgqMqmmJuoBEyLulNFHKRoFM/Q5vjh/XuzBK/FYrHcWDa3dyjk&#10;9XoRwBKA11TeArCyFHTXX68dLW7UD1kravvr9UO+6PfAaHEM4J81Pv5jyOM/t7Z293Wdr6yg2tze&#10;cQCsAFiD/ABfV69XASxDfsgrKi1BOj1XRshjEAgELAYlAgFLQImAb75GAZ8lcIjOpWES8BhUmTWu&#10;k4JTeT2mpEDAEqONyVSbut7T8JwUjFaNo7NJcwdJcf6PshAE48ydUQ9DWnxXp44zD4WY/rPOCgdx&#10;LtsUAEapf7JvknPkBZXHCQdxpvtGMMy8k+PijCMXjmy7cJDksm0hCEbGcZPcPanvGjKEFGE5pHDT&#10;21JMCzXtDppCzhSDHZWbwq2n6jBdSC0OTeGnxeNUHx7ev5c+65uzWCw3j83tHRelsaFNjUWjvDBr&#10;/5w3DFbDzsFa1B5sNA5GG7WDfK3WdpvecC5k8TKAASFiF8BfAXwE4C+trd3Pz+rLjRRUm9s7AaQ1&#10;9waAdQAbKl+HFE9rkELpuV/5GM0RshghjxGovMYnecTHScTj2GdJFrFJHvFJ5rNU+E4iQh5T10mJ&#10;SzPqs4RxmjNOM8qd3GM04+QS+mm5fPKCGkJuWnjFGUemBNoo9SBAkBcUE3V8nLnIhfzah0oAmsJw&#10;ovYLEIxSKTjTgp0IvXHmogBFIQgmqt04Z8gK1WbmQQiCXFBMZgjWlxRzWvlJok67d7NEnSnWzP1a&#10;zJl1ms6e6RrOrOvh/Xvm1LHFYpmBcocakOEokSrrcBhdrs8oNyuv65BhMicQIo4W/P7xatjptaLj&#10;0eu1w/S1WrtYCTtu0xvWIj6eZzRfIzLMBgC+BfAJgI9V/gmAj1tbu+2Lvq9rKag2t3dqAN5S6baR&#10;1iFF1MKz1O+zBA13hLo7Tue84aDpDUbz3jBu+oO06Q1E3R0jZDENeez4TsI9J/W4k3mMFCEh4tpc&#10;nSwWk6QquNTwoAWddAvlGGSKP9MtNB26ceaiqIhCUwDmwsFEOYJpwZCoOpKcn/RD1kHKPqnyLCfy&#10;JUO7fUDp2JnizIwBPK/QO09d5rGmwDSPNwUjAPQe3r9XnPeNWW4matamDkDnDGVcbg1lzK6O59V5&#10;CBn327hA+bzTFAmAIwIczfv9znLYHbXC43g1Os6Xg26xGnaceX/A6+4oClgyx2i+CmmWOJV6egA+&#10;Vekzlf4F4LPW1u7xRT6ns3hpR6TN7Z0FAN8H8K5KbwF4G1I4LZ23HkoEGu4Qc94oXQ66vcWg118J&#10;O8mC38/m/UE+5w2diMWuzxLfc9LIoXmdvLiYp66R67vvAuVUiB4c9bSLHjjNgbIaUK3rAKYHUWB6&#10;sDUHb5NqfbPQ/XmR6ED8s9AB/Kfhq/Q053uo3AlVOKt/5oICoBygnva1A6CeCyoHDQEGgjoACEEI&#10;gXAIEZHcRQiBoJSIs/p+rYmNaduk4EiVGEvzUqSZ7p4pBgvDoZNir3QRh8bU8LSYK0VenLvIVNtx&#10;XrqOpsg0p4jNfhSCzpzOvmLGKF04cyyojhcdo2yOK9XFIuZx1WOrbcxqB5ge76qY451Jdew7L+cZ&#10;/zTVRUHnYdbCoerYUR2ntJtjooWPuU+LnFnbtEiC6jM3tlFj32XQhfyeegB6DXc0nPcHo6Y3GC8G&#10;vWQl6BZLYQ8Lfp/OeUO3zsduyOPQddK6Q4omyhinqkgyGQD4CsB/VfpCpc8BfPE0btPTcKWCanN7&#10;hwF4B8D7mBZP7+EJLlONT7Dg97ESdTrLQae/EnbHS0E3XQp6pOkNacQnoe8kdYcWTTzb++yqNFKp&#10;r9II8ofXMfYNIP9o9Oue2jaG/HF3ARStrd0uLJYrYu/BXVM4vtCyAGhWOAGFCAUIESB1QDAYFwEK&#10;4YFIO94hxUUvWNcSAWBsirnMEHNp6Raarp+cNlZC0nD1kkp8oXmO6TICQFIwpHl5nRplPoRaq5oL&#10;50R46vZ0HCEADI3+mkIRKKekLdeSPtQ1ixDRq/PxOOKTOORxXOPjeN4fpBGf5DU+yevuWMx5Q9T4&#10;uFDhLcxnCfOclHGaMUbzGuQ0XRNyLGhesC8FgAMAjwHsqfwRpHj6n8q/flmuqS9EUKn50jcBfADg&#10;DqSAugPgB6hYf4QIzLlDLAU9sRJ2O2tRu/ta7WiyGnbEYtBjdXcU+U66SIjwqu2cQhdS9Fw4tbZ2&#10;Oxd8qxaL5RLYe3DXdAP0Xb551x2gjIloqtx0BvUdvXmOrsd0AM/cJgSRd/5E1CAIAxGMnO1cvvJU&#10;xSIwLRiB6ZhCQLuI0+7dsFKHKSKB74o6YFqMynOmxaY5BV1lepHKNKYb+byhEAmneeo6KaFEJISI&#10;FAAcUqQRH+eyLGJCRM5IPor4hDKaJ5SIjJIi9Zw081nicJpPQh57jOSpx1LGaQZOczCau4zmGad5&#10;REmRO6QICBGUkoIT6Yzpmxsf5W/qeTOEFEf7kALpWwDfqNwUTwetrd2LrXy6Qp67oFIB4T8C8GMA&#10;PwHwIYAfQg06DimwGPSwHHbFeu3weKN+0F+vH2Wr4TFruKOax5ImOd3aa0Oq1QPIL+LISAcADs1t&#10;L8rms1gslr0Hd7VoM8XfrG16imfWs+XOu82cgtYu4GnbzprmtliehRHKWZwOpq/HbeP1Icrrc7u1&#10;tXsjH9XyTIJKPejqLqRo+hBSQL3nOhldi9pYi9r5rcZ++625x+NWdEwWg37os3i+smqti9LGO1Gl&#10;qryv0h6Aw9bW7ulr+C0Wi8VyKsZUrxmjY8b06P1mDI4pBE3BpmNzgFI0nqcOs22zDoLyYcb6uMty&#10;R15VdJzuEDImrV8pD1R5oJIWSz2UomkqXSf36EVwIUG1ub3zLoCfA/gFAX65HHbu3Grs01uN/e7t&#10;ub3Reu1QLAa9MGBJEzK48DHKec6vIEWTKZ4etbZ27TJji8VisZzK3oO7ZuD2Wf8hohrAbU4FA9Mx&#10;fdXFIlWqIu80dJD3Ran+xwaTavB+Nfi+o3JzxaZezKQf76ED7LPW1u5p7VieI6cKKvWwrJ8RIrbW&#10;a4e/WovadzcaB873mt8MbjX2adMbBALkkJLi35zmn0JG1H+NUjztWfVqsVgsFovlVeBEUG1u71CH&#10;Fj99f+HL36zXD3/9ZmN/baN+ENfd0YAS8WXI47813NE/IJck/sd83LrFYrFYLBbLqwz5/R9++zuH&#10;FLcJQWPe7488J/v7WtT+01LQ/ai1tXt01R20WCwWi8Viedn5P22YpIFuDR39AAAAAElFTkSuQmCC&#10;UEsDBBQABgAIAAAAIQBcyRrg4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D&#10;2EJviaQ2boxrOYTQ9hQKSQqlt421sU0syViK7fx9lVN722GHmTf5ajItG6j3jbMK5FwAI1s63dhK&#10;wdfhfZYC8wGtxtZZUnAlD6vi/i7HTLvR7mjYh4rFEOszVFCH0GWc+7Img37uOrLxd3K9wRBlX3Hd&#10;4xjDTcufhHjhBhsbG2rsaFNTed5fjIKPEcf1s3wbtufT5vpzSD6/t5KUenyY1q/AAk3hzww3/IgO&#10;RWQ6uovVnrUKZnIhI3uI1zIBdnOIRboEdlSQigR4kfP/G4pfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;Cmj3/MgAAAClAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8kMGKwjAQhu8L+w5h7tu0&#10;PSyymPYigldxH2BIpmmwmYQkir69WfaiIHjzODP83/8x6/HiF3GmlF1gBV3TgiDWwTi2Cn4P268V&#10;iFyQDS6BScGVMozD58d6TwuWGsqzi1lUCmcFcynxR8qsZ/KYmxCJ62UKyWOpY7Iyoj6iJdm37bdM&#10;9wwYHphiZxSknelBHK6xNr9mh2lymjZBnzxxeVIhna/dFYjJUlHgyTj8X/ZNZAvyuUP3HoeuIT/9&#10;OciH5w43AAAA//8DAFBLAQItABQABgAIAAAAIQD9yzhMFQEAAEcCAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAARgEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACQwOZOEAgAAWwcAAA4AAAAAAAAA&#10;AAAAAAAARQIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOHuGgCsxAAA0JABABQAAAAA&#10;AAAAAAAAAAAA9QQAAGRycy9tZWRpYS9pbWFnZTEuZW1mUEsBAi0ACgAAAAAAAAAhAOt3M97XCgAA&#10;1woAABQAAAAAAAAAAAAAAAAA08kAAGRycy9tZWRpYS9pbWFnZTIucG5nUEsBAi0AFAAGAAgAAAAh&#10;AFzJGuDiAAAACwEAAA8AAAAAAAAAAAAAAAAA3NQAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAI&#10;AAAAIQAKaPf8yAAAAKUBAAAZAAAAAAAAAAAAAAAAAOvVAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5y&#10;ZWxzUEsFBgAAAAAHAAcAvgEAAOrWAAAAAA==&#10;">
+              <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                  <v:f eqn="sum @0 1 0"/>
+                  <v:f eqn="sum 0 0 @1"/>
+                  <v:f eqn="prod @2 1 2"/>
+                  <v:f eqn="prod @3 21600 pixelWidth"/>
+                  <v:f eqn="prod @3 21600 pixelHeight"/>
+                  <v:f eqn="sum @0 0 1"/>
+                  <v:f eqn="prod @6 1 2"/>
+                  <v:f eqn="prod @7 21600 pixelWidth"/>
+                  <v:f eqn="sum @8 21600 0"/>
+                  <v:f eqn="prod @7 21600 pixelHeight"/>
+                  <v:f eqn="sum @10 21600 0"/>
+                </v:formulas>
+                <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                <o:lock v:ext="edit" aspectratio="t"/>
+              </v:shapetype>
+              <v:shape id="Picture 1" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:31758;top:1376;width:34715;height:1810;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC4ddqyyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9PT8Iw&#10;FL+b8B2aZ+LFQMeiBCaFEI0JR50c8PZYH1tlfR1tZfPbWxMSj+/3/y3Xg23FhXwwjhVMJxkI4spp&#10;w7WC3cfreA4iRGSNrWNS8EMB1qvRzRIL7Xp+p0sZa5FCOBSooImxK6QMVUMWw8R1xIk7Om8xptPX&#10;UnvsU7htZZ5lM2nRcGposKPnhqpT+W0VGLM9ZZ9tef91KI9vZz/0h5f9Rqm722HzBCLSEP/FV/dW&#10;p/kPi1meLx6nOfz9lACQq18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuHXasskAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                <v:imagedata r:id="rId3" o:title=""/>
+              </v:shape>
+              <v:shape id="Picture 3" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;top:5211;width:75596;height:1759;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDHTi09ygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC32H5RS8qxt/UBtdpSpFERQa8wCH7DEJzZ4Nu6umb98tCF4OM/MNs1h1phE3cr62rGDQT0AQ&#10;F1bXXCrIz1/vMxA+IGtsLJOCX/KwWr6+LDDV9s7fdMtCKSKEfYoKqhDaVEpfVGTQ921LHL2LdQZD&#10;lK6U2uE9wk0jh0kykQZrjgsVtrSpqPjJrkbBcat3LpeZ3K2LhvPDabLm80Gp3lv3OQcRqAvP8KO9&#10;1wqGg/HoYzobTcfw/yn+Abn8AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMdOLT3KAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                <v:imagedata r:id="rId4" o:title=""/>
+              </v:shape>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6052906E" wp14:editId="5CF84AB3">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-220980</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-274320</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1661160" cy="601980"/>
+          <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+          <wp:wrapNone/>
+          <wp:docPr id="18771401" name="Imagem 1" descr="Interface gráfica do usuário&#10;&#10;Descrição gerada automaticamente com confiança baixa"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2" descr="Interface gráfica do usuário&#10;&#10;Descrição gerada automaticamente com confiança baixa"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId5">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect t="15013" r="7792" b="7923"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1661160" cy="601980"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
     <w:r w:rsidRPr="008F171A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74D0D515" wp14:editId="4A0EF1C1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74D0D515" wp14:editId="2A535B97">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>2985770</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>142875</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2790825" cy="185523"/>
-              <wp:effectExtent l="0" t="0" r="9525" b="5080"/>
+              <wp:extent cx="2790825" cy="228600"/>
+              <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1462699048" name="Caixa de Texto 1462699048"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="2790825" cy="185523"/>
+                        <a:ext cx="2790825" cy="228600"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="051B7459" w14:textId="20F06CB3" w:rsidR="002F099E" w:rsidRPr="002F099E" w:rsidRDefault="002F099E" w:rsidP="002F099E">
+                        <w:p w14:paraId="051B7459" w14:textId="20F06CB3" w:rsidR="002F099E" w:rsidRPr="00C06E4E" w:rsidRDefault="002F099E" w:rsidP="002F099E">
                           <w:pPr>
                             <w:ind w:right="-89"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="002F099E">
+                          <w:r w:rsidRPr="00C06E4E">
                             <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:bCs/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">DOI </w:t>
                           </w:r>
-                          <w:hyperlink r:id="rId1" w:history="1">
-                            <w:r w:rsidRPr="00FB21D7">
+                          <w:hyperlink r:id="rId6" w:history="1">
+                            <w:r w:rsidRPr="00C06E4E">
                               <w:rPr>
                                 <w:rStyle w:val="Hyperlink"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>http://dx.doi.org/10.23925/</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00FB21D7">
+                            <w:r w:rsidRPr="00C06E4E">
                               <w:rPr>
                                 <w:rStyle w:val="Hyperlink"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:kern w:val="32"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:eastAsia="es-ES"/>
                               </w:rPr>
                               <w:t>1809-3876</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="74D0D515" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Caixa de Texto 1462699048" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:235.1pt;margin-top:11.25pt;width:219.75pt;height:14.6pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBK3pLc9wEAANEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lDy7qo6TQ6FSGN&#10;gTT2AxzHSSwSnzm7Tcqv5+xkXYG3iTxYPp/93X3ffdncDF3LjgqdBpPzxWzOmTISSm3qnD99379b&#10;c+a8MKVowaicn5TjN9u3bza9zVQKDbSlQkYgxmW9zXnjvc2SxMlGdcLNwCpDyQqwE55CrJMSRU/o&#10;XZuk8/mHpAcsLYJUztHp3Zjk24hfVUr6r1XllGdtzqk3H1eMaxHWZLsRWY3CNlpObYhXdNEJbajo&#10;GepOeMEOqP+B6rREcFD5mYQugarSUkUOxGYx/4vNYyOsilxIHGfPMrn/Bysfjo/2GzI/fISBBhhJ&#10;OHsP8odjBnaNMLW6RYS+UaKkwosgWdJbl01Pg9QucwGk6L9ASUMWBw8RaKiwC6oQT0boNIDTWXQ1&#10;eCbpML26nq/TFWeScov1apW+jyVE9vzaovOfFHQsbHKONNSILo73zoduRPZ8JRRz0Opyr9s2BlgX&#10;uxbZUZAB9vGb0P+41ppw2UB4NiKGk0gzMBs5+qEYmC4nDQLrAsoT8UYYfUX/AW0awF+c9eSpnLuf&#10;B4GKs/azIe2uF8tlMGEMlqurlAK8zBSXGWEkQeXcczZud3407sGirhuqNE7LwC3pXekoxUtXU/vk&#10;m6jQ5PFgzMs43nr5E7e/AQAA//8DAFBLAwQUAAYACAAAACEAUWOqmN4AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU7DMBBF90jcwRokNog6jZqahEwqQAKxbekBJvE0iYjtKHab9PaYFSxH/+n/&#10;N+VuMYO48OR7ZxHWqwQE28bp3rYIx6/3xycQPpDVNDjLCFf2sKtub0oqtJvtni+H0IpYYn1BCF0I&#10;YyGlbzo25FduZBuzk5sMhXhOrdQTzbHcDDJNkq001Nu40NHIbx0334ezQTh9zg9ZPtcf4aj2m+0r&#10;9ap2V8T7u+XlGUTgJfzB8Ksf1aGKTrU7W+3FgLBRSRpRhDTNQEQgT3IFokbI1gpkVcr/H1Q/AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAErektz3AQAA0QMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFFjqpjeAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;UQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABcBQAAAAA=&#10;" stroked="f">
+            <v:shape id="Caixa de Texto 1462699048" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:235.1pt;margin-top:11.25pt;width:219.75pt;height:18pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5pU9V9gEAANEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMtE2NOEWXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lu2nQ3Yb5IIii9Mj3+Ly5G/uOHRU6Dabgy0XKmTISKm2agv/4vv+w&#10;5sx5YSrRgVEFPynH77bv320Gm6sMWugqhYxAjMsHW/DWe5sniZOt6oVbgFWGkjVgLzyF2CQVioHQ&#10;+y7J0vQ6GQAriyCVc3T6MCX5NuLXtZL+qa6d8qwrOPXm44pxLcOabDcib1DYVsu5DfEPXfRCGyp6&#10;hnoQXrAD6r+gei0RHNR+IaFPoK61VJEDsVmmb9g8t8KqyIXEcfYsk/t/sPLr8dl+Q+bHjzDSACMJ&#10;Zx9B/nTMwK4VplH3iDC0SlRUeBkkSwbr8vlpkNrlLoCUwxeoaMji4CECjTX2QRXiyQidBnA6i65G&#10;zyQdZje36Tq74kxSLsvW12mcSiLyl9cWnf+koGdhU3CkoUZ0cXx0PnQj8pcroZiDTld73XUxwKbc&#10;dciOggywj18k8OZaZ8JlA+HZhBhOIs3AbOLox3Jkupo1CKxLqE7EG2HyFf0HtGkBf3M2kKcK7n4d&#10;BCrOus+GtLtdrlbBhDFYXd1kFOBlprzMCCMJquCes2m785NxDxZ101KlaVoG7knvWkcpXrua2yff&#10;RIVmjwdjXsbx1uufuP0DAAD//wMAUEsDBBQABgAIAAAAIQBUiKIU3gAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BTsMwEEX3SNzBGiQ2iNpETdOETCpAArFt6QGceJpExOModpv09pgVLEf/6f83&#10;5W6xg7jQ5HvHCE8rBYK4cabnFuH49f64BeGDZqMHx4RwJQ+76vam1IVxM+/pcgitiCXsC43QhTAW&#10;UvqmI6v9yo3EMTu5yeoQz6mVZtJzLLeDTJTaSKt7jgudHumto+b7cLYIp8/5Ic3n+iMcs/1686r7&#10;rHZXxPu75eUZRKAl/MHwqx/VoYpOtTuz8WJAWGcqiShCkqQgIpCrPANRI6TbFGRVyv8fVD8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOaVPVfYBAADRAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVIiiFN4AAAAJAQAADwAAAAAAAAAAAAAAAABQ&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="051B7459" w14:textId="20F06CB3" w:rsidR="002F099E" w:rsidRPr="002F099E" w:rsidRDefault="002F099E" w:rsidP="002F099E">
+                  <w:p w14:paraId="051B7459" w14:textId="20F06CB3" w:rsidR="002F099E" w:rsidRPr="00C06E4E" w:rsidRDefault="002F099E" w:rsidP="002F099E">
                     <w:pPr>
                       <w:ind w:right="-89"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="002F099E">
+                    <w:r w:rsidRPr="00C06E4E">
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:bCs/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve">DOI </w:t>
                     </w:r>
-                    <w:hyperlink r:id="rId2" w:history="1">
-                      <w:r w:rsidRPr="00FB21D7">
+                    <w:hyperlink r:id="rId7" w:history="1">
+                      <w:r w:rsidRPr="00C06E4E">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>http://dx.doi.org/10.23925/</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00FB21D7">
+                      <w:r w:rsidRPr="00C06E4E">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:kern w:val="32"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:eastAsia="es-ES"/>
                         </w:rPr>
                         <w:t>1809-3876</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00367091">
-[...169 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9180" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2764"/>
       <w:gridCol w:w="2765"/>
       <w:gridCol w:w="3651"/>
     </w:tblGrid>
     <w:tr w:rsidR="00984737" w:rsidRPr="00DC0224" w14:paraId="54B5DEF1" w14:textId="77777777" w:rsidTr="006531EB">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2764" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="774F1793" w14:textId="77777777" w:rsidR="00984737" w:rsidRPr="00302CF5" w:rsidRDefault="00984737" w:rsidP="006531EB">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Calibri"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
@@ -6687,62 +7282,80 @@
         <w:p w14:paraId="58C3B42D" w14:textId="77777777" w:rsidR="00984737" w:rsidRDefault="00984737" w:rsidP="001D5E7D">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:cs="Calibri"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="66E4058D" w14:textId="77777777" w:rsidR="00984737" w:rsidRPr="001D5E7D" w:rsidRDefault="00984737" w:rsidP="001D5E7D">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:cs="Calibri"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001D5E7D">
             <w:rPr>
               <w:rFonts w:cs="Calibri"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>DOI 10.20396/etd.v0i0.8646231</w:t>
+            <w:t>DOI 10.20396/</w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidRPr="001D5E7D">
+            <w:rPr>
+              <w:rFonts w:cs="Calibri"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>etd.v</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="001D5E7D">
+            <w:rPr>
+              <w:rFonts w:cs="Calibri"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>0i0.8646231</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6036B2E5" w14:textId="77777777" w:rsidR="00984737" w:rsidRDefault="00984737" w:rsidP="00E56A89"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="781AE66C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10007,160 +10620,163 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="323972148">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="951791528">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="30225667">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1937860894">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="285235322">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="lowerRoman"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00121174"/>
     <w:rsid w:val="00000183"/>
     <w:rsid w:val="00004FA3"/>
     <w:rsid w:val="00006A47"/>
     <w:rsid w:val="00006FCA"/>
     <w:rsid w:val="000102DD"/>
     <w:rsid w:val="000146CB"/>
     <w:rsid w:val="000170CC"/>
+    <w:rsid w:val="0002078B"/>
     <w:rsid w:val="000219BE"/>
     <w:rsid w:val="0002362F"/>
     <w:rsid w:val="00024F9A"/>
     <w:rsid w:val="000261F6"/>
     <w:rsid w:val="00030EF9"/>
     <w:rsid w:val="00031754"/>
     <w:rsid w:val="000329A1"/>
     <w:rsid w:val="00037352"/>
     <w:rsid w:val="000379CC"/>
     <w:rsid w:val="0004010C"/>
     <w:rsid w:val="0004229D"/>
     <w:rsid w:val="000422A3"/>
     <w:rsid w:val="0004427F"/>
     <w:rsid w:val="00050365"/>
     <w:rsid w:val="00054990"/>
     <w:rsid w:val="00055B01"/>
     <w:rsid w:val="00056B33"/>
     <w:rsid w:val="00062963"/>
     <w:rsid w:val="00065301"/>
     <w:rsid w:val="00066486"/>
     <w:rsid w:val="000745A4"/>
     <w:rsid w:val="00081E0F"/>
     <w:rsid w:val="00086A51"/>
     <w:rsid w:val="00087AF1"/>
     <w:rsid w:val="00096FD5"/>
     <w:rsid w:val="000A0155"/>
     <w:rsid w:val="000A2A36"/>
     <w:rsid w:val="000A3DAB"/>
     <w:rsid w:val="000A4A3C"/>
     <w:rsid w:val="000A5460"/>
     <w:rsid w:val="000A795A"/>
     <w:rsid w:val="000B0926"/>
     <w:rsid w:val="000B2890"/>
     <w:rsid w:val="000B342E"/>
     <w:rsid w:val="000B7E69"/>
     <w:rsid w:val="000C53CD"/>
     <w:rsid w:val="000C6C6E"/>
     <w:rsid w:val="000D4301"/>
     <w:rsid w:val="000E1FA6"/>
     <w:rsid w:val="000E262F"/>
     <w:rsid w:val="000E6574"/>
     <w:rsid w:val="000E68BB"/>
     <w:rsid w:val="000E6C86"/>
     <w:rsid w:val="000E7684"/>
+    <w:rsid w:val="000F0F9E"/>
     <w:rsid w:val="000F2023"/>
     <w:rsid w:val="000F37D6"/>
     <w:rsid w:val="000F4D6B"/>
     <w:rsid w:val="000F505E"/>
     <w:rsid w:val="000F7374"/>
     <w:rsid w:val="00102821"/>
     <w:rsid w:val="00103814"/>
     <w:rsid w:val="0010616F"/>
     <w:rsid w:val="00111C4F"/>
     <w:rsid w:val="00113487"/>
     <w:rsid w:val="00114B9E"/>
     <w:rsid w:val="0011538D"/>
     <w:rsid w:val="00121174"/>
     <w:rsid w:val="00121A44"/>
     <w:rsid w:val="0012488C"/>
     <w:rsid w:val="0012535F"/>
     <w:rsid w:val="001271A1"/>
     <w:rsid w:val="00130B43"/>
     <w:rsid w:val="001313B6"/>
     <w:rsid w:val="001323F5"/>
     <w:rsid w:val="001346A1"/>
     <w:rsid w:val="00134F24"/>
     <w:rsid w:val="001365A8"/>
+    <w:rsid w:val="0014162E"/>
     <w:rsid w:val="00143671"/>
     <w:rsid w:val="00144A04"/>
     <w:rsid w:val="00147538"/>
     <w:rsid w:val="00147F9B"/>
     <w:rsid w:val="001502F1"/>
     <w:rsid w:val="001670DC"/>
     <w:rsid w:val="00170134"/>
     <w:rsid w:val="001706FC"/>
     <w:rsid w:val="0017170C"/>
     <w:rsid w:val="00174C49"/>
     <w:rsid w:val="00175485"/>
     <w:rsid w:val="0017595C"/>
     <w:rsid w:val="00175D26"/>
     <w:rsid w:val="00177B0F"/>
     <w:rsid w:val="00180541"/>
     <w:rsid w:val="00193C28"/>
     <w:rsid w:val="00194B54"/>
     <w:rsid w:val="00195778"/>
     <w:rsid w:val="001957B2"/>
     <w:rsid w:val="001963D0"/>
     <w:rsid w:val="001969EC"/>
     <w:rsid w:val="001A16CC"/>
     <w:rsid w:val="001A1997"/>
     <w:rsid w:val="001A3F56"/>
     <w:rsid w:val="001A77BA"/>
@@ -10373,50 +10989,51 @@
     <w:rsid w:val="004664ED"/>
     <w:rsid w:val="00467FDB"/>
     <w:rsid w:val="00471959"/>
     <w:rsid w:val="004719DD"/>
     <w:rsid w:val="004740EA"/>
     <w:rsid w:val="00474229"/>
     <w:rsid w:val="00475207"/>
     <w:rsid w:val="00475F10"/>
     <w:rsid w:val="00480217"/>
     <w:rsid w:val="0048043A"/>
     <w:rsid w:val="00482D21"/>
     <w:rsid w:val="004841A7"/>
     <w:rsid w:val="00485ED1"/>
     <w:rsid w:val="0049056B"/>
     <w:rsid w:val="004916C6"/>
     <w:rsid w:val="004917C4"/>
     <w:rsid w:val="004922EE"/>
     <w:rsid w:val="00492C74"/>
     <w:rsid w:val="00492F88"/>
     <w:rsid w:val="004933B1"/>
     <w:rsid w:val="00493BCD"/>
     <w:rsid w:val="004A269A"/>
     <w:rsid w:val="004A4207"/>
     <w:rsid w:val="004A6866"/>
     <w:rsid w:val="004B0770"/>
+    <w:rsid w:val="004B1173"/>
     <w:rsid w:val="004B75D1"/>
     <w:rsid w:val="004C1C4A"/>
     <w:rsid w:val="004C4EAA"/>
     <w:rsid w:val="004C5DEE"/>
     <w:rsid w:val="004D3C61"/>
     <w:rsid w:val="004D5B32"/>
     <w:rsid w:val="004D7954"/>
     <w:rsid w:val="004D7CFB"/>
     <w:rsid w:val="004E00F6"/>
     <w:rsid w:val="004E175C"/>
     <w:rsid w:val="004E6AA7"/>
     <w:rsid w:val="004F058B"/>
     <w:rsid w:val="004F1E7E"/>
     <w:rsid w:val="004F3B22"/>
     <w:rsid w:val="004F7B9C"/>
     <w:rsid w:val="005047B7"/>
     <w:rsid w:val="005104F9"/>
     <w:rsid w:val="00510599"/>
     <w:rsid w:val="0051201E"/>
     <w:rsid w:val="00512A88"/>
     <w:rsid w:val="00513EE9"/>
     <w:rsid w:val="00517AD1"/>
     <w:rsid w:val="0052153B"/>
     <w:rsid w:val="0052520D"/>
     <w:rsid w:val="005267A9"/>
@@ -10444,72 +11061,74 @@
     <w:rsid w:val="00574A4F"/>
     <w:rsid w:val="00574C5A"/>
     <w:rsid w:val="005766B9"/>
     <w:rsid w:val="00576CDD"/>
     <w:rsid w:val="00577540"/>
     <w:rsid w:val="00580D7E"/>
     <w:rsid w:val="005811C3"/>
     <w:rsid w:val="00581EC7"/>
     <w:rsid w:val="005839CF"/>
     <w:rsid w:val="00583FD8"/>
     <w:rsid w:val="0059015B"/>
     <w:rsid w:val="00590730"/>
     <w:rsid w:val="00594A0D"/>
     <w:rsid w:val="005A213B"/>
     <w:rsid w:val="005A2343"/>
     <w:rsid w:val="005A23F1"/>
     <w:rsid w:val="005A7085"/>
     <w:rsid w:val="005A7E15"/>
     <w:rsid w:val="005A7F90"/>
     <w:rsid w:val="005B0E9F"/>
     <w:rsid w:val="005B28C4"/>
     <w:rsid w:val="005B663C"/>
     <w:rsid w:val="005B79BD"/>
     <w:rsid w:val="005C1B99"/>
     <w:rsid w:val="005C2FFF"/>
+    <w:rsid w:val="005C51EA"/>
     <w:rsid w:val="005D0E79"/>
     <w:rsid w:val="005D0E9F"/>
     <w:rsid w:val="005D29DA"/>
     <w:rsid w:val="005D31E2"/>
     <w:rsid w:val="005D3646"/>
     <w:rsid w:val="005D4EA6"/>
     <w:rsid w:val="005D67C9"/>
     <w:rsid w:val="005D686B"/>
     <w:rsid w:val="005E097F"/>
     <w:rsid w:val="005E17A1"/>
     <w:rsid w:val="005E17F7"/>
     <w:rsid w:val="005E2FBE"/>
     <w:rsid w:val="005E318B"/>
     <w:rsid w:val="005F6A41"/>
     <w:rsid w:val="005F79BF"/>
     <w:rsid w:val="00600A55"/>
     <w:rsid w:val="0060250D"/>
     <w:rsid w:val="00604288"/>
     <w:rsid w:val="00604CFF"/>
     <w:rsid w:val="0060597C"/>
     <w:rsid w:val="00606B26"/>
     <w:rsid w:val="00607660"/>
+    <w:rsid w:val="006100E4"/>
     <w:rsid w:val="006110BD"/>
     <w:rsid w:val="006117EF"/>
     <w:rsid w:val="00611B63"/>
     <w:rsid w:val="00615243"/>
     <w:rsid w:val="006160A1"/>
     <w:rsid w:val="0062417C"/>
     <w:rsid w:val="00624513"/>
     <w:rsid w:val="006246EC"/>
     <w:rsid w:val="006246FE"/>
     <w:rsid w:val="00624F29"/>
     <w:rsid w:val="00626693"/>
     <w:rsid w:val="00626EEC"/>
     <w:rsid w:val="0063177C"/>
     <w:rsid w:val="00632740"/>
     <w:rsid w:val="00634C7D"/>
     <w:rsid w:val="006352E7"/>
     <w:rsid w:val="00635C12"/>
     <w:rsid w:val="006379D5"/>
     <w:rsid w:val="00641B06"/>
     <w:rsid w:val="00644AD0"/>
     <w:rsid w:val="00644D2E"/>
     <w:rsid w:val="00646037"/>
     <w:rsid w:val="0065113F"/>
     <w:rsid w:val="00651C7E"/>
     <w:rsid w:val="00651D3E"/>
@@ -10557,50 +11176,51 @@
     <w:rsid w:val="006C094B"/>
     <w:rsid w:val="006C0AF8"/>
     <w:rsid w:val="006C31EE"/>
     <w:rsid w:val="006C7006"/>
     <w:rsid w:val="006D2B5D"/>
     <w:rsid w:val="006E2B61"/>
     <w:rsid w:val="006E34EB"/>
     <w:rsid w:val="006E4BB5"/>
     <w:rsid w:val="006E55B9"/>
     <w:rsid w:val="006E5E99"/>
     <w:rsid w:val="006F0C31"/>
     <w:rsid w:val="006F1973"/>
     <w:rsid w:val="006F3CBD"/>
     <w:rsid w:val="006F4257"/>
     <w:rsid w:val="006F5239"/>
     <w:rsid w:val="0070178A"/>
     <w:rsid w:val="00706D1B"/>
     <w:rsid w:val="007119F9"/>
     <w:rsid w:val="007123C5"/>
     <w:rsid w:val="00713D8F"/>
     <w:rsid w:val="007151D6"/>
     <w:rsid w:val="007169BB"/>
     <w:rsid w:val="007224CB"/>
     <w:rsid w:val="00722B6B"/>
     <w:rsid w:val="00722E95"/>
+    <w:rsid w:val="00723F64"/>
     <w:rsid w:val="00724E2D"/>
     <w:rsid w:val="007255C4"/>
     <w:rsid w:val="0072600E"/>
     <w:rsid w:val="00726022"/>
     <w:rsid w:val="00726C7E"/>
     <w:rsid w:val="00727543"/>
     <w:rsid w:val="00727B8D"/>
     <w:rsid w:val="007302BF"/>
     <w:rsid w:val="00735A34"/>
     <w:rsid w:val="00735CBD"/>
     <w:rsid w:val="00737CCB"/>
     <w:rsid w:val="00744089"/>
     <w:rsid w:val="0074694C"/>
     <w:rsid w:val="007475F1"/>
     <w:rsid w:val="00750818"/>
     <w:rsid w:val="00755172"/>
     <w:rsid w:val="00756B15"/>
     <w:rsid w:val="0075719F"/>
     <w:rsid w:val="00757745"/>
     <w:rsid w:val="00757E9F"/>
     <w:rsid w:val="00760F83"/>
     <w:rsid w:val="00771B3B"/>
     <w:rsid w:val="00771DF6"/>
     <w:rsid w:val="007726E1"/>
     <w:rsid w:val="00772C14"/>
@@ -10638,50 +11258,51 @@
     <w:rsid w:val="007E4539"/>
     <w:rsid w:val="007E5373"/>
     <w:rsid w:val="007E74D0"/>
     <w:rsid w:val="007F03DD"/>
     <w:rsid w:val="007F74AB"/>
     <w:rsid w:val="007F7EE2"/>
     <w:rsid w:val="00801184"/>
     <w:rsid w:val="00801589"/>
     <w:rsid w:val="0080318D"/>
     <w:rsid w:val="00804DE9"/>
     <w:rsid w:val="00810234"/>
     <w:rsid w:val="0081056D"/>
     <w:rsid w:val="008112B3"/>
     <w:rsid w:val="00811E32"/>
     <w:rsid w:val="00814375"/>
     <w:rsid w:val="0081558E"/>
     <w:rsid w:val="008246BD"/>
     <w:rsid w:val="00824D60"/>
     <w:rsid w:val="00824DF2"/>
     <w:rsid w:val="008254EF"/>
     <w:rsid w:val="008267DC"/>
     <w:rsid w:val="008306CC"/>
     <w:rsid w:val="008314BF"/>
     <w:rsid w:val="008328F3"/>
     <w:rsid w:val="00837CB3"/>
+    <w:rsid w:val="00842438"/>
     <w:rsid w:val="00842507"/>
     <w:rsid w:val="00842A36"/>
     <w:rsid w:val="00842D28"/>
     <w:rsid w:val="00845679"/>
     <w:rsid w:val="008462B3"/>
     <w:rsid w:val="00847E8A"/>
     <w:rsid w:val="00851B69"/>
     <w:rsid w:val="008533BE"/>
     <w:rsid w:val="00855DDA"/>
     <w:rsid w:val="008561C7"/>
     <w:rsid w:val="008630F9"/>
     <w:rsid w:val="00871B97"/>
     <w:rsid w:val="008766DB"/>
     <w:rsid w:val="00876DF1"/>
     <w:rsid w:val="008832C1"/>
     <w:rsid w:val="00884999"/>
     <w:rsid w:val="00884D6F"/>
     <w:rsid w:val="00885DB3"/>
     <w:rsid w:val="0089099B"/>
     <w:rsid w:val="0089279D"/>
     <w:rsid w:val="00892802"/>
     <w:rsid w:val="008938E9"/>
     <w:rsid w:val="00896923"/>
     <w:rsid w:val="008975C3"/>
     <w:rsid w:val="00897F92"/>
@@ -10794,50 +11415,51 @@
     <w:rsid w:val="009F5E43"/>
     <w:rsid w:val="009F7A7F"/>
     <w:rsid w:val="00A00182"/>
     <w:rsid w:val="00A106D1"/>
     <w:rsid w:val="00A11779"/>
     <w:rsid w:val="00A11EB1"/>
     <w:rsid w:val="00A15B68"/>
     <w:rsid w:val="00A16CCB"/>
     <w:rsid w:val="00A17A8C"/>
     <w:rsid w:val="00A213A4"/>
     <w:rsid w:val="00A25E2F"/>
     <w:rsid w:val="00A26F0F"/>
     <w:rsid w:val="00A322FD"/>
     <w:rsid w:val="00A335B8"/>
     <w:rsid w:val="00A36E66"/>
     <w:rsid w:val="00A40F16"/>
     <w:rsid w:val="00A40F37"/>
     <w:rsid w:val="00A41B21"/>
     <w:rsid w:val="00A449CA"/>
     <w:rsid w:val="00A45FD6"/>
     <w:rsid w:val="00A46213"/>
     <w:rsid w:val="00A46E02"/>
     <w:rsid w:val="00A524CD"/>
     <w:rsid w:val="00A554D1"/>
     <w:rsid w:val="00A563AC"/>
+    <w:rsid w:val="00A62632"/>
     <w:rsid w:val="00A627B5"/>
     <w:rsid w:val="00A629D2"/>
     <w:rsid w:val="00A64126"/>
     <w:rsid w:val="00A64253"/>
     <w:rsid w:val="00A64870"/>
     <w:rsid w:val="00A6651A"/>
     <w:rsid w:val="00A677A4"/>
     <w:rsid w:val="00A7104D"/>
     <w:rsid w:val="00A721B6"/>
     <w:rsid w:val="00A735C0"/>
     <w:rsid w:val="00A77E88"/>
     <w:rsid w:val="00A81383"/>
     <w:rsid w:val="00A87658"/>
     <w:rsid w:val="00A87D80"/>
     <w:rsid w:val="00A902BA"/>
     <w:rsid w:val="00A9434A"/>
     <w:rsid w:val="00A954AF"/>
     <w:rsid w:val="00A95BDA"/>
     <w:rsid w:val="00A95EC7"/>
     <w:rsid w:val="00A961F4"/>
     <w:rsid w:val="00AA1172"/>
     <w:rsid w:val="00AA1358"/>
     <w:rsid w:val="00AA3441"/>
     <w:rsid w:val="00AA6050"/>
     <w:rsid w:val="00AA709B"/>
@@ -10927,60 +11549,63 @@
     <w:rsid w:val="00BB055B"/>
     <w:rsid w:val="00BB1168"/>
     <w:rsid w:val="00BB3D28"/>
     <w:rsid w:val="00BB5492"/>
     <w:rsid w:val="00BB79CD"/>
     <w:rsid w:val="00BC2954"/>
     <w:rsid w:val="00BC4D90"/>
     <w:rsid w:val="00BC6458"/>
     <w:rsid w:val="00BC64A3"/>
     <w:rsid w:val="00BC6DE9"/>
     <w:rsid w:val="00BC78BC"/>
     <w:rsid w:val="00BD0C46"/>
     <w:rsid w:val="00BD1057"/>
     <w:rsid w:val="00BD1ADD"/>
     <w:rsid w:val="00BD3551"/>
     <w:rsid w:val="00BD395D"/>
     <w:rsid w:val="00BD3E60"/>
     <w:rsid w:val="00BD5644"/>
     <w:rsid w:val="00BE04E9"/>
     <w:rsid w:val="00BE2CFF"/>
     <w:rsid w:val="00BF1ACC"/>
     <w:rsid w:val="00BF1CBD"/>
     <w:rsid w:val="00BF25AB"/>
     <w:rsid w:val="00BF5846"/>
     <w:rsid w:val="00BF77D1"/>
+    <w:rsid w:val="00C00258"/>
     <w:rsid w:val="00C01B1D"/>
     <w:rsid w:val="00C01FC4"/>
     <w:rsid w:val="00C032A5"/>
     <w:rsid w:val="00C04BDA"/>
     <w:rsid w:val="00C04C7C"/>
     <w:rsid w:val="00C05485"/>
+    <w:rsid w:val="00C06E4E"/>
     <w:rsid w:val="00C07E26"/>
     <w:rsid w:val="00C108F1"/>
     <w:rsid w:val="00C15AB0"/>
     <w:rsid w:val="00C3011B"/>
+    <w:rsid w:val="00C33554"/>
     <w:rsid w:val="00C34897"/>
     <w:rsid w:val="00C35B5A"/>
     <w:rsid w:val="00C37A97"/>
     <w:rsid w:val="00C42E2D"/>
     <w:rsid w:val="00C454BB"/>
     <w:rsid w:val="00C45A2B"/>
     <w:rsid w:val="00C46C41"/>
     <w:rsid w:val="00C51F32"/>
     <w:rsid w:val="00C532BB"/>
     <w:rsid w:val="00C53675"/>
     <w:rsid w:val="00C5420B"/>
     <w:rsid w:val="00C55D1A"/>
     <w:rsid w:val="00C5701E"/>
     <w:rsid w:val="00C6146A"/>
     <w:rsid w:val="00C6259D"/>
     <w:rsid w:val="00C63FEC"/>
     <w:rsid w:val="00C65DFD"/>
     <w:rsid w:val="00C73702"/>
     <w:rsid w:val="00C73D9E"/>
     <w:rsid w:val="00C7534C"/>
     <w:rsid w:val="00C812B7"/>
     <w:rsid w:val="00C81E2A"/>
     <w:rsid w:val="00C82C83"/>
     <w:rsid w:val="00C8399E"/>
     <w:rsid w:val="00C83E8D"/>
@@ -11100,50 +11725,51 @@
     <w:rsid w:val="00E3236B"/>
     <w:rsid w:val="00E328A0"/>
     <w:rsid w:val="00E32BEF"/>
     <w:rsid w:val="00E3422F"/>
     <w:rsid w:val="00E36A17"/>
     <w:rsid w:val="00E42B5A"/>
     <w:rsid w:val="00E4312C"/>
     <w:rsid w:val="00E43B5E"/>
     <w:rsid w:val="00E46A82"/>
     <w:rsid w:val="00E508C6"/>
     <w:rsid w:val="00E526B5"/>
     <w:rsid w:val="00E5343F"/>
     <w:rsid w:val="00E53F06"/>
     <w:rsid w:val="00E55E27"/>
     <w:rsid w:val="00E56866"/>
     <w:rsid w:val="00E56A89"/>
     <w:rsid w:val="00E574F5"/>
     <w:rsid w:val="00E603FE"/>
     <w:rsid w:val="00E61852"/>
     <w:rsid w:val="00E62B29"/>
     <w:rsid w:val="00E65B38"/>
     <w:rsid w:val="00E66F48"/>
     <w:rsid w:val="00E71EC6"/>
     <w:rsid w:val="00E82D5B"/>
     <w:rsid w:val="00E85AEE"/>
+    <w:rsid w:val="00E91D56"/>
     <w:rsid w:val="00E935FC"/>
     <w:rsid w:val="00E94FD3"/>
     <w:rsid w:val="00E961B1"/>
     <w:rsid w:val="00E96925"/>
     <w:rsid w:val="00E97B72"/>
     <w:rsid w:val="00EA3598"/>
     <w:rsid w:val="00EA35B7"/>
     <w:rsid w:val="00EA4EA3"/>
     <w:rsid w:val="00EB25DD"/>
     <w:rsid w:val="00EC025A"/>
     <w:rsid w:val="00EC112C"/>
     <w:rsid w:val="00EC138F"/>
     <w:rsid w:val="00EC3CB8"/>
     <w:rsid w:val="00EC3DC0"/>
     <w:rsid w:val="00EC4098"/>
     <w:rsid w:val="00EC4116"/>
     <w:rsid w:val="00EC60E2"/>
     <w:rsid w:val="00ED6BD2"/>
     <w:rsid w:val="00ED77A2"/>
     <w:rsid w:val="00EE2BF5"/>
     <w:rsid w:val="00EE4916"/>
     <w:rsid w:val="00EE4FFC"/>
     <w:rsid w:val="00EE527E"/>
     <w:rsid w:val="00EE6017"/>
     <w:rsid w:val="00EF09EA"/>
@@ -11245,51 +11871,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0BB06263"/>
   <w15:docId w15:val="{B543FA3A-CBCF-48E1-951B-1C1244E5895A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
@@ -13117,51 +13743,51 @@
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="003942A1"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="131947201">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="144248123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13417,59 +14043,59 @@
     <w:div w:id="1889147917">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=qmYucZKoxQA" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.planalto.gov.br/ccivil_03/leis/l9394.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.pucsp.br/index.php/curriculum/article/view/48167/32312" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.23925/1809-3876" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.23925/1809-3876" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.23925/1809-3876" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.23925/1809-3876" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.23925/1809-3876" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.23925/1809-3876" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.23925/1809-3876" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.23925/1809-3876" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13738,83 +14364,83 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A83DB5B3-D226-4B38-8DB1-F39CC25BCA35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1597</Words>
-  <Characters>8626</Characters>
+  <Words>1580</Words>
+  <Characters>8534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>71</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Artigo</vt:lpstr>
       <vt:lpstr>Artigo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Particular</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10203</CharactersWithSpaces>
+  <CharactersWithSpaces>10094</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>6815869</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.planalto.gov.br/ccivil_03/_Ato2015-2018/2016/Lei/L13278.htm</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7143547</vt:i4>
       </vt:variant>